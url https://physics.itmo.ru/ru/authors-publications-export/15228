--- v0 (2025-10-08)
+++ v1 (2025-12-20)
@@ -12,77 +12,92 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Tunable Plasma-like Metamaterial with Rotating Elements</t>
+  </si>
+  <si>
+    <t>Rustam  Balafendiev, Gagandeep Kaur, Garima Singh, Alexander J. Millar, Pavel Belov, J.E. Gudmundsson</t>
+  </si>
+  <si>
+    <t>2024 Eighteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
+  </si>
+  <si>
+    <t>1-3</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials62190.2024.10703260</t>
   </si>
   <si>
     <t>Searching for dark matter with plasma haloscopes</t>
   </si>
   <si>
     <t>Alexander J. Millar, Steven M. Anlage, Rustam  Balafendiev, Pavel Belov, Karl van Bibber, Jan Conrad, Marcel Demarteau, Alexander Droster, Katherine Dunne, Andrea Gallo Rosso, Jon E. Gudmundsson, Heather Jackson, Gagandeep Kaur, Tove Klaesson, Nolan Kowitt, Matthew Lawson, Alexander Leder, Akira Miyazaki, Sid Morampudi, Hiranya V. Peiris, Henrik S. Røising, Gaganpreet Singh, Dajie Sun, Jacob H. Thomas, Frank Wilczek, Stafford Withington, Mackenzie Wooten, Jens Dilling, Michael Febbraro, Stefan Knirck, Claire Marvinney</t>
   </si>
   <si>
     <t>Physical Review D</t>
   </si>
   <si>
     <t>10.1103/physrevd.107.055013</t>
   </si>
   <si>
     <t>Wire metamaterial use for dark matter detection</t>
   </si>
   <si>
     <t>Rustam  Balafendiev, Alexander J. Millar, Pavel Belov</t>
   </si>
   <si>
     <t>2022 Sixteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>10.1109/metamaterials54993.2022.9920785</t>
   </si>
@@ -410,145 +425,168 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I3"/>
+  <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="617.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="121.399" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="122.542" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
-      <c r="D2">
-[...2 lines deleted...]
-      <c r="E2"/>
+      <c r="D2"/>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
       <c r="F2">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
-[...6 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D3"/>
+        <v>16</v>
+      </c>
+      <c r="D3">
+        <v>107</v>
+      </c>
       <c r="E3"/>
       <c r="F3">
+        <v>2023</v>
+      </c>
+      <c r="G3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H3">
+        <v>5.41</v>
+      </c>
+      <c r="I3">
+        <v>1.68</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
+      <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4"/>
+      <c r="E4"/>
+      <c r="F4">
         <v>2022</v>
       </c>
-      <c r="G3" t="s">
-[...3 lines deleted...]
-      <c r="I3"/>
+      <c r="G4" t="s">
+        <v>21</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>