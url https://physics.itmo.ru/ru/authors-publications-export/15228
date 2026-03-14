--- v1 (2025-12-20)
+++ v2 (2026-03-14)
@@ -12,77 +12,92 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Uniform field in microwave cavities through the use of effective magnetic walls</t>
+  </si>
+  <si>
+    <t>Jim Alexander Espinosa Enriquez, Rustam  Balafendiev, Alexander J. Millar, Pavel Belov</t>
+  </si>
+  <si>
+    <t>Physical Review Applied</t>
+  </si>
+  <si>
+    <t>054053</t>
+  </si>
+  <si>
+    <t>10.1103/physrevapplied.23.054053</t>
   </si>
   <si>
     <t>Tunable Plasma-like Metamaterial with Rotating Elements</t>
   </si>
   <si>
     <t>Rustam  Balafendiev, Gagandeep Kaur, Garima Singh, Alexander J. Millar, Pavel Belov, J.E. Gudmundsson</t>
   </si>
   <si>
     <t>2024 Eighteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>1-3</t>
   </si>
   <si>
     <t>10.1109/metamaterials62190.2024.10703260</t>
   </si>
   <si>
     <t>Searching for dark matter with plasma haloscopes</t>
   </si>
   <si>
     <t>Alexander J. Millar, Steven M. Anlage, Rustam  Balafendiev, Pavel Belov, Karl van Bibber, Jan Conrad, Marcel Demarteau, Alexander Droster, Katherine Dunne, Andrea Gallo Rosso, Jon E. Gudmundsson, Heather Jackson, Gagandeep Kaur, Tove Klaesson, Nolan Kowitt, Matthew Lawson, Alexander Leder, Akira Miyazaki, Sid Morampudi, Hiranya V. Peiris, Henrik S. Røising, Gaganpreet Singh, Dajie Sun, Jacob H. Thomas, Frank Wilczek, Stafford Withington, Mackenzie Wooten, Jens Dilling, Michael Febbraro, Stefan Knirck, Claire Marvinney</t>
   </si>
   <si>
     <t>Physical Review D</t>
   </si>
@@ -425,168 +440,197 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I4"/>
+  <dimension ref="A1:I5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94.263" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="617.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="122.542" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
-      <c r="D2"/>
+      <c r="D2">
+        <v>23</v>
+      </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="H2"/>
-      <c r="I2"/>
+      <c r="H2">
+        <v>4.99</v>
+      </c>
+      <c r="I2">
+        <v>1.88</v>
+      </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="D3">
-[...2 lines deleted...]
-      <c r="E3"/>
+      <c r="D3"/>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
       <c r="F3">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G3" t="s">
-        <v>17</v>
-[...6 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D4"/>
+        <v>21</v>
+      </c>
+      <c r="D4">
+        <v>107</v>
+      </c>
       <c r="E4"/>
       <c r="F4">
+        <v>2023</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>5.41</v>
+      </c>
+      <c r="I4">
+        <v>1.68</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
+      <c r="A5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D5"/>
+      <c r="E5"/>
+      <c r="F5">
         <v>2022</v>
       </c>
-      <c r="G4" t="s">
-[...3 lines deleted...]
-      <c r="I4"/>
+      <c r="G5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>