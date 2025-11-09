--- v0 (2025-10-07)
+++ v1 (2025-11-09)
@@ -12,77 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Short‐Term Bienenstock‐Cooper‐Munro Learning in Optoelectrically‐Driven Flexible Halide Perovskite Single Crystal Memristors</t>
+  </si>
+  <si>
+    <t>Ivan Matchenya, Anton Khanas, Roman Podgornyi, Daniil Shirkin, Aleksei Ekgardt,  Sizykh Nikita, Sergey Anoshkin, Dmitry V. Krasnikov, Alexey Yulin, Albert G. Nasibulin, Ivan G. Scheblykin, Anatoly Pushkarev, Andrei Zenkevich, Juan Bisquert, Alexandr Marunchenko</t>
+  </si>
+  <si>
+    <t>Small Methods</t>
+  </si>
+  <si>
+    <t>10.1002/smtd.202500203</t>
   </si>
   <si>
     <t>Hidden Photoexcitations Probed by Multipulse Photoluminescence</t>
   </si>
   <si>
     <t>Alexandr Marunchenko, Jitendra Kumar, Dmitry Tatarinov, Anatoly Pushkarev, Yana Vaynzof, Ivan G. Scheblykin</t>
   </si>
   <si>
     <t>ACS Energy Letters</t>
   </si>
   <si>
     <t>5898-5906</t>
   </si>
   <si>
     <t>10.1021/acsenergylett.4c02404</t>
   </si>
   <si>
     <t>Composition tunable and stable spontaneous emission and lasing in Cd-alloyed perovskite microdisks</t>
   </si>
   <si>
     <t>Dmitry Tatarinov, Elizaveta Sapozhnikova, Daria Khmelevskaia, Yangyang Ju, Dmitriy Dolgintsev, Elena  Bodyago, Alexandr Marunchenko, Haizheng Zhong, Ivan G. Scheblykin, Anatoly Pushkarev</t>
   </si>
   <si>
     <t>Chemical Communications</t>
   </si>
@@ -452,253 +464,280 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I7"/>
+  <dimension ref="A1:I8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="119.114" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="285.359" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="147.393" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="308.925" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
-      <c r="D2"/>
-      <c r="E2" t="s">
+      <c r="D2">
+        <v>9</v>
+      </c>
+      <c r="E2"/>
+      <c r="F2">
+        <v>2025</v>
+      </c>
+      <c r="G2" t="s">
         <v>12</v>
       </c>
-      <c r="F2">
-[...4 lines deleted...]
-      </c>
       <c r="H2">
-        <v>23.1</v>
+        <v>14.19</v>
       </c>
       <c r="I2">
-        <v>8.63</v>
+        <v>4.66</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
         <v>14</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3"/>
+      <c r="E3" t="s">
         <v>16</v>
       </c>
-      <c r="D3"/>
-      <c r="E3"/>
       <c r="F3">
         <v>2024</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3">
-        <v>6.22</v>
+        <v>23.1</v>
       </c>
       <c r="I3">
-        <v>1.84</v>
+        <v>8.63</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C4" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4">
         <v>2024</v>
       </c>
       <c r="G4" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="H4">
         <v>6.22</v>
       </c>
       <c r="I4">
         <v>1.84</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
         <v>19</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5"/>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E5"/>
       <c r="F5">
         <v>2024</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H5">
-        <v>6.89</v>
+        <v>6.22</v>
       </c>
       <c r="I5">
-        <v>1.85</v>
+        <v>1.84</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
         <v>23</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>24</v>
       </c>
-      <c r="C6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D6"/>
       <c r="E6" t="s">
         <v>25</v>
       </c>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
-        <v>22.0</v>
+        <v>6.89</v>
       </c>
       <c r="I6">
-        <v>7.86</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>27</v>
       </c>
       <c r="B7" t="s">
         <v>28</v>
       </c>
       <c r="C7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7">
+        <v>9</v>
+      </c>
+      <c r="E7" t="s">
         <v>29</v>
       </c>
-      <c r="D7"/>
-      <c r="E7"/>
       <c r="F7">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G7" t="s">
         <v>30</v>
       </c>
       <c r="H7">
+        <v>22.0</v>
+      </c>
+      <c r="I7">
+        <v>7.86</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8" t="s">
+        <v>31</v>
+      </c>
+      <c r="B8" t="s">
+        <v>32</v>
+      </c>
+      <c r="C8" t="s">
+        <v>33</v>
+      </c>
+      <c r="D8"/>
+      <c r="E8"/>
+      <c r="F8">
+        <v>2023</v>
+      </c>
+      <c r="G8" t="s">
+        <v>34</v>
+      </c>
+      <c r="H8">
         <v>18.03</v>
       </c>
-      <c r="I7">
+      <c r="I8">
         <v>4.61</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>