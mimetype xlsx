--- v0 (2025-10-08)
+++ v1 (2025-11-13)
@@ -458,72 +458,72 @@
   <si>
     <t>Lifetime of racetrack skyrmions</t>
   </si>
   <si>
     <t>Pavel Bessarab, Gideon P. Müller, Igor S. Lobanov, Filipp N. Rybakov, Nikolai S. Kiselev, Hannes Jónsson, Valery Uzdin, Stefan Blügel, Lars Bergqvist, Anna Delin</t>
   </si>
   <si>
     <t>Scientific Reports</t>
   </si>
   <si>
     <t>10.1038/s41598-018-21623-3</t>
   </si>
   <si>
     <t>Energy surface and lifetime of magnetic skyrmions</t>
   </si>
   <si>
     <t>Valery Uzdin, Mariia Potkina, Igor Lobanov, Pavel Bessarab, H. Jónsson</t>
   </si>
   <si>
     <t>236-240</t>
   </si>
   <si>
     <t>10.1016/j.jmmm.2017.10.100</t>
   </si>
   <si>
+    <t>Truncated minimum energy path method for finding first order saddle points</t>
+  </si>
+  <si>
+    <t>Igor Lobanov, Mariia Potkina, H. Jónsson, Valery Uzdin</t>
+  </si>
+  <si>
+    <t>586-595</t>
+  </si>
+  <si>
+    <t>10.17586/2220-8054-2017-8-5-586-595</t>
+  </si>
+  <si>
     <t>Thermal stability of magnetic states in submicron magnetic islands</t>
   </si>
   <si>
     <t>S.Y. Liashko, Igor Lobanov, Valery Uzdin, H. Jónsson</t>
   </si>
   <si>
     <t>572-578</t>
   </si>
   <si>
     <t>10.17586/2220-8054-2017-8-5-572-578</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.17586/2220-8054-2017-8-5-586-595</t>
   </si>
   <si>
     <t>The effect of confinement and defects on the thermal stability of skyrmions</t>
   </si>
   <si>
     <t>Valery Uzdin, Mariia Potkina, Igor Lobanov, Pavel Bessarab, Hannes Jónsson</t>
   </si>
   <si>
     <t>Physica B: Condensed Matter</t>
   </si>
   <si>
     <t>6-9</t>
   </si>
   <si>
     <t>10.1016/j.physb.2017.09.040</t>
   </si>
   <si>
     <t>Calculations of the onset temperature for tunneling in multispin systems</t>
   </si>
   <si>
     <t>S.M. Vlasov, Павел Бессараб, Валерий  Уздин, H. Jónsson</t>
   </si>
   <si>
     <t>454-461</t>
   </si>