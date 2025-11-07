--- v0 (2025-10-06)
+++ v1 (2025-11-07)
@@ -197,66 +197,66 @@
   <si>
     <t>10.1117/12.903551</t>
   </si>
   <si>
     <t>Application of Fraunhofer diffraction patterns for calculation of fractal dimension</t>
   </si>
   <si>
     <t>Yana Muzychenko, Alexander Zinchik, Sergey Stafeev</t>
   </si>
   <si>
     <t>10.1117/12.902174</t>
   </si>
   <si>
     <t>Using fractal masks to visualize the optical inhomogeneities of transparent materials</t>
   </si>
   <si>
     <t>Sergey Stafeev, Alexander Zinchik</t>
   </si>
   <si>
     <t>Journal of Optical Technology</t>
   </si>
   <si>
     <t>10.1364/jot.70.000806</t>
   </si>
   <si>
+    <t>Focusing properties of fractal phase-type zone plates</t>
+  </si>
+  <si>
+    <t>Holography, Diffractive Optics, and Applications IV</t>
+  </si>
+  <si>
+    <t>10.1117/12.871776</t>
+  </si>
+  <si>
     <t>Application of fractal masks to determination phase discontinuities in transparent objects</t>
   </si>
   <si>
     <t>Alexander Zinchik, Yana Muzychenko, Sergey Stafeev</t>
   </si>
   <si>
-    <t>Holography, Diffractive Optics, and Applications IV</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1117/12.871774</t>
-  </si>
-[...4 lines deleted...]
-    <t>10.1117/12.871776</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -926,75 +926,75 @@
       </c>
       <c r="D14">
         <v>70</v>
       </c>
       <c r="E14">
         <v>806</v>
       </c>
       <c r="F14">
         <v>2010</v>
       </c>
       <c r="G14" t="s">
         <v>60</v>
       </c>
       <c r="H14">
         <v>0.42</v>
       </c>
       <c r="I14">
         <v>0.27</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>61</v>
       </c>
       <c r="B15" t="s">
+        <v>55</v>
+      </c>
+      <c r="C15" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15">
         <v>2010</v>
       </c>
       <c r="G15" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H15"/>
       <c r="I15"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>64</v>
+      </c>
+      <c r="B16" t="s">
         <v>65</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16">
         <v>2010</v>
       </c>
       <c r="G16" t="s">
         <v>66</v>
       </c>
       <c r="H16"/>
       <c r="I16"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>