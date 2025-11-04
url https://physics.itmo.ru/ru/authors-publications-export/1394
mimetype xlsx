--- v0 (2025-10-06)
+++ v1 (2025-11-04)
@@ -53,102 +53,102 @@
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
     <t>Gilded vaterite particles: Synthesis, optical characterization, and label-free imaging</t>
   </si>
   <si>
     <t>Hani Barhum, Oleksii Peltek, Denis S. Kolchanov, Mariam Amer, Tamara Amro, Hadi Shamkhi Al Naeemah, Andrey Ushkov, Alexander A. Goncharenko, Mikhail Zyuzin, Pavel Ginzburg</t>
   </si>
   <si>
     <t>Chemical Engineering Journal</t>
   </si>
   <si>
     <t>10.1016/j.cej.2024.154714</t>
   </si>
   <si>
+    <t>Enhanced helicity at the transverse Kerker condition</t>
+  </si>
+  <si>
+    <t>Hadi Shamkhi Al Naeemah, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020114</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031704</t>
+  </si>
+  <si>
     <t>Effective electromagnetic fields of a particle situated near a substrate</t>
   </si>
   <si>
     <t>Hadi Shamkhi Al Naeemah, Adria Сanos Valero, Alexander Shalin</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020115</t>
   </si>
   <si>
     <t>10.1063/5.0031705</t>
   </si>
   <si>
-    <t>Enhanced helicity at the transverse Kerker condition</t>
-[...8 lines deleted...]
-    <t>10.1063/5.0031704</t>
+    <t>Nanovortex‐Driven All‐Dielectric Optical Diffusion Boosting and Sorting Concept for Lab‐on‐a‐Chip Platforms</t>
+  </si>
+  <si>
+    <t>Adria Сanos Valero, Denis Kislov, Egor Gurvitz, Hadi Shamkhi Al Naeemah, Alexander A. Pavlov, Dmitrii Redka, Sergey Yankin, Pavel Zemánek, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>Advanced Science</t>
+  </si>
+  <si>
+    <t>10.1002/advs.201903049</t>
   </si>
   <si>
     <t>Simultaneous suppression of forward and backward light scattering by high-index nanoparticles based on Kerker-like effects</t>
   </si>
   <si>
     <t>Hadi Shamkhi Al Naeemah, Kseniia Baryshnikova, Andrey Sayanskiy, Polina Kapitanova, Pavel Terekhov, Pavel Belov, Andrei Evlyukhin, Yuri Kivshar, Alexander Shalin</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>012158</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012158</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1002/advs.201903049</t>
   </si>
   <si>
     <t>Non-Huygens Invisible Metasurfaces</t>
   </si>
   <si>
     <t>Hadi Shamkhi Al Naeemah, Kseniia Baryshnikova, Andrey Sayanskiy, Pavel Terekhov, Egor Gurvitz, Adria Сanos Valero, Polina Kapitanova, Andrei Evlyukhin, Pavel Belov, Yuri Kivshar, Alexander Shalin</t>
   </si>
   <si>
     <t>2019 PhotonIcs &amp; Electromagnetics Research Symposium - Spring (PIERS-Spring)</t>
   </si>
   <si>
     <t>10.1109/piers-spring46901.2019.9017217</t>
   </si>
   <si>
     <t>Transparency and perfect absorption of all-dielectric resonant metasurfaces governed by the transverse Kerker effect</t>
   </si>
   <si>
     <t>Hadi Shamkhi Al Naeemah, Andrey Sayanskiy, Adria Сanos Valero, Polina Kapitanova, Yuri Kivshar, Alexander Shalin</t>
   </si>
   <si>
     <t>Physical Review Materials</t>
   </si>
   <si>
     <t>085201</t>
   </si>
@@ -662,93 +662,93 @@
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4">
         <v>2020</v>
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
       <c r="H4"/>
       <c r="I4">
         <v>0.19</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
         <v>23</v>
       </c>
       <c r="C5" t="s">
         <v>24</v>
       </c>
       <c r="D5">
-        <v>1461</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>7</v>
+      </c>
+      <c r="E5">
+        <v>1903049</v>
       </c>
       <c r="F5">
         <v>2020</v>
       </c>
       <c r="G5" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="H5"/>
+        <v>25</v>
+      </c>
+      <c r="H5">
+        <v>16.81</v>
+      </c>
       <c r="I5">
-        <v>0.23</v>
+        <v>5.39</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" t="s">
         <v>27</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>28</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6">
+        <v>1461</v>
+      </c>
+      <c r="E6" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>1903049</v>
       </c>
       <c r="F6">
         <v>2020</v>
       </c>
       <c r="G6" t="s">
         <v>30</v>
       </c>
-      <c r="H6">
-[...1 lines deleted...]
-      </c>
+      <c r="H6"/>
       <c r="I6">
-        <v>5.39</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>31</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7">
         <v>2020</v>
       </c>
       <c r="G7" t="s">
         <v>34</v>
       </c>
       <c r="H7"/>
       <c r="I7"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
@@ -762,51 +762,51 @@
       </c>
       <c r="D8">
         <v>3</v>
       </c>
       <c r="E8" t="s">
         <v>38</v>
       </c>
       <c r="F8">
         <v>2019</v>
       </c>
       <c r="G8" t="s">
         <v>39</v>
       </c>
       <c r="H8">
         <v>3.34</v>
       </c>
       <c r="I8">
         <v>1.37</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>40</v>
       </c>
       <c r="B9" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="C9" t="s">
         <v>41</v>
       </c>
       <c r="D9">
         <v>122</v>
       </c>
       <c r="E9">
         <v>193905</v>
       </c>
       <c r="F9">
         <v>2019</v>
       </c>
       <c r="G9" t="s">
         <v>42</v>
       </c>
       <c r="H9">
         <v>8.39</v>
       </c>
       <c r="I9">
         <v>3.59</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">