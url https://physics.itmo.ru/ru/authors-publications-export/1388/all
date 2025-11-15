--- v0 (2025-10-08)
+++ v1 (2025-11-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
@@ -80,50 +80,62 @@
   <si>
     <t>Spectral physical unclonable functions: downscaling randomness with multi-resonant hybrid particles</t>
   </si>
   <si>
     <t>Martin Sandomirskii, Elena Petrova, Pavel Kustov, Lev Chizhov, Artem Larin, Stephanie Bruyere, Vitaly Yaroshenko, Eduard Ageev, Pavel Belov, Dmitry Zuev</t>
   </si>
   <si>
     <t>Nature Communications</t>
   </si>
   <si>
     <t>10.1038/s41467-025-60121-9</t>
   </si>
   <si>
     <t>A comparative study of plasmonic nanoparticles for targeted photothermal therapy of melanoma tumors using various irradiation modes</t>
   </si>
   <si>
     <t>Lidia Mikhailova, Elizaveta Vysotina, Maria Timofeeva, Elena Kopoleva, Van Gulinian, Olesya Pashina, Konstantin Arabuli, Olga Gusliakova, Ekaterina Prikhozhdenko, Xiaoli Qi,  Петров Андрей, Eduard Ageev, Mihail Petrov, Constantino De Angelis, Mikhail Durymanov, Gleb Sukhorukov, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>Light: Advanced Manufacturing</t>
   </si>
   <si>
     <t>10.37188/lam.2025.005</t>
   </si>
   <si>
+    <t>Laser-induced fabrication of polymer templates for directed assembly of nanostructures</t>
+  </si>
+  <si>
+    <t>Xinyi Zhu, Eduard Ageev, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>Advanced Laser Processing and Manufacturing VIII</t>
+  </si>
+  <si>
+    <t>10.1117/12.3036085</t>
+  </si>
+  <si>
     <t>IR Hidden Patterns for Security Labels</t>
   </si>
   <si>
     <t>Vitaly Yaroshenko, Artem Larin, Sergey Syubaev, Ivan Vazhenin, Pavel Kustov, Dmitriy Dolgintsev, Eduard Ageev, Stanislav Gurbatov, Alina Maksimova, Kristina Novikova, Sergey Babin, Aleksey Kozlov, Alexandr Dostovalov, Aleksandr Kuchmizhak, Dmitry Zuev</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry Letters</t>
   </si>
   <si>
     <t>9714-9722</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.4c02051</t>
   </si>
   <si>
     <t>Laser formation of photocatalytically active TiO2 coating</t>
   </si>
   <si>
     <t>Ekaterina Ponkratova, Artem Shtumpf, Andrey Kuzmichev, D.A. Rud, Eduard Ageev, Dmitry Sinev, Dmitry Zuev</t>
   </si>
   <si>
     <t>2024 International Conference Laser Optics (ICLO)</t>
   </si>
   <si>
     <t>412-412</t>
@@ -323,101 +335,101 @@
   <si>
     <t>10.1134/s0021364022040014</t>
   </si>
   <si>
     <t>Formation of Luminescent Structures in Thin a-Si:H–Er Films Irradiated by Femtosecond Laser Pulses</t>
   </si>
   <si>
     <t>Artem Larin, Eduard Ageev, L. N. Dvoretckaia, Alexey Mozharov, Ivan Mukhin, Dmitry Zuev</t>
   </si>
   <si>
     <t>681-686</t>
   </si>
   <si>
     <t>10.1134/s0021364021230090</t>
   </si>
   <si>
     <t>3D Chiral MetaCrystals</t>
   </si>
   <si>
     <t>Marco Esposito, Mariachiara Manoccio, Angelo Leo, Massimo Cuscunà, Yali Sun, Eduard Ageev, Dmitry Zuev, Alessio Benedetti, Iolena Tarantini, Adriana Passaseo, Vittorianna Tasco</t>
   </si>
   <si>
     <t>10.1002/adfm.202109258</t>
   </si>
   <si>
+    <t>Up-conversion photoluminescence specificity of a hybrid sponge nanostructures</t>
+  </si>
+  <si>
+    <t>Artem Larin, Egor Kurganov, Stephanie Bruyére, Alexandre Nomine, Eduard Ageev, Anton Samusev, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012082</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012082</t>
+  </si>
+  <si>
+    <t>Dielectric metasurface for emission control of magnetic dipole in the near-IR wavelength range</t>
+  </si>
+  <si>
+    <t>Vitaly Yaroshenko, Marina Obramenko, Artem Larin, Eduard Ageev, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>012165</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012165</t>
+  </si>
+  <si>
     <t>Fluorescence lifetime-based intracellular thermometry for photothermal therapy</t>
   </si>
   <si>
     <t>Oleksii Peltek, Eduard Ageev, Pavel Talianov, Mikhail Zyuzin</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012107</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012107</t>
   </si>
   <si>
     <t>Fabrication of metal-dielectric nanoparticles from a bi-layer gold-silicon film by femtosecond laser-induced dewetting</t>
   </si>
   <si>
     <t>Sergej Koromyslov, Eduard Ageev, Ekaterina Ponkratova, Dmitry Zuev</t>
   </si>
   <si>
     <t>012071</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012071</t>
   </si>
   <si>
-    <t>Up-conversion photoluminescence specificity of a hybrid sponge nanostructures</t>
-[...22 lines deleted...]
-  <si>
     <t>Femtosecond Laser Fabrication of Hybrid Metal-Dielectric Structures with Nonlinear Photoluminescence</t>
   </si>
   <si>
     <t>Ekaterina Ponkratova, Eduard Ageev, Filipp Komissarenko, Sergej Koromyslov, Dmitry Kudryashov, Ivan Mukhin, Vadim Veiko, Aleksandr Kuchmizhak, Dmitry Zuev</t>
   </si>
   <si>
     <t>Photonics</t>
   </si>
   <si>
     <t>10.3390/photonics8040121</t>
   </si>
   <si>
     <t>Luminescent Erbium‐Doped Silicon Thin Films for Advanced Anti‐Counterfeit Labels</t>
   </si>
   <si>
     <t>Artem Larin, Liliia N. Dvoretckaia, Alexey Mozharov, Ivan Mukhin, Artem Cherepakhin, Ivan Shishkin, Eduard Ageev, Dmitry Zuev</t>
   </si>
   <si>
     <t>Advanced Materials</t>
   </si>
   <si>
     <t>10.1002/adma.202005886</t>
   </si>
   <si>
     <t>Laser-induced periodic surface structures with broadband photoluminescence signal</t>
@@ -461,81 +473,81 @@
   <si>
     <t>Purcell effect control in oligomer based active nanoantenna for the near-IR wavelength range</t>
   </si>
   <si>
     <t>Vitaly Yaroshenko, Artem Larin, Eduard Ageev, Dmitry Zuev</t>
   </si>
   <si>
     <t>020133</t>
   </si>
   <si>
     <t>10.1063/5.0031773</t>
   </si>
   <si>
     <t>Laser annealing process for the tuning of the hybrid-sponge nanostructure photoluminescence</t>
   </si>
   <si>
     <t>Artem Larin, Eduard Ageev, Dmitry Zuev</t>
   </si>
   <si>
     <t>020078</t>
   </si>
   <si>
     <t>10.1063/5.0031745</t>
   </si>
   <si>
+    <t>Tuning of far-field and near-field via fs-laser in various hybrid oligomers</t>
+  </si>
+  <si>
+    <t>Yali Sun, Eduard Ageev, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>012172</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012172</t>
+  </si>
+  <si>
+    <t>Purcell effect control in active silicon dielectric nanoantenna for the near-IR wavelength range</t>
+  </si>
+  <si>
+    <t>012195</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012195</t>
+  </si>
+  <si>
     <t>Nonlinear optical properties of Sponge Si/Au nanoparticle</t>
   </si>
   <si>
     <t>Artem Larin, Eduard Ageev, Anna Shiker, Alexandre Nomine, Sergey Makarov, Dmitry Zuev</t>
   </si>
   <si>
     <t>012081</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012081</t>
-  </si>
-[...19 lines deleted...]
-    <t>10.1088/1742-6596/1461/1/012195</t>
   </si>
   <si>
     <t>Laser fabrication of hybrid nanostructures with nonlinear response</t>
   </si>
   <si>
     <t>Ekaterina Ponkratova, Vitaly Yaroshenko, Artem Larin, Eduard Ageev, Dmitry Zuev</t>
   </si>
   <si>
     <t>Nanophotonics VIII</t>
   </si>
   <si>
     <t>10.1117/12.2557228</t>
   </si>
   <si>
     <t>Dielectric nanocavity for the emission control of a single-photon source</t>
   </si>
   <si>
     <t>Vitaly Yaroshenko, Andrey Semenov, Eduard Ageev, Dmitry Zuev</t>
   </si>
   <si>
     <t>10.1117/12.2555926</t>
   </si>
   <si>
     <t>Evolution of size distribution of Si nanoparticles produced by pulsed laser ablation in water</t>
   </si>
@@ -929,51 +941,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I45"/>
+  <dimension ref="A1:I46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="346.773" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -1070,1136 +1082,1159 @@
       </c>
       <c r="E4">
         <v>1</v>
       </c>
       <c r="F4">
         <v>2024</v>
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
       <c r="H4"/>
       <c r="I4">
         <v>3.18</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
         <v>23</v>
       </c>
       <c r="C5" t="s">
         <v>24</v>
       </c>
-      <c r="D5">
-[...3 lines deleted...]
-        <v>25</v>
+      <c r="D5"/>
+      <c r="E5">
+        <v>27</v>
       </c>
       <c r="F5">
         <v>2024</v>
       </c>
       <c r="G5" t="s">
-        <v>26</v>
-[...6 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" t="s">
         <v>27</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>28</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
         <v>29</v>
-      </c>
-[...2 lines deleted...]
-        <v>30</v>
       </c>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-      <c r="I6"/>
+        <v>30</v>
+      </c>
+      <c r="H6">
+        <v>6.89</v>
+      </c>
+      <c r="I6">
+        <v>1.85</v>
+      </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" t="s">
         <v>32</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>33</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7"/>
+      <c r="E7" t="s">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
-        <v>36</v>
-[...6 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" t="s">
         <v>37</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>38</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8">
+        <v>7</v>
+      </c>
+      <c r="E8" t="s">
         <v>39</v>
       </c>
-      <c r="D8"/>
-      <c r="E8"/>
       <c r="F8">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>40</v>
       </c>
-      <c r="H8"/>
-      <c r="I8"/>
+      <c r="H8">
+        <v>5.9</v>
+      </c>
+      <c r="I8">
+        <v>1.19</v>
+      </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>41</v>
       </c>
       <c r="B9" t="s">
         <v>42</v>
       </c>
       <c r="C9" t="s">
         <v>43</v>
       </c>
-      <c r="D9">
-[...1 lines deleted...]
-      </c>
+      <c r="D9"/>
       <c r="E9"/>
       <c r="F9">
         <v>2023</v>
       </c>
       <c r="G9" t="s">
         <v>44</v>
       </c>
-      <c r="H9">
-[...4 lines deleted...]
-      </c>
+      <c r="H9"/>
+      <c r="I9"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>45</v>
       </c>
       <c r="B10" t="s">
         <v>46</v>
       </c>
       <c r="C10" t="s">
         <v>47</v>
       </c>
-      <c r="D10"/>
+      <c r="D10">
+        <v>12</v>
+      </c>
       <c r="E10"/>
       <c r="F10">
         <v>2023</v>
       </c>
       <c r="G10" t="s">
         <v>48</v>
       </c>
-      <c r="H10"/>
-      <c r="I10"/>
+      <c r="H10">
+        <v>17.46</v>
+      </c>
+      <c r="I10">
+        <v>5.5</v>
+      </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>49</v>
       </c>
       <c r="B11" t="s">
         <v>50</v>
       </c>
       <c r="C11" t="s">
         <v>51</v>
       </c>
-      <c r="D11">
-[...4 lines deleted...]
-      </c>
+      <c r="D11"/>
+      <c r="E11"/>
       <c r="F11">
         <v>2023</v>
       </c>
       <c r="G11" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="H11"/>
       <c r="I11"/>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>53</v>
+      </c>
+      <c r="B12" t="s">
         <v>54</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>55</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12">
+        <v>14</v>
+      </c>
+      <c r="E12" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>7</v>
       </c>
       <c r="F12">
         <v>2023</v>
       </c>
       <c r="G12" t="s">
         <v>57</v>
       </c>
-      <c r="H12"/>
+      <c r="H12">
+        <v>0.92</v>
+      </c>
       <c r="I12"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>58</v>
       </c>
       <c r="B13" t="s">
         <v>59</v>
       </c>
       <c r="C13" t="s">
         <v>60</v>
       </c>
       <c r="D13">
-        <v>359</v>
-[...2 lines deleted...]
-        <v>61</v>
+        <v>49</v>
+      </c>
+      <c r="E13">
+        <v>7</v>
       </c>
       <c r="F13">
         <v>2023</v>
       </c>
       <c r="G13" t="s">
-        <v>62</v>
-[...6 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>62</v>
+      </c>
+      <c r="B14" t="s">
         <v>63</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>64</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14">
+        <v>359</v>
+      </c>
+      <c r="E14" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
       <c r="F14">
         <v>2023</v>
       </c>
       <c r="G14" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="H14">
-        <v>9.97</v>
+        <v>11.47</v>
       </c>
       <c r="I14">
-        <v>1.4</v>
+        <v>1.81</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>67</v>
+      </c>
+      <c r="B15" t="s">
         <v>68</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>69</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15">
+        <v>643</v>
+      </c>
+      <c r="E15" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
       <c r="F15">
         <v>2023</v>
       </c>
       <c r="G15" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="H15">
-        <v>10.38</v>
+        <v>9.97</v>
       </c>
       <c r="I15">
-        <v>2.14</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>72</v>
+      </c>
+      <c r="B16" t="s">
         <v>73</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>74</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16">
+        <v>15</v>
+      </c>
+      <c r="E16" t="s">
         <v>75</v>
-      </c>
-[...2 lines deleted...]
-        <v>2200661</v>
       </c>
       <c r="F16">
         <v>2023</v>
       </c>
       <c r="G16" t="s">
         <v>76</v>
       </c>
       <c r="H16">
-        <v>10.95</v>
+        <v>10.38</v>
       </c>
       <c r="I16">
-        <v>3.17</v>
+        <v>2.14</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>77</v>
       </c>
       <c r="B17" t="s">
         <v>78</v>
       </c>
       <c r="C17" t="s">
         <v>79</v>
       </c>
-      <c r="D17">
-[...2 lines deleted...]
-      <c r="E17"/>
+      <c r="D17"/>
+      <c r="E17">
+        <v>2200661</v>
+      </c>
       <c r="F17">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G17" t="s">
         <v>80</v>
       </c>
       <c r="H17">
-        <v>7.92</v>
+        <v>10.95</v>
       </c>
       <c r="I17">
-        <v>2.12</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>81</v>
       </c>
       <c r="B18" t="s">
         <v>82</v>
       </c>
       <c r="C18" t="s">
         <v>83</v>
       </c>
-      <c r="D18"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D18">
+        <v>0</v>
+      </c>
+      <c r="E18"/>
       <c r="F18">
         <v>2022</v>
       </c>
       <c r="G18" t="s">
         <v>84</v>
       </c>
       <c r="H18">
-        <v>19.92</v>
+        <v>7.92</v>
       </c>
       <c r="I18">
-        <v>5.0</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>85</v>
       </c>
       <c r="B19" t="s">
         <v>86</v>
       </c>
       <c r="C19" t="s">
-        <v>34</v>
+        <v>87</v>
       </c>
       <c r="D19"/>
-      <c r="E19"/>
+      <c r="E19">
+        <v>2205859</v>
+      </c>
       <c r="F19">
         <v>2022</v>
       </c>
       <c r="G19" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H19">
-        <v>6.14</v>
+        <v>19.92</v>
       </c>
       <c r="I19">
-        <v>1.18</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B20" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C20" t="s">
-        <v>90</v>
-[...6 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="D20"/>
+      <c r="E20"/>
       <c r="F20">
         <v>2022</v>
       </c>
       <c r="G20" t="s">
         <v>91</v>
       </c>
       <c r="H20">
-        <v>5.72</v>
+        <v>6.14</v>
       </c>
       <c r="I20">
-        <v>0.84</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>92</v>
       </c>
       <c r="B21" t="s">
         <v>93</v>
       </c>
       <c r="C21" t="s">
         <v>94</v>
       </c>
-      <c r="D21"/>
-      <c r="E21"/>
+      <c r="D21">
+        <v>12</v>
+      </c>
+      <c r="E21">
+        <v>1756</v>
+      </c>
       <c r="F21">
         <v>2022</v>
       </c>
       <c r="G21" t="s">
         <v>95</v>
       </c>
       <c r="H21">
-        <v>1.4</v>
+        <v>5.72</v>
       </c>
       <c r="I21">
-        <v>0.42</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>96</v>
       </c>
       <c r="B22" t="s">
         <v>97</v>
       </c>
       <c r="C22" t="s">
-        <v>94</v>
-[...4 lines deleted...]
-      <c r="E22" t="s">
         <v>98</v>
       </c>
+      <c r="D22"/>
+      <c r="E22"/>
       <c r="F22">
         <v>2022</v>
       </c>
       <c r="G22" t="s">
         <v>99</v>
       </c>
       <c r="H22">
         <v>1.4</v>
       </c>
       <c r="I22">
         <v>0.42</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>100</v>
       </c>
       <c r="B23" t="s">
         <v>101</v>
       </c>
       <c r="C23" t="s">
-        <v>83</v>
-[...3 lines deleted...]
-        <v>2109258</v>
+        <v>98</v>
+      </c>
+      <c r="D23">
+        <v>114</v>
+      </c>
+      <c r="E23" t="s">
+        <v>102</v>
       </c>
       <c r="F23">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G23" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="H23">
-        <v>19.92</v>
+        <v>1.4</v>
       </c>
       <c r="I23">
-        <v>5.0</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B24" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C24" t="s">
-        <v>105</v>
-[...5 lines deleted...]
-        <v>106</v>
+        <v>87</v>
+      </c>
+      <c r="D24"/>
+      <c r="E24">
+        <v>2109258</v>
       </c>
       <c r="F24">
         <v>2021</v>
       </c>
       <c r="G24" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="H24"/>
+        <v>106</v>
+      </c>
+      <c r="H24">
+        <v>19.92</v>
+      </c>
       <c r="I24">
-        <v>0.21</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>107</v>
+      </c>
+      <c r="B25" t="s">
         <v>108</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="D25">
         <v>2015</v>
       </c>
       <c r="E25" t="s">
         <v>110</v>
       </c>
       <c r="F25">
         <v>2021</v>
       </c>
       <c r="G25" t="s">
         <v>111</v>
       </c>
       <c r="H25"/>
       <c r="I25">
         <v>0.21</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>112</v>
       </c>
       <c r="B26" t="s">
         <v>113</v>
       </c>
       <c r="C26" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="D26">
         <v>2015</v>
       </c>
       <c r="E26" t="s">
         <v>114</v>
       </c>
       <c r="F26">
         <v>2021</v>
       </c>
       <c r="G26" t="s">
         <v>115</v>
       </c>
       <c r="H26"/>
       <c r="I26">
         <v>0.21</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>116</v>
       </c>
       <c r="B27" t="s">
         <v>117</v>
       </c>
       <c r="C27" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="D27">
         <v>2015</v>
       </c>
       <c r="E27" t="s">
         <v>118</v>
       </c>
       <c r="F27">
         <v>2021</v>
       </c>
       <c r="G27" t="s">
         <v>119</v>
       </c>
       <c r="H27"/>
       <c r="I27">
         <v>0.21</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>120</v>
       </c>
       <c r="B28" t="s">
         <v>121</v>
       </c>
       <c r="C28" t="s">
+        <v>109</v>
+      </c>
+      <c r="D28">
+        <v>2015</v>
+      </c>
+      <c r="E28" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>121</v>
       </c>
       <c r="F28">
         <v>2021</v>
       </c>
       <c r="G28" t="s">
         <v>123</v>
       </c>
-      <c r="H28">
-[...1 lines deleted...]
-      </c>
+      <c r="H28"/>
       <c r="I28">
-        <v>0.56</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>124</v>
       </c>
       <c r="B29" t="s">
         <v>125</v>
       </c>
       <c r="C29" t="s">
         <v>126</v>
       </c>
       <c r="D29">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E29">
-        <v>2005886</v>
+        <v>121</v>
       </c>
       <c r="F29">
         <v>2021</v>
       </c>
       <c r="G29" t="s">
         <v>127</v>
       </c>
       <c r="H29">
-        <v>32.09</v>
+        <v>2.54</v>
       </c>
       <c r="I29">
-        <v>8.66</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>128</v>
       </c>
       <c r="B30" t="s">
         <v>129</v>
       </c>
       <c r="C30" t="s">
         <v>130</v>
       </c>
       <c r="D30">
-        <v>2300</v>
-[...1 lines deleted...]
-      <c r="E30" t="s">
+        <v>33</v>
+      </c>
+      <c r="E30">
+        <v>2005886</v>
+      </c>
+      <c r="F30">
+        <v>2021</v>
+      </c>
+      <c r="G30" t="s">
         <v>131</v>
       </c>
-      <c r="F30">
-[...5 lines deleted...]
-      <c r="H30"/>
+      <c r="H30">
+        <v>32.09</v>
+      </c>
       <c r="I30">
-        <v>0.19</v>
+        <v>8.66</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>132</v>
+      </c>
+      <c r="B31" t="s">
         <v>133</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="D31">
         <v>2300</v>
       </c>
       <c r="E31" t="s">
         <v>135</v>
       </c>
       <c r="F31">
         <v>2020</v>
       </c>
       <c r="G31" t="s">
         <v>136</v>
       </c>
       <c r="H31"/>
       <c r="I31">
         <v>0.19</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>137</v>
       </c>
       <c r="B32" t="s">
         <v>138</v>
       </c>
       <c r="C32" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="D32">
         <v>2300</v>
       </c>
       <c r="E32" t="s">
         <v>139</v>
       </c>
       <c r="F32">
         <v>2020</v>
       </c>
       <c r="G32" t="s">
         <v>140</v>
       </c>
       <c r="H32"/>
       <c r="I32">
         <v>0.19</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>141</v>
       </c>
       <c r="B33" t="s">
         <v>142</v>
       </c>
       <c r="C33" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="D33">
         <v>2300</v>
       </c>
       <c r="E33" t="s">
         <v>143</v>
       </c>
       <c r="F33">
         <v>2020</v>
       </c>
       <c r="G33" t="s">
         <v>144</v>
       </c>
       <c r="H33"/>
       <c r="I33">
         <v>0.19</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>145</v>
       </c>
       <c r="B34" t="s">
         <v>146</v>
       </c>
       <c r="C34" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="D34">
         <v>2300</v>
       </c>
       <c r="E34" t="s">
         <v>147</v>
       </c>
       <c r="F34">
         <v>2020</v>
       </c>
       <c r="G34" t="s">
         <v>148</v>
       </c>
       <c r="H34"/>
       <c r="I34">
         <v>0.19</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>149</v>
       </c>
       <c r="B35" t="s">
         <v>150</v>
       </c>
       <c r="C35" t="s">
-        <v>105</v>
+        <v>134</v>
       </c>
       <c r="D35">
-        <v>1461</v>
+        <v>2300</v>
       </c>
       <c r="E35" t="s">
         <v>151</v>
       </c>
       <c r="F35">
         <v>2020</v>
       </c>
       <c r="G35" t="s">
         <v>152</v>
       </c>
       <c r="H35"/>
       <c r="I35">
-        <v>0.23</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>153</v>
       </c>
       <c r="B36" t="s">
         <v>154</v>
       </c>
       <c r="C36" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="D36">
         <v>1461</v>
       </c>
       <c r="E36" t="s">
         <v>155</v>
       </c>
       <c r="F36">
         <v>2020</v>
       </c>
       <c r="G36" t="s">
         <v>156</v>
       </c>
       <c r="H36"/>
       <c r="I36">
         <v>0.23</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>157</v>
       </c>
       <c r="B37" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="C37" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="D37">
         <v>1461</v>
       </c>
       <c r="E37" t="s">
         <v>158</v>
       </c>
       <c r="F37">
         <v>2020</v>
       </c>
       <c r="G37" t="s">
         <v>159</v>
       </c>
       <c r="H37"/>
       <c r="I37">
         <v>0.23</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>160</v>
       </c>
       <c r="B38" t="s">
         <v>161</v>
       </c>
       <c r="C38" t="s">
+        <v>109</v>
+      </c>
+      <c r="D38">
+        <v>1461</v>
+      </c>
+      <c r="E38" t="s">
         <v>162</v>
       </c>
-      <c r="D38"/>
-      <c r="E38"/>
       <c r="F38">
         <v>2020</v>
       </c>
       <c r="G38" t="s">
         <v>163</v>
       </c>
       <c r="H38"/>
-      <c r="I38"/>
+      <c r="I38">
+        <v>0.23</v>
+      </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>164</v>
       </c>
       <c r="B39" t="s">
         <v>165</v>
       </c>
       <c r="C39" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39">
         <v>2020</v>
       </c>
       <c r="G39" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="H39"/>
       <c r="I39"/>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B40" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C40" t="s">
-        <v>169</v>
-[...3 lines deleted...]
-      </c>
+        <v>166</v>
+      </c>
+      <c r="D40"/>
       <c r="E40"/>
       <c r="F40">
         <v>2020</v>
       </c>
       <c r="G40" t="s">
         <v>170</v>
       </c>
-      <c r="H40">
-[...4 lines deleted...]
-      </c>
+      <c r="H40"/>
+      <c r="I40"/>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>171</v>
       </c>
       <c r="B41" t="s">
         <v>172</v>
       </c>
       <c r="C41" t="s">
         <v>173</v>
       </c>
       <c r="D41">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="E41"/>
       <c r="F41">
         <v>2020</v>
       </c>
       <c r="G41" t="s">
         <v>174</v>
       </c>
       <c r="H41">
-        <v>3.87</v>
+        <v>2.08</v>
       </c>
       <c r="I41">
-        <v>0.8</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>175</v>
       </c>
       <c r="B42" t="s">
         <v>176</v>
       </c>
       <c r="C42" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="D42">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="E42"/>
+        <v>126</v>
+      </c>
+      <c r="E42">
+        <v>106131</v>
+      </c>
       <c r="F42">
         <v>2020</v>
       </c>
       <c r="G42" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H42">
-        <v>2.08</v>
+        <v>3.87</v>
       </c>
       <c r="I42">
-        <v>0.4</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B43" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C43" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="D43">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E43" t="s">
+        <v>52</v>
+      </c>
+      <c r="E43"/>
+      <c r="F43">
+        <v>2020</v>
+      </c>
+      <c r="G43" t="s">
         <v>181</v>
       </c>
-      <c r="F43">
-[...4 lines deleted...]
-      </c>
       <c r="H43">
-        <v>6.9</v>
+        <v>2.08</v>
       </c>
       <c r="I43">
-        <v>2.18</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>182</v>
+      </c>
+      <c r="B44" t="s">
         <v>183</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>184</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
         <v>185</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
       <c r="F44">
         <v>2019</v>
       </c>
       <c r="G44" t="s">
         <v>186</v>
       </c>
       <c r="H44">
-        <v>3.06</v>
+        <v>6.9</v>
       </c>
       <c r="I44">
-        <v>0.95</v>
+        <v>2.18</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>187</v>
       </c>
       <c r="B45" t="s">
         <v>188</v>
       </c>
       <c r="C45" t="s">
-        <v>75</v>
+        <v>189</v>
       </c>
       <c r="D45">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="E45">
-        <v>1800274</v>
+        <v>29</v>
       </c>
       <c r="F45">
         <v>2019</v>
       </c>
       <c r="G45" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="H45">
+        <v>3.06</v>
+      </c>
+      <c r="I45">
+        <v>0.95</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
+      <c r="A46" t="s">
+        <v>191</v>
+      </c>
+      <c r="B46" t="s">
+        <v>192</v>
+      </c>
+      <c r="C46" t="s">
+        <v>79</v>
+      </c>
+      <c r="D46">
+        <v>13</v>
+      </c>
+      <c r="E46">
+        <v>1800274</v>
+      </c>
+      <c r="F46">
+        <v>2019</v>
+      </c>
+      <c r="G46" t="s">
+        <v>193</v>
+      </c>
+      <c r="H46">
         <v>10.66</v>
       </c>
-      <c r="I45">
+      <c r="I46">
         <v>4.01</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>