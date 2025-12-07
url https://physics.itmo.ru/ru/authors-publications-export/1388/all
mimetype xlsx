--- v1 (2025-11-15)
+++ v2 (2025-12-07)
@@ -335,240 +335,240 @@
   <si>
     <t>10.1134/s0021364022040014</t>
   </si>
   <si>
     <t>Formation of Luminescent Structures in Thin a-Si:H–Er Films Irradiated by Femtosecond Laser Pulses</t>
   </si>
   <si>
     <t>Artem Larin, Eduard Ageev, L. N. Dvoretckaia, Alexey Mozharov, Ivan Mukhin, Dmitry Zuev</t>
   </si>
   <si>
     <t>681-686</t>
   </si>
   <si>
     <t>10.1134/s0021364021230090</t>
   </si>
   <si>
     <t>3D Chiral MetaCrystals</t>
   </si>
   <si>
     <t>Marco Esposito, Mariachiara Manoccio, Angelo Leo, Massimo Cuscunà, Yali Sun, Eduard Ageev, Dmitry Zuev, Alessio Benedetti, Iolena Tarantini, Adriana Passaseo, Vittorianna Tasco</t>
   </si>
   <si>
     <t>10.1002/adfm.202109258</t>
   </si>
   <si>
+    <t>Dielectric metasurface for emission control of magnetic dipole in the near-IR wavelength range</t>
+  </si>
+  <si>
+    <t>Vitaly Yaroshenko, Marina Obramenko, Artem Larin, Eduard Ageev, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012165</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012165</t>
+  </si>
+  <si>
+    <t>Fluorescence lifetime-based intracellular thermometry for photothermal therapy</t>
+  </si>
+  <si>
+    <t>Oleksii Peltek, Eduard Ageev, Pavel Talianov, Mikhail Zyuzin</t>
+  </si>
+  <si>
+    <t>012107</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012107</t>
+  </si>
+  <si>
+    <t>Fabrication of metal-dielectric nanoparticles from a bi-layer gold-silicon film by femtosecond laser-induced dewetting</t>
+  </si>
+  <si>
+    <t>Sergej Koromyslov, Eduard Ageev, Ekaterina Ponkratova, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>012071</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012071</t>
+  </si>
+  <si>
     <t>Up-conversion photoluminescence specificity of a hybrid sponge nanostructures</t>
   </si>
   <si>
     <t>Artem Larin, Egor Kurganov, Stephanie Bruyére, Alexandre Nomine, Eduard Ageev, Anton Samusev, Dmitry Zuev</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012082</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012082</t>
   </si>
   <si>
-    <t>Dielectric metasurface for emission control of magnetic dipole in the near-IR wavelength range</t>
-[...34 lines deleted...]
-  <si>
     <t>Femtosecond Laser Fabrication of Hybrid Metal-Dielectric Structures with Nonlinear Photoluminescence</t>
   </si>
   <si>
     <t>Ekaterina Ponkratova, Eduard Ageev, Filipp Komissarenko, Sergej Koromyslov, Dmitry Kudryashov, Ivan Mukhin, Vadim Veiko, Aleksandr Kuchmizhak, Dmitry Zuev</t>
   </si>
   <si>
     <t>Photonics</t>
   </si>
   <si>
     <t>10.3390/photonics8040121</t>
   </si>
   <si>
     <t>Luminescent Erbium‐Doped Silicon Thin Films for Advanced Anti‐Counterfeit Labels</t>
   </si>
   <si>
     <t>Artem Larin, Liliia N. Dvoretckaia, Alexey Mozharov, Ivan Mukhin, Artem Cherepakhin, Ivan Shishkin, Eduard Ageev, Dmitry Zuev</t>
   </si>
   <si>
     <t>Advanced Materials</t>
   </si>
   <si>
     <t>10.1002/adma.202005886</t>
   </si>
   <si>
+    <t>Numerical modelling of scattering properties of tunable hybrid nanostructures</t>
+  </si>
+  <si>
+    <t>Yali Sun, Evgeniy Minkevich, Eduard Ageev, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020047</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032009</t>
+  </si>
+  <si>
+    <t>Purcell effect control in oligomer based active nanoantenna for the near-IR wavelength range</t>
+  </si>
+  <si>
+    <t>Vitaly Yaroshenko, Artem Larin, Eduard Ageev, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>020133</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031773</t>
+  </si>
+  <si>
+    <t>Laser annealing process for the tuning of the hybrid-sponge nanostructure photoluminescence</t>
+  </si>
+  <si>
+    <t>Artem Larin, Eduard Ageev, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>020078</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031745</t>
+  </si>
+  <si>
     <t>Laser-induced periodic surface structures with broadband photoluminescence signal</t>
   </si>
   <si>
     <t>Ekaterina Ponkratova, Eduard Ageev, Artem Larin, Filipp Komissarenko, Dmitry Zuev</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020041</t>
   </si>
   <si>
     <t>10.1063/5.0032132</t>
   </si>
   <si>
     <t>Optical resonant properties of plasmonic helices in visible range</t>
   </si>
   <si>
     <t>Yali Sun, Mariachiara Manoccio, Eduard Ageev, Marco Esposito, Shuhuan Zhang, Adriana Passaseo, Vittorianna Tasco, Dmitry Zuev</t>
   </si>
   <si>
     <t>020125</t>
   </si>
   <si>
     <t>10.1063/5.0032118</t>
   </si>
   <si>
-    <t>Numerical modelling of scattering properties of tunable hybrid nanostructures</t>
-[...32 lines deleted...]
-    <t>10.1063/5.0031745</t>
+    <t>Purcell effect control in active silicon dielectric nanoantenna for the near-IR wavelength range</t>
+  </si>
+  <si>
+    <t>012195</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012195</t>
+  </si>
+  <si>
+    <t>Nonlinear optical properties of Sponge Si/Au nanoparticle</t>
+  </si>
+  <si>
+    <t>Artem Larin, Eduard Ageev, Anna Shiker, Alexandre Nomine, Sergey Makarov, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>012081</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012081</t>
   </si>
   <si>
     <t>Tuning of far-field and near-field via fs-laser in various hybrid oligomers</t>
   </si>
   <si>
     <t>Yali Sun, Eduard Ageev, Dmitry Zuev</t>
   </si>
   <si>
     <t>012172</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012172</t>
   </si>
   <si>
-    <t>Purcell effect control in active silicon dielectric nanoantenna for the near-IR wavelength range</t>
-[...17 lines deleted...]
-    <t>10.1088/1742-6596/1461/1/012081</t>
+    <t>Dielectric nanocavity for the emission control of a single-photon source</t>
+  </si>
+  <si>
+    <t>Vitaly Yaroshenko, Andrey Semenov, Eduard Ageev, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>Nanophotonics VIII</t>
+  </si>
+  <si>
+    <t>10.1117/12.2555926</t>
   </si>
   <si>
     <t>Laser fabrication of hybrid nanostructures with nonlinear response</t>
   </si>
   <si>
     <t>Ekaterina Ponkratova, Vitaly Yaroshenko, Artem Larin, Eduard Ageev, Dmitry Zuev</t>
   </si>
   <si>
-    <t>Nanophotonics VIII</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1117/12.2557228</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1117/12.2555926</t>
   </si>
   <si>
     <t>Evolution of size distribution of Si nanoparticles produced by pulsed laser ablation in water</t>
   </si>
   <si>
     <t>A. Krivonosov, Dmitry Zuev, S. Kaputkina, V. Mikhailovskii, E. Egorova, Eduard Ageev, G. Odintsova</t>
   </si>
   <si>
     <t>Optical and Quantum Electronics</t>
   </si>
   <si>
     <t>10.1007/s11082-020-02274-z</t>
   </si>
   <si>
     <t>Single-shot femtosecond laser processing of Al-alloy surface: An interplay between Mbar shock waves, enhanced microhardness, residual stresses, and chemical modification</t>
   </si>
   <si>
     <t>Eduard Ageev, Y.M. Andreeva, N.S. Kashaev, R.K. Nuryev, A.A. Petrov, A.A. Samokhvalov</t>
   </si>
   <si>
     <t>Optics &amp; Laser Technology</t>
   </si>
   <si>
     <t>10.1016/j.optlastec.2020.106131</t>
   </si>
@@ -1906,78 +1906,78 @@
       <c r="C35" t="s">
         <v>134</v>
       </c>
       <c r="D35">
         <v>2300</v>
       </c>
       <c r="E35" t="s">
         <v>151</v>
       </c>
       <c r="F35">
         <v>2020</v>
       </c>
       <c r="G35" t="s">
         <v>152</v>
       </c>
       <c r="H35"/>
       <c r="I35">
         <v>0.19</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>153</v>
       </c>
       <c r="B36" t="s">
-        <v>154</v>
+        <v>138</v>
       </c>
       <c r="C36" t="s">
         <v>109</v>
       </c>
       <c r="D36">
         <v>1461</v>
       </c>
       <c r="E36" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="F36">
         <v>2020</v>
       </c>
       <c r="G36" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="H36"/>
       <c r="I36">
         <v>0.23</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>156</v>
+      </c>
+      <c r="B37" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="C37" t="s">
         <v>109</v>
       </c>
       <c r="D37">
         <v>1461</v>
       </c>
       <c r="E37" t="s">
         <v>158</v>
       </c>
       <c r="F37">
         <v>2020</v>
       </c>
       <c r="G37" t="s">
         <v>159</v>
       </c>
       <c r="H37"/>
       <c r="I37">
         <v>0.23</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>160</v>
       </c>