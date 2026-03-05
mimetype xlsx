--- v2 (2025-12-07)
+++ v3 (2026-03-05)
@@ -12,124 +12,133 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Study on the mechanism of femtosecond laser ablation of gold thin films based on TTM-MD coupling theory</t>
+  </si>
+  <si>
+    <t>Xinyi Zhu, Eduard Ageev, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>Advanced Laser Processing and Manufacturing IX</t>
+  </si>
+  <si>
+    <t>10.1117/12.3074392</t>
+  </si>
+  <si>
     <t>Polarization-Sensitive Scattering from Tunable Hybrid Au–Si Nanoantennas for Anticounterfeiting Applications</t>
   </si>
   <si>
     <t>Pavel Kustov, Vitaly Yaroshenko, Martin Sandomirskii, Elena Petrova, Maria  Fedorova, Eduard Ageev, Ivan Mukhin, Dmitry Zuev</t>
   </si>
   <si>
     <t>ACS Applied Optical Materials</t>
   </si>
   <si>
     <t>1432−1442</t>
   </si>
   <si>
     <t>10.1021/acsaom.5c00156</t>
   </si>
   <si>
     <t>Spectral physical unclonable functions: downscaling randomness with multi-resonant hybrid particles</t>
   </si>
   <si>
     <t>Martin Sandomirskii, Elena Petrova, Pavel Kustov, Lev Chizhov, Artem Larin, Stephanie Bruyere, Vitaly Yaroshenko, Eduard Ageev, Pavel Belov, Dmitry Zuev</t>
   </si>
   <si>
     <t>Nature Communications</t>
   </si>
   <si>
     <t>10.1038/s41467-025-60121-9</t>
   </si>
   <si>
     <t>A comparative study of plasmonic nanoparticles for targeted photothermal therapy of melanoma tumors using various irradiation modes</t>
   </si>
   <si>
     <t>Lidia Mikhailova, Elizaveta Vysotina, Maria Timofeeva, Elena Kopoleva, Van Gulinian, Olesya Pashina, Konstantin Arabuli, Olga Gusliakova, Ekaterina Prikhozhdenko, Xiaoli Qi,  Петров Андрей, Eduard Ageev, Mihail Petrov, Constantino De Angelis, Mikhail Durymanov, Gleb Sukhorukov, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>Light: Advanced Manufacturing</t>
   </si>
   <si>
     <t>10.37188/lam.2025.005</t>
   </si>
   <si>
     <t>Laser-induced fabrication of polymer templates for directed assembly of nanostructures</t>
   </si>
   <si>
-    <t>Xinyi Zhu, Eduard Ageev, Dmitry Zuev</t>
-[...1 lines deleted...]
-  <si>
     <t>Advanced Laser Processing and Manufacturing VIII</t>
   </si>
   <si>
     <t>10.1117/12.3036085</t>
   </si>
   <si>
     <t>IR Hidden Patterns for Security Labels</t>
   </si>
   <si>
     <t>Vitaly Yaroshenko, Artem Larin, Sergey Syubaev, Ivan Vazhenin, Pavel Kustov, Dmitriy Dolgintsev, Eduard Ageev, Stanislav Gurbatov, Alina Maksimova, Kristina Novikova, Sergey Babin, Aleksey Kozlov, Alexandr Dostovalov, Aleksandr Kuchmizhak, Dmitry Zuev</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry Letters</t>
   </si>
   <si>
     <t>9714-9722</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.4c02051</t>
   </si>
   <si>
     <t>Laser formation of photocatalytically active TiO2 coating</t>
   </si>
   <si>
     <t>Ekaterina Ponkratova, Artem Shtumpf, Andrey Kuzmichev, D.A. Rud, Eduard Ageev, Dmitry Sinev, Dmitry Zuev</t>
@@ -335,240 +344,240 @@
   <si>
     <t>10.1134/s0021364022040014</t>
   </si>
   <si>
     <t>Formation of Luminescent Structures in Thin a-Si:H–Er Films Irradiated by Femtosecond Laser Pulses</t>
   </si>
   <si>
     <t>Artem Larin, Eduard Ageev, L. N. Dvoretckaia, Alexey Mozharov, Ivan Mukhin, Dmitry Zuev</t>
   </si>
   <si>
     <t>681-686</t>
   </si>
   <si>
     <t>10.1134/s0021364021230090</t>
   </si>
   <si>
     <t>3D Chiral MetaCrystals</t>
   </si>
   <si>
     <t>Marco Esposito, Mariachiara Manoccio, Angelo Leo, Massimo Cuscunà, Yali Sun, Eduard Ageev, Dmitry Zuev, Alessio Benedetti, Iolena Tarantini, Adriana Passaseo, Vittorianna Tasco</t>
   </si>
   <si>
     <t>10.1002/adfm.202109258</t>
   </si>
   <si>
+    <t>Up-conversion photoluminescence specificity of a hybrid sponge nanostructures</t>
+  </si>
+  <si>
+    <t>Artem Larin, Egor Kurganov, Stephanie Bruyére, Alexandre Nomine, Eduard Ageev, Anton Samusev, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012082</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012082</t>
+  </si>
+  <si>
     <t>Dielectric metasurface for emission control of magnetic dipole in the near-IR wavelength range</t>
   </si>
   <si>
     <t>Vitaly Yaroshenko, Marina Obramenko, Artem Larin, Eduard Ageev, Dmitry Zuev</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012165</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012165</t>
   </si>
   <si>
     <t>Fluorescence lifetime-based intracellular thermometry for photothermal therapy</t>
   </si>
   <si>
     <t>Oleksii Peltek, Eduard Ageev, Pavel Talianov, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>012107</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012107</t>
   </si>
   <si>
     <t>Fabrication of metal-dielectric nanoparticles from a bi-layer gold-silicon film by femtosecond laser-induced dewetting</t>
   </si>
   <si>
     <t>Sergej Koromyslov, Eduard Ageev, Ekaterina Ponkratova, Dmitry Zuev</t>
   </si>
   <si>
     <t>012071</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012071</t>
   </si>
   <si>
-    <t>Up-conversion photoluminescence specificity of a hybrid sponge nanostructures</t>
-[...10 lines deleted...]
-  <si>
     <t>Femtosecond Laser Fabrication of Hybrid Metal-Dielectric Structures with Nonlinear Photoluminescence</t>
   </si>
   <si>
     <t>Ekaterina Ponkratova, Eduard Ageev, Filipp Komissarenko, Sergej Koromyslov, Dmitry Kudryashov, Ivan Mukhin, Vadim Veiko, Aleksandr Kuchmizhak, Dmitry Zuev</t>
   </si>
   <si>
     <t>Photonics</t>
   </si>
   <si>
     <t>10.3390/photonics8040121</t>
   </si>
   <si>
     <t>Luminescent Erbium‐Doped Silicon Thin Films for Advanced Anti‐Counterfeit Labels</t>
   </si>
   <si>
     <t>Artem Larin, Liliia N. Dvoretckaia, Alexey Mozharov, Ivan Mukhin, Artem Cherepakhin, Ivan Shishkin, Eduard Ageev, Dmitry Zuev</t>
   </si>
   <si>
     <t>Advanced Materials</t>
   </si>
   <si>
     <t>10.1002/adma.202005886</t>
   </si>
   <si>
+    <t>Laser-induced periodic surface structures with broadband photoluminescence signal</t>
+  </si>
+  <si>
+    <t>Ekaterina Ponkratova, Eduard Ageev, Artem Larin, Filipp Komissarenko, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020041</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032132</t>
+  </si>
+  <si>
+    <t>Optical resonant properties of plasmonic helices in visible range</t>
+  </si>
+  <si>
+    <t>Yali Sun, Mariachiara Manoccio, Eduard Ageev, Marco Esposito, Shuhuan Zhang, Adriana Passaseo, Vittorianna Tasco, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>020125</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032118</t>
+  </si>
+  <si>
     <t>Numerical modelling of scattering properties of tunable hybrid nanostructures</t>
   </si>
   <si>
     <t>Yali Sun, Evgeniy Minkevich, Eduard Ageev, Dmitry Zuev</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020047</t>
   </si>
   <si>
     <t>10.1063/5.0032009</t>
   </si>
   <si>
     <t>Purcell effect control in oligomer based active nanoantenna for the near-IR wavelength range</t>
   </si>
   <si>
     <t>Vitaly Yaroshenko, Artem Larin, Eduard Ageev, Dmitry Zuev</t>
   </si>
   <si>
     <t>020133</t>
   </si>
   <si>
     <t>10.1063/5.0031773</t>
   </si>
   <si>
     <t>Laser annealing process for the tuning of the hybrid-sponge nanostructure photoluminescence</t>
   </si>
   <si>
     <t>Artem Larin, Eduard Ageev, Dmitry Zuev</t>
   </si>
   <si>
     <t>020078</t>
   </si>
   <si>
     <t>10.1063/5.0031745</t>
   </si>
   <si>
-    <t>Laser-induced periodic surface structures with broadband photoluminescence signal</t>
-[...20 lines deleted...]
-    <t>10.1063/5.0032118</t>
+    <t>Tuning of far-field and near-field via fs-laser in various hybrid oligomers</t>
+  </si>
+  <si>
+    <t>Yali Sun, Eduard Ageev, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>012172</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012172</t>
   </si>
   <si>
     <t>Purcell effect control in active silicon dielectric nanoantenna for the near-IR wavelength range</t>
   </si>
   <si>
     <t>012195</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012195</t>
   </si>
   <si>
     <t>Nonlinear optical properties of Sponge Si/Au nanoparticle</t>
   </si>
   <si>
     <t>Artem Larin, Eduard Ageev, Anna Shiker, Alexandre Nomine, Sergey Makarov, Dmitry Zuev</t>
   </si>
   <si>
     <t>012081</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012081</t>
   </si>
   <si>
-    <t>Tuning of far-field and near-field via fs-laser in various hybrid oligomers</t>
-[...8 lines deleted...]
-    <t>10.1088/1742-6596/1461/1/012172</t>
+    <t>Laser fabrication of hybrid nanostructures with nonlinear response</t>
+  </si>
+  <si>
+    <t>Ekaterina Ponkratova, Vitaly Yaroshenko, Artem Larin, Eduard Ageev, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>Nanophotonics VIII</t>
+  </si>
+  <si>
+    <t>10.1117/12.2557228</t>
   </si>
   <si>
     <t>Dielectric nanocavity for the emission control of a single-photon source</t>
   </si>
   <si>
     <t>Vitaly Yaroshenko, Andrey Semenov, Eduard Ageev, Dmitry Zuev</t>
   </si>
   <si>
-    <t>Nanophotonics VIII</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1117/12.2555926</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1117/12.2557228</t>
   </si>
   <si>
     <t>Evolution of size distribution of Si nanoparticles produced by pulsed laser ablation in water</t>
   </si>
   <si>
     <t>A. Krivonosov, Dmitry Zuev, S. Kaputkina, V. Mikhailovskii, E. Egorova, Eduard Ageev, G. Odintsova</t>
   </si>
   <si>
     <t>Optical and Quantum Electronics</t>
   </si>
   <si>
     <t>10.1007/s11082-020-02274-z</t>
   </si>
   <si>
     <t>Single-shot femtosecond laser processing of Al-alloy surface: An interplay between Mbar shock waves, enhanced microhardness, residual stresses, and chemical modification</t>
   </si>
   <si>
     <t>Eduard Ageev, Y.M. Andreeva, N.S. Kashaev, R.K. Nuryev, A.A. Petrov, A.A. Samokhvalov</t>
   </si>
   <si>
     <t>Optics &amp; Laser Technology</t>
   </si>
   <si>
     <t>10.1016/j.optlastec.2020.106131</t>
   </si>
@@ -941,51 +950,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I46"/>
+  <dimension ref="A1:I47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="346.773" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -999,1242 +1008,1265 @@
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
-      <c r="D2">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="D2"/>
+      <c r="E2">
+        <v>30</v>
       </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
-[...6 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
         <v>14</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3">
+        <v>3</v>
+      </c>
+      <c r="E3" t="s">
         <v>16</v>
       </c>
-      <c r="D3">
-[...2 lines deleted...]
-      <c r="E3"/>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3">
-        <v>14.92</v>
+        <v>3.8</v>
       </c>
       <c r="I3">
-        <v>5.56</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4">
-        <v>6</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E4"/>
       <c r="F4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
-      <c r="H4"/>
+      <c r="H4">
+        <v>14.92</v>
+      </c>
       <c r="I4">
-        <v>3.18</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
         <v>23</v>
       </c>
       <c r="C5" t="s">
         <v>24</v>
       </c>
-      <c r="D5"/>
+      <c r="D5">
+        <v>6</v>
+      </c>
       <c r="E5">
-        <v>27</v>
+        <v>1</v>
       </c>
       <c r="F5">
         <v>2024</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5"/>
-      <c r="I5"/>
+      <c r="I5">
+        <v>3.18</v>
+      </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
+        <v>10</v>
+      </c>
+      <c r="C6" t="s">
         <v>27</v>
       </c>
-      <c r="C6" t="s">
-[...6 lines deleted...]
-        <v>29</v>
+      <c r="D6"/>
+      <c r="E6">
+        <v>27</v>
       </c>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
-        <v>30</v>
-[...6 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>29</v>
+      </c>
+      <c r="B7" t="s">
+        <v>30</v>
+      </c>
+      <c r="C7" t="s">
         <v>31</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7">
+        <v>15</v>
+      </c>
+      <c r="E7" t="s">
         <v>32</v>
-      </c>
-[...5 lines deleted...]
-        <v>34</v>
       </c>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-      <c r="I7"/>
+        <v>33</v>
+      </c>
+      <c r="H7">
+        <v>6.89</v>
+      </c>
+      <c r="I7">
+        <v>1.85</v>
+      </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" t="s">
+        <v>35</v>
+      </c>
+      <c r="C8" t="s">
         <v>36</v>
       </c>
-      <c r="B8" t="s">
+      <c r="D8"/>
+      <c r="E8" t="s">
         <v>37</v>
-      </c>
-[...7 lines deleted...]
-        <v>39</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
-        <v>40</v>
-[...6 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>39</v>
+      </c>
+      <c r="B9" t="s">
+        <v>40</v>
+      </c>
+      <c r="C9" t="s">
         <v>41</v>
       </c>
-      <c r="B9" t="s">
+      <c r="D9">
+        <v>7</v>
+      </c>
+      <c r="E9" t="s">
         <v>42</v>
       </c>
-      <c r="C9" t="s">
+      <c r="F9">
+        <v>2024</v>
+      </c>
+      <c r="G9" t="s">
         <v>43</v>
       </c>
-      <c r="D9"/>
-[...8 lines deleted...]
-      <c r="I9"/>
+      <c r="H9">
+        <v>5.9</v>
+      </c>
+      <c r="I9">
+        <v>1.19</v>
+      </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" t="s">
         <v>45</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>46</v>
       </c>
-      <c r="C10" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D10"/>
       <c r="E10"/>
       <c r="F10">
         <v>2023</v>
       </c>
       <c r="G10" t="s">
-        <v>48</v>
-[...6 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" t="s">
         <v>49</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>50</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11"/>
+      <c r="D11">
+        <v>12</v>
+      </c>
       <c r="E11"/>
       <c r="F11">
         <v>2023</v>
       </c>
       <c r="G11" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-      <c r="I11"/>
+        <v>51</v>
+      </c>
+      <c r="H11">
+        <v>17.46</v>
+      </c>
+      <c r="I11">
+        <v>5.5</v>
+      </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" t="s">
         <v>53</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>54</v>
       </c>
-      <c r="C12" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D12"/>
+      <c r="E12"/>
       <c r="F12">
         <v>2023</v>
       </c>
       <c r="G12" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="H12"/>
       <c r="I12"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" t="s">
+        <v>57</v>
+      </c>
+      <c r="C13" t="s">
         <v>58</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13">
+        <v>14</v>
+      </c>
+      <c r="E13" t="s">
         <v>59</v>
-      </c>
-[...7 lines deleted...]
-        <v>7</v>
       </c>
       <c r="F13">
         <v>2023</v>
       </c>
       <c r="G13" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="H13"/>
+        <v>60</v>
+      </c>
+      <c r="H13">
+        <v>0.92</v>
+      </c>
       <c r="I13"/>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>61</v>
+      </c>
+      <c r="B14" t="s">
         <v>62</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>63</v>
       </c>
-      <c r="C14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14">
-        <v>359</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>49</v>
+      </c>
+      <c r="E14">
+        <v>7</v>
       </c>
       <c r="F14">
         <v>2023</v>
       </c>
       <c r="G14" t="s">
-        <v>66</v>
-[...6 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>65</v>
+      </c>
+      <c r="B15" t="s">
+        <v>66</v>
+      </c>
+      <c r="C15" t="s">
         <v>67</v>
       </c>
-      <c r="B15" t="s">
+      <c r="D15">
+        <v>359</v>
+      </c>
+      <c r="E15" t="s">
         <v>68</v>
-      </c>
-[...7 lines deleted...]
-        <v>70</v>
       </c>
       <c r="F15">
         <v>2023</v>
       </c>
       <c r="G15" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="H15">
-        <v>9.97</v>
+        <v>11.47</v>
       </c>
       <c r="I15">
-        <v>1.4</v>
+        <v>1.81</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>70</v>
+      </c>
+      <c r="B16" t="s">
+        <v>71</v>
+      </c>
+      <c r="C16" t="s">
         <v>72</v>
       </c>
-      <c r="B16" t="s">
+      <c r="D16">
+        <v>643</v>
+      </c>
+      <c r="E16" t="s">
         <v>73</v>
-      </c>
-[...7 lines deleted...]
-        <v>75</v>
       </c>
       <c r="F16">
         <v>2023</v>
       </c>
       <c r="G16" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="H16">
-        <v>10.38</v>
+        <v>9.97</v>
       </c>
       <c r="I16">
-        <v>2.14</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>75</v>
+      </c>
+      <c r="B17" t="s">
+        <v>76</v>
+      </c>
+      <c r="C17" t="s">
         <v>77</v>
       </c>
-      <c r="B17" t="s">
+      <c r="D17">
+        <v>15</v>
+      </c>
+      <c r="E17" t="s">
         <v>78</v>
-      </c>
-[...5 lines deleted...]
-        <v>2200661</v>
       </c>
       <c r="F17">
         <v>2023</v>
       </c>
       <c r="G17" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="H17">
-        <v>10.95</v>
+        <v>10.38</v>
       </c>
       <c r="I17">
-        <v>3.17</v>
+        <v>2.14</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>80</v>
+      </c>
+      <c r="B18" t="s">
         <v>81</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>82</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18"/>
+      <c r="E18">
+        <v>2200661</v>
+      </c>
+      <c r="F18">
+        <v>2023</v>
+      </c>
+      <c r="G18" t="s">
         <v>83</v>
       </c>
-      <c r="D18">
-[...8 lines deleted...]
-      </c>
       <c r="H18">
-        <v>7.92</v>
+        <v>10.95</v>
       </c>
       <c r="I18">
-        <v>2.12</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>84</v>
+      </c>
+      <c r="B19" t="s">
         <v>85</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>86</v>
       </c>
-      <c r="C19" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="D19">
+        <v>0</v>
+      </c>
+      <c r="E19"/>
       <c r="F19">
         <v>2022</v>
       </c>
       <c r="G19" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="H19">
-        <v>19.92</v>
+        <v>7.92</v>
       </c>
       <c r="I19">
-        <v>5.0</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>88</v>
+      </c>
+      <c r="B20" t="s">
         <v>89</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>90</v>
       </c>
-      <c r="C20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D20"/>
-      <c r="E20"/>
+      <c r="E20">
+        <v>2205859</v>
+      </c>
       <c r="F20">
         <v>2022</v>
       </c>
       <c r="G20" t="s">
         <v>91</v>
       </c>
       <c r="H20">
-        <v>6.14</v>
+        <v>19.92</v>
       </c>
       <c r="I20">
-        <v>1.18</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>92</v>
       </c>
       <c r="B21" t="s">
         <v>93</v>
       </c>
       <c r="C21" t="s">
-        <v>94</v>
-[...6 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="D21"/>
+      <c r="E21"/>
       <c r="F21">
         <v>2022</v>
       </c>
       <c r="G21" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="H21">
-        <v>5.72</v>
+        <v>6.14</v>
       </c>
       <c r="I21">
-        <v>0.84</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>95</v>
+      </c>
+      <c r="B22" t="s">
         <v>96</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>97</v>
       </c>
-      <c r="C22" t="s">
-[...3 lines deleted...]
-      <c r="E22"/>
+      <c r="D22">
+        <v>12</v>
+      </c>
+      <c r="E22">
+        <v>1756</v>
+      </c>
       <c r="F22">
         <v>2022</v>
       </c>
       <c r="G22" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="H22">
-        <v>1.4</v>
+        <v>5.72</v>
       </c>
       <c r="I22">
-        <v>0.42</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>99</v>
+      </c>
+      <c r="B23" t="s">
         <v>100</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>101</v>
       </c>
-      <c r="C23" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D23"/>
+      <c r="E23"/>
       <c r="F23">
         <v>2022</v>
       </c>
       <c r="G23" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="H23">
         <v>1.4</v>
       </c>
       <c r="I23">
         <v>0.42</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>103</v>
+      </c>
+      <c r="B24" t="s">
         <v>104</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
+        <v>101</v>
+      </c>
+      <c r="D24">
+        <v>114</v>
+      </c>
+      <c r="E24" t="s">
         <v>105</v>
       </c>
-      <c r="C24" t="s">
-[...5 lines deleted...]
-      </c>
       <c r="F24">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G24" t="s">
         <v>106</v>
       </c>
       <c r="H24">
-        <v>19.92</v>
+        <v>1.4</v>
       </c>
       <c r="I24">
-        <v>5.0</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>107</v>
       </c>
       <c r="B25" t="s">
         <v>108</v>
       </c>
       <c r="C25" t="s">
-        <v>109</v>
-[...5 lines deleted...]
-        <v>110</v>
+        <v>90</v>
+      </c>
+      <c r="D25"/>
+      <c r="E25">
+        <v>2109258</v>
       </c>
       <c r="F25">
         <v>2021</v>
       </c>
       <c r="G25" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="H25"/>
+        <v>109</v>
+      </c>
+      <c r="H25">
+        <v>19.92</v>
+      </c>
       <c r="I25">
-        <v>0.21</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>110</v>
+      </c>
+      <c r="B26" t="s">
+        <v>111</v>
+      </c>
+      <c r="C26" t="s">
         <v>112</v>
-      </c>
-[...4 lines deleted...]
-        <v>109</v>
       </c>
       <c r="D26">
         <v>2015</v>
       </c>
       <c r="E26" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="F26">
         <v>2021</v>
       </c>
       <c r="G26" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="H26"/>
       <c r="I26">
         <v>0.21</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>115</v>
+      </c>
+      <c r="B27" t="s">
         <v>116</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D27">
         <v>2015</v>
       </c>
       <c r="E27" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F27">
         <v>2021</v>
       </c>
       <c r="G27" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="H27"/>
       <c r="I27">
         <v>0.21</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>119</v>
+      </c>
+      <c r="B28" t="s">
         <v>120</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D28">
         <v>2015</v>
       </c>
       <c r="E28" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F28">
         <v>2021</v>
       </c>
       <c r="G28" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="H28"/>
       <c r="I28">
         <v>0.21</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>123</v>
+      </c>
+      <c r="B29" t="s">
         <v>124</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
+        <v>112</v>
+      </c>
+      <c r="D29">
+        <v>2015</v>
+      </c>
+      <c r="E29" t="s">
         <v>125</v>
-      </c>
-[...7 lines deleted...]
-        <v>121</v>
       </c>
       <c r="F29">
         <v>2021</v>
       </c>
       <c r="G29" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-      </c>
+        <v>126</v>
+      </c>
+      <c r="H29"/>
       <c r="I29">
-        <v>0.56</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>127</v>
+      </c>
+      <c r="B30" t="s">
         <v>128</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>129</v>
       </c>
-      <c r="C30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D30">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E30">
-        <v>2005886</v>
+        <v>121</v>
       </c>
       <c r="F30">
         <v>2021</v>
       </c>
       <c r="G30" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="H30">
-        <v>32.09</v>
+        <v>2.54</v>
       </c>
       <c r="I30">
-        <v>8.66</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>131</v>
+      </c>
+      <c r="B31" t="s">
         <v>132</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>133</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31">
+        <v>33</v>
+      </c>
+      <c r="E31">
+        <v>2005886</v>
+      </c>
+      <c r="F31">
+        <v>2021</v>
+      </c>
+      <c r="G31" t="s">
         <v>134</v>
       </c>
-      <c r="D31">
-[...11 lines deleted...]
-      <c r="H31"/>
+      <c r="H31">
+        <v>32.09</v>
+      </c>
       <c r="I31">
-        <v>0.19</v>
+        <v>8.66</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>135</v>
+      </c>
+      <c r="B32" t="s">
+        <v>136</v>
+      </c>
+      <c r="C32" t="s">
         <v>137</v>
-      </c>
-[...4 lines deleted...]
-        <v>134</v>
       </c>
       <c r="D32">
         <v>2300</v>
       </c>
       <c r="E32" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="F32">
         <v>2020</v>
       </c>
       <c r="G32" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="H32"/>
       <c r="I32">
         <v>0.19</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>140</v>
+      </c>
+      <c r="B33" t="s">
         <v>141</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="D33">
         <v>2300</v>
       </c>
       <c r="E33" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="F33">
         <v>2020</v>
       </c>
       <c r="G33" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="H33"/>
       <c r="I33">
         <v>0.19</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>144</v>
+      </c>
+      <c r="B34" t="s">
         <v>145</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="D34">
         <v>2300</v>
       </c>
       <c r="E34" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="F34">
         <v>2020</v>
       </c>
       <c r="G34" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="H34"/>
       <c r="I34">
         <v>0.19</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>148</v>
+      </c>
+      <c r="B35" t="s">
         <v>149</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="D35">
         <v>2300</v>
       </c>
       <c r="E35" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="F35">
         <v>2020</v>
       </c>
       <c r="G35" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="H35"/>
       <c r="I35">
         <v>0.19</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>152</v>
+      </c>
+      <c r="B36" t="s">
         <v>153</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" t="s">
-        <v>109</v>
+        <v>137</v>
       </c>
       <c r="D36">
-        <v>1461</v>
+        <v>2300</v>
       </c>
       <c r="E36" t="s">
         <v>154</v>
       </c>
       <c r="F36">
         <v>2020</v>
       </c>
       <c r="G36" t="s">
         <v>155</v>
       </c>
       <c r="H36"/>
       <c r="I36">
-        <v>0.23</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>156</v>
       </c>
       <c r="B37" t="s">
         <v>157</v>
       </c>
       <c r="C37" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D37">
         <v>1461</v>
       </c>
       <c r="E37" t="s">
         <v>158</v>
       </c>
       <c r="F37">
         <v>2020</v>
       </c>
       <c r="G37" t="s">
         <v>159</v>
       </c>
       <c r="H37"/>
       <c r="I37">
         <v>0.23</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>160</v>
       </c>
       <c r="B38" t="s">
-        <v>161</v>
+        <v>149</v>
       </c>
       <c r="C38" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D38">
         <v>1461</v>
       </c>
       <c r="E38" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="F38">
         <v>2020</v>
       </c>
       <c r="G38" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="H38"/>
       <c r="I38">
         <v>0.23</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>163</v>
+      </c>
+      <c r="B39" t="s">
         <v>164</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
+        <v>112</v>
+      </c>
+      <c r="D39">
+        <v>1461</v>
+      </c>
+      <c r="E39" t="s">
         <v>165</v>
       </c>
-      <c r="C39" t="s">
-[...3 lines deleted...]
-      <c r="E39"/>
       <c r="F39">
         <v>2020</v>
       </c>
       <c r="G39" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="H39"/>
-      <c r="I39"/>
+      <c r="I39">
+        <v>0.23</v>
+      </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>167</v>
+      </c>
+      <c r="B40" t="s">
         <v>168</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40">
         <v>2020</v>
       </c>
       <c r="G40" t="s">
         <v>170</v>
       </c>
       <c r="H40"/>
       <c r="I40"/>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>171</v>
       </c>
       <c r="B41" t="s">
         <v>172</v>
       </c>
       <c r="C41" t="s">
-        <v>173</v>
-[...3 lines deleted...]
-      </c>
+        <v>169</v>
+      </c>
+      <c r="D41"/>
       <c r="E41"/>
       <c r="F41">
         <v>2020</v>
       </c>
       <c r="G41" t="s">
-        <v>174</v>
-[...6 lines deleted...]
-      </c>
+        <v>173</v>
+      </c>
+      <c r="H41"/>
+      <c r="I41"/>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>174</v>
+      </c>
+      <c r="B42" t="s">
         <v>175</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>176</v>
       </c>
-      <c r="C42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D42">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="E42"/>
       <c r="F42">
         <v>2020</v>
       </c>
       <c r="G42" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="H42">
-        <v>3.87</v>
+        <v>2.08</v>
       </c>
       <c r="I42">
-        <v>0.8</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>178</v>
+      </c>
+      <c r="B43" t="s">
         <v>179</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>180</v>
       </c>
-      <c r="C43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D43">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="E43"/>
+        <v>126</v>
+      </c>
+      <c r="E43">
+        <v>106131</v>
+      </c>
       <c r="F43">
         <v>2020</v>
       </c>
       <c r="G43" t="s">
         <v>181</v>
       </c>
       <c r="H43">
-        <v>2.08</v>
+        <v>3.87</v>
       </c>
       <c r="I43">
-        <v>0.4</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>182</v>
       </c>
       <c r="B44" t="s">
         <v>183</v>
       </c>
       <c r="C44" t="s">
+        <v>176</v>
+      </c>
+      <c r="D44">
+        <v>52</v>
+      </c>
+      <c r="E44"/>
+      <c r="F44">
+        <v>2020</v>
+      </c>
+      <c r="G44" t="s">
         <v>184</v>
       </c>
-      <c r="D44">
-[...10 lines deleted...]
-      </c>
       <c r="H44">
-        <v>6.9</v>
+        <v>2.08</v>
       </c>
       <c r="I44">
-        <v>2.18</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>185</v>
+      </c>
+      <c r="B45" t="s">
+        <v>186</v>
+      </c>
+      <c r="C45" t="s">
         <v>187</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
         <v>188</v>
-      </c>
-[...7 lines deleted...]
-        <v>29</v>
       </c>
       <c r="F45">
         <v>2019</v>
       </c>
       <c r="G45" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="H45">
-        <v>3.06</v>
+        <v>6.9</v>
       </c>
       <c r="I45">
-        <v>0.95</v>
+        <v>2.18</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>190</v>
+      </c>
+      <c r="B46" t="s">
         <v>191</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>192</v>
       </c>
-      <c r="C46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D46">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="E46">
-        <v>1800274</v>
+        <v>29</v>
       </c>
       <c r="F46">
         <v>2019</v>
       </c>
       <c r="G46" t="s">
         <v>193</v>
       </c>
       <c r="H46">
+        <v>3.06</v>
+      </c>
+      <c r="I46">
+        <v>0.95</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
+      <c r="A47" t="s">
+        <v>194</v>
+      </c>
+      <c r="B47" t="s">
+        <v>195</v>
+      </c>
+      <c r="C47" t="s">
+        <v>82</v>
+      </c>
+      <c r="D47">
+        <v>13</v>
+      </c>
+      <c r="E47">
+        <v>1800274</v>
+      </c>
+      <c r="F47">
+        <v>2019</v>
+      </c>
+      <c r="G47" t="s">
+        <v>196</v>
+      </c>
+      <c r="H47">
         <v>10.66</v>
       </c>
-      <c r="I46">
+      <c r="I47">
         <v>4.01</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>