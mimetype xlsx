--- v0 (2025-10-11)
+++ v1 (2026-03-16)
@@ -65,72 +65,72 @@
   <si>
     <t>Numerical and analytical models for calculating optical forces near auxiliary plasmonic substrates</t>
   </si>
   <si>
     <t>Alexander Shalin, Aleksandra Ivinskaia, Natalia Kostina, Mihail Petrov, Andrey Bogdanov, Sergei Sukhov</t>
   </si>
   <si>
     <t>PROCEEDINGS OF THE INTERNATIONAL CONFERENCE OF COMPUTATIONAL METHODS IN SCIENCES AND ENGINEERING 2019 (ICCMSE-2019)</t>
   </si>
   <si>
     <t>10.1063/1.5137933</t>
   </si>
   <si>
     <t>Optical binding via surface plasmon polariton interference</t>
   </si>
   <si>
     <t>Natalia Kostina, Mihail Petrov, Aleksandra Ivinskaia, Andrey Bogdanov, Ivan Toftul, Alexander Shalin</t>
   </si>
   <si>
     <t>Physical Review B</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.99.125416</t>
   </si>
   <si>
+    <t>Tractor beams at metamaterial substrates</t>
+  </si>
+  <si>
+    <t>Aleksandra Ivinskaia, Natalia Kostina, Mihail Petrov, Andrey Bogdanov, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012132</t>
+  </si>
+  <si>
     <t>Optomechanical manipulation with hyperbolic metasurfaces</t>
   </si>
   <si>
-    <t>Aleksandra Ivinskaia, Natalia Kostina, Mihail Petrov, Andrey Bogdanov, Alexander Shalin</t>
-[...1 lines deleted...]
-  <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>4371-4377</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.8b00775</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1088/1742-6596/1092/1/012132</t>
   </si>
   <si>
     <t>Optical binding of two nanoparticles near interface</t>
   </si>
   <si>
     <t>Natalia Kostina, Mihail Petrov, Aleksandra Ivinskaia, Andrey Bogdanov, Alexander Shalin</t>
   </si>
   <si>
     <t>2017 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>10.1109/DD.2017.8168020</t>
   </si>
   <si>
     <t>Plasmon-assisted optical trapping and anti-trapping</t>
   </si>
   <si>
     <t>Aleksandra Ivinskaia, Mihail Petrov, Andrey Bogdanov, Ivan Shishkin, Alexander Shalin</t>
   </si>
   <si>
     <t>Light: Science and Applications</t>
   </si>
   <si>
     <t>e16258</t>
   </si>
@@ -585,93 +585,93 @@
       </c>
       <c r="F3">
         <v>2019</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3">
         <v>3.58</v>
       </c>
       <c r="I3">
         <v>1.81</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>1092</v>
+      </c>
+      <c r="E4">
+        <v>12132</v>
       </c>
       <c r="F4">
         <v>2018</v>
       </c>
       <c r="G4" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="H4"/>
       <c r="I4">
-        <v>2.98</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B5" t="s">
         <v>18</v>
       </c>
       <c r="C5" t="s">
+        <v>22</v>
+      </c>
+      <c r="D5">
+        <v>5</v>
+      </c>
+      <c r="E5" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>12132</v>
       </c>
       <c r="F5">
         <v>2018</v>
       </c>
       <c r="G5" t="s">
         <v>24</v>
       </c>
-      <c r="H5"/>
+      <c r="H5">
+        <v>7.14</v>
+      </c>
       <c r="I5">
-        <v>0.24</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>25</v>
       </c>
       <c r="B6" t="s">
         <v>26</v>
       </c>
       <c r="C6" t="s">
         <v>27</v>
       </c>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6">
         <v>2017</v>
       </c>
       <c r="G6" t="s">
         <v>28</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">