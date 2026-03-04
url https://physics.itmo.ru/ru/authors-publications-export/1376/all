--- v0 (2025-10-16)
+++ v1 (2026-03-04)
@@ -182,89 +182,89 @@
   <si>
     <t>Ionically Gated Small-Molecule OPV: Interfacial Doping of Charge Collector and Transport Layer</t>
   </si>
   <si>
     <t>Danila S. Saranin, Abolfazl Mahmudpur, Pavel Voroshilov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>ACS Applied Materials &amp; Interfaces</t>
   </si>
   <si>
     <t>10.1021/acsami.0c17865</t>
   </si>
   <si>
     <t>Reconfigurable Perovskite LEC: Effects of Ionic Additives and Dual Function Devices</t>
   </si>
   <si>
     <t>Dmitry Gets, Masoud Alahbakhshi, Aditya Mishra, Alexious Papadimitratos, Sergey Anoshkin, Anatoly Pushkarev, Eduard Danilovskiy, Sergey Makarov, Jason D. Slinker, Anvar Zakhidov</t>
   </si>
   <si>
     <t>Advanced Optical Materials</t>
   </si>
   <si>
     <t>10.1002/adom.202001715</t>
   </si>
   <si>
+    <t>Polymer modification of perovskite solar cells to increase open-circuit voltage</t>
+  </si>
+  <si>
+    <t>Mikhail Masharin, Dmitry Gets, Grigorii Verkhogliadov	, Sergey Makarov, Anvar Zakhidov</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020084</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031984</t>
+  </si>
+  <si>
+    <t>Evaluating the performance of a single-layer blue light-emitting electrochemical cell based on a perovskite-polymer composite</t>
+  </si>
+  <si>
+    <t>Sergey Anoshkin, Anatoly Pushkarev, Anvar Zakhidov, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>020002</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031747</t>
+  </si>
+  <si>
     <t>Improvement of methylammonium lead iodide based perovskite solar cells by phosphorus doped silicon nanoparticles</t>
   </si>
   <si>
     <t>Aleksandra Furasova, Pavel Voroshilov, Sergey Makarov, Anvar Zakhidov, Aldo Di Carlo</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020034</t>
   </si>
   <si>
     <t>10.1063/5.0031779</t>
   </si>
   <si>
-    <t>Polymer modification of perovskite solar cells to increase open-circuit voltage</t>
-[...22 lines deleted...]
-  <si>
     <t>Effect of Solvent Annealing on Optical Properties of Perovskite Dualfunctional Devices</t>
   </si>
   <si>
     <t>Grigorii Verkhogliadov	, Mikhail Masharin, Dmitry Gets, Eduard Danilovskiy, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>Solid State Phenomena</t>
   </si>
   <si>
     <t>185-191</t>
   </si>
   <si>
     <t>10.4028/www.scientific.net/ssp.312.185</t>
   </si>
   <si>
     <t>Dipolar cation accumulation at interfaces of perovskite light emitting solar cells</t>
   </si>
   <si>
     <t>Dmitry Gets, Grigorii Verkhogliadov	, Eduard Danilovskiy, Artem Baranov, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>Journal of Materials Chemistry C</t>
   </si>
   <si>
     <t>10.1039/d0tc02654a</t>
@@ -533,72 +533,72 @@
   <si>
     <t>Дмитрий Гец, Екатерина Тигунцева, Александр Берестенников, Татьяна Ляшенко, Анатолий Пушкарев, Сергей Макаров, Анвар Захидов</t>
   </si>
   <si>
     <t>Письма в ЖЭТФ</t>
   </si>
   <si>
     <t>Light Trapping Enhancement by Silver Nanoantennas in Organic Solar Cells</t>
   </si>
   <si>
     <t>Pavel Voroshilov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>5 (5)</t>
   </si>
   <si>
     <t>1767-1772</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.7b01459</t>
   </si>
   <si>
+    <t>Nanoimprinted hybrid perovskite metasurfaces</t>
+  </si>
+  <si>
+    <t>Sergey Makarov, Valentin Milichko, Yuri Kivshar, Anvar Zakhidov</t>
+  </si>
+  <si>
+    <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
+  </si>
+  <si>
+    <t>10.1109/piers.2017.8261891</t>
+  </si>
+  <si>
     <t>Light-Emitting Halide Perovskite Nanoantennas</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Georgiy Zograf, Filipp Komissarenko, Dmitry Zuev, Anvar Zakhidov, Sergey Makarov, Yuri Kivshar</t>
   </si>
   <si>
     <t>1185-1190</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.7b04727</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1109/piers.2017.8261891</t>
   </si>
   <si>
     <t>Laser deposition of resonant silicon nanoparticles on perovskite for photoluminescence enhancement</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Anastasia Zalogina, Valentin Milichko, Dmitry Zuev, Mikhail Omelyanovich, Arthur Ishteev, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/929/1/012053</t>
   </si>
   <si>
     <t>Laser post-processing of halide perovskites for enhanced photoluminescence and absorbance</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Filipp Komissarenko, Arthur Ishteev, Valentin Milichko, Dmitry Zuev, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>062002</t>
   </si>
   <si>
     <t>10.1088/1742-6596/917/6/062002</t>
   </si>
   <si>
     <t>Nanoimprinted perovskite metasurface for enhanced photoluminescence</t>
   </si>
@@ -1649,51 +1649,51 @@
       </c>
       <c r="D25">
         <v>220</v>
       </c>
       <c r="E25">
         <v>116985</v>
       </c>
       <c r="F25">
         <v>2019</v>
       </c>
       <c r="G25" t="s">
         <v>106</v>
       </c>
       <c r="H25">
         <v>3.28</v>
       </c>
       <c r="I25">
         <v>0.63</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>107</v>
       </c>
       <c r="B26" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="C26" t="s">
         <v>42</v>
       </c>
       <c r="D26">
         <v>1410</v>
       </c>
       <c r="E26" t="s">
         <v>108</v>
       </c>
       <c r="F26">
         <v>2019</v>
       </c>
       <c r="G26" t="s">
         <v>109</v>
       </c>
       <c r="H26"/>
       <c r="I26">
         <v>0.22</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>110</v>
       </c>
@@ -2127,91 +2127,91 @@
       </c>
       <c r="E42" t="s">
         <v>171</v>
       </c>
       <c r="F42">
         <v>2018</v>
       </c>
       <c r="G42" t="s">
         <v>172</v>
       </c>
       <c r="H42">
         <v>7.14</v>
       </c>
       <c r="I42">
         <v>2.98</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>173</v>
       </c>
       <c r="B43" t="s">
         <v>174</v>
       </c>
       <c r="C43" t="s">
-        <v>156</v>
-[...4 lines deleted...]
-      <c r="E43" t="s">
         <v>175</v>
       </c>
+      <c r="D43"/>
+      <c r="E43"/>
       <c r="F43">
         <v>2018</v>
       </c>
       <c r="G43" t="s">
         <v>176</v>
       </c>
-      <c r="H43">
-[...4 lines deleted...]
-      </c>
+      <c r="H43"/>
+      <c r="I43"/>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>177</v>
       </c>
       <c r="B44" t="s">
         <v>178</v>
       </c>
       <c r="C44" t="s">
+        <v>156</v>
+      </c>
+      <c r="D44">
+        <v>18</v>
+      </c>
+      <c r="E44" t="s">
         <v>179</v>
       </c>
-      <c r="D44"/>
-      <c r="E44"/>
       <c r="F44">
         <v>2018</v>
       </c>
       <c r="G44" t="s">
         <v>180</v>
       </c>
-      <c r="H44"/>
-      <c r="I44"/>
+      <c r="H44">
+        <v>12.28</v>
+      </c>
+      <c r="I44">
+        <v>6.21</v>
+      </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>181</v>
       </c>
       <c r="B45" t="s">
         <v>182</v>
       </c>
       <c r="C45" t="s">
         <v>42</v>
       </c>
       <c r="D45">
         <v>929</v>
       </c>
       <c r="E45">
         <v>12053</v>
       </c>
       <c r="F45">
         <v>2017</v>
       </c>
       <c r="G45" t="s">
         <v>183</v>
       </c>
       <c r="H45"/>
       <c r="I45">