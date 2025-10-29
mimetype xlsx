--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -182,89 +182,89 @@
   <si>
     <t>Ionically Gated Small-Molecule OPV: Interfacial Doping of Charge Collector and Transport Layer</t>
   </si>
   <si>
     <t>Danila S. Saranin, Abolfazl Mahmudpur, Pavel Voroshilov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>ACS Applied Materials &amp; Interfaces</t>
   </si>
   <si>
     <t>10.1021/acsami.0c17865</t>
   </si>
   <si>
     <t>Reconfigurable Perovskite LEC: Effects of Ionic Additives and Dual Function Devices</t>
   </si>
   <si>
     <t>Dmitry Gets, Masoud Alahbakhshi, Aditya Mishra, Alexious Papadimitratos, Sergey Anoshkin, Anatoly Pushkarev, Eduard Danilovskiy, Sergey Makarov, Jason D. Slinker, Anvar Zakhidov</t>
   </si>
   <si>
     <t>Advanced Optical Materials</t>
   </si>
   <si>
     <t>10.1002/adom.202001715</t>
   </si>
   <si>
+    <t>Evaluating the performance of a single-layer blue light-emitting electrochemical cell based on a perovskite-polymer composite</t>
+  </si>
+  <si>
+    <t>Sergey Anoshkin, Anatoly Pushkarev, Anvar Zakhidov, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020002</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031747</t>
+  </si>
+  <si>
     <t>Improvement of methylammonium lead iodide based perovskite solar cells by phosphorus doped silicon nanoparticles</t>
   </si>
   <si>
     <t>Aleksandra Furasova, Pavel Voroshilov, Sergey Makarov, Anvar Zakhidov, Aldo Di Carlo</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020034</t>
   </si>
   <si>
     <t>10.1063/5.0031779</t>
   </si>
   <si>
     <t>Polymer modification of perovskite solar cells to increase open-circuit voltage</t>
   </si>
   <si>
     <t>Mikhail Masharin, Dmitry Gets, Grigorii Verkhogliadov	, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>020084</t>
   </si>
   <si>
     <t>10.1063/5.0031984</t>
   </si>
   <si>
-    <t>Evaluating the performance of a single-layer blue light-emitting electrochemical cell based on a perovskite-polymer composite</t>
-[...10 lines deleted...]
-  <si>
     <t>Effect of Solvent Annealing on Optical Properties of Perovskite Dualfunctional Devices</t>
   </si>
   <si>
     <t>Grigorii Verkhogliadov	, Mikhail Masharin, Dmitry Gets, Eduard Danilovskiy, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>Solid State Phenomena</t>
   </si>
   <si>
     <t>185-191</t>
   </si>
   <si>
     <t>10.4028/www.scientific.net/ssp.312.185</t>
   </si>
   <si>
     <t>Dipolar cation accumulation at interfaces of perovskite light emitting solar cells</t>
   </si>
   <si>
     <t>Dmitry Gets, Grigorii Verkhogliadov	, Eduard Danilovskiy, Artem Baranov, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>Journal of Materials Chemistry C</t>
   </si>
   <si>
     <t>10.1039/d0tc02654a</t>
@@ -533,72 +533,72 @@
   <si>
     <t>Дмитрий Гец, Екатерина Тигунцева, Александр Берестенников, Татьяна Ляшенко, Анатолий Пушкарев, Сергей Макаров, Анвар Захидов</t>
   </si>
   <si>
     <t>Письма в ЖЭТФ</t>
   </si>
   <si>
     <t>Light Trapping Enhancement by Silver Nanoantennas in Organic Solar Cells</t>
   </si>
   <si>
     <t>Pavel Voroshilov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>5 (5)</t>
   </si>
   <si>
     <t>1767-1772</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.7b01459</t>
   </si>
   <si>
+    <t>Nanoimprinted hybrid perovskite metasurfaces</t>
+  </si>
+  <si>
+    <t>Sergey Makarov, Valentin Milichko, Yuri Kivshar, Anvar Zakhidov</t>
+  </si>
+  <si>
+    <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
+  </si>
+  <si>
+    <t>10.1109/piers.2017.8261891</t>
+  </si>
+  <si>
     <t>Light-Emitting Halide Perovskite Nanoantennas</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Georgiy Zograf, Filipp Komissarenko, Dmitry Zuev, Anvar Zakhidov, Sergey Makarov, Yuri Kivshar</t>
   </si>
   <si>
     <t>1185-1190</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.7b04727</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1109/piers.2017.8261891</t>
   </si>
   <si>
     <t>Laser deposition of resonant silicon nanoparticles on perovskite for photoluminescence enhancement</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Anastasia Zalogina, Valentin Milichko, Dmitry Zuev, Mikhail Omelyanovich, Arthur Ishteev, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/929/1/012053</t>
   </si>
   <si>
     <t>Laser post-processing of halide perovskites for enhanced photoluminescence and absorbance</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Filipp Komissarenko, Arthur Ishteev, Valentin Milichko, Dmitry Zuev, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>062002</t>
   </si>
   <si>
     <t>10.1088/1742-6596/917/6/062002</t>
   </si>
   <si>
     <t>Nanoimprinted perovskite metasurface for enhanced photoluminescence</t>
   </si>
@@ -1649,51 +1649,51 @@
       </c>
       <c r="D25">
         <v>220</v>
       </c>
       <c r="E25">
         <v>116985</v>
       </c>
       <c r="F25">
         <v>2019</v>
       </c>
       <c r="G25" t="s">
         <v>106</v>
       </c>
       <c r="H25">
         <v>3.28</v>
       </c>
       <c r="I25">
         <v>0.63</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>107</v>
       </c>
       <c r="B26" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="C26" t="s">
         <v>42</v>
       </c>
       <c r="D26">
         <v>1410</v>
       </c>
       <c r="E26" t="s">
         <v>108</v>
       </c>
       <c r="F26">
         <v>2019</v>
       </c>
       <c r="G26" t="s">
         <v>109</v>
       </c>
       <c r="H26"/>
       <c r="I26">
         <v>0.22</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>110</v>
       </c>
@@ -2127,91 +2127,91 @@
       </c>
       <c r="E42" t="s">
         <v>171</v>
       </c>
       <c r="F42">
         <v>2018</v>
       </c>
       <c r="G42" t="s">
         <v>172</v>
       </c>
       <c r="H42">
         <v>7.14</v>
       </c>
       <c r="I42">
         <v>2.98</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>173</v>
       </c>
       <c r="B43" t="s">
         <v>174</v>
       </c>
       <c r="C43" t="s">
-        <v>156</v>
-[...4 lines deleted...]
-      <c r="E43" t="s">
         <v>175</v>
       </c>
+      <c r="D43"/>
+      <c r="E43"/>
       <c r="F43">
         <v>2018</v>
       </c>
       <c r="G43" t="s">
         <v>176</v>
       </c>
-      <c r="H43">
-[...4 lines deleted...]
-      </c>
+      <c r="H43"/>
+      <c r="I43"/>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>177</v>
       </c>
       <c r="B44" t="s">
         <v>178</v>
       </c>
       <c r="C44" t="s">
+        <v>156</v>
+      </c>
+      <c r="D44">
+        <v>18</v>
+      </c>
+      <c r="E44" t="s">
         <v>179</v>
       </c>
-      <c r="D44"/>
-      <c r="E44"/>
       <c r="F44">
         <v>2018</v>
       </c>
       <c r="G44" t="s">
         <v>180</v>
       </c>
-      <c r="H44"/>
-      <c r="I44"/>
+      <c r="H44">
+        <v>12.28</v>
+      </c>
+      <c r="I44">
+        <v>6.21</v>
+      </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>181</v>
       </c>
       <c r="B45" t="s">
         <v>182</v>
       </c>
       <c r="C45" t="s">
         <v>42</v>
       </c>
       <c r="D45">
         <v>929</v>
       </c>
       <c r="E45">
         <v>12053</v>
       </c>
       <c r="F45">
         <v>2017</v>
       </c>
       <c r="G45" t="s">
         <v>183</v>
       </c>
       <c r="H45"/>
       <c r="I45">