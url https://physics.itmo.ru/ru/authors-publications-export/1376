--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -182,89 +182,89 @@
   <si>
     <t>Ionically Gated Small-Molecule OPV: Interfacial Doping of Charge Collector and Transport Layer</t>
   </si>
   <si>
     <t>Danila S. Saranin, Abolfazl Mahmudpur, Pavel Voroshilov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>ACS Applied Materials &amp; Interfaces</t>
   </si>
   <si>
     <t>10.1021/acsami.0c17865</t>
   </si>
   <si>
     <t>Reconfigurable Perovskite LEC: Effects of Ionic Additives and Dual Function Devices</t>
   </si>
   <si>
     <t>Dmitry Gets, Masoud Alahbakhshi, Aditya Mishra, Alexious Papadimitratos, Sergey Anoshkin, Anatoly Pushkarev, Eduard Danilovskiy, Sergey Makarov, Jason D. Slinker, Anvar Zakhidov</t>
   </si>
   <si>
     <t>Advanced Optical Materials</t>
   </si>
   <si>
     <t>10.1002/adom.202001715</t>
   </si>
   <si>
+    <t>Polymer modification of perovskite solar cells to increase open-circuit voltage</t>
+  </si>
+  <si>
+    <t>Mikhail Masharin, Dmitry Gets, Grigorii Verkhogliadov	, Sergey Makarov, Anvar Zakhidov</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020084</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031984</t>
+  </si>
+  <si>
     <t>Evaluating the performance of a single-layer blue light-emitting electrochemical cell based on a perovskite-polymer composite</t>
   </si>
   <si>
     <t>Sergey Anoshkin, Anatoly Pushkarev, Anvar Zakhidov, Sergey Makarov</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020002</t>
   </si>
   <si>
     <t>10.1063/5.0031747</t>
   </si>
   <si>
     <t>Improvement of methylammonium lead iodide based perovskite solar cells by phosphorus doped silicon nanoparticles</t>
   </si>
   <si>
     <t>Aleksandra Furasova, Pavel Voroshilov, Sergey Makarov, Anvar Zakhidov, Aldo Di Carlo</t>
   </si>
   <si>
     <t>020034</t>
   </si>
   <si>
     <t>10.1063/5.0031779</t>
   </si>
   <si>
-    <t>Polymer modification of perovskite solar cells to increase open-circuit voltage</t>
-[...10 lines deleted...]
-  <si>
     <t>Effect of Solvent Annealing on Optical Properties of Perovskite Dualfunctional Devices</t>
   </si>
   <si>
     <t>Grigorii Verkhogliadov	, Mikhail Masharin, Dmitry Gets, Eduard Danilovskiy, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>Solid State Phenomena</t>
   </si>
   <si>
     <t>185-191</t>
   </si>
   <si>
     <t>10.4028/www.scientific.net/ssp.312.185</t>
   </si>
   <si>
     <t>Dipolar cation accumulation at interfaces of perovskite light emitting solar cells</t>
   </si>
   <si>
     <t>Dmitry Gets, Grigorii Verkhogliadov	, Eduard Danilovskiy, Artem Baranov, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>Journal of Materials Chemistry C</t>
   </si>
   <si>
     <t>10.1039/d0tc02654a</t>
@@ -287,74 +287,74 @@
   <si>
     <t>Daria Markina, Anatoly Pushkarev, Ivan Shishkin, Filipp Komissarenko, Aleksander Berestennikov, Alexey S. Pavluchenko, Irina P. Smirnova, Lev K. Markov, Mikas Vengris, Anvar Zakhidov, Sergey Makarov</t>
   </si>
   <si>
     <t>Nanophotonics</t>
   </si>
   <si>
     <t>10.1515/nanoph-2020-0207</t>
   </si>
   <si>
     <t>Room-Temperature Lasing from Mie-Resonant Non-Plasmonic Nanoparticles</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Aleksandra Furasova, Pavel Tonkaev, Vladimir Mikhailovskii, Elena V. Ushakova,  Denis G. Baranov, Timur Shegai, Anvar Zakhidov, Yuri Kivshar, Sergey Makarov</t>
   </si>
   <si>
     <t>ACS Nano</t>
   </si>
   <si>
     <t>8149–8156</t>
   </si>
   <si>
     <t>10.1021/acsnano.0c01468</t>
   </si>
   <si>
+    <t>Electric field-induced segregation in a sky-blue perovskite light-emitting diode based on CsPbBr2Cl:PEO composite</t>
+  </si>
+  <si>
+    <t>Татьяна Ляшенко, Сергей Аношкин, Анатолий Пушкарев, Vidas Pakštas, Анвар Захидов, Сергей Макаров</t>
+  </si>
+  <si>
+    <t>012086</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012086</t>
+  </si>
+  <si>
     <t>Fabrication of halide-perovskite resonant microcylinders by nanoimprint lithography</t>
   </si>
   <si>
     <t>Artem Polushkin, S Kruk, R Malurean, Ekaterina Tiguntseva, Anvar Zakhidov, Andrey Bogdanov, Yuri Kivshar, Sergey Makarov</t>
   </si>
   <si>
     <t>012178</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012178</t>
   </si>
   <si>
-    <t>Electric field-induced segregation in a sky-blue perovskite light-emitting diode based on CsPbBr2Cl:PEO composite</t>
-[...10 lines deleted...]
-  <si>
     <t>Enhanced terahertz emission from imprinted halide perovskite nanostructures</t>
   </si>
   <si>
     <t>Viacheslav Korolev, Anatoly Pushkarev, Petr A. Obraztsov, Anton N. Tsypkin, Anvar Zakhidov, Sergey Makarov</t>
   </si>
   <si>
     <t>187-194</t>
   </si>
   <si>
     <t>10.1515/nanoph-2019-0377</t>
   </si>
   <si>
     <t>Photophysical properties of halide perovskite CsPb(Br1-xIx)3 thin films and nanowires</t>
   </si>
   <si>
     <t>Daria Markina, Ekaterina Tiguntseva, Anatoly Pushkarev, M. Vengris, G.B. Hix, Anvar Zakhidov, Sergey Makarov</t>
   </si>
   <si>
     <t>Journal of Luminescence</t>
   </si>
   <si>
     <t>10.1016/j.jlumin.2019.116985</t>
   </si>
   <si>
     <t>Memristive properties of solar cells based on perovskite and polymer composite</t>
@@ -455,69 +455,69 @@
   <si>
     <t>Enhanced Temperature-Tunable Narrow-Band Photoluminescence from Resonant Perovskite Nanograting</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Zarina Sadrieva, Filipp Komissarenko, Anvar Zakhidov, Andrey Bogdanov, Sergey Makarov</t>
   </si>
   <si>
     <t>419-424</t>
   </si>
   <si>
     <t>10.1016/j.apsusc.2018.12.084</t>
   </si>
   <si>
     <t>Room-Temperature Continuous-Wave Operation of Organometal Halide Perovskite Lasers</t>
   </si>
   <si>
     <t>Anvar Zakhidov</t>
   </si>
   <si>
     <t>10968-10976</t>
   </si>
   <si>
     <t>10.1021/acsnano.8b04854</t>
   </si>
   <si>
+    <t>Cesium lead mixed-halide perovskites in polymer matrix</t>
+  </si>
+  <si>
+    <t>Anatoly Pushkarev, Viacheslav Korolev, Sergey Anoshkin, Filipp Komissarenko, Sergey Makarov, Anvar Zakhidov</t>
+  </si>
+  <si>
+    <t>1092 (1)</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012122</t>
+  </si>
+  <si>
     <t>Resonant Silicon Nanoparticles for Enhanced Light Harvesting in Halide Perovskite Solar Cells</t>
   </si>
   <si>
     <t>Aleksandra Furasova, Anvar Zakhidov, Sergey Makarov</t>
   </si>
   <si>
-    <t>1092 (1)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1088/1742-6596/1092/1/012038</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1088/1742-6596/1092/1/012122</t>
   </si>
   <si>
     <t>Tunable Hybrid Fano Resonances in Halide Perovskite Nanoparticles</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Anatoly Pushkarev, Filipp Komissarenko, Anvar Zakhidov, Sergey Makarov</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>5522-5529</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.8b01912</t>
   </si>
   <si>
     <t>Aleksandra Furasova, Ekaterina Tiguntseva, Anvar Zakhidov, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1002/adom.201800576</t>
   </si>
   <si>
     <t>Halide-Perovskite Resonant Nanophotonics</t>
   </si>
@@ -1556,78 +1556,78 @@
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>91</v>
       </c>
       <c r="B22" t="s">
         <v>92</v>
       </c>
       <c r="C22" t="s">
         <v>42</v>
       </c>
       <c r="D22">
         <v>1461</v>
       </c>
       <c r="E22" t="s">
         <v>93</v>
       </c>
       <c r="F22">
         <v>2020</v>
       </c>
       <c r="G22" t="s">
         <v>94</v>
       </c>
       <c r="H22"/>
       <c r="I22">
-        <v>0.21</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>95</v>
       </c>
       <c r="B23" t="s">
         <v>96</v>
       </c>
       <c r="C23" t="s">
         <v>42</v>
       </c>
       <c r="D23">
         <v>1461</v>
       </c>
       <c r="E23" t="s">
         <v>97</v>
       </c>
       <c r="F23">
         <v>2020</v>
       </c>
       <c r="G23" t="s">
         <v>98</v>
       </c>
       <c r="H23"/>
       <c r="I23">
-        <v>0.23</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>99</v>
       </c>
       <c r="B24" t="s">
         <v>100</v>
       </c>
       <c r="C24" t="s">
         <v>84</v>
       </c>
       <c r="D24">
         <v>9</v>
       </c>
       <c r="E24" t="s">
         <v>101</v>
       </c>
       <c r="F24">
         <v>2019</v>
       </c>
       <c r="G24" t="s">
         <v>102</v>
       </c>
       <c r="H24">
@@ -1649,51 +1649,51 @@
       </c>
       <c r="D25">
         <v>220</v>
       </c>
       <c r="E25">
         <v>116985</v>
       </c>
       <c r="F25">
         <v>2019</v>
       </c>
       <c r="G25" t="s">
         <v>106</v>
       </c>
       <c r="H25">
         <v>3.28</v>
       </c>
       <c r="I25">
         <v>0.63</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>107</v>
       </c>
       <c r="B26" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="C26" t="s">
         <v>42</v>
       </c>
       <c r="D26">
         <v>1410</v>
       </c>
       <c r="E26" t="s">
         <v>108</v>
       </c>
       <c r="F26">
         <v>2019</v>
       </c>
       <c r="G26" t="s">
         <v>109</v>
       </c>
       <c r="H26"/>
       <c r="I26">
         <v>0.22</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>110</v>
       </c>
@@ -1944,122 +1944,122 @@
       </c>
       <c r="G35" t="s">
         <v>146</v>
       </c>
       <c r="H35">
         <v>13.9</v>
       </c>
       <c r="I35">
         <v>6.21</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>147</v>
       </c>
       <c r="B36" t="s">
         <v>148</v>
       </c>
       <c r="C36" t="s">
         <v>42</v>
       </c>
       <c r="D36" t="s">
         <v>149</v>
       </c>
       <c r="E36">
-        <v>12038</v>
+        <v>12122</v>
       </c>
       <c r="F36">
         <v>2018</v>
       </c>
       <c r="G36" t="s">
         <v>150</v>
       </c>
       <c r="H36"/>
       <c r="I36">
         <v>0.24</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>151</v>
       </c>
       <c r="B37" t="s">
         <v>152</v>
       </c>
       <c r="C37" t="s">
         <v>42</v>
       </c>
       <c r="D37" t="s">
         <v>149</v>
       </c>
       <c r="E37">
-        <v>12122</v>
+        <v>12038</v>
       </c>
       <c r="F37">
         <v>2018</v>
       </c>
       <c r="G37" t="s">
         <v>153</v>
       </c>
       <c r="H37"/>
       <c r="I37">
         <v>0.24</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>154</v>
       </c>
       <c r="B38" t="s">
         <v>155</v>
       </c>
       <c r="C38" t="s">
         <v>156</v>
       </c>
       <c r="D38">
         <v>18</v>
       </c>
       <c r="E38" t="s">
         <v>157</v>
       </c>
       <c r="F38">
         <v>2018</v>
       </c>
       <c r="G38" t="s">
         <v>158</v>
       </c>
       <c r="H38">
         <v>12.28</v>
       </c>
       <c r="I38">
         <v>6.21</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="B39" t="s">
         <v>159</v>
       </c>
       <c r="C39" t="s">
         <v>54</v>
       </c>
       <c r="D39">
         <v>6</v>
       </c>
       <c r="E39">
         <v>1800576</v>
       </c>
       <c r="F39">
         <v>2018</v>
       </c>
       <c r="G39" t="s">
         <v>160</v>
       </c>
       <c r="H39">
         <v>7.13</v>
       </c>
       <c r="I39">
         <v>2.71</v>
       </c>