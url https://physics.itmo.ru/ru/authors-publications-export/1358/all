--- v0 (2025-10-23)
+++ v1 (2025-11-13)
@@ -12,77 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Halide perovskite volatile unipolar nanomemristor</t>
+  </si>
+  <si>
+    <t>Abolfazl Mahmudpur, Prokhor Alekseev, Ksenia A. Gasnikova, Kuzmenko Natalia, Artem Larin, Sergey Makarov, Aleksandra Furasova</t>
+  </si>
+  <si>
+    <t>Opto-Electronic Advances</t>
+  </si>
+  <si>
+    <t>10.29026/oea.2025.250110</t>
   </si>
   <si>
     <t>Spectral physical unclonable functions: downscaling randomness with multi-resonant hybrid particles</t>
   </si>
   <si>
     <t>Martin Sandomirskii, Elena Petrova, Pavel Kustov, Lev Chizhov, Artem Larin, Stephanie Bruyere, Vitaly Yaroshenko, Eduard Ageev, Pavel Belov, Dmitry Zuev</t>
   </si>
   <si>
     <t>Nature Communications</t>
   </si>
   <si>
     <t>10.1038/s41467-025-60121-9</t>
   </si>
   <si>
     <t>Up-Conversion Photoluminescence Reconfiguration in Silicon by Inner Microstructure Control of Hybrid Plasmonic-Semiconductor Nanoparticles</t>
   </si>
   <si>
     <t>Artem Larin, Stephanie Bruyere, Alexandre Nomine, G. M. Maragkakis, Sotiris Psilodimitrakopoulos, Dmitry Permyakov, Thierry Belmonte, Emmanuel Stratakis, Dmitry Zuev</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry Letters</t>
   </si>
   <si>
     <t>12663-12672</t>
   </si>
@@ -704,51 +716,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I26"/>
+  <dimension ref="A1:I27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="163.817" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="297.213" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="121.399" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -763,711 +775,740 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E2"/>
+        <v>8</v>
+      </c>
+      <c r="E2">
+        <v>250110</v>
+      </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
-        <v>14.92</v>
+        <v>9.64</v>
       </c>
       <c r="I2">
-        <v>5.56</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="E3" t="s">
         <v>16</v>
       </c>
+      <c r="E3"/>
       <c r="F3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H3">
-        <v>6.71</v>
+        <v>14.92</v>
       </c>
       <c r="I3">
-        <v>2.98</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4" t="s">
         <v>18</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="D4">
         <v>15</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4">
         <v>2024</v>
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
       <c r="H4">
-        <v>6.89</v>
+        <v>6.71</v>
       </c>
       <c r="I4">
-        <v>1.85</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
         <v>23</v>
       </c>
       <c r="C5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D5">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>160669</v>
       </c>
       <c r="F5">
         <v>2024</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5">
-        <v>6.71</v>
+        <v>6.89</v>
       </c>
       <c r="I5">
-        <v>1.3</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E6"/>
+        <v>670</v>
+      </c>
+      <c r="E6">
+        <v>160669</v>
+      </c>
       <c r="F6">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G6" t="s">
         <v>29</v>
       </c>
       <c r="H6">
-        <v>17.46</v>
+        <v>6.71</v>
       </c>
       <c r="I6">
-        <v>5.5</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>30</v>
       </c>
       <c r="B7" t="s">
         <v>31</v>
       </c>
       <c r="C7" t="s">
         <v>32</v>
       </c>
-      <c r="D7"/>
+      <c r="D7">
+        <v>12</v>
+      </c>
       <c r="E7"/>
       <c r="F7">
         <v>2023</v>
       </c>
       <c r="G7" t="s">
         <v>33</v>
       </c>
-      <c r="H7"/>
-      <c r="I7"/>
+      <c r="H7">
+        <v>17.46</v>
+      </c>
+      <c r="I7">
+        <v>5.5</v>
+      </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>34</v>
       </c>
       <c r="B8" t="s">
         <v>35</v>
       </c>
       <c r="C8" t="s">
         <v>36</v>
       </c>
-      <c r="D8">
-[...4 lines deleted...]
-      </c>
+      <c r="D8"/>
+      <c r="E8"/>
       <c r="F8">
         <v>2023</v>
       </c>
       <c r="G8" t="s">
         <v>37</v>
       </c>
       <c r="H8"/>
       <c r="I8"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>38</v>
       </c>
       <c r="B9" t="s">
         <v>39</v>
       </c>
       <c r="C9" t="s">
         <v>40</v>
       </c>
-      <c r="D9"/>
-      <c r="E9"/>
+      <c r="D9">
+        <v>49</v>
+      </c>
+      <c r="E9">
+        <v>7</v>
+      </c>
       <c r="F9">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G9" t="s">
         <v>41</v>
       </c>
       <c r="H9"/>
       <c r="I9"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>42</v>
       </c>
       <c r="B10" t="s">
         <v>43</v>
       </c>
       <c r="C10" t="s">
         <v>44</v>
       </c>
       <c r="D10"/>
-      <c r="E10">
-[...1 lines deleted...]
-      </c>
+      <c r="E10"/>
       <c r="F10">
         <v>2022</v>
       </c>
       <c r="G10" t="s">
         <v>45</v>
       </c>
-      <c r="H10">
-[...4 lines deleted...]
-      </c>
+      <c r="H10"/>
+      <c r="I10"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>46</v>
       </c>
       <c r="B11" t="s">
         <v>47</v>
       </c>
       <c r="C11" t="s">
         <v>48</v>
       </c>
-      <c r="D11">
-[...1 lines deleted...]
-      </c>
+      <c r="D11"/>
       <c r="E11">
-        <v>1756</v>
+        <v>2205859</v>
       </c>
       <c r="F11">
         <v>2022</v>
       </c>
       <c r="G11" t="s">
         <v>49</v>
       </c>
       <c r="H11">
-        <v>5.72</v>
+        <v>19.92</v>
       </c>
       <c r="I11">
-        <v>0.84</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>50</v>
       </c>
       <c r="B12" t="s">
         <v>51</v>
       </c>
       <c r="C12" t="s">
-        <v>15</v>
+        <v>52</v>
       </c>
       <c r="D12">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>12</v>
+      </c>
+      <c r="E12">
+        <v>1756</v>
       </c>
       <c r="F12">
         <v>2022</v>
       </c>
       <c r="G12" t="s">
         <v>53</v>
       </c>
       <c r="H12">
-        <v>6.71</v>
+        <v>5.72</v>
       </c>
       <c r="I12">
-        <v>2.98</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>54</v>
       </c>
       <c r="B13" t="s">
         <v>55</v>
       </c>
       <c r="C13" t="s">
+        <v>19</v>
+      </c>
+      <c r="D13">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
       <c r="F13">
         <v>2022</v>
       </c>
       <c r="G13" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H13">
-        <v>1.4</v>
+        <v>6.71</v>
       </c>
       <c r="I13">
-        <v>0.42</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" t="s">
         <v>59</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>60</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14">
+        <v>114</v>
+      </c>
+      <c r="E14" t="s">
         <v>61</v>
       </c>
-      <c r="D14">
-[...2 lines deleted...]
-      <c r="E14" t="s">
+      <c r="F14">
+        <v>2022</v>
+      </c>
+      <c r="G14" t="s">
         <v>62</v>
       </c>
-      <c r="F14">
-[...5 lines deleted...]
-      <c r="H14"/>
+      <c r="H14">
+        <v>1.4</v>
+      </c>
       <c r="I14">
-        <v>0.21</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" t="s">
         <v>64</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="D15">
         <v>2015</v>
       </c>
       <c r="E15" t="s">
         <v>66</v>
       </c>
       <c r="F15">
         <v>2021</v>
       </c>
       <c r="G15" t="s">
         <v>67</v>
       </c>
       <c r="H15"/>
       <c r="I15">
         <v>0.21</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>68</v>
       </c>
       <c r="B16" t="s">
         <v>69</v>
       </c>
       <c r="C16" t="s">
+        <v>65</v>
+      </c>
+      <c r="D16">
+        <v>2015</v>
+      </c>
+      <c r="E16" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
       <c r="F16">
         <v>2021</v>
       </c>
       <c r="G16" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="H16"/>
       <c r="I16">
-        <v>5.83</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>72</v>
+      </c>
+      <c r="B17" t="s">
         <v>73</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>74</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17">
+        <v>60</v>
+      </c>
+      <c r="E17" t="s">
         <v>75</v>
-      </c>
-[...4 lines deleted...]
-        <v>2005886</v>
       </c>
       <c r="F17">
         <v>2021</v>
       </c>
       <c r="G17" t="s">
         <v>76</v>
       </c>
       <c r="H17">
-        <v>32.09</v>
+        <v>15.34</v>
       </c>
       <c r="I17">
-        <v>8.66</v>
+        <v>5.83</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>77</v>
       </c>
       <c r="B18" t="s">
         <v>78</v>
       </c>
       <c r="C18" t="s">
         <v>79</v>
       </c>
       <c r="D18">
-        <v>2300</v>
-[...1 lines deleted...]
-      <c r="E18" t="s">
+        <v>33</v>
+      </c>
+      <c r="E18">
+        <v>2005886</v>
+      </c>
+      <c r="F18">
+        <v>2021</v>
+      </c>
+      <c r="G18" t="s">
         <v>80</v>
       </c>
-      <c r="F18">
-[...5 lines deleted...]
-      <c r="H18"/>
+      <c r="H18">
+        <v>32.09</v>
+      </c>
       <c r="I18">
-        <v>0.19</v>
+        <v>8.66</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>81</v>
+      </c>
+      <c r="B19" t="s">
         <v>82</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="D19">
         <v>2300</v>
       </c>
       <c r="E19" t="s">
         <v>84</v>
       </c>
       <c r="F19">
         <v>2020</v>
       </c>
       <c r="G19" t="s">
         <v>85</v>
       </c>
       <c r="H19"/>
       <c r="I19">
         <v>0.19</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>86</v>
       </c>
       <c r="B20" t="s">
         <v>87</v>
       </c>
       <c r="C20" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="D20">
         <v>2300</v>
       </c>
       <c r="E20" t="s">
         <v>88</v>
       </c>
       <c r="F20">
         <v>2020</v>
       </c>
       <c r="G20" t="s">
         <v>89</v>
       </c>
       <c r="H20"/>
       <c r="I20">
         <v>0.19</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>90</v>
       </c>
       <c r="B21" t="s">
         <v>91</v>
       </c>
       <c r="C21" t="s">
+        <v>83</v>
+      </c>
+      <c r="D21">
+        <v>2300</v>
+      </c>
+      <c r="E21" t="s">
         <v>92</v>
-      </c>
-[...4 lines deleted...]
-        <v>93</v>
       </c>
       <c r="F21">
         <v>2020</v>
       </c>
       <c r="G21" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="H21"/>
       <c r="I21">
-        <v>0.2</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>94</v>
+      </c>
+      <c r="B22" t="s">
         <v>95</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" t="s">
-        <v>61</v>
+        <v>96</v>
       </c>
       <c r="D22">
-        <v>1461</v>
+        <v>312</v>
       </c>
       <c r="E22" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F22">
         <v>2020</v>
       </c>
       <c r="G22" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="H22"/>
       <c r="I22">
-        <v>0.23</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B23" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="C23" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D23">
         <v>1461</v>
       </c>
       <c r="E23" t="s">
         <v>100</v>
       </c>
       <c r="F23">
         <v>2020</v>
       </c>
       <c r="G23" t="s">
         <v>101</v>
       </c>
       <c r="H23"/>
       <c r="I23">
         <v>0.23</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>102</v>
       </c>
       <c r="B24" t="s">
         <v>103</v>
       </c>
       <c r="C24" t="s">
+        <v>65</v>
+      </c>
+      <c r="D24">
+        <v>1461</v>
+      </c>
+      <c r="E24" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>2000410</v>
       </c>
       <c r="F24">
         <v>2020</v>
       </c>
       <c r="G24" t="s">
         <v>105</v>
       </c>
-      <c r="H24">
-[...1 lines deleted...]
-      </c>
+      <c r="H24"/>
       <c r="I24">
-        <v>3.79</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>106</v>
       </c>
       <c r="B25" t="s">
         <v>107</v>
       </c>
       <c r="C25" t="s">
         <v>108</v>
       </c>
-      <c r="D25"/>
-      <c r="E25"/>
+      <c r="D25">
+        <v>16</v>
+      </c>
+      <c r="E25">
+        <v>2000410</v>
+      </c>
       <c r="F25">
         <v>2020</v>
       </c>
       <c r="G25" t="s">
         <v>109</v>
       </c>
-      <c r="H25"/>
-      <c r="I25"/>
+      <c r="H25">
+        <v>13.28</v>
+      </c>
+      <c r="I25">
+        <v>3.79</v>
+      </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>110</v>
       </c>
       <c r="B26" t="s">
         <v>111</v>
       </c>
       <c r="C26" t="s">
         <v>112</v>
       </c>
-      <c r="D26">
+      <c r="D26"/>
+      <c r="E26"/>
+      <c r="F26">
+        <v>2020</v>
+      </c>
+      <c r="G26" t="s">
+        <v>113</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26"/>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" t="s">
+        <v>114</v>
+      </c>
+      <c r="B27" t="s">
+        <v>115</v>
+      </c>
+      <c r="C27" t="s">
+        <v>116</v>
+      </c>
+      <c r="D27">
         <v>12</v>
       </c>
-      <c r="E26" t="s">
-[...2 lines deleted...]
-      <c r="F26">
+      <c r="E27" t="s">
+        <v>117</v>
+      </c>
+      <c r="F27">
         <v>2019</v>
       </c>
-      <c r="G26" t="s">
-[...2 lines deleted...]
-      <c r="H26">
+      <c r="G27" t="s">
+        <v>118</v>
+      </c>
+      <c r="H27">
         <v>6.9</v>
       </c>
-      <c r="I26">
+      <c r="I27">
         <v>2.18</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>