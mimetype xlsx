--- v1 (2025-11-13)
+++ v2 (2026-03-24)
@@ -12,139 +12,187 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Composite structures of a-SiC:H/Ag/c-Si as reusable SERS substrates: fabrication, structural and optical properties</t>
+  </si>
+  <si>
+    <t>Kristina Prigoda, Vladimir Bolshakov, Anna Ermina, Danila Markov, Sergey Grudinkin, Nikolay Solodovchenko, Artem Larin, Dmitriy Dolgintsev, Anna Tsareva, Ekaterina Khrapova, Darina Krasilina, Nikolay Feoktistov, Yuliya Zharova</t>
+  </si>
+  <si>
+    <t>Applied Surface Science</t>
+  </si>
+  <si>
+    <t>10.1016/j.apsusc.2026.166291</t>
+  </si>
+  <si>
+    <t>Shape-controlled embedded silver nanoparticles and nanopits in silicon substrates (100), (110), (111): A comparative study of potential SERS application</t>
+  </si>
+  <si>
+    <t>Anna Ermina, Artem Larin, Nikolay Solodovchenko, Danila Markov, Darina Krasilina, Nadejda Belskaya, Kristina Prigoda, Vladimir Bolshakov, Yuliya Zharova</t>
+  </si>
+  <si>
+    <t>Materials Science in Semiconductor Processing</t>
+  </si>
+  <si>
+    <t>10.1016/j.mssp.2026.110462</t>
+  </si>
+  <si>
+    <t>Boat-shaped Ag nanoparticles embedded in c-Si (110): From fabrication to potential SERS application</t>
+  </si>
+  <si>
+    <t>Anna Ermina, Nikolay Solodovchenko, Artem Larin, Vladimir Bolshakov, Kristina Prigoda, Danila Markov, Yuliya Zharova</t>
+  </si>
+  <si>
+    <t>Journal of Physics and Chemistry of Solids</t>
+  </si>
+  <si>
+    <t>10.1016/j.jpcs.2025.113384</t>
+  </si>
+  <si>
     <t>Halide perovskite volatile unipolar nanomemristor</t>
   </si>
   <si>
     <t>Abolfazl Mahmudpur, Prokhor Alekseev, Ksenia A. Gasnikova, Kuzmenko Natalia, Artem Larin, Sergey Makarov, Aleksandra Furasova</t>
   </si>
   <si>
     <t>Opto-Electronic Advances</t>
   </si>
   <si>
     <t>10.29026/oea.2025.250110</t>
   </si>
   <si>
+    <t>The Hybrid Metasurface Lights a Fire in Silicon: The Role of Plasmonic Nanogap Cavities in Multiphoton-Induced Broadband Photoluminescence</t>
+  </si>
+  <si>
+    <t>Artem Larin, Egor Kurganov, Yali Sun, Marco Esposito, Mariachiara Manoccio, Massimo Cuscuna’, Adriana Passaseo, Fabio Quaranta, Alessanndro Pecora, Sergey Makarov, Vittorianna Tasco, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>ACS Photonics</t>
+  </si>
+  <si>
+    <t>4323-4330</t>
+  </si>
+  <si>
+    <t>10.1021/acsphotonics.5c00609</t>
+  </si>
+  <si>
     <t>Spectral physical unclonable functions: downscaling randomness with multi-resonant hybrid particles</t>
   </si>
   <si>
     <t>Martin Sandomirskii, Elena Petrova, Pavel Kustov, Lev Chizhov, Artem Larin, Stephanie Bruyere, Vitaly Yaroshenko, Eduard Ageev, Pavel Belov, Dmitry Zuev</t>
   </si>
   <si>
     <t>Nature Communications</t>
   </si>
   <si>
     <t>10.1038/s41467-025-60121-9</t>
   </si>
   <si>
     <t>Up-Conversion Photoluminescence Reconfiguration in Silicon by Inner Microstructure Control of Hybrid Plasmonic-Semiconductor Nanoparticles</t>
   </si>
   <si>
     <t>Artem Larin, Stephanie Bruyere, Alexandre Nomine, G. M. Maragkakis, Sotiris Psilodimitrakopoulos, Dmitry Permyakov, Thierry Belmonte, Emmanuel Stratakis, Dmitry Zuev</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry Letters</t>
   </si>
   <si>
     <t>12663-12672</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.4c02969</t>
   </si>
   <si>
     <t>IR Hidden Patterns for Security Labels</t>
   </si>
   <si>
     <t>Vitaly Yaroshenko, Artem Larin, Sergey Syubaev, Ivan Vazhenin, Pavel Kustov, Dmitriy Dolgintsev, Eduard Ageev, Stanislav Gurbatov, Alina Maksimova, Kristina Novikova, Sergey Babin, Aleksey Kozlov, Alexandr Dostovalov, Aleksandr Kuchmizhak, Dmitry Zuev</t>
   </si>
   <si>
     <t>9714-9722</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.4c02051</t>
   </si>
   <si>
     <t>Fast and scalable fabrication of Ag/TiO2 nanostructured substrates for enhanced plasmonic sensing and photocatalytic applications</t>
   </si>
   <si>
     <t>Soslan A. Khubezhov, Ekaterina Ponkratova, Andrey Kuzmichev, Ksenia A. Maleeva, Artem Larin, Marina Karsakova, Dzmitry V. Yakimchuk, Mikhail Zyuzin, Sergey Makarov, Dmitry Zuev</t>
   </si>
   <si>
-    <t>Applied Surface Science</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1016/j.apsusc.2024.160669</t>
   </si>
   <si>
     <t>All-optical generation of static electric field in a single metal-semiconductor nanoantenna</t>
   </si>
   <si>
     <t>Yali Sun, Artem Larin, Alexey Mozharov, Eduard Ageev, Olesya Pashina, Filipp Komissarenko, Ivan Mukhin, Mihail Petrov, Sergey Makarov, Pavel Belov, Dmitry Zuev</t>
   </si>
   <si>
     <t>Light: Science &amp;amp; Applications</t>
   </si>
   <si>
     <t>10.1038/s41377-023-01262-8</t>
   </si>
   <si>
     <t>Femtosecond Direct Laser Writing on Bi-Layer Gold-Silicon Films for Hidden Data Storage and Random Key Generation</t>
   </si>
   <si>
     <t>Мартин Сандомирский, Екатерина Понкратова, Елена Петрова, Павел Кустов, Артем Ларин, Эдуард Агеев, Дмитрий Зуев</t>
   </si>
   <si>
     <t>2023 IEEE 23rd International Conference on Nanotechnology (NANO)</t>
   </si>
   <si>
     <t>10.1109/nano58406.2023.10231269</t>
@@ -203,141 +251,141 @@
   <si>
     <t>Denis V. Lebedev, Vitaliy Shkoldin, Artem Larin, Dmitry Permyakov, Anton Samusev, Anatoly E. Petukhov, Alexander O. Golubok, Alexander V. Arkhipov, Ivan Mukhin</t>
   </si>
   <si>
     <t>4612-4620</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.2c00986</t>
   </si>
   <si>
     <t>Formation of Luminescent Structures in Thin a-Si:H–Er Films Irradiated by Femtosecond Laser Pulses</t>
   </si>
   <si>
     <t>Artem Larin, Eduard Ageev, L. N. Dvoretckaia, Alexey Mozharov, Ivan Mukhin, Dmitry Zuev</t>
   </si>
   <si>
     <t>JETP Letters</t>
   </si>
   <si>
     <t>681-686</t>
   </si>
   <si>
     <t>10.1134/s0021364021230090</t>
   </si>
   <si>
+    <t>Up-conversion photoluminescence specificity of a hybrid sponge nanostructures</t>
+  </si>
+  <si>
+    <t>Artem Larin, Egor Kurganov, Stephanie Bruyére, Alexandre Nomine, Eduard Ageev, Anton Samusev, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012082</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012082</t>
+  </si>
+  <si>
     <t>Dielectric metasurface for emission control of magnetic dipole in the near-IR wavelength range</t>
   </si>
   <si>
     <t>Vitaly Yaroshenko, Marina Obramenko, Artem Larin, Eduard Ageev, Dmitry Zuev</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012165</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012165</t>
   </si>
   <si>
-    <t>Up-conversion photoluminescence specificity of a hybrid sponge nanostructures</t>
-[...10 lines deleted...]
-  <si>
     <t>All‐Dielectric Nanostructures with a Thermoresponsible Dynamic Polymer Shell</t>
   </si>
   <si>
     <t>Anna A. Nikitina, Valentin Milichko, Alexander S. Novikov, Artem Larin, Proloy Nandi, Utkur Mirsaidov, Daria V. Andreeva, Mikhail Rybin, Yuri Kivshar, Ekaterina V. Skorb</t>
   </si>
   <si>
     <t>Angewandte Chemie International Edition</t>
   </si>
   <si>
     <t>12737-12741</t>
   </si>
   <si>
     <t>10.1002/anie.202101188</t>
   </si>
   <si>
     <t>Luminescent Erbium‐Doped Silicon Thin Films for Advanced Anti‐Counterfeit Labels</t>
   </si>
   <si>
     <t>Artem Larin, Liliia N. Dvoretckaia, Alexey Mozharov, Ivan Mukhin, Artem Cherepakhin, Ivan Shishkin, Eduard Ageev, Dmitry Zuev</t>
   </si>
   <si>
     <t>Advanced Materials</t>
   </si>
   <si>
     <t>10.1002/adma.202005886</t>
   </si>
   <si>
+    <t>Laser annealing process for the tuning of the hybrid-sponge nanostructure photoluminescence</t>
+  </si>
+  <si>
+    <t>Artem Larin, Eduard Ageev, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020078</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031745</t>
+  </si>
+  <si>
+    <t>Purcell effect control in oligomer based active nanoantenna for the near-IR wavelength range</t>
+  </si>
+  <si>
+    <t>Vitaly Yaroshenko, Artem Larin, Eduard Ageev, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>020133</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031773</t>
+  </si>
+  <si>
     <t>Laser-induced periodic surface structures with broadband photoluminescence signal</t>
   </si>
   <si>
     <t>Ekaterina Ponkratova, Eduard Ageev, Artem Larin, Filipp Komissarenko, Dmitry Zuev</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020041</t>
   </si>
   <si>
     <t>10.1063/5.0032132</t>
-  </si>
-[...22 lines deleted...]
-    <t>10.1063/5.0031773</t>
   </si>
   <si>
     <t>Defects and Morphology Contribution to Photoluminescence of CH3NH3PbI3 Nanostructured by Femtosecond Laser Pulses</t>
   </si>
   <si>
     <t>Pavel Tonkaev, Aleksey Y. Zhizhchenko, Dmitry Gets, Artem Larin, Dmitry Zuev, Alexander M. Zakharenko, Aleksandr A. Kuchmizhak, Sergey Makarov</t>
   </si>
   <si>
     <t>Solid State Phenomena</t>
   </si>
   <si>
     <t>179-184</t>
   </si>
   <si>
     <t>10.4028/www.scientific.net/ssp.312.179</t>
   </si>
   <si>
     <t>Purcell effect control in active silicon dielectric nanoantenna for the near-IR wavelength range</t>
   </si>
   <si>
     <t>012195</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012195</t>
   </si>
@@ -716,799 +764,915 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I27"/>
+  <dimension ref="A1:I31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="163.817" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="180.385" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="297.213" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="121.399" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>8</v>
+        <v>730</v>
       </c>
       <c r="E2">
-        <v>250110</v>
+        <v>166291</v>
       </c>
       <c r="F2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
-        <v>9.64</v>
+        <v>6.71</v>
       </c>
       <c r="I2">
-        <v>0.12</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E3"/>
+        <v>207</v>
+      </c>
+      <c r="E3">
+        <v>110462</v>
+      </c>
       <c r="F3">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3">
-        <v>14.92</v>
+        <v>3.93</v>
       </c>
       <c r="I3">
-        <v>5.56</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="E4" t="s">
+        <v>211</v>
+      </c>
+      <c r="E4">
+        <v>113384</v>
+      </c>
+      <c r="F4">
+        <v>2025</v>
+      </c>
+      <c r="G4" t="s">
         <v>20</v>
       </c>
-      <c r="F4">
-[...4 lines deleted...]
-      </c>
       <c r="H4">
-        <v>6.71</v>
+        <v>4.0</v>
       </c>
       <c r="I4">
-        <v>2.98</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B5" t="s">
         <v>22</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>23</v>
       </c>
-      <c r="C5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="E5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E5">
+        <v>250110</v>
+      </c>
+      <c r="F5">
+        <v>2025</v>
+      </c>
+      <c r="G5" t="s">
         <v>24</v>
       </c>
-      <c r="F5">
-[...4 lines deleted...]
-      </c>
       <c r="H5">
-        <v>6.89</v>
+        <v>9.64</v>
       </c>
       <c r="I5">
-        <v>1.85</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" t="s">
         <v>26</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>27</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
         <v>28</v>
       </c>
-      <c r="D6">
-[...4 lines deleted...]
-      </c>
       <c r="F6">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G6" t="s">
         <v>29</v>
       </c>
       <c r="H6">
-        <v>6.71</v>
+        <v>7.53</v>
       </c>
       <c r="I6">
-        <v>1.3</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>30</v>
       </c>
       <c r="B7" t="s">
         <v>31</v>
       </c>
       <c r="C7" t="s">
         <v>32</v>
       </c>
       <c r="D7">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="E7"/>
       <c r="F7">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G7" t="s">
         <v>33</v>
       </c>
       <c r="H7">
-        <v>17.46</v>
+        <v>14.92</v>
       </c>
       <c r="I7">
-        <v>5.5</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>34</v>
       </c>
       <c r="B8" t="s">
         <v>35</v>
       </c>
       <c r="C8" t="s">
         <v>36</v>
       </c>
-      <c r="D8"/>
-      <c r="E8"/>
+      <c r="D8">
+        <v>15</v>
+      </c>
+      <c r="E8" t="s">
+        <v>37</v>
+      </c>
       <c r="F8">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G8" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-      <c r="I8"/>
+        <v>38</v>
+      </c>
+      <c r="H8">
+        <v>6.71</v>
+      </c>
+      <c r="I8">
+        <v>2.98</v>
+      </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C9" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D9">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>15</v>
+      </c>
+      <c r="E9" t="s">
+        <v>41</v>
       </c>
       <c r="F9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G9" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-      <c r="I9"/>
+        <v>42</v>
+      </c>
+      <c r="H9">
+        <v>6.89</v>
+      </c>
+      <c r="I9">
+        <v>1.85</v>
+      </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B10" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C10" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-      <c r="E10"/>
+        <v>11</v>
+      </c>
+      <c r="D10">
+        <v>670</v>
+      </c>
+      <c r="E10">
+        <v>160669</v>
+      </c>
       <c r="F10">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>45</v>
       </c>
-      <c r="H10"/>
-      <c r="I10"/>
+      <c r="H10">
+        <v>6.71</v>
+      </c>
+      <c r="I10">
+        <v>1.3</v>
+      </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>46</v>
       </c>
       <c r="B11" t="s">
         <v>47</v>
       </c>
       <c r="C11" t="s">
         <v>48</v>
       </c>
-      <c r="D11"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D11">
+        <v>12</v>
+      </c>
+      <c r="E11"/>
       <c r="F11">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G11" t="s">
         <v>49</v>
       </c>
       <c r="H11">
-        <v>19.92</v>
+        <v>17.46</v>
       </c>
       <c r="I11">
-        <v>5.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>50</v>
       </c>
       <c r="B12" t="s">
         <v>51</v>
       </c>
       <c r="C12" t="s">
         <v>52</v>
       </c>
-      <c r="D12">
-[...4 lines deleted...]
-      </c>
+      <c r="D12"/>
+      <c r="E12"/>
       <c r="F12">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G12" t="s">
         <v>53</v>
       </c>
-      <c r="H12">
-[...4 lines deleted...]
-      </c>
+      <c r="H12"/>
+      <c r="I12"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>54</v>
       </c>
       <c r="B13" t="s">
         <v>55</v>
       </c>
       <c r="C13" t="s">
-        <v>19</v>
+        <v>56</v>
       </c>
       <c r="D13">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>49</v>
+      </c>
+      <c r="E13">
+        <v>7</v>
       </c>
       <c r="F13">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G13" t="s">
         <v>57</v>
       </c>
-      <c r="H13">
-[...4 lines deleted...]
-      </c>
+      <c r="H13"/>
+      <c r="I13"/>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>58</v>
       </c>
       <c r="B14" t="s">
         <v>59</v>
       </c>
       <c r="C14" t="s">
         <v>60</v>
       </c>
-      <c r="D14">
-[...4 lines deleted...]
-      </c>
+      <c r="D14"/>
+      <c r="E14"/>
       <c r="F14">
         <v>2022</v>
       </c>
       <c r="G14" t="s">
-        <v>62</v>
-[...6 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>62</v>
+      </c>
+      <c r="B15" t="s">
         <v>63</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>64</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15"/>
+      <c r="E15">
+        <v>2205859</v>
+      </c>
+      <c r="F15">
+        <v>2022</v>
+      </c>
+      <c r="G15" t="s">
         <v>65</v>
       </c>
-      <c r="D15">
-[...11 lines deleted...]
-      <c r="H15"/>
+      <c r="H15">
+        <v>19.92</v>
+      </c>
       <c r="I15">
-        <v>0.21</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>66</v>
+      </c>
+      <c r="B16" t="s">
+        <v>67</v>
+      </c>
+      <c r="C16" t="s">
         <v>68</v>
       </c>
-      <c r="B16" t="s">
+      <c r="D16">
+        <v>12</v>
+      </c>
+      <c r="E16">
+        <v>1756</v>
+      </c>
+      <c r="F16">
+        <v>2022</v>
+      </c>
+      <c r="G16" t="s">
         <v>69</v>
       </c>
-      <c r="C16" t="s">
-[...14 lines deleted...]
-      <c r="H16"/>
+      <c r="H16">
+        <v>5.72</v>
+      </c>
       <c r="I16">
-        <v>0.21</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>70</v>
+      </c>
+      <c r="B17" t="s">
+        <v>71</v>
+      </c>
+      <c r="C17" t="s">
+        <v>36</v>
+      </c>
+      <c r="D17">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
         <v>72</v>
       </c>
-      <c r="B17" t="s">
+      <c r="F17">
+        <v>2022</v>
+      </c>
+      <c r="G17" t="s">
         <v>73</v>
       </c>
-      <c r="C17" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H17">
-        <v>15.34</v>
+        <v>6.71</v>
       </c>
       <c r="I17">
-        <v>5.83</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>74</v>
+      </c>
+      <c r="B18" t="s">
+        <v>75</v>
+      </c>
+      <c r="C18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D18">
+        <v>114</v>
+      </c>
+      <c r="E18" t="s">
         <v>77</v>
       </c>
-      <c r="B18" t="s">
+      <c r="F18">
+        <v>2022</v>
+      </c>
+      <c r="G18" t="s">
         <v>78</v>
       </c>
-      <c r="C18" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H18">
-        <v>32.09</v>
+        <v>1.4</v>
       </c>
       <c r="I18">
-        <v>8.66</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>79</v>
+      </c>
+      <c r="B19" t="s">
+        <v>80</v>
+      </c>
+      <c r="C19" t="s">
         <v>81</v>
       </c>
-      <c r="B19" t="s">
+      <c r="D19">
+        <v>2015</v>
+      </c>
+      <c r="E19" t="s">
         <v>82</v>
       </c>
-      <c r="C19" t="s">
+      <c r="F19">
+        <v>2021</v>
+      </c>
+      <c r="G19" t="s">
         <v>83</v>
-      </c>
-[...10 lines deleted...]
-        <v>85</v>
       </c>
       <c r="H19"/>
       <c r="I19">
-        <v>0.19</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>84</v>
+      </c>
+      <c r="B20" t="s">
+        <v>85</v>
+      </c>
+      <c r="C20" t="s">
+        <v>81</v>
+      </c>
+      <c r="D20">
+        <v>2015</v>
+      </c>
+      <c r="E20" t="s">
         <v>86</v>
       </c>
-      <c r="B20" t="s">
+      <c r="F20">
+        <v>2021</v>
+      </c>
+      <c r="G20" t="s">
         <v>87</v>
-      </c>
-[...13 lines deleted...]
-        <v>89</v>
       </c>
       <c r="H20"/>
       <c r="I20">
-        <v>0.19</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>88</v>
+      </c>
+      <c r="B21" t="s">
+        <v>89</v>
+      </c>
+      <c r="C21" t="s">
         <v>90</v>
       </c>
-      <c r="B21" t="s">
+      <c r="D21">
+        <v>60</v>
+      </c>
+      <c r="E21" t="s">
         <v>91</v>
       </c>
-      <c r="C21" t="s">
-[...5 lines deleted...]
-      <c r="E21" t="s">
+      <c r="F21">
+        <v>2021</v>
+      </c>
+      <c r="G21" t="s">
         <v>92</v>
       </c>
-      <c r="F21">
-[...5 lines deleted...]
-      <c r="H21"/>
+      <c r="H21">
+        <v>15.34</v>
+      </c>
       <c r="I21">
-        <v>0.19</v>
+        <v>5.83</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>93</v>
+      </c>
+      <c r="B22" t="s">
         <v>94</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>95</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22">
+        <v>33</v>
+      </c>
+      <c r="E22">
+        <v>2005886</v>
+      </c>
+      <c r="F22">
+        <v>2021</v>
+      </c>
+      <c r="G22" t="s">
         <v>96</v>
       </c>
-      <c r="D22">
-[...11 lines deleted...]
-      <c r="H22"/>
+      <c r="H22">
+        <v>32.09</v>
+      </c>
       <c r="I22">
-        <v>0.2</v>
+        <v>8.66</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>97</v>
+      </c>
+      <c r="B23" t="s">
+        <v>98</v>
+      </c>
+      <c r="C23" t="s">
         <v>99</v>
       </c>
-      <c r="B23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D23">
-        <v>1461</v>
+        <v>2300</v>
       </c>
       <c r="E23" t="s">
         <v>100</v>
       </c>
       <c r="F23">
         <v>2020</v>
       </c>
       <c r="G23" t="s">
         <v>101</v>
       </c>
       <c r="H23"/>
       <c r="I23">
-        <v>0.23</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>102</v>
       </c>
       <c r="B24" t="s">
         <v>103</v>
       </c>
       <c r="C24" t="s">
-        <v>65</v>
+        <v>99</v>
       </c>
       <c r="D24">
-        <v>1461</v>
+        <v>2300</v>
       </c>
       <c r="E24" t="s">
         <v>104</v>
       </c>
       <c r="F24">
         <v>2020</v>
       </c>
       <c r="G24" t="s">
         <v>105</v>
       </c>
       <c r="H24"/>
       <c r="I24">
-        <v>0.23</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>106</v>
       </c>
       <c r="B25" t="s">
         <v>107</v>
       </c>
       <c r="C25" t="s">
+        <v>99</v>
+      </c>
+      <c r="D25">
+        <v>2300</v>
+      </c>
+      <c r="E25" t="s">
         <v>108</v>
-      </c>
-[...4 lines deleted...]
-        <v>2000410</v>
       </c>
       <c r="F25">
         <v>2020</v>
       </c>
       <c r="G25" t="s">
         <v>109</v>
       </c>
-      <c r="H25">
-[...1 lines deleted...]
-      </c>
+      <c r="H25"/>
       <c r="I25">
-        <v>3.79</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>110</v>
       </c>
       <c r="B26" t="s">
         <v>111</v>
       </c>
       <c r="C26" t="s">
         <v>112</v>
       </c>
-      <c r="D26"/>
-      <c r="E26"/>
+      <c r="D26">
+        <v>312</v>
+      </c>
+      <c r="E26" t="s">
+        <v>113</v>
+      </c>
       <c r="F26">
         <v>2020</v>
       </c>
       <c r="G26" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="H26"/>
-      <c r="I26"/>
+      <c r="I26">
+        <v>0.2</v>
+      </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B27" t="s">
-        <v>115</v>
+        <v>103</v>
       </c>
       <c r="C27" t="s">
+        <v>81</v>
+      </c>
+      <c r="D27">
+        <v>1461</v>
+      </c>
+      <c r="E27" t="s">
         <v>116</v>
       </c>
-      <c r="D27">
+      <c r="F27">
+        <v>2020</v>
+      </c>
+      <c r="G27" t="s">
+        <v>117</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27">
+        <v>0.23</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28" t="s">
+        <v>118</v>
+      </c>
+      <c r="B28" t="s">
+        <v>119</v>
+      </c>
+      <c r="C28" t="s">
+        <v>81</v>
+      </c>
+      <c r="D28">
+        <v>1461</v>
+      </c>
+      <c r="E28" t="s">
+        <v>120</v>
+      </c>
+      <c r="F28">
+        <v>2020</v>
+      </c>
+      <c r="G28" t="s">
+        <v>121</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28">
+        <v>0.23</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
+      <c r="A29" t="s">
+        <v>122</v>
+      </c>
+      <c r="B29" t="s">
+        <v>123</v>
+      </c>
+      <c r="C29" t="s">
+        <v>124</v>
+      </c>
+      <c r="D29">
+        <v>16</v>
+      </c>
+      <c r="E29">
+        <v>2000410</v>
+      </c>
+      <c r="F29">
+        <v>2020</v>
+      </c>
+      <c r="G29" t="s">
+        <v>125</v>
+      </c>
+      <c r="H29">
+        <v>13.28</v>
+      </c>
+      <c r="I29">
+        <v>3.79</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30" t="s">
+        <v>126</v>
+      </c>
+      <c r="B30" t="s">
+        <v>127</v>
+      </c>
+      <c r="C30" t="s">
+        <v>128</v>
+      </c>
+      <c r="D30"/>
+      <c r="E30"/>
+      <c r="F30">
+        <v>2020</v>
+      </c>
+      <c r="G30" t="s">
+        <v>129</v>
+      </c>
+      <c r="H30"/>
+      <c r="I30"/>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31" t="s">
+        <v>130</v>
+      </c>
+      <c r="B31" t="s">
+        <v>131</v>
+      </c>
+      <c r="C31" t="s">
+        <v>132</v>
+      </c>
+      <c r="D31">
         <v>12</v>
       </c>
-      <c r="E27" t="s">
-[...2 lines deleted...]
-      <c r="F27">
+      <c r="E31" t="s">
+        <v>133</v>
+      </c>
+      <c r="F31">
         <v>2019</v>
       </c>
-      <c r="G27" t="s">
-[...2 lines deleted...]
-      <c r="H27">
+      <c r="G31" t="s">
+        <v>134</v>
+      </c>
+      <c r="H31">
         <v>6.9</v>
       </c>
-      <c r="I27">
+      <c r="I31">
         <v>2.18</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>