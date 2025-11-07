--- v0 (2025-10-10)
+++ v1 (2025-11-07)
@@ -155,69 +155,69 @@
   <si>
     <t>Resonant excitation of acoustic waves in one-dimensional exciton-polariton systems</t>
   </si>
   <si>
     <t>Alexey Yulin, Valerii Kozin, Ivan Shelykh</t>
   </si>
   <si>
     <t>Physical Review A</t>
   </si>
   <si>
     <t>043610</t>
   </si>
   <si>
     <t>10.1103/physreva.100.043610</t>
   </si>
   <si>
     <t>Self-organizing maps as a method for detecting phase transitions and phase identification</t>
   </si>
   <si>
     <t>Valerii Kozin,  Dmitry Yudin</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.99.041108</t>
   </si>
   <si>
+    <t>Electronic properties of quantum rings dressed by a high-frequency electromagnetic field</t>
+  </si>
+  <si>
+    <t>Valerii Kozin, Ivan Iorsh, Ivan Shelykh</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012055</t>
+  </si>
+  <si>
     <t>Quantum Rings Dressed by a High-Frequency Electromagnetic Field</t>
   </si>
   <si>
-    <t>Valerii Kozin, Ivan Iorsh, Ivan Shelykh</t>
-[...1 lines deleted...]
-  <si>
     <t>Semiconductors</t>
   </si>
   <si>
     <t>1806–1808</t>
   </si>
   <si>
     <t>10.1134/S1063782618140130</t>
-  </si>
-[...4 lines deleted...]
-    <t>10.1088/1742-6596/1092/1/012055</t>
   </si>
   <si>
     <t>Topological metamaterials based on polariton rings</t>
   </si>
   <si>
     <t>Valerii Kozin, Ivan Shelykh, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.125115</t>
   </si>
   <si>
     <t>Quantum ring with the Rashba spin-orbit interaction in the regime of strong light-matter coupling</t>
   </si>
   <si>
     <t>https://doi.org/10.1103/PhysRevB.97.155434</t>
   </si>
   <si>
     <t>Valerii Kozin, Ivan Iorsh, O. V. Kibis, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1103/physrevb.97.155434</t>
   </si>
   <si>
     <t>Periodic array of quantum rings strongly coupled to circularly polarized light as a topological insulator</t>
   </si>
@@ -880,96 +880,96 @@
       </c>
       <c r="E11">
         <v>41108</v>
       </c>
       <c r="F11">
         <v>2019</v>
       </c>
       <c r="G11" t="s">
         <v>46</v>
       </c>
       <c r="H11">
         <v>3.58</v>
       </c>
       <c r="I11">
         <v>1.81</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>47</v>
       </c>
       <c r="B12" t="s">
         <v>48</v>
       </c>
       <c r="C12" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="D12">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>1092</v>
+      </c>
+      <c r="E12">
+        <v>12055</v>
       </c>
       <c r="F12">
         <v>2019</v>
       </c>
       <c r="G12" t="s">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="H12"/>
       <c r="I12">
-        <v>0.3</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B13" t="s">
         <v>48</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="D13">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>12055</v>
+        <v>52</v>
+      </c>
+      <c r="E13" t="s">
+        <v>52</v>
       </c>
       <c r="F13">
         <v>2019</v>
       </c>
       <c r="G13" t="s">
         <v>53</v>
       </c>
-      <c r="H13"/>
+      <c r="H13">
+        <v>0.64</v>
+      </c>
       <c r="I13">
-        <v>0.22</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>54</v>
       </c>
       <c r="B14" t="s">
         <v>55</v>
       </c>
       <c r="C14" t="s">
         <v>19</v>
       </c>
       <c r="D14">
         <v>98</v>
       </c>
       <c r="E14">
         <v>125115</v>
       </c>
       <c r="F14">
         <v>2018</v>
       </c>
       <c r="G14" t="s">
         <v>56</v>
       </c>
       <c r="H14">