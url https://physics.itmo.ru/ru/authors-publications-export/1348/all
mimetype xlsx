--- v1 (2025-10-31)
+++ v2 (2025-12-03)
@@ -92,75 +92,75 @@
   <si>
     <t>Valentin Milichko, Vyacheslav Dyachuk</t>
   </si>
   <si>
     <t>Chemical &amp;amp; Biomedical Imaging</t>
   </si>
   <si>
     <t>852-863</t>
   </si>
   <si>
     <t>10.1021/cbmi.3c00087</t>
   </si>
   <si>
     <t>Reversible and Irreversible Laser Interference Patterning of MOF Thin Films</t>
   </si>
   <si>
     <t>Nikolaj Zhestkij, Anastasia Efimova, Sergey Rzhevskiy, Yuliya Kenzhebayeva, Semyon Bachinin, Ekaterina Gunina, Maxim Sergeev, Vyacheslav Dyachuk, Valentin Milichko</t>
   </si>
   <si>
     <t>Crystals</t>
   </si>
   <si>
     <t>10.3390/cryst12060846</t>
   </si>
   <si>
+    <t>A new approach for immunostaining nervous systems in isolated organs and whole animals</t>
+  </si>
+  <si>
+    <t>Marina Kniazkina, Olga Yurchenko, Vyacheslav Dyachuk</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020056</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031970</t>
+  </si>
+  <si>
     <t>Zebrafish as model system for cancer development</t>
   </si>
   <si>
     <t>Maxim Shirokov, Valentin Milichko, Vyacheslav Dyachuk</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020116</t>
   </si>
   <si>
     <t>10.1063/5.0031986</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1063/5.0031970</t>
   </si>
   <si>
     <t>Polymer Matrix Incorporated with ZIF-8 for Application in Nonlinear Optics</t>
   </si>
   <si>
     <t>Yuri Mezenov, Nikita Kulachenkov, Andrei Yankin, Sergey S. Rzhevskiy, Pavel Alekseevskiy, Venera Gilemkhanova, Semyon Bachinin, Vyacheslav Dyachuk, Valentin Milichko</t>
   </si>
   <si>
     <t>Nanomaterials</t>
   </si>
   <si>
     <t>10.3390/nano10061036</t>
   </si>
   <si>
     <t>Photochromic Free MOF‐Based Near‐Infrared Optical Switch</t>
   </si>
   <si>
     <t>Valentin Milichko, Nikita Kulachenkov, Dapeng Sun, Yuri Mezenov, Andrei Yankin, Sergey Rzevskiy, Vyacheslav Dyachuk, Alexandre Nomine, Ghouti Medjahdi, Evgeny A. Pidko</t>
   </si>
   <si>
     <t>Angewandte Chemie International Edition</t>
   </si>
   <si>
     <t>15522 –15526</t>
   </si>