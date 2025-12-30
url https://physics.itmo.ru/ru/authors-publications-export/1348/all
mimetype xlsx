--- v2 (2025-12-03)
+++ v3 (2025-12-30)
@@ -242,72 +242,72 @@
   <si>
     <t>Phillip T. Newton, Lei Li, Baoyi Zhou, Christoph Schweingruber, Maria Hovorakova, Meng Xie, Xiaoyan Sun, Lakshmi Sandhow, Artem V. Artemov, Evgeny Ivashkin, Simon Suter, Vyacheslav Dyachuk, Maha El Shahawy, Amel Gritli-Linde, Thibault Bouderlique, Annelie Mollbrink, Joakim Lundeberg, Grigori Enikolopov, Hong Qian, Maria Kasper, Eva Hedlund, Igor Adameyko, Lars Sävendahl, Andrei S. Chagin</t>
   </si>
   <si>
     <t>Nature</t>
   </si>
   <si>
     <t>234-238</t>
   </si>
   <si>
     <t>10.1038/s41586-019-0989-6</t>
   </si>
   <si>
     <t>Schwann Cell Precursors Generate the Majority of Chromaffin Cells in Zuckerkandl Organ and Some Sympathetic Neurons in Paraganglia</t>
   </si>
   <si>
     <t>Maria Eleni Kastriti, Polina Kameneva, Vyacheslav Dyachuk, Alessandro Furlan, Marek Hampl, Laura Calvo-Enrique, Patrik Ernfors, Igor Adameyko</t>
   </si>
   <si>
     <t>Frontiers in Molecular Neuroscience</t>
   </si>
   <si>
     <t>10.3389/fnmol.2019.00006</t>
   </si>
   <si>
+    <t>Light induced heating of Ge nanoparticle covered by BSA</t>
+  </si>
+  <si>
+    <t>Andrey Krasilin, Dmitry Zuev, Vyacheslav Dyachuk, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012089</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012089</t>
+  </si>
+  <si>
     <t>A new tool for imaging and reconstruction of optically cleared invertebrate animals</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012088</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012088</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1088/1742-6596/1092/1/012089</t>
   </si>
   <si>
     <t>Extracellular Matrix Components in Bivalvia: Shell and ECM Components in Developmental and Adult Tissues</t>
   </si>
   <si>
     <t>Vyacheslav Dyachuk</t>
   </si>
   <si>
     <t>Fisheries and Aquaculture Journal</t>
   </si>
   <si>
     <t>09</t>
   </si>
   <si>
     <t>10.4172/2150-3508.1000248</t>
   </si>
   <si>
     <t>Nervous system development in the Pacific oyster, Crassostrea gigas (Mollusca: Bivalvia)</t>
   </si>
   <si>
     <t>Olga V. Yurchenko, Olga I. Skiteva, Elena E. Voronezhskaya, Vyacheslav Dyachuk</t>
   </si>
   <si>
     <t>10.1186/s12983-018-0259-8</t>
   </si>
@@ -1282,81 +1282,81 @@
       </c>
       <c r="D16">
         <v>12</v>
       </c>
       <c r="E16">
         <v>6</v>
       </c>
       <c r="F16">
         <v>2019</v>
       </c>
       <c r="G16" t="s">
         <v>75</v>
       </c>
       <c r="H16">
         <v>4.06</v>
       </c>
       <c r="I16">
         <v>1.85</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>76</v>
       </c>
       <c r="B17" t="s">
-        <v>18</v>
+        <v>77</v>
       </c>
       <c r="C17" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D17">
         <v>1092</v>
       </c>
       <c r="E17" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F17">
         <v>2018</v>
       </c>
       <c r="G17" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H17"/>
       <c r="I17">
         <v>0.24</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B18" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="C18" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D18">
         <v>1092</v>
       </c>
       <c r="E18" t="s">
         <v>82</v>
       </c>
       <c r="F18">
         <v>2018</v>
       </c>
       <c r="G18" t="s">
         <v>83</v>
       </c>
       <c r="H18"/>
       <c r="I18">
         <v>0.24</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>84</v>
       </c>
       <c r="B19" t="s">
         <v>85</v>
       </c>