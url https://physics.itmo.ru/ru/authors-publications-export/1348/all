--- v3 (2025-12-30)
+++ v4 (2026-03-30)
@@ -12,173 +12,173 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
     <t>Topological Design of Pyrene‐Based Metal‐Organic Framework Nanosheets as a Luminescent Thermometer for Live Bioimaging</t>
   </si>
   <si>
-    <t>Maria Timofeeva, Yuliya Kenzhebayeva, Pavel Alekseevskiy, Anastasia Efimova, Artem Abramov, Sergei Shipilovskikh, Alexander S. Novikov, Nikolay V. Somov, Dmitry I. Pavlov, Xiaolin Yu, Andrei S. Potapov, Pascal Boulet, Nikita Burzak, Aleksandra R. Knyazeva, Nan Li, Vyacheslav Dyachuk, Valentin Milichko</t>
+    <t>Maria Timofeeva, Yuliya Kenzhebayeva, Pavel Alekseevskiy, Anastasia Efimova, Artem Abramov, Sergei Shipilovskikh, Alexander S. Novikov, Nikolay V. Somov, Dmitry I. Pavlov, Xiaolin Yu, Andrei S. Potapov, Pascal Boulet, Nikita Burzak, Aleksandra R. Knyazeva, Nan Li, Vyacheslav Dyachuk</t>
   </si>
   <si>
     <t>Advanced Functional Materials</t>
   </si>
   <si>
     <t>10.1002/adfm.202425904</t>
   </si>
   <si>
     <t>Ultrathin Lanthanide‐Based Metal‐Organic Nanosheets with Thickness‐ and Temperature‐Driven Light Emission</t>
   </si>
   <si>
-    <t>Pavel Alekseevskiy, Xiaolin Yu, Anastasia Efimova, Nikolaj Zhestkij, Yuri Mezenov, Yuliya Kenzhebayeva, Svyatoslav Povarov, Anastasiia Liubimova, Semyon Bachinin, Evgeniia Stepanidenko, Vyacheslav Dyachuk, Nan Li, Vladimir P. Fedin, Andrei S. Potapov, Valentin Milichko</t>
+    <t>Pavel Alekseevskiy, Xiaolin Yu, Anastasia Efimova, Nikolaj Zhestkij, Yuri Mezenov, Yuliya Kenzhebayeva, Svyatoslav Povarov, Anastasiia Liubimova, Semyon Bachinin, Evgeniia Stepanidenko, Vyacheslav Dyachuk, Nan Li, Vladimir P. Fedin, Andrei S. Potapov</t>
   </si>
   <si>
     <t>Laser &amp;amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202401912</t>
   </si>
   <si>
     <t>3D Optical Reconstruction of the Nervous System of the Whole-Body Marine Invertebrates</t>
   </si>
   <si>
-    <t>Valentin Milichko, Vyacheslav Dyachuk</t>
+    <t>Vyacheslav Dyachuk</t>
   </si>
   <si>
     <t>Chemical &amp;amp; Biomedical Imaging</t>
   </si>
   <si>
     <t>852-863</t>
   </si>
   <si>
     <t>10.1021/cbmi.3c00087</t>
   </si>
   <si>
     <t>Reversible and Irreversible Laser Interference Patterning of MOF Thin Films</t>
   </si>
   <si>
-    <t>Nikolaj Zhestkij, Anastasia Efimova, Sergey Rzhevskiy, Yuliya Kenzhebayeva, Semyon Bachinin, Ekaterina Gunina, Maxim Sergeev, Vyacheslav Dyachuk, Valentin Milichko</t>
+    <t>Nikolaj Zhestkij, Anastasia Efimova, Sergey Rzhevskiy, Yuliya Kenzhebayeva, Semyon Bachinin, Ekaterina Gunina, Maxim Sergeev, Vyacheslav Dyachuk</t>
   </si>
   <si>
     <t>Crystals</t>
   </si>
   <si>
     <t>10.3390/cryst12060846</t>
   </si>
   <si>
     <t>A new approach for immunostaining nervous systems in isolated organs and whole animals</t>
   </si>
   <si>
     <t>Marina Kniazkina, Olga Yurchenko, Vyacheslav Dyachuk</t>
   </si>
   <si>
     <t>AIP Conference Proceedings</t>
   </si>
   <si>
     <t>020056</t>
   </si>
   <si>
     <t>10.1063/5.0031970</t>
   </si>
   <si>
     <t>Zebrafish as model system for cancer development</t>
   </si>
   <si>
-    <t>Maxim Shirokov, Valentin Milichko, Vyacheslav Dyachuk</t>
+    <t>Maxim Shirokov, Vyacheslav Dyachuk</t>
   </si>
   <si>
     <t>020116</t>
   </si>
   <si>
     <t>10.1063/5.0031986</t>
   </si>
   <si>
     <t>Polymer Matrix Incorporated with ZIF-8 for Application in Nonlinear Optics</t>
   </si>
   <si>
-    <t>Yuri Mezenov, Nikita Kulachenkov, Andrei Yankin, Sergey S. Rzhevskiy, Pavel Alekseevskiy, Venera Gilemkhanova, Semyon Bachinin, Vyacheslav Dyachuk, Valentin Milichko</t>
+    <t>Yuri Mezenov, Nikita Kulachenkov, Andrei Yankin, Sergey S. Rzhevskiy, Pavel Alekseevskiy, Venera Gilemkhanova, Semyon Bachinin, Vyacheslav Dyachuk</t>
   </si>
   <si>
     <t>Nanomaterials</t>
   </si>
   <si>
     <t>10.3390/nano10061036</t>
   </si>
   <si>
     <t>Photochromic Free MOF‐Based Near‐Infrared Optical Switch</t>
   </si>
   <si>
-    <t>Valentin Milichko, Nikita Kulachenkov, Dapeng Sun, Yuri Mezenov, Andrei Yankin, Sergey Rzevskiy, Vyacheslav Dyachuk, Alexandre Nomine, Ghouti Medjahdi, Evgeny A. Pidko</t>
+    <t>Nikita Kulachenkov, Dapeng Sun, Yuri Mezenov, Andrei Yankin, Sergey Rzevskiy, Vyacheslav Dyachuk, Alexandre Nomine, Ghouti Medjahdi, Evgeny A. Pidko</t>
   </si>
   <si>
     <t>Angewandte Chemie International Edition</t>
   </si>
   <si>
     <t>15522 –15526</t>
   </si>
   <si>
     <t>10.1002/anie.202004293</t>
   </si>
   <si>
     <t>Parapodial glandular organs in            Owenia borealis            (Annelida: Oweniidae) and their possible relationship with nephridia</t>
   </si>
   <si>
     <t>Nadezda Rimskaya‐Korsakova, Vyacheslav Dyachuk, Elena Temereva</t>
   </si>
   <si>
     <t>Journal of Experimental Zoology Part B: Molecular and Developmental Evolution</t>
   </si>
   <si>
     <t>88-99</t>
   </si>
   <si>
     <t>10.1002/jez.b.22928</t>
   </si>
@@ -245,99 +245,96 @@
   <si>
     <t>Nature</t>
   </si>
   <si>
     <t>234-238</t>
   </si>
   <si>
     <t>10.1038/s41586-019-0989-6</t>
   </si>
   <si>
     <t>Schwann Cell Precursors Generate the Majority of Chromaffin Cells in Zuckerkandl Organ and Some Sympathetic Neurons in Paraganglia</t>
   </si>
   <si>
     <t>Maria Eleni Kastriti, Polina Kameneva, Vyacheslav Dyachuk, Alessandro Furlan, Marek Hampl, Laura Calvo-Enrique, Patrik Ernfors, Igor Adameyko</t>
   </si>
   <si>
     <t>Frontiers in Molecular Neuroscience</t>
   </si>
   <si>
     <t>10.3389/fnmol.2019.00006</t>
   </si>
   <si>
     <t>Light induced heating of Ge nanoparticle covered by BSA</t>
   </si>
   <si>
-    <t>Andrey Krasilin, Dmitry Zuev, Vyacheslav Dyachuk, Valentin Milichko</t>
+    <t>Andrey Krasilin, Dmitry Zuev, Vyacheslav Dyachuk</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>012089</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012089</t>
   </si>
   <si>
     <t>A new tool for imaging and reconstruction of optically cleared invertebrate animals</t>
   </si>
   <si>
     <t>012088</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012088</t>
   </si>
   <si>
     <t>Extracellular Matrix Components in Bivalvia: Shell and ECM Components in Developmental and Adult Tissues</t>
   </si>
   <si>
-    <t>Vyacheslav Dyachuk</t>
-[...1 lines deleted...]
-  <si>
     <t>Fisheries and Aquaculture Journal</t>
   </si>
   <si>
     <t>09</t>
   </si>
   <si>
     <t>10.4172/2150-3508.1000248</t>
   </si>
   <si>
     <t>Nervous system development in the Pacific oyster, Crassostrea gigas (Mollusca: Bivalvia)</t>
   </si>
   <si>
     <t>Olga V. Yurchenko, Olga I. Skiteva, Elena E. Voronezhskaya, Vyacheslav Dyachuk</t>
   </si>
   <si>
     <t>10.1186/s12983-018-0259-8</t>
   </si>
   <si>
     <t>The conformation of BSA adsorbed to the surface of single all-dielectric nanoparticles following light-induced heating</t>
   </si>
   <si>
-    <t>Andrey Krasilin, Mihail Petrov, Dmitry Zuev, Vyacheslav Dyachuk, Valentin Milichko</t>
+    <t>Andrey Krasilin, Mihail Petrov, Dmitry Zuev, Vyacheslav Dyachuk</t>
   </si>
   <si>
     <t>Journal of Biophotonics</t>
   </si>
   <si>
     <t>e201700322</t>
   </si>
   <si>
     <t>10.1002/jbio.201700322</t>
   </si>
   <si>
     <t>Oriented clonal cell dynamics enables accurate growth and shaping of vertebrate cartilage</t>
   </si>
   <si>
     <t>eLife</t>
   </si>
   <si>
     <t>e25902</t>
   </si>
   <si>
     <t>10.7554/eLife.25902</t>
   </si>
   <si>
     <t>Superficial cells are self-renewing chondrocyte progenitors, which form the articular cartilage in juvenile mice</t>
   </si>
@@ -416,69 +413,69 @@
   <si>
     <t>Extracellular matrix is required for muscle differentiation in primary cell cultures of larval Mytilus trossulus (Mollusca: Bivalvia)</t>
   </si>
   <si>
     <t>Cytotechnology</t>
   </si>
   <si>
     <t>725-735</t>
   </si>
   <si>
     <t>10.1007/s10616-013-9577-z</t>
   </si>
   <si>
     <t>Larval myogenesis in Echinodermata: Conserved features and morphological diversity between class-specific larval forms of Echinoidae, Asteroidea Holothuroidea</t>
   </si>
   <si>
     <t>Evolution and Development</t>
   </si>
   <si>
     <t>май.17</t>
   </si>
   <si>
     <t>10.1111/ede.12010</t>
   </si>
   <si>
+    <t>Modulation of Mytilus trossulus (Bivalvia: Mollusca) larval survival and growth in culture. Short communication</t>
+  </si>
+  <si>
+    <t>Acta biologica Hungarica</t>
+  </si>
+  <si>
+    <t>230-234</t>
+  </si>
+  <si>
+    <t>10.1556/ABiol.63.2012.Suppl.2.31</t>
+  </si>
+  <si>
     <t>Innervation of bivalve larval catch muscles by serotonergic and FMRFamidergic neurons</t>
   </si>
   <si>
-    <t>Acta biologica Hungarica</t>
-[...1 lines deleted...]
-  <si>
     <t>221-229</t>
   </si>
   <si>
     <t>10.1556/ABiol.63.2012.Suppl.2.30</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1556/ABiol.63.2012.Suppl.2.31</t>
   </si>
   <si>
     <t>Molluscan catch muscle myorod and its N-terminal peptide bind to F-actin and myosin in a phosphorylation-dependent manner</t>
   </si>
   <si>
     <t>Archives of Biochemistry and Biophysics</t>
   </si>
   <si>
     <t>59-65</t>
   </si>
   <si>
     <t>10.1016/j.abb.2011.02.010</t>
   </si>
   <si>
     <t>Muscle and neuronal differentiation in primary cell culture of larval Mytilus trossulus (Mollusca: Bivalvia)</t>
   </si>
   <si>
     <t>Cell and Tissue Research</t>
   </si>
   <si>
     <t>625-637</t>
   </si>
   <si>
     <t>10.1007/s00441-009-0918-3</t>
   </si>
@@ -1336,535 +1333,535 @@
       <c r="C18" t="s">
         <v>78</v>
       </c>
       <c r="D18">
         <v>1092</v>
       </c>
       <c r="E18" t="s">
         <v>82</v>
       </c>
       <c r="F18">
         <v>2018</v>
       </c>
       <c r="G18" t="s">
         <v>83</v>
       </c>
       <c r="H18"/>
       <c r="I18">
         <v>0.24</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>84</v>
       </c>
       <c r="B19" t="s">
+        <v>18</v>
+      </c>
+      <c r="C19" t="s">
         <v>85</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="E19"/>
       <c r="F19">
         <v>2018</v>
       </c>
       <c r="G19" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="H19"/>
       <c r="I19"/>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>88</v>
+      </c>
+      <c r="B20" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="C20" t="s">
         <v>51</v>
       </c>
       <c r="D20">
         <v>15</v>
       </c>
       <c r="E20"/>
       <c r="F20">
         <v>2018</v>
       </c>
       <c r="G20" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H20"/>
       <c r="I20"/>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>91</v>
+      </c>
+      <c r="B21" t="s">
         <v>92</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="D21">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F21">
         <v>2018</v>
       </c>
       <c r="G21" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="H21">
         <v>3.76</v>
       </c>
       <c r="I21">
         <v>1.04</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>96</v>
+      </c>
+      <c r="B22" t="s">
+        <v>18</v>
+      </c>
+      <c r="C22" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
       <c r="D22">
         <v>6</v>
       </c>
       <c r="E22" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="F22">
         <v>2017</v>
       </c>
       <c r="G22" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="H22">
         <v>7.62</v>
       </c>
       <c r="I22">
         <v>7.12</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>100</v>
+      </c>
+      <c r="B23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C23" t="s">
         <v>101</v>
-      </c>
-[...4 lines deleted...]
-        <v>102</v>
       </c>
       <c r="D23">
         <v>31</v>
       </c>
       <c r="E23" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="F23">
         <v>2017</v>
       </c>
       <c r="G23" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="H23">
         <v>5.6</v>
       </c>
       <c r="I23">
         <v>2.44</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B24" t="s">
-        <v>85</v>
+        <v>18</v>
       </c>
       <c r="C24" t="s">
         <v>64</v>
       </c>
       <c r="D24">
         <v>357</v>
       </c>
       <c r="E24" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="F24">
         <v>2017</v>
       </c>
       <c r="G24" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H24">
         <v>41.06</v>
       </c>
       <c r="I24">
         <v>14.14</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>107</v>
+      </c>
+      <c r="B25" t="s">
+        <v>18</v>
+      </c>
+      <c r="C25" t="s">
         <v>108</v>
-      </c>
-[...4 lines deleted...]
-        <v>109</v>
       </c>
       <c r="D25">
         <v>65</v>
       </c>
       <c r="E25" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="F25">
         <v>2016</v>
       </c>
       <c r="G25" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="H25"/>
       <c r="I25"/>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>111</v>
+      </c>
+      <c r="B26" t="s">
+        <v>18</v>
+      </c>
+      <c r="C26" t="s">
         <v>112</v>
-      </c>
-[...4 lines deleted...]
-        <v>113</v>
       </c>
       <c r="D26">
         <v>129</v>
       </c>
       <c r="E26" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="F26">
         <v>2016</v>
       </c>
       <c r="G26" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="H26">
         <v>4.43</v>
       </c>
       <c r="I26">
         <v>3.12</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>115</v>
+      </c>
+      <c r="B27" t="s">
+        <v>18</v>
+      </c>
+      <c r="C27" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
       <c r="D27">
         <v>57</v>
       </c>
       <c r="E27" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F27">
         <v>2015</v>
       </c>
       <c r="G27" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="H27"/>
       <c r="I27"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B28" t="s">
-        <v>85</v>
+        <v>18</v>
       </c>
       <c r="C28" t="s">
         <v>69</v>
       </c>
       <c r="D28">
         <v>513</v>
       </c>
       <c r="E28" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F28">
         <v>2014</v>
       </c>
       <c r="G28" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H28">
         <v>41.46</v>
       </c>
       <c r="I28">
         <v>18.78</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B29" t="s">
-        <v>85</v>
+        <v>18</v>
       </c>
       <c r="C29" t="s">
         <v>64</v>
       </c>
       <c r="D29">
         <v>345</v>
       </c>
       <c r="E29" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="F29">
         <v>2014</v>
       </c>
       <c r="G29" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H29">
         <v>33.61</v>
       </c>
       <c r="I29">
         <v>12.05</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>125</v>
+      </c>
+      <c r="B30" t="s">
+        <v>18</v>
+      </c>
+      <c r="C30" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
       <c r="D30">
         <v>65</v>
       </c>
       <c r="E30" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="F30">
         <v>2013</v>
       </c>
       <c r="G30" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H30">
         <v>1.45</v>
       </c>
       <c r="I30">
         <v>0.54</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>129</v>
+      </c>
+      <c r="B31" t="s">
+        <v>18</v>
+      </c>
+      <c r="C31" t="s">
         <v>130</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
       <c r="D31">
         <v>15</v>
       </c>
       <c r="E31" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F31">
         <v>2013</v>
       </c>
       <c r="G31" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="H31"/>
       <c r="I31"/>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>133</v>
+      </c>
+      <c r="B32" t="s">
+        <v>18</v>
+      </c>
+      <c r="C32" t="s">
         <v>134</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
       <c r="D32">
         <v>63</v>
       </c>
       <c r="E32" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="F32">
         <v>2012</v>
       </c>
       <c r="G32" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="H32">
         <v>0.5</v>
       </c>
       <c r="I32">
         <v>0.21</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B33" t="s">
-        <v>85</v>
+        <v>18</v>
       </c>
       <c r="C33" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D33">
         <v>63</v>
       </c>
       <c r="E33" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="F33">
         <v>2012</v>
       </c>
       <c r="G33" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="H33">
         <v>0.5</v>
       </c>
       <c r="I33">
         <v>0.21</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>140</v>
+      </c>
+      <c r="B34" t="s">
+        <v>18</v>
+      </c>
+      <c r="C34" t="s">
         <v>141</v>
-      </c>
-[...4 lines deleted...]
-        <v>142</v>
       </c>
       <c r="D34">
         <v>509</v>
       </c>
       <c r="E34" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="F34">
         <v>2011</v>
       </c>
       <c r="G34" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="H34">
         <v>2.94</v>
       </c>
       <c r="I34">
         <v>1.39</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>144</v>
+      </c>
+      <c r="B35" t="s">
+        <v>18</v>
+      </c>
+      <c r="C35" t="s">
         <v>145</v>
-      </c>
-[...4 lines deleted...]
-        <v>146</v>
       </c>
       <c r="D35">
         <v>339</v>
       </c>
       <c r="E35" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="F35">
         <v>2010</v>
       </c>
       <c r="G35" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="H35">
         <v>2.8</v>
       </c>
       <c r="I35">
         <v>1.15</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>148</v>
+      </c>
+      <c r="B36" t="s">
+        <v>18</v>
+      </c>
+      <c r="C36" t="s">
         <v>149</v>
-      </c>
-[...4 lines deleted...]
-        <v>150</v>
       </c>
       <c r="D36">
         <v>55</v>
       </c>
       <c r="E36" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="F36">
         <v>2010</v>
       </c>
       <c r="G36" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="H36"/>
       <c r="I36"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>