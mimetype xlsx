--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -416,69 +416,69 @@
   <si>
     <t>Extracellular matrix is required for muscle differentiation in primary cell cultures of larval Mytilus trossulus (Mollusca: Bivalvia)</t>
   </si>
   <si>
     <t>Cytotechnology</t>
   </si>
   <si>
     <t>725-735</t>
   </si>
   <si>
     <t>10.1007/s10616-013-9577-z</t>
   </si>
   <si>
     <t>Larval myogenesis in Echinodermata: Conserved features and morphological diversity between class-specific larval forms of Echinoidae, Asteroidea Holothuroidea</t>
   </si>
   <si>
     <t>Evolution and Development</t>
   </si>
   <si>
     <t>май.17</t>
   </si>
   <si>
     <t>10.1111/ede.12010</t>
   </si>
   <si>
+    <t>Innervation of bivalve larval catch muscles by serotonergic and FMRFamidergic neurons</t>
+  </si>
+  <si>
+    <t>Acta biologica Hungarica</t>
+  </si>
+  <si>
+    <t>221-229</t>
+  </si>
+  <si>
+    <t>10.1556/ABiol.63.2012.Suppl.2.30</t>
+  </si>
+  <si>
     <t>Modulation of Mytilus trossulus (Bivalvia: Mollusca) larval survival and growth in culture. Short communication</t>
   </si>
   <si>
-    <t>Acta biologica Hungarica</t>
-[...1 lines deleted...]
-  <si>
     <t>230-234</t>
   </si>
   <si>
     <t>10.1556/ABiol.63.2012.Suppl.2.31</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1556/ABiol.63.2012.Suppl.2.30</t>
   </si>
   <si>
     <t>Molluscan catch muscle myorod and its N-terminal peptide bind to F-actin and myosin in a phosphorylation-dependent manner</t>
   </si>
   <si>
     <t>Archives of Biochemistry and Biophysics</t>
   </si>
   <si>
     <t>59-65</t>
   </si>
   <si>
     <t>10.1016/j.abb.2011.02.010</t>
   </si>
   <si>
     <t>Muscle and neuronal differentiation in primary cell culture of larval Mytilus trossulus (Mollusca: Bivalvia)</t>
   </si>
   <si>
     <t>Cell and Tissue Research</t>
   </si>
   <si>
     <t>625-637</t>
   </si>
   <si>
     <t>10.1007/s00441-009-0918-3</t>
   </si>