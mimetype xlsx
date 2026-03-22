--- v1 (2025-12-02)
+++ v2 (2026-03-22)
@@ -278,75 +278,75 @@
   <si>
     <t>Zeying Zhang, Huadong Wang, Meng Su, Yali Sun, Shuang-Jie Tan, Ekaterina Ponkratova, Maoxiong Zhao, Dongdong Wu, Keyu Wang, Qi Pan, Bingda Chen, Dmitry Zuev, Yanlin Song</t>
   </si>
   <si>
     <t>Angewandte Chemie International Edition</t>
   </si>
   <si>
     <t>10.1002/anie.202109985</t>
   </si>
   <si>
     <t>Femtomolar Biodetection by a Compact Core–Shell 3D Chiral Metamaterial</t>
   </si>
   <si>
     <t>Mariachiara Manoccio, Marco Esposito, Elisabetta Primiceri, Angelo Leo, Vittorianna Tasco, Massimo Cuscunà, Dmitry Zuev, Yali Sun, Giuseppe Maruccio, Alessandro Romano, Angelo Quattrini, Giuseppe Gigli, Adriana Passaseo</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>6179-6187</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.1c01791</t>
   </si>
   <si>
+    <t>Numerical modelling of scattering properties of tunable hybrid nanostructures</t>
+  </si>
+  <si>
+    <t>Yali Sun, Evgeniy Minkevich, Eduard Ageev, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020047</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032009</t>
+  </si>
+  <si>
     <t>Optical resonant properties of plasmonic helices in visible range</t>
   </si>
   <si>
     <t>Yali Sun, Mariachiara Manoccio, Eduard Ageev, Marco Esposito, Shuhuan Zhang, Adriana Passaseo, Vittorianna Tasco, Dmitry Zuev</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020125</t>
   </si>
   <si>
     <t>10.1063/5.0032118</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1063/5.0032009</t>
   </si>
   <si>
     <t>A fluid-guided printing strategy for patterning high refractive index photonic microarrays</t>
   </si>
   <si>
     <t>Meng Su, Yali Sun, Bingda Chen, Zeying Zhang, Xu Yang, Sisi Chen, Qi Pan, Dmitry Zuev, Pavel Belov, Yanlin Song</t>
   </si>
   <si>
     <t>Science Bulletin</t>
   </si>
   <si>
     <t>250-256</t>
   </si>
   <si>
     <t>10.1016/j.scib.2020.07.008</t>
   </si>
   <si>
     <t>Tuning of far-field and near-field via fs-laser in various hybrid oligomers</t>
   </si>
   <si>
     <t>Yali Sun, Eduard Ageev, Dmitry Zuev</t>
   </si>
   <si>
     <t>012172</t>
   </si>