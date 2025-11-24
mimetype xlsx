--- v0 (2025-10-08)
+++ v1 (2025-11-24)
@@ -662,75 +662,75 @@
   <si>
     <t>An investigation of calcium carbonate core-shell particles for incorporation of 225Ac and sequester of daughter radionuclides: in vitro and in vivo studies</t>
   </si>
   <si>
     <t>Albert R. Muslimov, Dmitrii Antuganov, Yana V. Tarakanchikova, Timofey E. Karpov, Mikhail Zyuzin, Alexander Timin</t>
   </si>
   <si>
     <t>726-737</t>
   </si>
   <si>
     <t>10.1016/j.jconrel.2021.01.008</t>
   </si>
   <si>
     <t>Layer‐by‐Layer‐Assembled Capsule Size Affects the Efficiency of Packaging and Delivery of Different Genetic Cargo</t>
   </si>
   <si>
     <t>Yana V. Tarakanchikova, Albert R. Muslimov, Mikhail Zyuzin, Irina Nazarenko, Alexander S. Timin, Gleb B. Sukhorukov, Kirill V. Lepik</t>
   </si>
   <si>
     <t>Particle &amp; Particle Systems Characterization</t>
   </si>
   <si>
     <t>10.1002/ppsc.202000228</t>
   </si>
   <si>
+    <t>Development of effective strategies for the radionuclide incorporation into CaCO3 particles for in vivo studies</t>
+  </si>
+  <si>
+    <t>Elena Gerasimova, Dmitrii Antuganov, Yana V. Tarakanchikova, Timofey E. Karpov, Tatiana V. Mashel, Oleksii Peltek, Alexandre Nomine, Stéphanie Bruyere, Yulia A. Kondratenko, Albert R. Muslimov, Alexander S. Timin, Mikhail Zyuzin</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020036</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031950</t>
+  </si>
+  <si>
     <t>Microfluidics-based synthesis of lead cesium bromide perovskite microcrystals</t>
   </si>
   <si>
     <t>Irina Koryakina, Daria Markina, Anatoly Evstrapov, Anatoly Pushkarev, Sergey Makarov, Mikhail Zyuzin</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020065</t>
   </si>
   <si>
     <t>10.1063/5.0032230</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1063/5.0031950</t>
   </si>
   <si>
     <t>Development of Silica-Based Biodegradable Submicrometric Carriers and Investigating Their Characteristics as in Vitro Delivery Vehicles</t>
   </si>
   <si>
     <t>Mikhail Zyuzin, Dingcheng Zhu</t>
   </si>
   <si>
     <t>10.3390/ijms21207563</t>
   </si>
   <si>
     <t>Overcoming the delivery problem for therapeutic genome editing: Current status and perspective of non-viral methods</t>
   </si>
   <si>
     <t>Tatiana V. Mashel, Yana V. Tarakanchikova, Albert R. Muslimov, Mikhail Zyuzin, Alexander S. Timin, Kirill V. Lepik, Boris Fehse</t>
   </si>
   <si>
     <t>Biomaterials</t>
   </si>
   <si>
     <t>10.1016/j.biomaterials.2020.120282</t>
   </si>
   <si>
     <t>Radiolabeling strategies of micron- and submicron sized core-shell carriers for in vivo studies</t>
   </si>