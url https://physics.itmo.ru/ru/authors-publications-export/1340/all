--- v0 (2025-10-08)
+++ v1 (2025-11-04)
@@ -95,164 +95,164 @@
   <si>
     <t>Bogdan R. Borodin, Fedor Benimetskiy, Valery Yu. Davydov, Ilya A. Eliseyev, Alexander N. Smirnov, Dmitry Pidgayko, Sergey Lepeshov, Andrey Bogdanov, Prokhor Alekseev</t>
   </si>
   <si>
     <t>Nanoscale Horizons</t>
   </si>
   <si>
     <t>396-403</t>
   </si>
   <si>
     <t>10.1039/d2nh00465h</t>
   </si>
   <si>
     <t>Polaron-Enhanced Polariton Nonlinearity in Lead Halide Perovskites</t>
   </si>
   <si>
     <t>Mikhail Masharin, Vanik Shahnazaryan, Fedor Benimetskiy, Dmitry N. Krizhanovskii, Ivan Shelykh, Ivan Iorsh, Sergey Makarov, Anton Samusev</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.2c03524</t>
   </si>
   <si>
+    <t>Guided exciton-polaritons in a subwavelength dielectric slab integrated with a 2D semiconductor</t>
+  </si>
+  <si>
+    <t>Fedor Benimetskiy, Alexey Yulin, Vasily Kravtsov, Alexey Mikhin, Ivan Iorsh, Anton Samusev, D. N. Krizhanovskii</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012014</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012014</t>
+  </si>
+  <si>
     <t>Mechanical scanning probe lithography of nanophotonic devices based on multilayer TMDCs</t>
   </si>
   <si>
     <t>B R Borodin, Fedor Benimetskiy, V Yu Davydov, I A Eliseyev, Sergey Lepeshov, Andrey Bogdanov, P A Alekseev</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012020</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012020</t>
   </si>
   <si>
-    <t>Guided exciton-polaritons in a subwavelength dielectric slab integrated with a 2D semiconductor</t>
-[...10 lines deleted...]
-  <si>
     <t>Theory, Observation, and Ultrafast Response of the Hybrid Anapole Regime in Light Scattering</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Egor Gurvitz, Fedor Benimetskiy, Dmitry Pidgayko, Anton Samusev,  Andrey B. Evlyukhin, Vjaceslavs Bobrovs, Dmitrii Redka, Michael I. Tribelsky, Mohsen Rahmani, Khosro Zangeneh Kamali, Alexander A. Pavlov, Andrey E. Miroshnichenko, Alexander Shalin</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202100114</t>
   </si>
   <si>
     <t>Experimental observation of topological Z2 exciton-polaritons in transition metal dichalcogenide monolayers</t>
   </si>
   <si>
     <t>Mengyao Li, Ivan Sinev, Fedor Benimetskiy, Tatyana Ivanova, Svetlana Kiriushechkina, Anton Vakulenko, Sriram Guddala, Maurice Skolnick, Vinod M. Menon, Andrea Alù, Anton Samusev</t>
   </si>
   <si>
     <t>Nature Communications</t>
   </si>
   <si>
     <t>10.1038/s41467-021-24728-y</t>
   </si>
   <si>
     <t>Study of local anodic oxidation regimes in MoSe2</t>
   </si>
   <si>
     <t>Bogdan R Borodin, Fedor Benimetskiy, Prokhor A Alekseev</t>
   </si>
   <si>
     <t>Nanotechnology</t>
   </si>
   <si>
     <t>10.1088/1361-6528/abd817</t>
   </si>
   <si>
+    <t>Measurement of local optomechanical properties of MoSe2 monolayers</t>
+  </si>
+  <si>
+    <t>Fedor Benimetskiy, V. A. Sharov, P. A. Alekseev, Vasily Kravtsov, K.-D. Park, Anton Samusev, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020008</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032285</t>
+  </si>
+  <si>
+    <t>Electrically tunable trion-polaritons in MoSe2/hBN heterostructure integrated with a photonic crystal slab</t>
+  </si>
+  <si>
+    <t>V. Kondratyev, Fedor Benimetskiy, Tatyana Ivanova, Anton Samusev, K.-D. Park, M. S. Skolnick, Vasily Kravtsov, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>020062</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032226</t>
+  </si>
+  <si>
     <t>Propagation of exciton-polaritons in monolayer semiconductor coupled to at-Γ bound state in the continuum</t>
   </si>
   <si>
     <t>Fedor Benimetskiy, Vasily Kravtsov, Ivan Sinev, Anton Samusev, Ivan Iorsh</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020010</t>
   </si>
   <si>
     <t>10.1063/5.0032076</t>
   </si>
   <si>
     <t>Local anodic oxidation as a method of fabrication optoelectronic devices based on thin TMDC layers</t>
   </si>
   <si>
     <t>Bogdan R. Borodin, Fedor Benimetskiy, Alexander N. Smirnov, Valery Yu. Davydov, Ilya A. Eliseyev, Prokhor Alekseev</t>
   </si>
   <si>
     <t>020011</t>
   </si>
   <si>
     <t>10.1063/5.0031748</t>
   </si>
   <si>
-    <t>Measurement of local optomechanical properties of MoSe2 monolayers</t>
-[...22 lines deleted...]
-  <si>
     <t>Highly nonlinear trion-polaritons in a monolayer semiconductor</t>
   </si>
   <si>
     <t>R. P. A. Emmanuele, M. Sich, O. Kyriienko, Vanik Shahnazaryan, F. Withers, A. Catanzaro, P. M. Walker, Fedor Benimetskiy, M. S. Skolnick, A. I. Tartakovskii, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1038/s41467-020-17340-z</t>
   </si>
   <si>
     <t>Strong coupling of excitons in 2D MoSe2/hBN heterostructure with optical bound states in the continuum</t>
   </si>
   <si>
     <t>Fedor Benimetskiy, Vasily Kravtsov, Ivan Mukhin, Ivan Sinev, Anton Samusev, Ivan Shelykh, D. N. Krizhanovskii, M. S. Skolnick, Ivan Iorsh</t>
   </si>
   <si>
     <t>012012</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012012</t>
   </si>
   <si>
     <t>Nonlinear polaritons in a monolayer semiconductor coupled to optical bound states in the continuum</t>
   </si>
   <si>
     <t>Vasily Kravtsov, Fedor Benimetskiy, Tatyana Ivanova, Anton Samusev, Ivan Sinev, Dmitry Pidgayko, Alexey Mozharov, Ivan Mukhin, Maksim S. Lozhkin, Yuri V. Kapitonov, Andrey S. Brichkin, Vladimir D. Kulakovskii, Ivan Shelykh, Alexander I. Tartakovskii, Paul M. Walker, Maurice S. Skolnick, Dmitry N. Krizhanovskii, Ivan Iorsh</t>
@@ -299,69 +299,69 @@
   <si>
     <t>10.1088/1361-6641/ab4b05</t>
   </si>
   <si>
     <t>Emission rate studying through nanodiamonds with embedded nitrogen vacancy centers</t>
   </si>
   <si>
     <t>Anastasia Zalogina, Fedor Benimetskiy, Dmitry Pidgayko, Polina Kapitanova, Vitaly Yaroshenko, Sergey Makarov, Dmitry Zuev</t>
   </si>
   <si>
     <t>1092 (1)</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012171</t>
   </si>
   <si>
     <t>Measurements of the optical gain of spaser colloidal solution</t>
   </si>
   <si>
     <t>Fedor Benimetskiy</t>
   </si>
   <si>
     <t>Journal of the NSU, Series: Physics</t>
   </si>
   <si>
+    <t>Influence of bulk diffusion of rubidium and sodium atoms on the time of their adsorption on the glass surface</t>
+  </si>
+  <si>
+    <t>OPTOELECTRONICS INSTRUMENTATION AND DATA PROCESSING</t>
+  </si>
+  <si>
+    <t>89-100</t>
+  </si>
+  <si>
+    <t>10.15372/AUT20170312</t>
+  </si>
+  <si>
     <t>Diffusion of Rb atoms in paraffin-coated resonant vapor cells</t>
   </si>
   <si>
     <t>European Physical Journal D</t>
   </si>
   <si>
     <t>10.1140/epjd/e2016-70347-6</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.15372/AUT20170312</t>
   </si>
   <si>
     <t>Characterization of the structure and stimulated emission of spherical and cylindrical spasers</t>
   </si>
   <si>
     <t>Proceedings of the International Conference Days on Diffraction, DD 2016</t>
   </si>
   <si>
     <t>62-66</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756814</t>
   </si>
   <si>
     <t>Study of Rb-vapor coated cells - Atomic diffusion and cell curing process</t>
   </si>
   <si>
     <t>10.1140/epjd/e2016-60496-y</t>
   </si>
   <si>
     <t>Collision of atoms with porous polymer surface: evidence of influence of bulk diffusion on anomalously long dwell time of Rb atoms</t>
   </si>
   <si>
     <t>10.1140/epjd/e2015-60129-1</t>
   </si>
@@ -1323,150 +1323,150 @@
       </c>
       <c r="D22">
         <v>103</v>
       </c>
       <c r="E22">
         <v>43713</v>
       </c>
       <c r="F22">
         <v>2017</v>
       </c>
       <c r="G22"/>
       <c r="H22"/>
       <c r="I22"/>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>95</v>
       </c>
       <c r="B23" t="s">
         <v>93</v>
       </c>
       <c r="C23" t="s">
         <v>96</v>
       </c>
       <c r="D23">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="E23"/>
+        <v>53</v>
+      </c>
+      <c r="E23" t="s">
+        <v>97</v>
+      </c>
       <c r="F23">
         <v>2017</v>
       </c>
       <c r="G23" t="s">
-        <v>97</v>
-[...6 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23"/>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B24" t="s">
         <v>93</v>
       </c>
       <c r="C24" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D24">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="E24"/>
       <c r="F24">
         <v>2017</v>
       </c>
       <c r="G24" t="s">
         <v>101</v>
       </c>
-      <c r="H24"/>
-      <c r="I24"/>
+      <c r="H24">
+        <v>1.39</v>
+      </c>
+      <c r="I24">
+        <v>0.39</v>
+      </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>102</v>
       </c>
       <c r="B25" t="s">
         <v>93</v>
       </c>
       <c r="C25" t="s">
         <v>103</v>
       </c>
       <c r="D25"/>
       <c r="E25" t="s">
         <v>104</v>
       </c>
       <c r="F25">
         <v>2016</v>
       </c>
       <c r="G25" t="s">
         <v>105</v>
       </c>
       <c r="H25"/>
       <c r="I25"/>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>106</v>
       </c>
       <c r="B26" t="s">
         <v>93</v>
       </c>
       <c r="C26" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D26">
         <v>70</v>
       </c>
       <c r="E26"/>
       <c r="F26">
         <v>2016</v>
       </c>
       <c r="G26" t="s">
         <v>107</v>
       </c>
       <c r="H26">
         <v>1.29</v>
       </c>
       <c r="I26">
         <v>0.39</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>108</v>
       </c>
       <c r="B27" t="s">
         <v>93</v>
       </c>
       <c r="C27" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D27">
         <v>69</v>
       </c>
       <c r="E27"/>
       <c r="F27">
         <v>2015</v>
       </c>
       <c r="G27" t="s">
         <v>109</v>
       </c>
       <c r="H27">
         <v>1.21</v>
       </c>
       <c r="I27">
         <v>0.43</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>