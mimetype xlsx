--- v1 (2025-11-04)
+++ v2 (2025-12-03)
@@ -158,101 +158,101 @@
   <si>
     <t>Experimental observation of topological Z2 exciton-polaritons in transition metal dichalcogenide monolayers</t>
   </si>
   <si>
     <t>Mengyao Li, Ivan Sinev, Fedor Benimetskiy, Tatyana Ivanova, Svetlana Kiriushechkina, Anton Vakulenko, Sriram Guddala, Maurice Skolnick, Vinod M. Menon, Andrea Alù, Anton Samusev</t>
   </si>
   <si>
     <t>Nature Communications</t>
   </si>
   <si>
     <t>10.1038/s41467-021-24728-y</t>
   </si>
   <si>
     <t>Study of local anodic oxidation regimes in MoSe2</t>
   </si>
   <si>
     <t>Bogdan R Borodin, Fedor Benimetskiy, Prokhor A Alekseev</t>
   </si>
   <si>
     <t>Nanotechnology</t>
   </si>
   <si>
     <t>10.1088/1361-6528/abd817</t>
   </si>
   <si>
+    <t>Local anodic oxidation as a method of fabrication optoelectronic devices based on thin TMDC layers</t>
+  </si>
+  <si>
+    <t>Bogdan R. Borodin, Fedor Benimetskiy, Alexander N. Smirnov, Valery Yu. Davydov, Ilya A. Eliseyev, Prokhor Alekseev</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020011</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031748</t>
+  </si>
+  <si>
     <t>Measurement of local optomechanical properties of MoSe2 monolayers</t>
   </si>
   <si>
     <t>Fedor Benimetskiy, V. A. Sharov, P. A. Alekseev, Vasily Kravtsov, K.-D. Park, Anton Samusev, Ivan Iorsh</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020008</t>
   </si>
   <si>
     <t>10.1063/5.0032285</t>
   </si>
   <si>
     <t>Electrically tunable trion-polaritons in MoSe2/hBN heterostructure integrated with a photonic crystal slab</t>
   </si>
   <si>
     <t>V. Kondratyev, Fedor Benimetskiy, Tatyana Ivanova, Anton Samusev, K.-D. Park, M. S. Skolnick, Vasily Kravtsov, Ivan Iorsh</t>
   </si>
   <si>
     <t>020062</t>
   </si>
   <si>
     <t>10.1063/5.0032226</t>
   </si>
   <si>
     <t>Propagation of exciton-polaritons in monolayer semiconductor coupled to at-Γ bound state in the continuum</t>
   </si>
   <si>
     <t>Fedor Benimetskiy, Vasily Kravtsov, Ivan Sinev, Anton Samusev, Ivan Iorsh</t>
   </si>
   <si>
     <t>020010</t>
   </si>
   <si>
     <t>10.1063/5.0032076</t>
   </si>
   <si>
-    <t>Local anodic oxidation as a method of fabrication optoelectronic devices based on thin TMDC layers</t>
-[...10 lines deleted...]
-  <si>
     <t>Highly nonlinear trion-polaritons in a monolayer semiconductor</t>
   </si>
   <si>
     <t>R. P. A. Emmanuele, M. Sich, O. Kyriienko, Vanik Shahnazaryan, F. Withers, A. Catanzaro, P. M. Walker, Fedor Benimetskiy, M. S. Skolnick, A. I. Tartakovskii, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1038/s41467-020-17340-z</t>
   </si>
   <si>
     <t>Strong coupling of excitons in 2D MoSe2/hBN heterostructure with optical bound states in the continuum</t>
   </si>
   <si>
     <t>Fedor Benimetskiy, Vasily Kravtsov, Ivan Mukhin, Ivan Sinev, Anton Samusev, Ivan Shelykh, D. N. Krizhanovskii, M. S. Skolnick, Ivan Iorsh</t>
   </si>
   <si>
     <t>012012</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012012</t>
   </si>
   <si>
     <t>Nonlinear polaritons in a monolayer semiconductor coupled to optical bound states in the continuum</t>
   </si>
   <si>
     <t>Vasily Kravtsov, Fedor Benimetskiy, Tatyana Ivanova, Anton Samusev, Ivan Sinev, Dmitry Pidgayko, Alexey Mozharov, Ivan Mukhin, Maksim S. Lozhkin, Yuri V. Kapitonov, Andrey S. Brichkin, Vladimir D. Kulakovskii, Ivan Shelykh, Alexander I. Tartakovskii, Paul M. Walker, Maurice S. Skolnick, Dmitry N. Krizhanovskii, Ivan Iorsh</t>
@@ -299,69 +299,69 @@
   <si>
     <t>10.1088/1361-6641/ab4b05</t>
   </si>
   <si>
     <t>Emission rate studying through nanodiamonds with embedded nitrogen vacancy centers</t>
   </si>
   <si>
     <t>Anastasia Zalogina, Fedor Benimetskiy, Dmitry Pidgayko, Polina Kapitanova, Vitaly Yaroshenko, Sergey Makarov, Dmitry Zuev</t>
   </si>
   <si>
     <t>1092 (1)</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012171</t>
   </si>
   <si>
     <t>Measurements of the optical gain of spaser colloidal solution</t>
   </si>
   <si>
     <t>Fedor Benimetskiy</t>
   </si>
   <si>
     <t>Journal of the NSU, Series: Physics</t>
   </si>
   <si>
+    <t>Diffusion of Rb atoms in paraffin-coated resonant vapor cells</t>
+  </si>
+  <si>
+    <t>European Physical Journal D</t>
+  </si>
+  <si>
+    <t>10.1140/epjd/e2016-70347-6</t>
+  </si>
+  <si>
     <t>Influence of bulk diffusion of rubidium and sodium atoms on the time of their adsorption on the glass surface</t>
   </si>
   <si>
     <t>OPTOELECTRONICS INSTRUMENTATION AND DATA PROCESSING</t>
   </si>
   <si>
     <t>89-100</t>
   </si>
   <si>
     <t>10.15372/AUT20170312</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1140/epjd/e2016-70347-6</t>
   </si>
   <si>
     <t>Characterization of the structure and stimulated emission of spherical and cylindrical spasers</t>
   </si>
   <si>
     <t>Proceedings of the International Conference Days on Diffraction, DD 2016</t>
   </si>
   <si>
     <t>62-66</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756814</t>
   </si>
   <si>
     <t>Study of Rb-vapor coated cells - Atomic diffusion and cell curing process</t>
   </si>
   <si>
     <t>10.1140/epjd/e2016-60496-y</t>
   </si>
   <si>
     <t>Collision of atoms with porous polymer surface: evidence of influence of bulk diffusion on anomalously long dwell time of Rb atoms</t>
   </si>
   <si>
     <t>10.1140/epjd/e2015-60129-1</t>
   </si>
@@ -1323,150 +1323,150 @@
       </c>
       <c r="D22">
         <v>103</v>
       </c>
       <c r="E22">
         <v>43713</v>
       </c>
       <c r="F22">
         <v>2017</v>
       </c>
       <c r="G22"/>
       <c r="H22"/>
       <c r="I22"/>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>95</v>
       </c>
       <c r="B23" t="s">
         <v>93</v>
       </c>
       <c r="C23" t="s">
         <v>96</v>
       </c>
       <c r="D23">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="E23"/>
       <c r="F23">
         <v>2017</v>
       </c>
       <c r="G23" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-      <c r="I23"/>
+        <v>97</v>
+      </c>
+      <c r="H23">
+        <v>1.39</v>
+      </c>
+      <c r="I23">
+        <v>0.39</v>
+      </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B24" t="s">
         <v>93</v>
       </c>
       <c r="C24" t="s">
+        <v>99</v>
+      </c>
+      <c r="D24">
+        <v>53</v>
+      </c>
+      <c r="E24" t="s">
         <v>100</v>
       </c>
-      <c r="D24">
-[...2 lines deleted...]
-      <c r="E24"/>
       <c r="F24">
         <v>2017</v>
       </c>
       <c r="G24" t="s">
         <v>101</v>
       </c>
-      <c r="H24">
-[...4 lines deleted...]
-      </c>
+      <c r="H24"/>
+      <c r="I24"/>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>102</v>
       </c>
       <c r="B25" t="s">
         <v>93</v>
       </c>
       <c r="C25" t="s">
         <v>103</v>
       </c>
       <c r="D25"/>
       <c r="E25" t="s">
         <v>104</v>
       </c>
       <c r="F25">
         <v>2016</v>
       </c>
       <c r="G25" t="s">
         <v>105</v>
       </c>
       <c r="H25"/>
       <c r="I25"/>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>106</v>
       </c>
       <c r="B26" t="s">
         <v>93</v>
       </c>
       <c r="C26" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D26">
         <v>70</v>
       </c>
       <c r="E26"/>
       <c r="F26">
         <v>2016</v>
       </c>
       <c r="G26" t="s">
         <v>107</v>
       </c>
       <c r="H26">
         <v>1.29</v>
       </c>
       <c r="I26">
         <v>0.39</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>108</v>
       </c>
       <c r="B27" t="s">
         <v>93</v>
       </c>
       <c r="C27" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D27">
         <v>69</v>
       </c>
       <c r="E27"/>
       <c r="F27">
         <v>2015</v>
       </c>
       <c r="G27" t="s">
         <v>109</v>
       </c>
       <c r="H27">
         <v>1.21</v>
       </c>
       <c r="I27">
         <v>0.43</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>