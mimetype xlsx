--- v0 (2025-10-08)
+++ v1 (2026-03-03)
@@ -95,162 +95,162 @@
   <si>
     <t>Bogdan R. Borodin, Fedor Benimetskiy, Valery Yu. Davydov, Ilya A. Eliseyev, Alexander N. Smirnov, Dmitry Pidgayko, Sergey Lepeshov, Andrey Bogdanov, Prokhor Alekseev</t>
   </si>
   <si>
     <t>Nanoscale Horizons</t>
   </si>
   <si>
     <t>396-403</t>
   </si>
   <si>
     <t>10.1039/d2nh00465h</t>
   </si>
   <si>
     <t>Polaron-Enhanced Polariton Nonlinearity in Lead Halide Perovskites</t>
   </si>
   <si>
     <t>Mikhail Masharin, Vanik Shahnazaryan, Fedor Benimetskiy, Dmitry N. Krizhanovskii, Ivan Shelykh, Ivan Iorsh, Sergey Makarov, Anton Samusev</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.2c03524</t>
   </si>
   <si>
+    <t>Mechanical scanning probe lithography of nanophotonic devices based on multilayer TMDCs</t>
+  </si>
+  <si>
+    <t>B R Borodin, Fedor Benimetskiy, V Yu Davydov, I A Eliseyev, Sergey Lepeshov, Andrey Bogdanov, P A Alekseev</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012020</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012020</t>
+  </si>
+  <si>
     <t>Guided exciton-polaritons in a subwavelength dielectric slab integrated with a 2D semiconductor</t>
   </si>
   <si>
     <t>Fedor Benimetskiy, Alexey Yulin, Vasily Kravtsov, Alexey Mikhin, Ivan Iorsh, Anton Samusev, D. N. Krizhanovskii</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012014</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012014</t>
   </si>
   <si>
-    <t>Mechanical scanning probe lithography of nanophotonic devices based on multilayer TMDCs</t>
-[...10 lines deleted...]
-  <si>
     <t>Theory, Observation, and Ultrafast Response of the Hybrid Anapole Regime in Light Scattering</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Egor Gurvitz, Fedor Benimetskiy, Dmitry Pidgayko, Anton Samusev,  Andrey B. Evlyukhin, Vjaceslavs Bobrovs, Dmitrii Redka, Michael I. Tribelsky, Mohsen Rahmani, Khosro Zangeneh Kamali, Alexander A. Pavlov, Andrey E. Miroshnichenko, Alexander Shalin</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202100114</t>
   </si>
   <si>
     <t>Experimental observation of topological Z2 exciton-polaritons in transition metal dichalcogenide monolayers</t>
   </si>
   <si>
     <t>Mengyao Li, Ivan Sinev, Fedor Benimetskiy, Tatyana Ivanova, Svetlana Kiriushechkina, Anton Vakulenko, Sriram Guddala, Maurice Skolnick, Vinod M. Menon, Andrea Alù, Anton Samusev</t>
   </si>
   <si>
     <t>Nature Communications</t>
   </si>
   <si>
     <t>10.1038/s41467-021-24728-y</t>
   </si>
   <si>
     <t>Study of local anodic oxidation regimes in MoSe2</t>
   </si>
   <si>
     <t>Bogdan R Borodin, Fedor Benimetskiy, Prokhor A Alekseev</t>
   </si>
   <si>
     <t>Nanotechnology</t>
   </si>
   <si>
     <t>10.1088/1361-6528/abd817</t>
   </si>
   <si>
+    <t>Propagation of exciton-polaritons in monolayer semiconductor coupled to at-Γ bound state in the continuum</t>
+  </si>
+  <si>
+    <t>Fedor Benimetskiy, Vasily Kravtsov, Ivan Sinev, Anton Samusev, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020010</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032076</t>
+  </si>
+  <si>
     <t>Local anodic oxidation as a method of fabrication optoelectronic devices based on thin TMDC layers</t>
   </si>
   <si>
     <t>Bogdan R. Borodin, Fedor Benimetskiy, Alexander N. Smirnov, Valery Yu. Davydov, Ilya A. Eliseyev, Prokhor Alekseev</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020011</t>
   </si>
   <si>
     <t>10.1063/5.0031748</t>
   </si>
   <si>
     <t>Measurement of local optomechanical properties of MoSe2 monolayers</t>
   </si>
   <si>
     <t>Fedor Benimetskiy, V. A. Sharov, P. A. Alekseev, Vasily Kravtsov, K.-D. Park, Anton Samusev, Ivan Iorsh</t>
   </si>
   <si>
     <t>020008</t>
   </si>
   <si>
     <t>10.1063/5.0032285</t>
   </si>
   <si>
     <t>Electrically tunable trion-polaritons in MoSe2/hBN heterostructure integrated with a photonic crystal slab</t>
   </si>
   <si>
     <t>V. Kondratyev, Fedor Benimetskiy, Tatyana Ivanova, Anton Samusev, K.-D. Park, M. S. Skolnick, Vasily Kravtsov, Ivan Iorsh</t>
   </si>
   <si>
     <t>020062</t>
   </si>
   <si>
     <t>10.1063/5.0032226</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1063/5.0032076</t>
   </si>
   <si>
     <t>Highly nonlinear trion-polaritons in a monolayer semiconductor</t>
   </si>
   <si>
     <t>R. P. A. Emmanuele, M. Sich, O. Kyriienko, Vanik Shahnazaryan, F. Withers, A. Catanzaro, P. M. Walker, Fedor Benimetskiy, M. S. Skolnick, A. I. Tartakovskii, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1038/s41467-020-17340-z</t>
   </si>
   <si>
     <t>Strong coupling of excitons in 2D MoSe2/hBN heterostructure with optical bound states in the continuum</t>
   </si>
   <si>
     <t>Fedor Benimetskiy, Vasily Kravtsov, Ivan Mukhin, Ivan Sinev, Anton Samusev, Ivan Shelykh, D. N. Krizhanovskii, M. S. Skolnick, Ivan Iorsh</t>
   </si>
   <si>
     <t>012012</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012012</t>
   </si>
   <si>
     <t>Nonlinear polaritons in a monolayer semiconductor coupled to optical bound states in the continuum</t>
   </si>