--- v0 (2025-10-08)
+++ v1 (2025-12-01)
@@ -12,77 +12,113 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Halide perovskite volatile unipolar nanomemristor</t>
+  </si>
+  <si>
+    <t>Abolfazl Mahmudpur, Prokhor Alekseev, Ksenia A. Gasnikova, Kuzmenko Natalia, Artem Larin, Sergey Makarov, Aleksandra Furasova</t>
+  </si>
+  <si>
+    <t>Opto-Electronic Advances</t>
+  </si>
+  <si>
+    <t>10.29026/oea.2025.250110</t>
+  </si>
+  <si>
+    <t>Stabilization of interfaces for double-cation halide perovskites with AVA2FAPb2I7 additives</t>
+  </si>
+  <si>
+    <t>Lev O. Luchnikov, Ekaterina A. Ilicheva, Victor A. Voronov, Prokhor Alekseev, Mikhail Dunaevskiy, Vladislav  Kalinichenko, Vladimir Ivanov, Aleksandra Furasova, Daria A. Krupanova, Ekaterina V. Tekshina, Sergey A. Kozyukhin, Dmitry S. Muratov, Polina K. Sukhorukova, Marina I. Voronova, Danila S. Saranin, Evgenii Terukov</t>
+  </si>
+  <si>
+    <t>Applied Surface Science</t>
+  </si>
+  <si>
+    <t>10.1016/j.apsusc.2025.164693</t>
+  </si>
+  <si>
+    <t>Structural colouring and luminescence anisotropy of perovskite thin films via laser-induced periodic surface structure formation</t>
+  </si>
+  <si>
+    <t>Александра Фурасова, Yaroslava Andreeva, Xiaohan Chen, Valeriy Kondratev, Сун Цинхао, Иван Важенин, Evgeniia Stepanidenko, Vyacheslav Goncharov, Sergei Cherevkov, Дмитрий Пермяков, Дмитрий Жирихин, Сергей Макаров</t>
+  </si>
+  <si>
+    <t>Light: Advanced Manufacturing</t>
+  </si>
+  <si>
+    <t>10.37188/lam.2025.062</t>
   </si>
   <si>
     <t>Photovoltaic parameters improvement via size control of monodisperse Mie-resonant nanoparticles in perovskite solar cells</t>
   </si>
   <si>
     <t>Aleksandra Furasova, Miron Krassas, Marinos Tountas, Daria Khmelevskaia, Lev Logunov, Dmitry Zhirihin, Emmanuel Kymakis, Sergey Makarov</t>
   </si>
   <si>
     <t>Chemical Engineering Journal</t>
   </si>
   <si>
     <t>10.1016/j.cej.2024.152771</t>
   </si>
   <si>
     <t>Hole-transport materials based on benzodithiophene-thiazolothiazole-containing conjugated polymers for efficient perovskite solar cells</t>
   </si>
   <si>
     <t>M.M. Tepliakova, I.E. Kuznetsov, D.S. Zamoretskov, A.N. Zhivchikova, A.V. Lolaeva, Aleksandra Furasova, Maria Sandzhieva, Sergey Makarov, M.V. Klyuev, D.K. Sagdullina, E.O. Perepelitsina, Y.G. Gladush, A.G. Nasibulin, K.J. Stevenson, A.V. Akkuratov</t>
   </si>
   <si>
     <t>Dyes and Pigments</t>
   </si>
   <si>
     <t>10.1016/j.dyepig.2023.111349</t>
   </si>
@@ -578,516 +614,603 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I16"/>
+  <dimension ref="A1:I19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="212.234" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="311.353" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="379.764" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
-      <c r="D2"/>
+      <c r="D2">
+        <v>8</v>
+      </c>
       <c r="E2">
-        <v>152771</v>
+        <v>250110</v>
       </c>
       <c r="F2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
-        <v>14.66</v>
+        <v>9.64</v>
       </c>
       <c r="I2">
-        <v>2.53</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
-        <v>216</v>
+        <v>716</v>
       </c>
       <c r="E3">
-        <v>111349</v>
+        <v>164693</v>
       </c>
       <c r="F3">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3">
-        <v>5.12</v>
+        <v>6.71</v>
       </c>
       <c r="I3">
-        <v>0.7</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4">
         <v>6</v>
       </c>
-      <c r="E4" t="s">
+      <c r="E4">
+        <v>1</v>
+      </c>
+      <c r="F4">
+        <v>2025</v>
+      </c>
+      <c r="G4" t="s">
         <v>20</v>
       </c>
-      <c r="F4">
-[...4 lines deleted...]
-      </c>
       <c r="H4">
-        <v>6.96</v>
+        <v>13.3</v>
       </c>
       <c r="I4">
-        <v>1.59</v>
+        <v>3.18</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B5" t="s">
         <v>22</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>23</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5"/>
+      <c r="E5">
+        <v>152771</v>
+      </c>
+      <c r="F5">
+        <v>2024</v>
+      </c>
+      <c r="G5" t="s">
         <v>24</v>
       </c>
-      <c r="D5">
-[...10 lines deleted...]
-      </c>
       <c r="H5">
-        <v>5.92</v>
+        <v>14.66</v>
       </c>
       <c r="I5">
-        <v>1.46</v>
+        <v>2.53</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" t="s">
         <v>26</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>27</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6">
+        <v>216</v>
+      </c>
+      <c r="E6">
+        <v>111349</v>
+      </c>
+      <c r="F6">
+        <v>2023</v>
+      </c>
+      <c r="G6" t="s">
         <v>28</v>
       </c>
-      <c r="D6"/>
-[...10 lines deleted...]
-      <c r="I6"/>
+      <c r="H6">
+        <v>5.12</v>
+      </c>
+      <c r="I6">
+        <v>0.7</v>
+      </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>29</v>
+      </c>
+      <c r="B7" t="s">
         <v>30</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>31</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7">
+        <v>6</v>
+      </c>
+      <c r="E7" t="s">
         <v>32</v>
       </c>
-      <c r="D7"/>
-[...2 lines deleted...]
-      </c>
       <c r="F7">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="G7" t="s">
         <v>33</v>
       </c>
       <c r="H7">
-        <v>19.07</v>
+        <v>6.96</v>
       </c>
       <c r="I7">
-        <v>4.68</v>
+        <v>1.59</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>34</v>
       </c>
       <c r="B8" t="s">
         <v>35</v>
       </c>
       <c r="C8" t="s">
         <v>36</v>
       </c>
       <c r="D8">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="E8" t="s">
+        <v>23</v>
+      </c>
+      <c r="E8">
+        <v>13375</v>
+      </c>
+      <c r="F8">
+        <v>2022</v>
+      </c>
+      <c r="G8" t="s">
         <v>37</v>
       </c>
-      <c r="F8">
-[...4 lines deleted...]
-      </c>
       <c r="H8">
-        <v>9.23</v>
+        <v>5.92</v>
       </c>
       <c r="I8">
-        <v>2.54</v>
+        <v>1.46</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" t="s">
         <v>39</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>40</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9"/>
+      <c r="E9">
+        <v>2100326</v>
+      </c>
+      <c r="F9">
+        <v>2022</v>
+      </c>
+      <c r="G9" t="s">
         <v>41</v>
       </c>
-      <c r="D9">
-[...10 lines deleted...]
-      </c>
       <c r="H9"/>
-      <c r="I9">
-[...1 lines deleted...]
-      </c>
+      <c r="I9"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" t="s">
         <v>44</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10"/>
+      <c r="E10">
+        <v>106484</v>
+      </c>
+      <c r="F10">
+        <v>2021</v>
+      </c>
+      <c r="G10" t="s">
         <v>45</v>
       </c>
-      <c r="C10" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H10">
-        <v>15.88</v>
+        <v>19.07</v>
       </c>
       <c r="I10">
-        <v>5.55</v>
+        <v>4.68</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>46</v>
+      </c>
+      <c r="B11" t="s">
+        <v>47</v>
+      </c>
+      <c r="C11" t="s">
+        <v>48</v>
+      </c>
+      <c r="D11">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
         <v>49</v>
       </c>
-      <c r="B11" t="s">
+      <c r="F11">
+        <v>2021</v>
+      </c>
+      <c r="G11" t="s">
         <v>50</v>
       </c>
-      <c r="C11" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H11">
-        <v>3.4</v>
+        <v>9.23</v>
       </c>
       <c r="I11">
-        <v>0.85</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>51</v>
+      </c>
+      <c r="B12" t="s">
+        <v>52</v>
+      </c>
+      <c r="C12" t="s">
         <v>53</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12">
+        <v>2300</v>
+      </c>
+      <c r="E12" t="s">
         <v>54</v>
       </c>
-      <c r="C12" t="s">
+      <c r="F12">
+        <v>2020</v>
+      </c>
+      <c r="G12" t="s">
         <v>55</v>
-      </c>
-[...10 lines deleted...]
-        <v>57</v>
       </c>
       <c r="H12"/>
       <c r="I12">
-        <v>0.24</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="B13" t="s">
+        <v>57</v>
+      </c>
+      <c r="C13" t="s">
         <v>58</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13">
+        <v>14</v>
+      </c>
+      <c r="E13" t="s">
         <v>59</v>
       </c>
-      <c r="D13">
-[...4 lines deleted...]
-      </c>
       <c r="F13">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="G13" t="s">
         <v>60</v>
       </c>
       <c r="H13">
-        <v>7.13</v>
+        <v>15.88</v>
       </c>
       <c r="I13">
-        <v>2.71</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>61</v>
       </c>
       <c r="B14" t="s">
         <v>62</v>
       </c>
       <c r="C14" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="D14">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E14">
-        <v>1800784</v>
+        <v>1900877</v>
       </c>
       <c r="F14">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G14" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H14">
-        <v>7.13</v>
+        <v>3.4</v>
       </c>
       <c r="I14">
-        <v>2.71</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C15" t="s">
-        <v>66</v>
-[...4 lines deleted...]
-      <c r="E15" t="s">
         <v>67</v>
       </c>
+      <c r="D15" t="s">
+        <v>68</v>
+      </c>
+      <c r="E15">
+        <v>12038</v>
+      </c>
       <c r="F15">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G15" t="s">
-        <v>68</v>
-[...3 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="H15"/>
       <c r="I15">
-        <v>2.93</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="B16" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="C16" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D16">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>6</v>
+      </c>
+      <c r="E16">
+        <v>1800576</v>
       </c>
       <c r="F16">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G16" t="s">
         <v>72</v>
       </c>
       <c r="H16">
+        <v>7.13</v>
+      </c>
+      <c r="I16">
+        <v>2.71</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" t="s">
+        <v>73</v>
+      </c>
+      <c r="B17" t="s">
+        <v>74</v>
+      </c>
+      <c r="C17" t="s">
+        <v>71</v>
+      </c>
+      <c r="D17">
+        <v>7</v>
+      </c>
+      <c r="E17">
+        <v>1800784</v>
+      </c>
+      <c r="F17">
+        <v>2018</v>
+      </c>
+      <c r="G17" t="s">
+        <v>75</v>
+      </c>
+      <c r="H17">
+        <v>7.13</v>
+      </c>
+      <c r="I17">
+        <v>2.71</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18" t="s">
+        <v>76</v>
+      </c>
+      <c r="B18" t="s">
+        <v>77</v>
+      </c>
+      <c r="C18" t="s">
+        <v>78</v>
+      </c>
+      <c r="D18">
+        <v>9</v>
+      </c>
+      <c r="E18" t="s">
+        <v>79</v>
+      </c>
+      <c r="F18">
+        <v>2017</v>
+      </c>
+      <c r="G18" t="s">
+        <v>80</v>
+      </c>
+      <c r="H18">
+        <v>7.23</v>
+      </c>
+      <c r="I18">
+        <v>2.93</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19" t="s">
+        <v>81</v>
+      </c>
+      <c r="B19" t="s">
+        <v>77</v>
+      </c>
+      <c r="C19" t="s">
+        <v>82</v>
+      </c>
+      <c r="D19">
+        <v>154</v>
+      </c>
+      <c r="E19" t="s">
+        <v>83</v>
+      </c>
+      <c r="F19">
+        <v>2017</v>
+      </c>
+      <c r="G19" t="s">
+        <v>84</v>
+      </c>
+      <c r="H19">
         <v>3.89</v>
       </c>
-      <c r="I16">
+      <c r="I19">
         <v>1.08</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>