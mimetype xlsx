--- v0 (2025-10-07)
+++ v1 (2026-03-30)
@@ -206,84 +206,84 @@
   <si>
     <t>Фотоиндуцированная миграция ионов в оптически резонансных перовскитных наночастицах</t>
   </si>
   <si>
     <t>Дмитрий Гец, Екатерина Тигунцева, Александр Берестенников, Татьяна Ляшенко, Анатолий Пушкарев, Сергей Макаров, Анвар Захидов</t>
   </si>
   <si>
     <t>Письма в ЖЭТФ</t>
   </si>
   <si>
     <t>Light-Emitting Halide Perovskite Nanoantennas</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Georgiy Zograf, Filipp Komissarenko, Dmitry Zuev, Anvar Zakhidov, Sergey Makarov, Yuri Kivshar</t>
   </si>
   <si>
     <t>1185-1190</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.7b04727</t>
   </si>
   <si>
     <t>Laser deposition of resonant silicon nanoparticles on perovskite for photoluminescence enhancement</t>
   </si>
   <si>
-    <t>Ekaterina Tiguntseva, Anastasia Zalogina, Valentin Milichko, Dmitry Zuev, Mikhail Omelyanovich, Arthur Ishteev, Sergey Makarov, Anvar Zakhidov</t>
+    <t>Ekaterina Tiguntseva, Anastasia Zalogina, Dmitry Zuev, Mikhail Omelyanovich, Arthur Ishteev, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/929/1/012053</t>
   </si>
   <si>
     <t>Laser post-processing of halide perovskites for enhanced photoluminescence and absorbance</t>
   </si>
   <si>
-    <t>Ekaterina Tiguntseva, Filipp Komissarenko, Arthur Ishteev, Valentin Milichko, Dmitry Zuev, Sergey Makarov, Anvar Zakhidov</t>
+    <t>Ekaterina Tiguntseva, Filipp Komissarenko, Arthur Ishteev, Dmitry Zuev, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>062002</t>
   </si>
   <si>
     <t>10.1088/1742-6596/917/6/062002</t>
   </si>
   <si>
     <t>Resonant halide perovskite nanoparticles</t>
   </si>
   <si>
-    <t>Ekaterina Tiguntseva, Filipp Komissarenko, Dmitry Zuev, Valentin Milichko, Sergey Makarov, Anvar Zakhidov</t>
+    <t>Ekaterina Tiguntseva, Filipp Komissarenko, Dmitry Zuev, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>AIP Conference Proceedings</t>
   </si>
   <si>
     <t>10.1063/1.4998122</t>
   </si>
   <si>
     <t>Resonant Silicon Nanoparticles for Enhancement of Light Absorption and Photoluminescence from Hybrid Perovskite Films and Metasurfaces</t>
   </si>
   <si>
-    <t>Ekaterina Tiguntseva, Alexander Chebykin, Arthur Ishteev, Filipp Komissarenko, Valentin Milichko, Dmitry Zuev, Sergey Makarov, Anvar Zakhidov</t>
+    <t>Ekaterina Tiguntseva, Alexander Chebykin, Arthur Ishteev, Filipp Komissarenko, Dmitry Zuev, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>Nanoscale</t>
   </si>
   <si>
     <t>12486-12493</t>
   </si>
   <si>
     <t>10.1039/c7nr01631j</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>