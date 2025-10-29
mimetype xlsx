--- v0 (2025-10-07)
+++ v1 (2025-10-29)
@@ -83,126 +83,126 @@
   <si>
     <t>Dmitry Pidgayko, Ivan Melnichenko, Vitaliy Shkoldin, Lev Logunov, Natalia Kryzhanovskaya, Anton Samusev, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2022.101081</t>
   </si>
   <si>
     <t>Nanoscale Gallium Phosphide Epilayers on Sapphire for Low-Loss Visible Nanophotonics</t>
   </si>
   <si>
     <t>Vladimir V. Fedorov, Olga Yu. Koval, Daniil Ryabov, Sergey V. Fedina, Igor E. Eliseev, Demid A. Kirilenko, Dmitry Pidgayko, Andrey Bogdanov, Yury M. Zadiranov, Alexandr S. Goltaev, Georgy A. Ermolaev, Aleksey V. Arsenin, Sergey Makarov, Anton Samusev, Valentyn S. Volkov, Ivan Mukhin</t>
   </si>
   <si>
     <t>ACS Applied Nano Materials</t>
   </si>
   <si>
     <t>8846-8858</t>
   </si>
   <si>
     <t>10.1021/acsanm.2c00941</t>
   </si>
   <si>
+    <t>Second harmonic generation in hybrid GaP/Au nanocylinders</t>
+  </si>
+  <si>
+    <t>Dmitry Pidgayko, Ilya Deriy, Vladimir Fedorov, Alexey Mozharov, Ivan Mukhin, Yuriy Zadiranov, Mihail Petrov, Anton Samusev, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012172</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012172</t>
+  </si>
+  <si>
     <t>Excitation of a homogeneous dielectric sphere by a point electric dipole</t>
   </si>
   <si>
     <t>Roman Gaponenko,   Ilia L. Rasskazov, Alexander Moroz, Dmitry Pidgayko, Konstantin Ladutenko, Alexey Shcherbakov, Pavel Belov</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012043</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012043</t>
   </si>
   <si>
-    <t>Second harmonic generation in hybrid GaP/Au nanocylinders</t>
-[...10 lines deleted...]
-  <si>
     <t>Theory, Observation, and Ultrafast Response of the Hybrid Anapole Regime in Light Scattering</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Egor Gurvitz, Fedor Benimetskiy, Dmitry Pidgayko, Anton Samusev,  Andrey B. Evlyukhin, Vjaceslavs Bobrovs, Dmitrii Redka, Michael I. Tribelsky, Mohsen Rahmani, Khosro Zangeneh Kamali, Alexander A. Pavlov, Andrey E. Miroshnichenko, Alexander Shalin</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202100114</t>
   </si>
   <si>
     <t>Probing Optical Losses and Dispersion of Fully Guided Waves through Critical Evanescent Coupling</t>
   </si>
   <si>
     <t>Dmitry Permyakov, V. I. Kondratiev, Dmitry Pidgayko, Ivan Sinev, Anton Samusev</t>
   </si>
   <si>
     <t>JETP Letters</t>
   </si>
   <si>
     <t>10.1134/s0021364021120031</t>
   </si>
   <si>
+    <t>Measuring full complex dispersion of guided modes and surface waves in planar photonic structures</t>
+  </si>
+  <si>
+    <t>Dmitry Permyakov, Dmitry Pidgayko, Ivan Sinev, Anton Samusev</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020096</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031978</t>
+  </si>
+  <si>
     <t>Polarization driven control over scattering of a silicon nanoparticle on one-layered substrate</t>
   </si>
   <si>
     <t>Dmitry Pidgayko, Konstantin Ladutenko, Andrey Bogdanov</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020097</t>
   </si>
   <si>
     <t>10.1063/5.0031956</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1063/5.0031978</t>
   </si>
   <si>
     <t>Polarization-controlled selective excitation of Mie resonances in a dielectric nanoparticle on a coated substrate</t>
   </si>
   <si>
     <t>Dmitry Pidgayko, Zarina Sadrieva, Konstantin Ladutenko, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Physical Review B</t>
   </si>
   <si>
     <t>10.1103/physrevb.102.245406</t>
   </si>
   <si>
     <t>Sublayer induced enhancement of electric and magnetic dipole scattering of dielectric nanoparticles</t>
   </si>
   <si>
     <t>012133</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012133</t>
   </si>
   <si>
     <t>Emitting properties of a-Si:C:H films with a gold submicron grating</t>
   </si>
@@ -928,51 +928,51 @@
       <c r="C11" t="s">
         <v>51</v>
       </c>
       <c r="D11">
         <v>102</v>
       </c>
       <c r="E11"/>
       <c r="F11">
         <v>2020</v>
       </c>
       <c r="G11" t="s">
         <v>52</v>
       </c>
       <c r="H11">
         <v>4.04</v>
       </c>
       <c r="I11">
         <v>1.78</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>53</v>
       </c>
       <c r="B12" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12">
         <v>1461</v>
       </c>
       <c r="E12" t="s">
         <v>54</v>
       </c>
       <c r="F12">
         <v>2020</v>
       </c>
       <c r="G12" t="s">
         <v>55</v>
       </c>
       <c r="H12"/>
       <c r="I12">
         <v>0.23</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>56</v>
       </c>