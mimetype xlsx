--- v1 (2025-10-29)
+++ v2 (2025-12-20)
@@ -173,69 +173,69 @@
   <si>
     <t>Polarization driven control over scattering of a silicon nanoparticle on one-layered substrate</t>
   </si>
   <si>
     <t>Dmitry Pidgayko, Konstantin Ladutenko, Andrey Bogdanov</t>
   </si>
   <si>
     <t>020097</t>
   </si>
   <si>
     <t>10.1063/5.0031956</t>
   </si>
   <si>
     <t>Polarization-controlled selective excitation of Mie resonances in a dielectric nanoparticle on a coated substrate</t>
   </si>
   <si>
     <t>Dmitry Pidgayko, Zarina Sadrieva, Konstantin Ladutenko, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Physical Review B</t>
   </si>
   <si>
     <t>10.1103/physrevb.102.245406</t>
   </si>
   <si>
+    <t>Emitting properties of a-Si:C:H films with a gold submicron grating</t>
+  </si>
+  <si>
+    <t>S I Pavlov, S A Dyakov, Anton Samusev, A V Nashchekin, E M Tanklevskaya, N A Feoktistov, N A Gippius, S G Tikhodeev, Dmitry Pidgayko, A B Pevtsov</t>
+  </si>
+  <si>
+    <t>012126</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012126</t>
+  </si>
+  <si>
     <t>Sublayer induced enhancement of electric and magnetic dipole scattering of dielectric nanoparticles</t>
   </si>
   <si>
     <t>012133</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012133</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1088/1742-6596/1461/1/012126</t>
   </si>
   <si>
     <t>Nonlinear polaritons in a monolayer semiconductor coupled to optical bound states in the continuum</t>
   </si>
   <si>
     <t>Vasily Kravtsov, Fedor Benimetskiy, Tatyana Ivanova, Anton Samusev, Ivan Sinev, Dmitry Pidgayko, Alexey Mozharov, Ivan Mukhin, Maksim S. Lozhkin, Yuri V. Kapitonov, Andrey S. Brichkin, Vladimir D. Kulakovskii, Ivan Shelykh, Alexander I. Tartakovskii, Paul M. Walker, Maurice S. Skolnick, Dmitry N. Krizhanovskii, Ivan Iorsh</t>
   </si>
   <si>
     <t>Light: Science and Applications</t>
   </si>
   <si>
     <t>10.1038/s41377-020-0286-z</t>
   </si>
   <si>
     <t>Visualization of isofrequency contours of guided modes in all-dielectric hyperbolic-like metasurface</t>
   </si>
   <si>
     <t>Dmitry Pidgayko, Anton Samusev, Ivan Sinev, Dmitry Permyakov, Stanislav Sychev, F. Heyroth, Andrey Bogdanov</t>
   </si>
   <si>
     <t>2019 Thirteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2019.8900818</t>
   </si>
@@ -928,78 +928,78 @@
       <c r="C11" t="s">
         <v>51</v>
       </c>
       <c r="D11">
         <v>102</v>
       </c>
       <c r="E11"/>
       <c r="F11">
         <v>2020</v>
       </c>
       <c r="G11" t="s">
         <v>52</v>
       </c>
       <c r="H11">
         <v>4.04</v>
       </c>
       <c r="I11">
         <v>1.78</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>53</v>
       </c>
       <c r="B12" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12">
         <v>1461</v>
       </c>
       <c r="E12" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F12">
         <v>2020</v>
       </c>
       <c r="G12" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H12"/>
       <c r="I12">
         <v>0.23</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B13" t="s">
-        <v>57</v>
+        <v>46</v>
       </c>
       <c r="C13" t="s">
         <v>25</v>
       </c>
       <c r="D13">
         <v>1461</v>
       </c>
       <c r="E13" t="s">
         <v>58</v>
       </c>
       <c r="F13">
         <v>2020</v>
       </c>
       <c r="G13" t="s">
         <v>59</v>
       </c>
       <c r="H13"/>
       <c r="I13">
         <v>0.23</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>60</v>
       </c>