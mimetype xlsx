--- v2 (2025-12-20)
+++ v3 (2026-03-22)
@@ -83,75 +83,75 @@
   <si>
     <t>Dmitry Pidgayko, Ivan Melnichenko, Vitaliy Shkoldin, Lev Logunov, Natalia Kryzhanovskaya, Anton Samusev, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2022.101081</t>
   </si>
   <si>
     <t>Nanoscale Gallium Phosphide Epilayers on Sapphire for Low-Loss Visible Nanophotonics</t>
   </si>
   <si>
     <t>Vladimir V. Fedorov, Olga Yu. Koval, Daniil Ryabov, Sergey V. Fedina, Igor E. Eliseev, Demid A. Kirilenko, Dmitry Pidgayko, Andrey Bogdanov, Yury M. Zadiranov, Alexandr S. Goltaev, Georgy A. Ermolaev, Aleksey V. Arsenin, Sergey Makarov, Anton Samusev, Valentyn S. Volkov, Ivan Mukhin</t>
   </si>
   <si>
     <t>ACS Applied Nano Materials</t>
   </si>
   <si>
     <t>8846-8858</t>
   </si>
   <si>
     <t>10.1021/acsanm.2c00941</t>
   </si>
   <si>
+    <t>Excitation of a homogeneous dielectric sphere by a point electric dipole</t>
+  </si>
+  <si>
+    <t>Roman Gaponenko,   Ilia L. Rasskazov, Alexander Moroz, Dmitry Pidgayko, Konstantin Ladutenko, Alexey Shcherbakov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012043</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012043</t>
+  </si>
+  <si>
     <t>Second harmonic generation in hybrid GaP/Au nanocylinders</t>
   </si>
   <si>
     <t>Dmitry Pidgayko, Ilya Deriy, Vladimir Fedorov, Alexey Mozharov, Ivan Mukhin, Yuriy Zadiranov, Mihail Petrov, Anton Samusev, Andrey Bogdanov</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012172</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012172</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1088/1742-6596/2015/1/012043</t>
   </si>
   <si>
     <t>Theory, Observation, and Ultrafast Response of the Hybrid Anapole Regime in Light Scattering</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Egor Gurvitz, Fedor Benimetskiy, Dmitry Pidgayko, Anton Samusev,  Andrey B. Evlyukhin, Vjaceslavs Bobrovs, Dmitrii Redka, Michael I. Tribelsky, Mohsen Rahmani, Khosro Zangeneh Kamali, Alexander A. Pavlov, Andrey E. Miroshnichenko, Alexander Shalin</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202100114</t>
   </si>
   <si>
     <t>Probing Optical Losses and Dispersion of Fully Guided Waves through Critical Evanescent Coupling</t>
   </si>
   <si>
     <t>Dmitry Permyakov, V. I. Kondratiev, Dmitry Pidgayko, Ivan Sinev, Anton Samusev</t>
   </si>
   <si>
     <t>JETP Letters</t>
   </si>
   <si>
     <t>10.1134/s0021364021120031</t>
   </si>