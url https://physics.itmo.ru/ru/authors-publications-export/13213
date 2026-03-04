--- v0 (2025-10-06)
+++ v1 (2026-03-04)
@@ -41,60 +41,60 @@
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
-    <t>Uniform Field in Microwave Cavities Through the Use of Effective Magnetic Walls</t>
-[...8 lines deleted...]
-    <t>10.48550/arXiv.2411.18474</t>
+    <t>Tunable Epsilon Near Zero Metamaterial with Rotating Obround-Shaped Meta-Atoms</t>
+  </si>
+  <si>
+    <t>Rustam  Balafendiev, Gagandeep Kaur, Jim Alexander Espinosa Enriquez, Gaganpreet Singh, Alexander J. Millar, Jon E. Gudmundsson, Pavel Belov</t>
+  </si>
+  <si>
+    <t>arXiv</t>
+  </si>
+  <si>
+    <t>10.48550/arXiv.2506.04428</t>
   </si>
   <si>
     <t>Wire metamaterial filled metallic resonators</t>
   </si>
   <si>
     <t>Rustam  Balafendiev, Alexander J. Millar, Pavel Belov</t>
   </si>
   <si>
     <t>Physical Review B</t>
   </si>
   <si>
     <t>10.1103/physrevb.106.075106</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -418,114 +418,110 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="94.263" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="166.245" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
-      <c r="H2">
-[...4 lines deleted...]
-      </c>
+      <c r="H2"/>
+      <c r="I2"/>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
         <v>106</v>
       </c>
       <c r="E3"/>
       <c r="F3">
         <v>2022</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3">
         <v>3.91</v>
       </c>
       <c r="I3">