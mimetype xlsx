--- v1 (2025-11-18)
+++ v2 (2026-03-12)
@@ -191,87 +191,87 @@
   <si>
     <t>Hierarchical Hexagonal Boron Nitride Nanowall-Decorated Silicon Nanoparticles for Tunable Ink-Free Coloring</t>
   </si>
   <si>
     <t>Louise-Eugénie Bataille, Ivan S. Merenkov, Vitaly Yaroshenko, Pavel Kustov, Pavel Alekseevskiy, Nikita Kulachenkov, Yuliya Kenzhebayeva, Roman Savelev, Dmitry Zuev, Alexandre Nomine, Julien Zollinger, Anna A. Voroshnina, Marina L. Kosinova, Valentin Milichko</t>
   </si>
   <si>
     <t>6106-6114</t>
   </si>
   <si>
     <t>10.1021/acsanm.1c04308</t>
   </si>
   <si>
     <t>Hybrid Resonant Metal-dielectic Nanostructures for Local Color Generation</t>
   </si>
   <si>
     <t>Eduard Ageev, V. A. Iudin, Yali Sun, Elena Petrova, Pavel Kustov, Vitaly Yaroshenko, Julia Mikhailova, A. S. Gudovskikh, Ivan Mukhin, Dmitry Zuev</t>
   </si>
   <si>
     <t>JETP Letters</t>
   </si>
   <si>
     <t>10.1134/s0021364022040014</t>
   </si>
   <si>
+    <t>Temperature monitoring during light-induced release of cargo using polymer capsules modified with gold nanoparticles and nanodiamonds</t>
+  </si>
+  <si>
+    <t>Elena Gerasimova, Vitaly Yaroshenko, P M Talianov, Oleksii Peltek, Lidia Mikhailova, M A Baranov, Polina Kapitanova, Dmitry Zuev, A S Timin, Mikhail Zyuzin</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012045</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012045</t>
+  </si>
+  <si>
     <t>Dielectric nanoresonator for enhancement of 2D material photoluminescence</t>
   </si>
   <si>
     <t>Vitaly Yaroshenko, Pavel Kustov, Dmitry Zuev</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012166</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012166</t>
   </si>
   <si>
     <t>Dielectric metasurface for emission control of magnetic dipole in the near-IR wavelength range</t>
   </si>
   <si>
     <t>Vitaly Yaroshenko, Marina Obramenko, Artem Larin, Eduard Ageev, Dmitry Zuev</t>
   </si>
   <si>
     <t>012165</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012165</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1088/1742-6596/2015/1/012045</t>
   </si>
   <si>
     <t>Spontaneous Light Emission Assisted by Mie Resonances in Diamond Nanoparticles</t>
   </si>
   <si>
     <t>Dmitry V. Obydennov, Daniil A. Shilkin, Ekaterina I. Elyas, Vitaly Yaroshenko, Oleg S. Kudryavtsev, Dmitry Zuev, Evgeny V. Lyubin, Evgeny A. Ekimov, Igor I. Vlasov, Andrey A. Fedyanin</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.1c02616</t>
   </si>
   <si>
     <t>Real-Time Temperature Monitoring of Photoinduced Cargo Release inside Living Cells Using Hybrid Capsules Decorated with Gold Nanoparticles and Fluorescent Nanodiamonds</t>
   </si>
   <si>
     <t>Elena Gerasimova, Vitaly Yaroshenko, Pavel Talianov, Oleksii Peltek, Mikhail A. Baranov, Polina Kapitanova, Dmitry Zuev, Alexander S. Timin, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>ACS Applied Materials &amp; Interfaces</t>
   </si>
   <si>
     <t>10.1021/acsami.1c05252</t>
   </si>
@@ -1192,108 +1192,108 @@
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>59</v>
       </c>
       <c r="B14" t="s">
         <v>60</v>
       </c>
       <c r="C14" t="s">
         <v>61</v>
       </c>
       <c r="D14">
         <v>2015</v>
       </c>
       <c r="E14" t="s">
         <v>62</v>
       </c>
       <c r="F14">
         <v>2021</v>
       </c>
       <c r="G14" t="s">
         <v>63</v>
       </c>
       <c r="H14">
-        <v>0.55</v>
+        <v>0.48</v>
       </c>
       <c r="I14">
         <v>0.21</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>64</v>
       </c>
       <c r="B15" t="s">
         <v>65</v>
       </c>
       <c r="C15" t="s">
         <v>61</v>
       </c>
       <c r="D15">
         <v>2015</v>
       </c>
       <c r="E15" t="s">
         <v>66</v>
       </c>
       <c r="F15">
         <v>2021</v>
       </c>
       <c r="G15" t="s">
         <v>67</v>
       </c>
-      <c r="H15"/>
+      <c r="H15">
+        <v>0.55</v>
+      </c>
       <c r="I15">
         <v>0.21</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>68</v>
       </c>
       <c r="B16" t="s">
         <v>69</v>
       </c>
       <c r="C16" t="s">
         <v>61</v>
       </c>
       <c r="D16">
         <v>2015</v>
       </c>
       <c r="E16" t="s">
         <v>70</v>
       </c>
       <c r="F16">
         <v>2021</v>
       </c>
       <c r="G16" t="s">
         <v>71</v>
       </c>
-      <c r="H16">
-[...1 lines deleted...]
-      </c>
+      <c r="H16"/>
       <c r="I16">
         <v>0.21</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>72</v>
       </c>
       <c r="B17" t="s">
         <v>73</v>
       </c>
       <c r="C17" t="s">
         <v>74</v>
       </c>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17">
         <v>2021</v>
       </c>
       <c r="G17" t="s">
         <v>75</v>
       </c>
       <c r="H17">
         <v>12.26</v>
       </c>