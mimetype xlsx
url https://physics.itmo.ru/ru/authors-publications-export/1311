--- v0 (2025-10-09)
+++ v1 (2025-11-03)
@@ -146,69 +146,69 @@
   <si>
     <t>Decoupling of Two Closely Located Dipole Antennas by a Split-Loop Resonator</t>
   </si>
   <si>
     <t>Radio Science</t>
   </si>
   <si>
     <t>1398-1405</t>
   </si>
   <si>
     <t>10.1029/2018RS006679</t>
   </si>
   <si>
     <t>Passive Electromagnetic Decoupling in an Active Metasurface of Dipoles</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>53-61</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2018.10.001</t>
   </si>
   <si>
+    <t>Decoupling capabilities of split-loop resonator structure for 7 Tesla MRI surface array coils</t>
+  </si>
+  <si>
+    <t>Anna Hurshkainen, Sergei Kurdjumov, Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998028</t>
+  </si>
+  <si>
     <t>A mechanically tunable and efficient ceramic probe for MR-microscopy at 17 Tesla</t>
   </si>
   <si>
     <t>Sergei Kurdjumov, Stanislav Glybovski, Anna Hurshkainen, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1063/1.4998040</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1063/1.4998028</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -778,78 +778,78 @@
       </c>
       <c r="G9" t="s">
         <v>43</v>
       </c>
       <c r="H9">
         <v>1.58</v>
       </c>
       <c r="I9">
         <v>0.43</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>44</v>
       </c>
       <c r="B10" t="s">
         <v>45</v>
       </c>
       <c r="C10" t="s">
         <v>46</v>
       </c>
       <c r="D10">
         <v>1874</v>
       </c>
       <c r="E10">
-        <v>30011</v>
+        <v>20007</v>
       </c>
       <c r="F10">
         <v>2017</v>
       </c>
       <c r="G10" t="s">
         <v>47</v>
       </c>
       <c r="H10"/>
       <c r="I10">
         <v>0.17</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>48</v>
       </c>
       <c r="B11" t="s">
         <v>49</v>
       </c>
       <c r="C11" t="s">
         <v>46</v>
       </c>
       <c r="D11">
         <v>1874</v>
       </c>
       <c r="E11">
-        <v>20007</v>
+        <v>30011</v>
       </c>
       <c r="F11">
         <v>2017</v>
       </c>
       <c r="G11" t="s">
         <v>50</v>
       </c>
       <c r="H11"/>
       <c r="I11">
         <v>0.17</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>