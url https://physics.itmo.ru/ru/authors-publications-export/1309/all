--- v0 (2025-10-06)
+++ v1 (2025-10-26)
@@ -224,87 +224,87 @@
   <si>
     <t>10.1088/1742-6596/1092/1/012091</t>
   </si>
   <si>
     <t>Purcell effect in active diamond nanoantennas</t>
   </si>
   <si>
     <t>Anastasia Zalogina, Roman Savelev, Georgiy Zograf, Filipp Komissarenko, Valentin Milichko, Sergey Makarov, Dmitry Zuev</t>
   </si>
   <si>
     <t>8721-8727</t>
   </si>
   <si>
     <t>10.1039/C7NR07953B</t>
   </si>
   <si>
     <t>Laser deposition of resonant silicon nanoparticles on perovskite for photoluminescence enhancement</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Anastasia Zalogina, Valentin Milichko, Dmitry Zuev, Mikhail Omelyanovich, Arthur Ishteev, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/929/1/012053</t>
   </si>
   <si>
+    <t>Effect of dipole orientation on Purcell factor for the quantum emitter near silicon nanoparticle</t>
+  </si>
+  <si>
+    <t>Anastasia Zalogina, Dmitry Zuev, Roman Savelev, Sergey Makarov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998131</t>
+  </si>
+  <si>
     <t>Enhancement of second harmonic generation in chiral metal-organic frameworks with silicon nanoparticles</t>
   </si>
   <si>
     <t>Anastasia Zalogina, Dmitry Zuev, Sergey Makarov, Valentin Milichko, Pavel Belov</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1063/1.4998132</t>
   </si>
   <si>
     <t>Nano-architecture of metal-organic frameworks</t>
   </si>
   <si>
     <t>Valentin Milichko, Anastasia Zalogina, Andrey Krasilin, Ivan Mukhin, Dmitry Zuev, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1063/1.4998054</t>
   </si>
   <si>
     <t>Reconfigurable c-Si/Au hybrid nanoantenna</t>
   </si>
   <si>
     <t>Alexander Chebykin, Anastasia Zalogina, Dmitry Zuev, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1063/1.4998035</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1063/1.4998131</t>
   </si>
   <si>
     <t>Light-induced tuning and reconfiguration of nanophotonic structures</t>
   </si>
   <si>
     <t>Sergey Makarov, Anastasia Zalogina, Mohammad Tajik, Dmitry Zuev, Mikhail Rybin, Yuri Kivshar</t>
   </si>
   <si>
     <t>UNSP 1700108</t>
   </si>
   <si>
     <t>10.1002/lpor.201700108</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1067,132 +1067,132 @@
       <c r="F16">
         <v>2017</v>
       </c>
       <c r="G16" t="s">
         <v>69</v>
       </c>
       <c r="H16"/>
       <c r="I16">
         <v>0.24</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>70</v>
       </c>
       <c r="B17" t="s">
         <v>71</v>
       </c>
       <c r="C17" t="s">
         <v>72</v>
       </c>
       <c r="D17">
         <v>1874</v>
       </c>
       <c r="E17">
-        <v>40059</v>
+        <v>40058</v>
       </c>
       <c r="F17">
         <v>2017</v>
       </c>
       <c r="G17" t="s">
         <v>73</v>
       </c>
       <c r="H17"/>
       <c r="I17">
         <v>0.17</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>74</v>
       </c>
       <c r="B18" t="s">
         <v>75</v>
       </c>
       <c r="C18" t="s">
         <v>72</v>
       </c>
       <c r="D18">
         <v>1874</v>
       </c>
       <c r="E18">
-        <v>30025</v>
+        <v>40059</v>
       </c>
       <c r="F18">
         <v>2017</v>
       </c>
       <c r="G18" t="s">
         <v>76</v>
       </c>
       <c r="H18"/>
       <c r="I18">
         <v>0.17</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>77</v>
       </c>
       <c r="B19" t="s">
         <v>78</v>
       </c>
       <c r="C19" t="s">
         <v>72</v>
       </c>
       <c r="D19">
         <v>1874</v>
       </c>
       <c r="E19">
-        <v>30006</v>
+        <v>30025</v>
       </c>
       <c r="F19">
         <v>2017</v>
       </c>
       <c r="G19" t="s">
         <v>79</v>
       </c>
       <c r="H19"/>
       <c r="I19">
         <v>0.17</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>80</v>
       </c>
       <c r="B20" t="s">
         <v>81</v>
       </c>
       <c r="C20" t="s">
         <v>72</v>
       </c>
       <c r="D20">
         <v>1874</v>
       </c>
       <c r="E20">
-        <v>40058</v>
+        <v>30006</v>
       </c>
       <c r="F20">
         <v>2017</v>
       </c>
       <c r="G20" t="s">
         <v>82</v>
       </c>
       <c r="H20"/>
       <c r="I20">
         <v>0.17</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>83</v>
       </c>
       <c r="B21" t="s">
         <v>84</v>
       </c>
       <c r="C21" t="s">
         <v>44</v>
       </c>
       <c r="D21">
         <v>11</v>
       </c>