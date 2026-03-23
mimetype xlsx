--- v1 (2025-10-26)
+++ v2 (2026-03-23)
@@ -167,144 +167,144 @@
   <si>
     <t>Yali Sun, Ivan Sinev, Anastasia Zalogina, Eduard Ageev, Hadi Shamkhi Al Naeemah, Filipp Komissarenko, Sergey Lepeshov, Valentin Milichko, Sergey Makarov, Ivan Mukhin, Dmitry Zuev</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.201800274</t>
   </si>
   <si>
     <t>Emission rate studying through nanodiamonds with embedded nitrogen vacancy centers</t>
   </si>
   <si>
     <t>Anastasia Zalogina, Fedor Benimetskiy, Dmitry Pidgayko, Polina Kapitanova, Vitaly Yaroshenko, Sergey Makarov, Dmitry Zuev</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>1092 (1)</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012171</t>
   </si>
   <si>
+    <t>Second harmonic generation from metal-organic framework derivatives</t>
+  </si>
+  <si>
+    <t>Pavel Trofimov, S A Sapchenko, Anastasia Zalogina, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>012091</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012091</t>
+  </si>
+  <si>
     <t>Circularly polarized antenna for coherent manipulation of NV-centers in diamond</t>
   </si>
   <si>
     <t>Vitaly Yaroshenko, Anastasia Zalogina, Dmitriy Zuev, Polina Kapitanova</t>
   </si>
   <si>
     <t>012168</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012168</t>
   </si>
   <si>
     <t>Nanometer scale metal-organic framework nanoparticles for optical application</t>
   </si>
   <si>
     <t>Alexandre Nomine, S A Sapchenko, J Ghanbaja, S Bruyère, Anastasia Zalogina, Pavel Trofimov, Andrey Krasilin, Valentin Milichko</t>
   </si>
   <si>
     <t>012090</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012090</t>
   </si>
   <si>
-    <t>Second harmonic generation from metal-organic framework derivatives</t>
-[...10 lines deleted...]
-  <si>
     <t>Purcell effect in active diamond nanoantennas</t>
   </si>
   <si>
     <t>Anastasia Zalogina, Roman Savelev, Georgiy Zograf, Filipp Komissarenko, Valentin Milichko, Sergey Makarov, Dmitry Zuev</t>
   </si>
   <si>
     <t>8721-8727</t>
   </si>
   <si>
     <t>10.1039/C7NR07953B</t>
   </si>
   <si>
     <t>Laser deposition of resonant silicon nanoparticles on perovskite for photoluminescence enhancement</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Anastasia Zalogina, Valentin Milichko, Dmitry Zuev, Mikhail Omelyanovich, Arthur Ishteev, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/929/1/012053</t>
   </si>
   <si>
+    <t>Reconfigurable c-Si/Au hybrid nanoantenna</t>
+  </si>
+  <si>
+    <t>Alexander Chebykin, Anastasia Zalogina, Dmitry Zuev, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998035</t>
+  </si>
+  <si>
     <t>Effect of dipole orientation on Purcell factor for the quantum emitter near silicon nanoparticle</t>
   </si>
   <si>
     <t>Anastasia Zalogina, Dmitry Zuev, Roman Savelev, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1063/1.4998131</t>
   </si>
   <si>
     <t>Enhancement of second harmonic generation in chiral metal-organic frameworks with silicon nanoparticles</t>
   </si>
   <si>
     <t>Anastasia Zalogina, Dmitry Zuev, Sergey Makarov, Valentin Milichko, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998132</t>
   </si>
   <si>
     <t>Nano-architecture of metal-organic frameworks</t>
   </si>
   <si>
     <t>Valentin Milichko, Anastasia Zalogina, Andrey Krasilin, Ivan Mukhin, Dmitry Zuev, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1063/1.4998054</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1063/1.4998035</t>
   </si>
   <si>
     <t>Light-induced tuning and reconfiguration of nanophotonic structures</t>
   </si>
   <si>
     <t>Sergey Makarov, Anastasia Zalogina, Mohammad Tajik, Dmitry Zuev, Mikhail Rybin, Yuri Kivshar</t>
   </si>
   <si>
     <t>UNSP 1700108</t>
   </si>
   <si>
     <t>10.1002/lpor.201700108</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1067,132 +1067,132 @@
       <c r="F16">
         <v>2017</v>
       </c>
       <c r="G16" t="s">
         <v>69</v>
       </c>
       <c r="H16"/>
       <c r="I16">
         <v>0.24</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>70</v>
       </c>
       <c r="B17" t="s">
         <v>71</v>
       </c>
       <c r="C17" t="s">
         <v>72</v>
       </c>
       <c r="D17">
         <v>1874</v>
       </c>
       <c r="E17">
-        <v>40058</v>
+        <v>30006</v>
       </c>
       <c r="F17">
         <v>2017</v>
       </c>
       <c r="G17" t="s">
         <v>73</v>
       </c>
       <c r="H17"/>
       <c r="I17">
         <v>0.17</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>74</v>
       </c>
       <c r="B18" t="s">
         <v>75</v>
       </c>
       <c r="C18" t="s">
         <v>72</v>
       </c>
       <c r="D18">
         <v>1874</v>
       </c>
       <c r="E18">
-        <v>40059</v>
+        <v>40058</v>
       </c>
       <c r="F18">
         <v>2017</v>
       </c>
       <c r="G18" t="s">
         <v>76</v>
       </c>
       <c r="H18"/>
       <c r="I18">
         <v>0.17</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>77</v>
       </c>
       <c r="B19" t="s">
         <v>78</v>
       </c>
       <c r="C19" t="s">
         <v>72</v>
       </c>
       <c r="D19">
         <v>1874</v>
       </c>
       <c r="E19">
-        <v>30025</v>
+        <v>40059</v>
       </c>
       <c r="F19">
         <v>2017</v>
       </c>
       <c r="G19" t="s">
         <v>79</v>
       </c>
       <c r="H19"/>
       <c r="I19">
         <v>0.17</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>80</v>
       </c>
       <c r="B20" t="s">
         <v>81</v>
       </c>
       <c r="C20" t="s">
         <v>72</v>
       </c>
       <c r="D20">
         <v>1874</v>
       </c>
       <c r="E20">
-        <v>30006</v>
+        <v>30025</v>
       </c>
       <c r="F20">
         <v>2017</v>
       </c>
       <c r="G20" t="s">
         <v>82</v>
       </c>
       <c r="H20"/>
       <c r="I20">
         <v>0.17</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>83</v>
       </c>
       <c r="B21" t="s">
         <v>84</v>
       </c>
       <c r="C21" t="s">
         <v>44</v>
       </c>
       <c r="D21">
         <v>11</v>
       </c>