--- v0 (2025-10-06)
+++ v1 (2025-10-29)
@@ -233,168 +233,168 @@
   <si>
     <t>Semiconductors</t>
   </si>
   <si>
     <t>1942-1945</t>
   </si>
   <si>
     <t>10.1134/s1063782619140197</t>
   </si>
   <si>
     <t>Resonant dielectric waveguide-based nanostructure for efficient interaction with color centers in nanodiamonds</t>
   </si>
   <si>
     <t>Olga Sergaeva, Roman Savelev</t>
   </si>
   <si>
     <t>Nanosystems: Physics, Chemistry, Mathematics</t>
   </si>
   <si>
     <t>266-272</t>
   </si>
   <si>
     <t>10.17586/2220-8054-2019-10-3-266-272</t>
   </si>
   <si>
+    <t>Ultrafast excitation of conduction-band electrons by high-intensity ultrashort laser pulses in band-gap solids: Vinogradov equation versus Drude model</t>
+  </si>
+  <si>
+    <t>Journal of the Optical Society of America B: Optical Physics</t>
+  </si>
+  <si>
+    <t>35 (11)</t>
+  </si>
+  <si>
+    <t>10.1364/JOSAB.35.002895</t>
+  </si>
+  <si>
+    <t>Ultrafast tunable hybrid Yagi-Uda nanoantenna</t>
+  </si>
+  <si>
+    <t>Roman Savelev, Olga Sergaeva</t>
+  </si>
+  <si>
+    <t>IEEE - 2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
+  </si>
+  <si>
+    <t>10.1109/PIERS.2017.8262431</t>
+  </si>
+  <si>
+    <t>Core-shell Yagi-Uda nanoantenna for highly efficient and directive emission</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/929/1/012066</t>
+  </si>
+  <si>
     <t>Ultrafast modification of band structure of wide-band-gap solids by ultrashort pulses of laser-driven electron oscillations</t>
   </si>
   <si>
     <t>Physical Review B</t>
   </si>
   <si>
     <t>98 (11)</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.115202</t>
   </si>
   <si>
     <t>Nonlinear core-shell Yagi-Uda nanoantenna for highly tunable directive emission</t>
   </si>
   <si>
-    <t>Roman Savelev, Olga Sergaeva</t>
-[...1 lines deleted...]
-  <si>
     <t>IEEE - 2017 Conference on Lasers and Electro-Optics (CLEO)</t>
   </si>
   <si>
     <t>JTh2A. 13</t>
   </si>
   <si>
     <t>10.1364/CLEO_AT.2017.JTh2A.13</t>
   </si>
   <si>
-    <t>Ultrafast excitation of conduction-band electrons by high-intensity ultrashort laser pulses in band-gap solids: Vinogradov equation versus Drude model</t>
-[...28 lines deleted...]
-  <si>
     <t>Sub-surface Layer of Silicon Singe Crystal Periodically Nanostructured by Near-infrared Femtosecond Laser Pulses</t>
   </si>
   <si>
     <t>CLEO Pacific Rim Conference 2018</t>
   </si>
   <si>
     <t>W4B.3</t>
   </si>
   <si>
     <t>10.1364/CLEOPR.2018.W4B.3</t>
   </si>
   <si>
     <t>Influence of crystal structure on the ultrafast ionization of cubic wide-band-gap crystals by ultrashort laser pulses</t>
   </si>
   <si>
     <t>IEEE - 2018 Conference on Lasers and Electro-Optics (CLEO)</t>
   </si>
   <si>
     <t>SM3O.4</t>
   </si>
   <si>
     <t>10.1364/CLEO_SI.2018.SM3O.4</t>
   </si>
   <si>
     <t>Ultrafast mechanism of energy-band modification of wide-band-gap crystals by pondermotive potential of Gaussian ultrashort laser pulse</t>
   </si>
   <si>
     <t>IEEE - 2017 XXXIInd General Assembly and Scientific Symposium of the International Union of Radio Sc</t>
   </si>
   <si>
     <t>10.23919/URSIGASS.2017.8105005</t>
   </si>
   <si>
     <t>Simulations of ultrafast laser-induced excitation and heating of electron sub-system of semiconductors with the Vinogradov equation and multi-band Keldysh formula</t>
   </si>
   <si>
     <t>10.23919/URSIGASS.2017.8105007</t>
   </si>
   <si>
     <t>Dynamically reconfigurable metal-semiconductor Yagi-Uda nanoantenna</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.95.235409</t>
   </si>
   <si>
+    <t>Beyond the drude approach: a Keldysh-Vinogradov model of dynamics of ultrafast laser-induced electron excitation</t>
+  </si>
+  <si>
+    <t>STh4J.6</t>
+  </si>
+  <si>
+    <t>10.1364/CLEO_SI.2017.STh4J.6</t>
+  </si>
+  <si>
     <t>Modification of energy bands of a dielectric crystal by pondermotive potential of Gaussian ultrashort laser pulse</t>
   </si>
   <si>
     <t>JTh2A.28</t>
   </si>
   <si>
     <t>10.1364/CLEO_AT.2017.JTh2A.28</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1364/CLEO_SI.2017.STh4J.6</t>
   </si>
   <si>
     <t>Численное моделирование процессов плавления и кристаллизации металлов при воздействии ультракоротких лазерных импульсов</t>
   </si>
   <si>
     <t>Ольга Сергаева</t>
   </si>
   <si>
     <t>Перспективные материалы</t>
   </si>
   <si>
     <t>Modeling of thin Cr film oxidation under the action of ultrashort laser pulses</t>
   </si>
   <si>
     <t>Yakovlev E. B., Olga Sergaeva,  Yarchuk M. V.</t>
   </si>
   <si>
     <t>Proceedings of SPIE</t>
   </si>
   <si>
     <t>10.1117/12.2053178</t>
   </si>
   <si>
     <t>Modeling of metals melting and cristallization under the action of ultrashort laser pulse</t>
   </si>
@@ -1213,166 +1213,166 @@
         <v>71</v>
       </c>
       <c r="F17">
         <v>2019</v>
       </c>
       <c r="G17" t="s">
         <v>72</v>
       </c>
       <c r="H17"/>
       <c r="I17"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>73</v>
       </c>
       <c r="B18" t="s">
         <v>31</v>
       </c>
       <c r="C18" t="s">
         <v>74</v>
       </c>
       <c r="D18" t="s">
         <v>75</v>
       </c>
       <c r="E18">
-        <v>115202</v>
+        <v>2895</v>
       </c>
       <c r="F18">
         <v>2018</v>
       </c>
       <c r="G18" t="s">
         <v>76</v>
       </c>
       <c r="H18">
-        <v>3.74</v>
+        <v>2.05</v>
       </c>
       <c r="I18">
-        <v>1.5</v>
+        <v>0.86</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>77</v>
       </c>
       <c r="B19" t="s">
         <v>78</v>
       </c>
       <c r="C19" t="s">
         <v>79</v>
       </c>
-      <c r="D19" t="s">
-[...2 lines deleted...]
-      <c r="E19"/>
+      <c r="D19"/>
+      <c r="E19">
+        <v>3858</v>
+      </c>
       <c r="F19">
         <v>2018</v>
       </c>
       <c r="G19" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="H19"/>
       <c r="I19"/>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>81</v>
+      </c>
+      <c r="B20" t="s">
+        <v>78</v>
+      </c>
+      <c r="C20" t="s">
         <v>82</v>
       </c>
-      <c r="B20" t="s">
-[...6 lines deleted...]
-        <v>84</v>
+      <c r="D20">
+        <v>929</v>
       </c>
       <c r="E20">
-        <v>2895</v>
+        <v>12066</v>
       </c>
       <c r="F20">
         <v>2018</v>
       </c>
       <c r="G20" t="s">
-        <v>85</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="H20"/>
       <c r="I20">
-        <v>0.86</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>84</v>
+      </c>
+      <c r="B21" t="s">
+        <v>31</v>
+      </c>
+      <c r="C21" t="s">
+        <v>85</v>
+      </c>
+      <c r="D21" t="s">
         <v>86</v>
       </c>
-      <c r="B21" t="s">
-[...5 lines deleted...]
-      <c r="D21"/>
       <c r="E21">
-        <v>3858</v>
+        <v>115202</v>
       </c>
       <c r="F21">
         <v>2018</v>
       </c>
       <c r="G21" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-      <c r="I21"/>
+        <v>87</v>
+      </c>
+      <c r="H21">
+        <v>3.74</v>
+      </c>
+      <c r="I21">
+        <v>1.5</v>
+      </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B22" t="s">
         <v>78</v>
       </c>
       <c r="C22" t="s">
+        <v>89</v>
+      </c>
+      <c r="D22" t="s">
         <v>90</v>
       </c>
-      <c r="D22">
-[...4 lines deleted...]
-      </c>
+      <c r="E22"/>
       <c r="F22">
         <v>2018</v>
       </c>
       <c r="G22" t="s">
         <v>91</v>
       </c>
       <c r="H22"/>
-      <c r="I22">
-[...1 lines deleted...]
-      </c>
+      <c r="I22"/>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>92</v>
       </c>
       <c r="B23" t="s">
         <v>31</v>
       </c>
       <c r="C23" t="s">
         <v>93</v>
       </c>
       <c r="D23"/>
       <c r="E23" t="s">
         <v>94</v>
       </c>
       <c r="F23">
         <v>2018</v>
       </c>
       <c r="G23" t="s">
         <v>95</v>
       </c>
       <c r="H23"/>
       <c r="I23"/>
     </row>
     <row r="24" spans="1:9">
@@ -1426,103 +1426,103 @@
       <c r="B26" t="s">
         <v>31</v>
       </c>
       <c r="C26" t="s">
         <v>101</v>
       </c>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26">
         <v>2017</v>
       </c>
       <c r="G26" t="s">
         <v>104</v>
       </c>
       <c r="H26"/>
       <c r="I26"/>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>105</v>
       </c>
       <c r="B27" t="s">
         <v>78</v>
       </c>
       <c r="C27" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="D27">
         <v>95</v>
       </c>
       <c r="E27">
         <v>235409</v>
       </c>
       <c r="F27">
         <v>2017</v>
       </c>
       <c r="G27" t="s">
         <v>106</v>
       </c>
       <c r="H27">
         <v>3.81</v>
       </c>
       <c r="I27">
         <v>2.34</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>107</v>
       </c>
       <c r="B28" t="s">
         <v>31</v>
       </c>
       <c r="C28" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="D28"/>
       <c r="E28" t="s">
         <v>108</v>
       </c>
       <c r="F28">
         <v>2017</v>
       </c>
       <c r="G28" t="s">
         <v>109</v>
       </c>
       <c r="H28"/>
       <c r="I28"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>110</v>
       </c>
       <c r="B29" t="s">
         <v>31</v>
       </c>
       <c r="C29" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="D29"/>
       <c r="E29" t="s">
         <v>111</v>
       </c>
       <c r="F29">
         <v>2017</v>
       </c>
       <c r="G29" t="s">
         <v>112</v>
       </c>
       <c r="H29"/>
       <c r="I29"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>113</v>
       </c>
       <c r="B30" t="s">
         <v>114</v>
       </c>
       <c r="C30" t="s">
         <v>115</v>
       </c>
       <c r="D30">