--- v1 (2025-10-29)
+++ v2 (2025-11-23)
@@ -314,87 +314,87 @@
   <si>
     <t>Sub-surface Layer of Silicon Singe Crystal Periodically Nanostructured by Near-infrared Femtosecond Laser Pulses</t>
   </si>
   <si>
     <t>CLEO Pacific Rim Conference 2018</t>
   </si>
   <si>
     <t>W4B.3</t>
   </si>
   <si>
     <t>10.1364/CLEOPR.2018.W4B.3</t>
   </si>
   <si>
     <t>Influence of crystal structure on the ultrafast ionization of cubic wide-band-gap crystals by ultrashort laser pulses</t>
   </si>
   <si>
     <t>IEEE - 2018 Conference on Lasers and Electro-Optics (CLEO)</t>
   </si>
   <si>
     <t>SM3O.4</t>
   </si>
   <si>
     <t>10.1364/CLEO_SI.2018.SM3O.4</t>
   </si>
   <si>
+    <t>Simulations of ultrafast laser-induced excitation and heating of electron sub-system of semiconductors with the Vinogradov equation and multi-band Keldysh formula</t>
+  </si>
+  <si>
+    <t>IEEE - 2017 XXXIInd General Assembly and Scientific Symposium of the International Union of Radio Sc</t>
+  </si>
+  <si>
+    <t>10.23919/URSIGASS.2017.8105007</t>
+  </si>
+  <si>
     <t>Ultrafast mechanism of energy-band modification of wide-band-gap crystals by pondermotive potential of Gaussian ultrashort laser pulse</t>
   </si>
   <si>
-    <t>IEEE - 2017 XXXIInd General Assembly and Scientific Symposium of the International Union of Radio Sc</t>
-[...1 lines deleted...]
-  <si>
     <t>10.23919/URSIGASS.2017.8105005</t>
   </si>
   <si>
-    <t>Simulations of ultrafast laser-induced excitation and heating of electron sub-system of semiconductors with the Vinogradov equation and multi-band Keldysh formula</t>
-[...4 lines deleted...]
-  <si>
     <t>Dynamically reconfigurable metal-semiconductor Yagi-Uda nanoantenna</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.95.235409</t>
   </si>
   <si>
+    <t>Modification of energy bands of a dielectric crystal by pondermotive potential of Gaussian ultrashort laser pulse</t>
+  </si>
+  <si>
+    <t>JTh2A.28</t>
+  </si>
+  <si>
+    <t>10.1364/CLEO_AT.2017.JTh2A.28</t>
+  </si>
+  <si>
     <t>Beyond the drude approach: a Keldysh-Vinogradov model of dynamics of ultrafast laser-induced electron excitation</t>
   </si>
   <si>
     <t>STh4J.6</t>
   </si>
   <si>
     <t>10.1364/CLEO_SI.2017.STh4J.6</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1364/CLEO_AT.2017.JTh2A.28</t>
   </si>
   <si>
     <t>Численное моделирование процессов плавления и кристаллизации металлов при воздействии ультракоротких лазерных импульсов</t>
   </si>
   <si>
     <t>Ольга Сергаева</t>
   </si>
   <si>
     <t>Перспективные материалы</t>
   </si>
   <si>
     <t>Modeling of thin Cr film oxidation under the action of ultrashort laser pulses</t>
   </si>
   <si>
     <t>Yakovlev E. B., Olga Sergaeva,  Yarchuk M. V.</t>
   </si>
   <si>
     <t>Proceedings of SPIE</t>
   </si>
   <si>
     <t>10.1117/12.2053178</t>
   </si>
   <si>
     <t>Modeling of metals melting and cristallization under the action of ultrashort laser pulse</t>
   </si>