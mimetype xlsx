--- v2 (2025-11-23)
+++ v3 (2025-12-16)
@@ -12,79 +12,91 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Ultrafast switching of a metasurface quasi-bound state in the continuum via transient optical symmetry breaking</t>
+  </si>
+  <si>
+    <t>Giulia Crotti, Andrea Schirato, Olesya Pashina, Olga Sergaeva, Mihail Petrov, Costantino De Angelis, Giuseppe Della Valle</t>
+  </si>
+  <si>
+    <t>Light: Science &amp; Applications</t>
+  </si>
+  <si>
+    <t>10.1038/s41377-025-01885-z</t>
+  </si>
+  <si>
     <t>Thermo‐Optical Bistability Enabled by Bound States in The Continuum in Silicon Metasurfaces</t>
   </si>
   <si>
     <t>Alexander Barulin, Olesya Pashina, Daniil Ryabov, Olga Sergaeva, Zarina Sadrieva, Alexey Shcherbakov, Viktoriia Rutckaia, Jörg Schilling, Andrey Bogdanov, Ivan Sinev, Alexander Chernov, Mihail Petrov</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202301399</t>
   </si>
   <si>
     <t>Giant photoinduced reflectivity modulation of nonlocal resonances in silicon metasurfaces</t>
   </si>
   <si>
     <t>Andrea Tognazzi, Paolo Franceschini, Olga Sergaeva, Luca Carletti, Ivano Alessandri, Giovanni Finco, Osamu Takayama, Radu Malureanu, Andrei V. Lavrinenko, Alfonso C. Cino, Domenico de Ceglia, Costantino De Angelis</t>
   </si>
   <si>
     <t>Advanced Photonics</t>
   </si>
   <si>
     <t>10.1117/1.ap.5.6.066006</t>
   </si>
   <si>
     <t>Advances in nonlinear metasurfaces for imaging, quantum, and sensing applications</t>
@@ -233,144 +245,144 @@
   <si>
     <t>Semiconductors</t>
   </si>
   <si>
     <t>1942-1945</t>
   </si>
   <si>
     <t>10.1134/s1063782619140197</t>
   </si>
   <si>
     <t>Resonant dielectric waveguide-based nanostructure for efficient interaction with color centers in nanodiamonds</t>
   </si>
   <si>
     <t>Olga Sergaeva, Roman Savelev</t>
   </si>
   <si>
     <t>Nanosystems: Physics, Chemistry, Mathematics</t>
   </si>
   <si>
     <t>266-272</t>
   </si>
   <si>
     <t>10.17586/2220-8054-2019-10-3-266-272</t>
   </si>
   <si>
+    <t>Ultrafast modification of band structure of wide-band-gap solids by ultrashort pulses of laser-driven electron oscillations</t>
+  </si>
+  <si>
+    <t>Physical Review B</t>
+  </si>
+  <si>
+    <t>98 (11)</t>
+  </si>
+  <si>
+    <t>10.1103/PhysRevB.98.115202</t>
+  </si>
+  <si>
+    <t>Nonlinear core-shell Yagi-Uda nanoantenna for highly tunable directive emission</t>
+  </si>
+  <si>
+    <t>Roman Savelev, Olga Sergaeva</t>
+  </si>
+  <si>
+    <t>IEEE - 2017 Conference on Lasers and Electro-Optics (CLEO)</t>
+  </si>
+  <si>
+    <t>JTh2A. 13</t>
+  </si>
+  <si>
+    <t>10.1364/CLEO_AT.2017.JTh2A.13</t>
+  </si>
+  <si>
     <t>Ultrafast excitation of conduction-band electrons by high-intensity ultrashort laser pulses in band-gap solids: Vinogradov equation versus Drude model</t>
   </si>
   <si>
     <t>Journal of the Optical Society of America B: Optical Physics</t>
   </si>
   <si>
     <t>35 (11)</t>
   </si>
   <si>
     <t>10.1364/JOSAB.35.002895</t>
   </si>
   <si>
     <t>Ultrafast tunable hybrid Yagi-Uda nanoantenna</t>
   </si>
   <si>
-    <t>Roman Savelev, Olga Sergaeva</t>
-[...1 lines deleted...]
-  <si>
     <t>IEEE - 2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
   </si>
   <si>
     <t>10.1109/PIERS.2017.8262431</t>
   </si>
   <si>
     <t>Core-shell Yagi-Uda nanoantenna for highly efficient and directive emission</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>10.1088/1742-6596/929/1/012066</t>
   </si>
   <si>
-    <t>Ultrafast modification of band structure of wide-band-gap solids by ultrashort pulses of laser-driven electron oscillations</t>
-[...20 lines deleted...]
-    <t>10.1364/CLEO_AT.2017.JTh2A.13</t>
+    <t>Influence of crystal structure on the ultrafast ionization of cubic wide-band-gap crystals by ultrashort laser pulses</t>
+  </si>
+  <si>
+    <t>IEEE - 2018 Conference on Lasers and Electro-Optics (CLEO)</t>
+  </si>
+  <si>
+    <t>SM3O.4</t>
+  </si>
+  <si>
+    <t>10.1364/CLEO_SI.2018.SM3O.4</t>
   </si>
   <si>
     <t>Sub-surface Layer of Silicon Singe Crystal Periodically Nanostructured by Near-infrared Femtosecond Laser Pulses</t>
   </si>
   <si>
     <t>CLEO Pacific Rim Conference 2018</t>
   </si>
   <si>
     <t>W4B.3</t>
   </si>
   <si>
     <t>10.1364/CLEOPR.2018.W4B.3</t>
   </si>
   <si>
-    <t>Influence of crystal structure on the ultrafast ionization of cubic wide-band-gap crystals by ultrashort laser pulses</t>
-[...8 lines deleted...]
-    <t>10.1364/CLEO_SI.2018.SM3O.4</t>
+    <t>Ultrafast mechanism of energy-band modification of wide-band-gap crystals by pondermotive potential of Gaussian ultrashort laser pulse</t>
+  </si>
+  <si>
+    <t>IEEE - 2017 XXXIInd General Assembly and Scientific Symposium of the International Union of Radio Sc</t>
+  </si>
+  <si>
+    <t>10.23919/URSIGASS.2017.8105005</t>
   </si>
   <si>
     <t>Simulations of ultrafast laser-induced excitation and heating of electron sub-system of semiconductors with the Vinogradov equation and multi-band Keldysh formula</t>
   </si>
   <si>
-    <t>IEEE - 2017 XXXIInd General Assembly and Scientific Symposium of the International Union of Radio Sc</t>
-[...1 lines deleted...]
-  <si>
     <t>10.23919/URSIGASS.2017.8105007</t>
-  </si>
-[...4 lines deleted...]
-    <t>10.23919/URSIGASS.2017.8105005</t>
   </si>
   <si>
     <t>Dynamically reconfigurable metal-semiconductor Yagi-Uda nanoantenna</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.95.235409</t>
   </si>
   <si>
     <t>Modification of energy bands of a dielectric crystal by pondermotive potential of Gaussian ultrashort laser pulse</t>
   </si>
   <si>
     <t>JTh2A.28</t>
   </si>
   <si>
     <t>10.1364/CLEO_AT.2017.JTh2A.28</t>
   </si>
   <si>
     <t>Beyond the drude approach: a Keldysh-Vinogradov model of dynamics of ultrafast laser-induced electron excitation</t>
   </si>
   <si>
     <t>STh4J.6</t>
   </si>
   <si>
     <t>10.1364/CLEO_SI.2017.STh4J.6</t>
   </si>
@@ -761,51 +773,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I35"/>
+  <dimension ref="A1:I36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="192.239" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="252.367" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="137.966" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -819,875 +831,902 @@
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
-      <c r="D2"/>
+      <c r="D2">
+        <v>14</v>
+      </c>
       <c r="E2"/>
       <c r="F2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
-        <v>10.95</v>
+        <v>17.78</v>
       </c>
       <c r="I2">
-        <v>3.17</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="D3">
-[...1 lines deleted...]
-      </c>
+      <c r="D3"/>
       <c r="E3"/>
       <c r="F3">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3">
-        <v>13.86</v>
+        <v>10.95</v>
       </c>
       <c r="I3">
-        <v>4.79</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="E4"/>
       <c r="F4">
         <v>2023</v>
       </c>
       <c r="G4" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="H4">
-        <v>8.45</v>
+        <v>13.86</v>
       </c>
       <c r="I4">
-        <v>2.72</v>
+        <v>4.79</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B5" t="s">
         <v>22</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>23</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>24</v>
       </c>
-      <c r="D5"/>
-      <c r="E5"/>
       <c r="F5">
         <v>2023</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
-      <c r="H5"/>
-      <c r="I5"/>
+      <c r="H5">
+        <v>8.45</v>
+      </c>
+      <c r="I5">
+        <v>2.72</v>
+      </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G6" t="s">
         <v>29</v>
       </c>
-      <c r="H6">
-[...4 lines deleted...]
-      </c>
+      <c r="H6"/>
+      <c r="I6"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>30</v>
       </c>
       <c r="B7" t="s">
         <v>31</v>
       </c>
       <c r="C7" t="s">
         <v>32</v>
       </c>
-      <c r="D7">
-[...1 lines deleted...]
-      </c>
+      <c r="D7"/>
       <c r="E7"/>
       <c r="F7">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G7" t="s">
         <v>33</v>
       </c>
       <c r="H7">
-        <v>1.35</v>
+        <v>8.31</v>
       </c>
       <c r="I7">
-        <v>0.38</v>
+        <v>1.74</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>34</v>
       </c>
       <c r="B8" t="s">
         <v>35</v>
       </c>
       <c r="C8" t="s">
         <v>36</v>
       </c>
-      <c r="D8"/>
+      <c r="D8">
+        <v>61</v>
+      </c>
       <c r="E8"/>
       <c r="F8">
         <v>2021</v>
       </c>
       <c r="G8" t="s">
         <v>37</v>
       </c>
-      <c r="H8"/>
-      <c r="I8"/>
+      <c r="H8">
+        <v>1.35</v>
+      </c>
+      <c r="I8">
+        <v>0.38</v>
+      </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>38</v>
       </c>
       <c r="B9" t="s">
         <v>39</v>
       </c>
       <c r="C9" t="s">
         <v>40</v>
       </c>
-      <c r="D9">
-[...1 lines deleted...]
-      </c>
+      <c r="D9"/>
       <c r="E9"/>
       <c r="F9">
         <v>2021</v>
       </c>
       <c r="G9" t="s">
         <v>41</v>
       </c>
-      <c r="H9">
-[...4 lines deleted...]
-      </c>
+      <c r="H9"/>
+      <c r="I9"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>42</v>
       </c>
       <c r="B10" t="s">
         <v>43</v>
       </c>
       <c r="C10" t="s">
         <v>44</v>
       </c>
-      <c r="D10"/>
+      <c r="D10">
+        <v>15</v>
+      </c>
       <c r="E10"/>
       <c r="F10">
         <v>2021</v>
       </c>
       <c r="G10" t="s">
         <v>45</v>
       </c>
-      <c r="H10"/>
-      <c r="I10"/>
+      <c r="H10">
+        <v>4.93</v>
+      </c>
+      <c r="I10">
+        <v>1.53</v>
+      </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>46</v>
       </c>
       <c r="B11" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="C11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11">
         <v>2021</v>
       </c>
       <c r="G11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H11"/>
       <c r="I11"/>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B12" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12">
         <v>2021</v>
       </c>
       <c r="G12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H12"/>
       <c r="I12"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B13" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C13" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13">
         <v>2021</v>
       </c>
       <c r="G13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H13"/>
       <c r="I13"/>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G14" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H14"/>
       <c r="I14"/>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B15" t="s">
-        <v>59</v>
+        <v>35</v>
       </c>
       <c r="C15" t="s">
         <v>60</v>
       </c>
-      <c r="D15">
-[...4 lines deleted...]
-      </c>
+      <c r="D15"/>
+      <c r="E15"/>
       <c r="F15">
         <v>2020</v>
       </c>
       <c r="G15" t="s">
-        <v>62</v>
-[...6 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>62</v>
+      </c>
+      <c r="B16" t="s">
         <v>63</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>64</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16">
+        <v>14</v>
+      </c>
+      <c r="E16" t="s">
         <v>65</v>
       </c>
-      <c r="D16">
-[...2 lines deleted...]
-      <c r="E16" t="s">
+      <c r="F16">
+        <v>2020</v>
+      </c>
+      <c r="G16" t="s">
         <v>66</v>
       </c>
-      <c r="F16">
-[...4 lines deleted...]
-      </c>
       <c r="H16">
-        <v>0.64</v>
+        <v>15.88</v>
       </c>
       <c r="I16">
-        <v>0.3</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>67</v>
+      </c>
+      <c r="B17" t="s">
         <v>68</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>69</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17">
+        <v>53</v>
+      </c>
+      <c r="E17" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
       <c r="F17">
         <v>2019</v>
       </c>
       <c r="G17" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-      <c r="I17"/>
+        <v>71</v>
+      </c>
+      <c r="H17">
+        <v>0.64</v>
+      </c>
+      <c r="I17">
+        <v>0.3</v>
+      </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>72</v>
+      </c>
+      <c r="B18" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C18" t="s">
         <v>74</v>
       </c>
-      <c r="D18" t="s">
+      <c r="D18">
+        <v>10</v>
+      </c>
+      <c r="E18" t="s">
         <v>75</v>
       </c>
-      <c r="E18">
-[...1 lines deleted...]
-      </c>
       <c r="F18">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G18" t="s">
         <v>76</v>
       </c>
-      <c r="H18">
-[...4 lines deleted...]
-      </c>
+      <c r="H18"/>
+      <c r="I18"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>77</v>
       </c>
       <c r="B19" t="s">
+        <v>35</v>
+      </c>
+      <c r="C19" t="s">
         <v>78</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>79</v>
       </c>
-      <c r="D19"/>
       <c r="E19">
-        <v>3858</v>
+        <v>115202</v>
       </c>
       <c r="F19">
         <v>2018</v>
       </c>
       <c r="G19" t="s">
         <v>80</v>
       </c>
-      <c r="H19"/>
-      <c r="I19"/>
+      <c r="H19">
+        <v>3.74</v>
+      </c>
+      <c r="I19">
+        <v>1.5</v>
+      </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>81</v>
       </c>
       <c r="B20" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="C20" t="s">
-        <v>82</v>
-[...6 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="D20" t="s">
+        <v>84</v>
+      </c>
+      <c r="E20"/>
       <c r="F20">
         <v>2018</v>
       </c>
       <c r="G20" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="H20"/>
-      <c r="I20">
-[...1 lines deleted...]
-      </c>
+      <c r="I20"/>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B21" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C21" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D21" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="E21">
-        <v>115202</v>
+        <v>2895</v>
       </c>
       <c r="F21">
         <v>2018</v>
       </c>
       <c r="G21" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="H21">
-        <v>3.74</v>
+        <v>2.05</v>
       </c>
       <c r="I21">
-        <v>1.5</v>
+        <v>0.86</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B22" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="C22" t="s">
-        <v>89</v>
-[...4 lines deleted...]
-      <c r="E22"/>
+        <v>91</v>
+      </c>
+      <c r="D22"/>
+      <c r="E22">
+        <v>3858</v>
+      </c>
       <c r="F22">
         <v>2018</v>
       </c>
       <c r="G22" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H22"/>
       <c r="I22"/>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B23" t="s">
-        <v>31</v>
+        <v>82</v>
       </c>
       <c r="C23" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-      <c r="E23" t="s">
         <v>94</v>
+      </c>
+      <c r="D23">
+        <v>929</v>
+      </c>
+      <c r="E23">
+        <v>12066</v>
       </c>
       <c r="F23">
         <v>2018</v>
       </c>
       <c r="G23" t="s">
         <v>95</v>
       </c>
       <c r="H23"/>
-      <c r="I23"/>
+      <c r="I23">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>96</v>
       </c>
       <c r="B24" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C24" t="s">
         <v>97</v>
       </c>
       <c r="D24"/>
       <c r="E24" t="s">
         <v>98</v>
       </c>
       <c r="F24">
         <v>2018</v>
       </c>
       <c r="G24" t="s">
         <v>99</v>
       </c>
       <c r="H24"/>
       <c r="I24"/>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>100</v>
       </c>
       <c r="B25" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C25" t="s">
         <v>101</v>
       </c>
       <c r="D25"/>
-      <c r="E25"/>
+      <c r="E25" t="s">
+        <v>102</v>
+      </c>
       <c r="F25">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G25" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="H25"/>
       <c r="I25"/>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B26" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C26" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26">
         <v>2017</v>
       </c>
       <c r="G26" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="H26"/>
       <c r="I26"/>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>107</v>
+      </c>
+      <c r="B27" t="s">
+        <v>35</v>
+      </c>
+      <c r="C27" t="s">
         <v>105</v>
       </c>
-      <c r="B27" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="D27"/>
+      <c r="E27"/>
       <c r="F27">
         <v>2017</v>
       </c>
       <c r="G27" t="s">
-        <v>106</v>
-[...6 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B28" t="s">
-        <v>31</v>
+        <v>82</v>
       </c>
       <c r="C28" t="s">
-        <v>89</v>
-[...3 lines deleted...]
-        <v>108</v>
+        <v>78</v>
+      </c>
+      <c r="D28">
+        <v>95</v>
+      </c>
+      <c r="E28">
+        <v>235409</v>
       </c>
       <c r="F28">
         <v>2017</v>
       </c>
       <c r="G28" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-      <c r="I28"/>
+        <v>110</v>
+      </c>
+      <c r="H28">
+        <v>3.81</v>
+      </c>
+      <c r="I28">
+        <v>2.34</v>
+      </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B29" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C29" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="D29"/>
       <c r="E29" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F29">
         <v>2017</v>
       </c>
       <c r="G29" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H29"/>
       <c r="I29"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B30" t="s">
-        <v>114</v>
+        <v>35</v>
       </c>
       <c r="C30" t="s">
+        <v>83</v>
+      </c>
+      <c r="D30"/>
+      <c r="E30" t="s">
         <v>115</v>
       </c>
-      <c r="D30">
-[...4 lines deleted...]
-      </c>
       <c r="F30">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="G30"/>
+        <v>2017</v>
+      </c>
+      <c r="G30" t="s">
+        <v>116</v>
+      </c>
       <c r="H30"/>
       <c r="I30"/>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B31" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C31" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D31">
-        <v>9065</v>
+        <v>5</v>
       </c>
       <c r="E31">
-        <v>906509</v>
+        <v>42125</v>
       </c>
       <c r="F31">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="G31"/>
       <c r="H31"/>
-      <c r="I31">
-[...1 lines deleted...]
-      </c>
+      <c r="I31"/>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>120</v>
       </c>
       <c r="B32" t="s">
-        <v>31</v>
+        <v>121</v>
       </c>
       <c r="C32" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="D32" t="s">
         <v>122</v>
       </c>
-      <c r="E32" t="s">
+      <c r="D32">
+        <v>9065</v>
+      </c>
+      <c r="E32">
+        <v>906509</v>
+      </c>
+      <c r="F32">
+        <v>2013</v>
+      </c>
+      <c r="G32" t="s">
         <v>123</v>
       </c>
-      <c r="F32">
-[...2 lines deleted...]
-      <c r="G32"/>
       <c r="H32"/>
-      <c r="I32"/>
+      <c r="I32">
+        <v>0.25</v>
+      </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>124</v>
       </c>
       <c r="B33" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C33" t="s">
         <v>125</v>
       </c>
-      <c r="D33">
-[...3 lines deleted...]
-        <v>487</v>
+      <c r="D33" t="s">
+        <v>126</v>
+      </c>
+      <c r="E33" t="s">
+        <v>127</v>
       </c>
       <c r="F33">
-        <v>2011</v>
-[...9 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="G33"/>
+      <c r="H33"/>
+      <c r="I33"/>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B34" t="s">
-        <v>128</v>
+        <v>35</v>
       </c>
       <c r="C34" t="s">
-        <v>118</v>
+        <v>129</v>
       </c>
       <c r="D34">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>78</v>
+      </c>
+      <c r="E34">
+        <v>487</v>
       </c>
       <c r="F34">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G34" t="s">
         <v>130</v>
       </c>
-      <c r="H34"/>
+      <c r="H34">
+        <v>0.34</v>
+      </c>
       <c r="I34">
-        <v>0.24</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>131</v>
       </c>
       <c r="B35" t="s">
-        <v>114</v>
+        <v>132</v>
       </c>
       <c r="C35" t="s">
-        <v>132</v>
+        <v>122</v>
       </c>
       <c r="D35">
-        <v>4</v>
+        <v>799</v>
       </c>
       <c r="E35" t="s">
         <v>133</v>
       </c>
       <c r="F35">
         <v>2010</v>
       </c>
-      <c r="G35"/>
+      <c r="G35" t="s">
+        <v>134</v>
+      </c>
       <c r="H35"/>
-      <c r="I35"/>
+      <c r="I35">
+        <v>0.24</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36" t="s">
+        <v>135</v>
+      </c>
+      <c r="B36" t="s">
+        <v>118</v>
+      </c>
+      <c r="C36" t="s">
+        <v>136</v>
+      </c>
+      <c r="D36">
+        <v>4</v>
+      </c>
+      <c r="E36" t="s">
+        <v>137</v>
+      </c>
+      <c r="F36">
+        <v>2010</v>
+      </c>
+      <c r="G36"/>
+      <c r="H36"/>
+      <c r="I36"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>