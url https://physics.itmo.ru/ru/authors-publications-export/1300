--- v3 (2025-12-16)
+++ v4 (2026-03-10)
@@ -302,87 +302,87 @@
   <si>
     <t>35 (11)</t>
   </si>
   <si>
     <t>10.1364/JOSAB.35.002895</t>
   </si>
   <si>
     <t>Ultrafast tunable hybrid Yagi-Uda nanoantenna</t>
   </si>
   <si>
     <t>IEEE - 2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
   </si>
   <si>
     <t>10.1109/PIERS.2017.8262431</t>
   </si>
   <si>
     <t>Core-shell Yagi-Uda nanoantenna for highly efficient and directive emission</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>10.1088/1742-6596/929/1/012066</t>
   </si>
   <si>
+    <t>Sub-surface Layer of Silicon Singe Crystal Periodically Nanostructured by Near-infrared Femtosecond Laser Pulses</t>
+  </si>
+  <si>
+    <t>CLEO Pacific Rim Conference 2018</t>
+  </si>
+  <si>
+    <t>W4B.3</t>
+  </si>
+  <si>
+    <t>10.1364/CLEOPR.2018.W4B.3</t>
+  </si>
+  <si>
     <t>Influence of crystal structure on the ultrafast ionization of cubic wide-band-gap crystals by ultrashort laser pulses</t>
   </si>
   <si>
     <t>IEEE - 2018 Conference on Lasers and Electro-Optics (CLEO)</t>
   </si>
   <si>
     <t>SM3O.4</t>
   </si>
   <si>
     <t>10.1364/CLEO_SI.2018.SM3O.4</t>
   </si>
   <si>
-    <t>Sub-surface Layer of Silicon Singe Crystal Periodically Nanostructured by Near-infrared Femtosecond Laser Pulses</t>
-[...8 lines deleted...]
-    <t>10.1364/CLEOPR.2018.W4B.3</t>
+    <t>Simulations of ultrafast laser-induced excitation and heating of electron sub-system of semiconductors with the Vinogradov equation and multi-band Keldysh formula</t>
+  </si>
+  <si>
+    <t>IEEE - 2017 XXXIInd General Assembly and Scientific Symposium of the International Union of Radio Sc</t>
+  </si>
+  <si>
+    <t>10.23919/URSIGASS.2017.8105007</t>
   </si>
   <si>
     <t>Ultrafast mechanism of energy-band modification of wide-band-gap crystals by pondermotive potential of Gaussian ultrashort laser pulse</t>
   </si>
   <si>
-    <t>IEEE - 2017 XXXIInd General Assembly and Scientific Symposium of the International Union of Radio Sc</t>
-[...1 lines deleted...]
-  <si>
     <t>10.23919/URSIGASS.2017.8105005</t>
-  </si>
-[...4 lines deleted...]
-    <t>10.23919/URSIGASS.2017.8105007</t>
   </si>
   <si>
     <t>Dynamically reconfigurable metal-semiconductor Yagi-Uda nanoantenna</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.95.235409</t>
   </si>
   <si>
     <t>Modification of energy bands of a dielectric crystal by pondermotive potential of Gaussian ultrashort laser pulse</t>
   </si>
   <si>
     <t>JTh2A.28</t>
   </si>
   <si>
     <t>10.1364/CLEO_AT.2017.JTh2A.28</t>
   </si>
   <si>
     <t>Beyond the drude approach: a Keldysh-Vinogradov model of dynamics of ultrafast laser-induced electron excitation</t>
   </si>
   <si>
     <t>STh4J.6</t>
   </si>
   <si>
     <t>10.1364/CLEO_SI.2017.STh4J.6</t>
   </si>