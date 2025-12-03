--- v1 (2025-11-13)
+++ v2 (2025-12-03)
@@ -329,107 +329,107 @@
   <si>
     <t>10.23919/eucap48036.2020.9135500</t>
   </si>
   <si>
     <t>Simultaneous suppression of forward and backward light scattering by high-index nanoparticles based on Kerker-like effects</t>
   </si>
   <si>
     <t>Hadi Shamkhi Al Naeemah, Kseniia Baryshnikova, Andrey Sayanskiy, Polina Kapitanova, Pavel Terekhov, Pavel Belov, Andrei Evlyukhin, Yuri Kivshar, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012158</t>
   </si>
   <si>
     <t>Non-Huygens Invisible Metasurfaces</t>
   </si>
   <si>
     <t>Hadi Shamkhi Al Naeemah, Kseniia Baryshnikova, Andrey Sayanskiy, Pavel Terekhov, Egor Gurvitz, Adria Сanos Valero, Polina Kapitanova, Andrei Evlyukhin, Pavel Belov, Yuri Kivshar, Alexander Shalin</t>
   </si>
   <si>
     <t>2019 PhotonIcs &amp; Electromagnetics Research Symposium - Spring (PIERS-Spring)</t>
   </si>
   <si>
     <t>10.1109/piers-spring46901.2019.9017217</t>
   </si>
   <si>
+    <t>Self-complementary metasurfaces as efficient tools for polarization sensitive control of THz beams</t>
+  </si>
+  <si>
+    <t>Andrey Sayanskiy, Vladimir Lenets, S. Kuznetsov, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>2019 Thirteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials.2019.8900847</t>
+  </si>
+  <si>
+    <t>Investigation of surface waves on anisotropic self-complementary metasurfaces</t>
+  </si>
+  <si>
+    <t>Vladimir Lenets, Andrey Sayanskiy, Stanislav Glybovski, E. Martini, J. Baena, S. Maci</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials.2019.8900944</t>
+  </si>
+  <si>
+    <t>Left-handed metamaterials matched to free space through mechanical tuning</t>
+  </si>
+  <si>
+    <t>A. C. Escobar, Andrey Sayanskiy, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials.2019.8900935</t>
+  </si>
+  <si>
+    <t>Quasi-isotropic Huygens resonant scatterer in microwaves</t>
+  </si>
+  <si>
+    <t>A. C. Escobar, Andrey Sayanskiy, J. L. Araque-Quijano, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials.2019.8900867</t>
+  </si>
+  <si>
     <t>All-dielectric metamirror for independent and asymmetric wave-front control</t>
   </si>
   <si>
     <t>Mikhail Odit, Andrey Sayanskiy, V. S. Asadchy, Polina Kapitanova, S. A. Tretyakov, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/physrevb.100.205136</t>
   </si>
   <si>
     <t>Reflectionless perfect absorber with low angular and polarization sensitivity</t>
   </si>
   <si>
     <t>J. P. del Risco, Andrey Sayanskiy, J. D. Ortiz, Stanislav Glybovski</t>
   </si>
   <si>
-    <t>2019 Thirteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/metamaterials.2019.8900945</t>
   </si>
   <si>
-    <t>Self-complementary metasurfaces as efficient tools for polarization sensitive control of THz beams</t>
-[...34 lines deleted...]
-  <si>
     <t>Frequency controllable polarization rotation of THz waves with a self-complementary metasurface</t>
   </si>
   <si>
     <t>Andrey Sayanskiy, Sergei A. Kuznetsov, Daria S. Tanygina, Juan P. del Risco, Stanislav Glybovski, Juan D. Baena</t>
   </si>
   <si>
     <t>1-1</t>
   </si>
   <si>
     <t>10.1109/tap.2019.2948738</t>
   </si>
   <si>
     <t>Non-scattering Metasurface-bound Cavities for Field Localization, Enhancement, and Suppression</t>
   </si>
   <si>
     <t>F.S. Cuesta, Andrey Sayanskiy, Vladimir Lenets, X. Ma, Stanislav Glybovski</t>
   </si>
   <si>
     <t>10.1109/tap.2019.2938661</t>
   </si>
   <si>
     <t>Transparency and perfect absorption of all-dielectric resonant metasurfaces governed by the transverse Kerker effect</t>
   </si>
   <si>
     <t>Hadi Shamkhi Al Naeemah, Andrey Sayanskiy, Adria Сanos Valero, Polina Kapitanova, Yuri Kivshar, Alexander Shalin</t>
@@ -467,129 +467,129 @@
   <si>
     <t>014024</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.12.014024</t>
   </si>
   <si>
     <t>Transverse Scattering and Generalized Kerker Effects in All-Dielectric Mie-Resonant Metaoptics</t>
   </si>
   <si>
     <t>Physical Review Letters</t>
   </si>
   <si>
     <t>10.1103/physrevlett.122.193905</t>
   </si>
   <si>
     <t>Controlling high-Q trapped modes in polarization-insensitive all-dielectric metasurfaces</t>
   </si>
   <si>
     <t>Andrey Sayanskiy, Polina Kapitanova</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.99.085306</t>
   </si>
   <si>
+    <t>The physics of self-complementary metasurfaces</t>
+  </si>
+  <si>
+    <t>Andrey Sayanskiy, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>2018 International Conference on Electromagnetics in Advanced Applications (ICEAA)</t>
+  </si>
+  <si>
+    <t>515–517</t>
+  </si>
+  <si>
+    <t>10.1109/ICEAA.2018.8520493</t>
+  </si>
+  <si>
+    <t>Self-complementary tessellations as universal design approach for lp-to-cp transforming frequency selective surfaces</t>
+  </si>
+  <si>
+    <t>Stanislav Glybovski, Andrey Sayanskiy, Alexey Slobozhanyuk, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2018 12th Int. Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
+  </si>
+  <si>
+    <t>155–157</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2018.8534085</t>
+  </si>
+  <si>
+    <t>Broadband-Reflectionless Perfect Absorber Made of Planar Resonators</t>
+  </si>
+  <si>
+    <t>34–36</t>
+  </si>
+  <si>
+    <t>https://ieee</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2018.8534141</t>
+  </si>
+  <si>
+    <t>Huygens’ metasurfaces covering from waveplates to perfect absorbers</t>
+  </si>
+  <si>
+    <t>511–514</t>
+  </si>
+  <si>
+    <t>10.1109/ICEAA.2018.8520494</t>
+  </si>
+  <si>
+    <t>Validity of homogenization for artificial plasmas: Straight strips versus zigzag strips</t>
+  </si>
+  <si>
+    <t>Andrey Sayanskiy, Dmitry Zhirihin, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>31–33</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2018.8534144</t>
+  </si>
+  <si>
+    <t>A linear-to-circular polarization converter with broadband transparency based on Huygens’ metasurface</t>
+  </si>
+  <si>
+    <t>343–345</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2018.8534062</t>
+  </si>
+  <si>
     <t>The physics of self-complementary metasurfaces under circularly polarized waves</t>
   </si>
   <si>
-    <t>Andrey Sayanskiy, Stanislav Glybovski</t>
-[...4 lines deleted...]
-  <si>
     <t>37–39</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2018.8534054</t>
-  </si>
-[...64 lines deleted...]
-    <t>10.1109/MetaMaterials.2018.8534062</t>
   </si>
   <si>
     <t>Experimental observation of toroidal dipole modes in all-dielectric metasurfaces</t>
   </si>
   <si>
     <t>Andrey Sayanskiy, Polina Kapitanova, Yuri Kivshar</t>
   </si>
   <si>
     <t>Advanced Optical Materials</t>
   </si>
   <si>
     <t>10.1002/adom.201801166</t>
   </si>
   <si>
     <t>All-dielectric Metasurfaces as an Efficient Tool for Electromagnetic Waves Manipulation</t>
   </si>
   <si>
     <t>Polina Kapitanova, Andrey Sayanskiy, Mikhail Odit, Pavel Belov</t>
   </si>
   <si>
     <t>20th International Conference on Transparent Optical Networks (ICTON)</t>
   </si>
   <si>
     <t>10.1109/ICTON.2018.8473772</t>
   </si>
@@ -1682,164 +1682,164 @@
       <c r="B25" t="s">
         <v>102</v>
       </c>
       <c r="C25" t="s">
         <v>103</v>
       </c>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25">
         <v>2020</v>
       </c>
       <c r="G25" t="s">
         <v>104</v>
       </c>
       <c r="H25"/>
       <c r="I25"/>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>105</v>
       </c>
       <c r="B26" t="s">
         <v>106</v>
       </c>
       <c r="C26" t="s">
-        <v>54</v>
-[...6 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="D26"/>
+      <c r="E26"/>
       <c r="F26">
         <v>2019</v>
       </c>
       <c r="G26" t="s">
-        <v>107</v>
-[...6 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26"/>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B27" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C27" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27">
         <v>2019</v>
       </c>
       <c r="G27" t="s">
         <v>111</v>
       </c>
       <c r="H27"/>
       <c r="I27"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>112</v>
       </c>
       <c r="B28" t="s">
         <v>113</v>
       </c>
       <c r="C28" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28">
         <v>2019</v>
       </c>
       <c r="G28" t="s">
         <v>114</v>
       </c>
       <c r="H28"/>
       <c r="I28"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>115</v>
       </c>
       <c r="B29" t="s">
         <v>116</v>
       </c>
       <c r="C29" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29">
         <v>2019</v>
       </c>
       <c r="G29" t="s">
         <v>117</v>
       </c>
       <c r="H29"/>
       <c r="I29"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>118</v>
       </c>
       <c r="B30" t="s">
         <v>119</v>
       </c>
       <c r="C30" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-      <c r="E30"/>
+        <v>54</v>
+      </c>
+      <c r="D30">
+        <v>100</v>
+      </c>
+      <c r="E30">
+        <v>205136</v>
+      </c>
       <c r="F30">
         <v>2019</v>
       </c>
       <c r="G30" t="s">
         <v>120</v>
       </c>
-      <c r="H30"/>
-      <c r="I30"/>
+      <c r="H30">
+        <v>3.58</v>
+      </c>
+      <c r="I30">
+        <v>1.81</v>
+      </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>121</v>
       </c>
       <c r="B31" t="s">
         <v>122</v>
       </c>
       <c r="C31" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31">
         <v>2019</v>
       </c>
       <c r="G31" t="s">
         <v>123</v>
       </c>
       <c r="H31"/>
       <c r="I31"/>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>124</v>
       </c>
       <c r="B32" t="s">
         <v>125</v>
       </c>
       <c r="C32" t="s">
         <v>58</v>
       </c>
       <c r="D32"/>
       <c r="E32" t="s">
         <v>126</v>
@@ -2035,171 +2035,171 @@
       </c>
       <c r="B39" t="s">
         <v>152</v>
       </c>
       <c r="C39" t="s">
         <v>153</v>
       </c>
       <c r="D39"/>
       <c r="E39" t="s">
         <v>154</v>
       </c>
       <c r="F39">
         <v>2018</v>
       </c>
       <c r="G39" t="s">
         <v>155</v>
       </c>
       <c r="H39"/>
       <c r="I39"/>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>156</v>
       </c>
       <c r="B40" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="C40" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D40"/>
       <c r="E40" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F40">
         <v>2018</v>
       </c>
       <c r="G40" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H40"/>
       <c r="I40"/>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B41" t="s">
-        <v>161</v>
+        <v>152</v>
       </c>
       <c r="C41" t="s">
-        <v>153</v>
-[...1 lines deleted...]
-      <c r="D41"/>
+        <v>158</v>
+      </c>
+      <c r="D41" t="s">
+        <v>162</v>
+      </c>
       <c r="E41" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F41">
         <v>2018</v>
       </c>
       <c r="G41" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="H41"/>
       <c r="I41"/>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B42" t="s">
         <v>152</v>
       </c>
       <c r="C42" t="s">
         <v>153</v>
       </c>
-      <c r="D42" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D42"/>
       <c r="E42" t="s">
         <v>166</v>
       </c>
       <c r="F42">
         <v>2018</v>
       </c>
       <c r="G42" t="s">
         <v>167</v>
       </c>
       <c r="H42"/>
       <c r="I42"/>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>168</v>
       </c>
       <c r="B43" t="s">
-        <v>152</v>
+        <v>169</v>
       </c>
       <c r="C43" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D43"/>
       <c r="E43" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F43">
         <v>2018</v>
       </c>
       <c r="G43" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="H43"/>
       <c r="I43"/>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B44" t="s">
-        <v>172</v>
+        <v>152</v>
       </c>
       <c r="C44" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="D44"/>
       <c r="E44" t="s">
         <v>173</v>
       </c>
       <c r="F44">
         <v>2018</v>
       </c>
       <c r="G44" t="s">
         <v>174</v>
       </c>
       <c r="H44"/>
       <c r="I44"/>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>175</v>
       </c>
       <c r="B45" t="s">
         <v>152</v>
       </c>
       <c r="C45" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="D45"/>
       <c r="E45" t="s">
         <v>176</v>
       </c>
       <c r="F45">
         <v>2018</v>
       </c>
       <c r="G45" t="s">
         <v>177</v>
       </c>
       <c r="H45"/>
       <c r="I45"/>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>178</v>
       </c>
       <c r="B46" t="s">
         <v>179</v>
       </c>
       <c r="C46" t="s">
         <v>180</v>
       </c>
       <c r="D46">