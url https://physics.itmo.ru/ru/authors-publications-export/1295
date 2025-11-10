--- v0 (2025-10-07)
+++ v1 (2025-11-10)
@@ -80,77 +80,77 @@
   <si>
     <t>Bogdan R. Borodin, Fedor Benimetskiy, Valery Yu. Davydov, Ilya A. Eliseyev, Alexander N. Smirnov, Dmitry Pidgayko, Sergey Lepeshov, Andrey Bogdanov, Prokhor Alekseev</t>
   </si>
   <si>
     <t>Nanoscale Horizons</t>
   </si>
   <si>
     <t>396-403</t>
   </si>
   <si>
     <t>10.1039/d2nh00465h</t>
   </si>
   <si>
     <t>Beyond Bounds on Light Scattering with Complex Frequency Excitations</t>
   </si>
   <si>
     <t>Seunghwi Kim, Sergey Lepeshov, Andrea Alù</t>
   </si>
   <si>
     <t>Physical Review Letters</t>
   </si>
   <si>
     <t>10.1103/physrevlett.129.203601</t>
   </si>
   <si>
+    <t>Bound states in the continuum-induced enhancement of evanescent field confinement</t>
+  </si>
+  <si>
+    <t>Sergey Lepeshov, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012083</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012083</t>
+  </si>
+  <si>
     <t>Mechanical scanning probe lithography of nanophotonic devices based on multilayer TMDCs</t>
   </si>
   <si>
     <t>B R Borodin, Fedor Benimetskiy, V Yu Davydov, I A Eliseyev, Sergey Lepeshov, Andrey Bogdanov, P A Alekseev</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012020</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012020</t>
   </si>
   <si>
-    <t>Bound states in the continuum-induced enhancement of evanescent field confinement</t>
-[...10 lines deleted...]
-  <si>
     <t>Pulling electromagnetic force induced by virtual excitation</t>
   </si>
   <si>
     <t>Sergey Lepeshov</t>
   </si>
   <si>
     <t>2021 Fifteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>10.1109/metamaterials52332.2021.9577192</t>
   </si>
   <si>
     <t>Tunable phase-change metasurfaces</t>
   </si>
   <si>
     <t>Nature Nanotechnology</t>
   </si>
   <si>
     <t>615-616</t>
   </si>
   <si>
     <t>10.1038/s41565-021-00892-6</t>
   </si>
   <si>
     <t>Suppressing material loss in the visible and near-infrared range for functional nanophotonics using bandgap engineering</t>
@@ -182,168 +182,168 @@
   <si>
     <t>10.1364/optica.391569</t>
   </si>
   <si>
     <t>All-Dielectric Optically Tunable Metasurface for Terahertz Phase and Amplitude Modulation</t>
   </si>
   <si>
     <t>012203</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012203</t>
   </si>
   <si>
     <t>Nonscattering-to-Superscattering Switch with Phase-Change Materials</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>2126-2132</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.9b00674</t>
   </si>
   <si>
+    <t>Enhanced excitation and emission from 2D transition metal dichalcogenides with all–dielectric nanoantennas</t>
+  </si>
+  <si>
+    <t>Nanotechnology</t>
+  </si>
+  <si>
+    <t>10.1088/1361-6528/ab0daf</t>
+  </si>
+  <si>
     <t>Hybrid nanophotonics</t>
   </si>
   <si>
     <t>Sergey Lepeshov, Pavel Belov</t>
   </si>
   <si>
     <t>Physics-Uspekhi</t>
   </si>
   <si>
     <t>1035-1050</t>
   </si>
   <si>
     <t>10.3367/UFNe.2017.12.038275</t>
   </si>
   <si>
     <t>All-optical reconfigurable chiral meta-molecules</t>
   </si>
   <si>
     <t>Materials Today</t>
   </si>
   <si>
     <t>10.1016/j.mattod.2019.02.015</t>
   </si>
   <si>
-    <t>Enhanced excitation and emission from 2D transition metal dichalcogenides with all–dielectric nanoantennas</t>
-[...7 lines deleted...]
-  <si>
     <t>Reconfigurable Near-field Enhancement with Hybrid Metal-Dielectric Oligomers</t>
   </si>
   <si>
     <t>Yali Sun, Ivan Sinev, Anastasia Zalogina, Eduard Ageev, Hadi Shamkhi Al Naeemah, Filipp Komissarenko, Sergey Lepeshov, Valentin Milichko, Sergey Makarov, Ivan Mukhin, Dmitry Zuev</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.201800274</t>
   </si>
   <si>
     <t>Asymmetric metasurfaces with high-Q resonances governed by bound states in the continuum</t>
   </si>
   <si>
     <t>Sergey Lepeshov, Andrey Bogdanov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.121.193903</t>
   </si>
   <si>
     <t>Near-field coupling effects in Mie-resonant photonic structures and all-dielectric metasurfaces</t>
   </si>
   <si>
     <t>Sergey Lepeshov, Yuri Kivshar</t>
   </si>
   <si>
     <t>2888-2894</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.8b00246</t>
   </si>
   <si>
     <t>Tunable Resonance Coupling in Single Si Nanoparticle-Monolayer WS2 Structures</t>
   </si>
   <si>
     <t>ACS Applied Materials &amp; Interfaces</t>
   </si>
   <si>
     <t>16690-16697</t>
   </si>
   <si>
     <t>10.1021/acsami.7b17112</t>
   </si>
   <si>
+    <t>Chiral All-Dielectric Trimer Nanoantenna</t>
+  </si>
+  <si>
+    <t>Journal of Quantitative Spectroscopy and Radiative Transfer</t>
+  </si>
+  <si>
+    <t>71-77</t>
+  </si>
+  <si>
+    <t>10.1016/j.jqsrt.2018.01.015</t>
+  </si>
+  <si>
     <t>All-Optical Switching and Unidirectional Plasmon Launching with Nonlinear Dielectric Nanoantennas</t>
   </si>
   <si>
     <t>Sergey Li, Sergey Lepeshov, Roman Savelev, Dmitry Baranov</t>
   </si>
   <si>
     <t>Physical Review Applied</t>
   </si>
   <si>
     <t>10.1103/PhysRevApplied.9.014015</t>
   </si>
   <si>
-    <t>Chiral All-Dielectric Trimer Nanoantenna</t>
-[...8 lines deleted...]
-    <t>10.1016/j.jqsrt.2018.01.015</t>
+    <t>Nanophotonics with 2D Transition Metal Dichalcogenides</t>
+  </si>
+  <si>
+    <t>Optics Express</t>
+  </si>
+  <si>
+    <t>10.1364/OE.26.015972</t>
   </si>
   <si>
     <t>Boosting Terahertz Photoconductive Antenna Performance with Optimised Plasmonic Nanostructures</t>
   </si>
   <si>
     <t>Scientific Reports</t>
   </si>
   <si>
     <t>10.1038/s41598-018-25013-7</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1364/OE.26.015972</t>
   </si>
   <si>
     <t>All-dielectric nanophotonics: the quest for better materials and fabrication techniques</t>
   </si>
   <si>
     <t>Dmitry Zuev, Sergey Lepeshov, Andrei Evlyukhin</t>
   </si>
   <si>
     <t>814-825</t>
   </si>
   <si>
     <t>10.1364/OPTICA.4.000814</t>
   </si>
   <si>
     <t>Fine-Tuning of the Magnetic Fano Resonance in Hybrid Oligomers via fs-Laser Induced Reshaping</t>
   </si>
   <si>
     <t>Sergey Lepeshov, Ivan Mukhin, Dmitry Zuev, Valentin Milichko, Pavel Belov</t>
   </si>
   <si>
     <t>4 (3)</t>
   </si>
   <si>
     <t>536–543</t>
   </si>
@@ -1136,130 +1136,130 @@
       </c>
       <c r="D13">
         <v>6</v>
       </c>
       <c r="E13" t="s">
         <v>54</v>
       </c>
       <c r="F13">
         <v>2019</v>
       </c>
       <c r="G13" t="s">
         <v>55</v>
       </c>
       <c r="H13">
         <v>6.86</v>
       </c>
       <c r="I13">
         <v>2.97</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>56</v>
       </c>
       <c r="B14" t="s">
+        <v>32</v>
+      </c>
+      <c r="C14" t="s">
         <v>57</v>
       </c>
-      <c r="C14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>30</v>
+      </c>
+      <c r="E14">
+        <v>254004</v>
       </c>
       <c r="F14">
         <v>2019</v>
       </c>
       <c r="G14" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="H14">
-        <v>2.82</v>
+        <v>3.55</v>
       </c>
       <c r="I14">
-        <v>0.92</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" t="s">
+        <v>60</v>
+      </c>
+      <c r="C15" t="s">
         <v>61</v>
       </c>
-      <c r="B15" t="s">
-[...2 lines deleted...]
-      <c r="C15" t="s">
+      <c r="D15">
+        <v>61</v>
+      </c>
+      <c r="E15" t="s">
         <v>62</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
       <c r="F15">
         <v>2019</v>
       </c>
       <c r="G15" t="s">
         <v>63</v>
       </c>
       <c r="H15">
-        <v>26.42</v>
+        <v>2.82</v>
       </c>
       <c r="I15">
-        <v>7.61</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>64</v>
       </c>
       <c r="B16" t="s">
         <v>32</v>
       </c>
       <c r="C16" t="s">
         <v>65</v>
       </c>
       <c r="D16">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="E16">
-        <v>254004</v>
+        <v>10</v>
       </c>
       <c r="F16">
         <v>2019</v>
       </c>
       <c r="G16" t="s">
         <v>66</v>
       </c>
       <c r="H16">
-        <v>3.55</v>
+        <v>26.42</v>
       </c>
       <c r="I16">
-        <v>1.03</v>
+        <v>7.61</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>67</v>
       </c>
       <c r="B17" t="s">
         <v>68</v>
       </c>
       <c r="C17" t="s">
         <v>69</v>
       </c>
       <c r="D17">
         <v>13</v>
       </c>
       <c r="E17">
         <v>1800274</v>
       </c>
       <c r="F17">
         <v>2019</v>
       </c>
       <c r="G17" t="s">
         <v>70</v>
       </c>
       <c r="H17">
@@ -1339,159 +1339,159 @@
       </c>
       <c r="D20">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>80</v>
       </c>
       <c r="F20">
         <v>2018</v>
       </c>
       <c r="G20" t="s">
         <v>81</v>
       </c>
       <c r="H20">
         <v>8.1</v>
       </c>
       <c r="I20">
         <v>2.78</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>82</v>
       </c>
       <c r="B21" t="s">
+        <v>32</v>
+      </c>
+      <c r="C21" t="s">
         <v>83</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21">
+        <v>208</v>
+      </c>
+      <c r="E21" t="s">
         <v>84</v>
-      </c>
-[...4 lines deleted...]
-        <v>14015</v>
       </c>
       <c r="F21">
         <v>2018</v>
       </c>
       <c r="G21" t="s">
         <v>85</v>
       </c>
       <c r="H21">
-        <v>4.53</v>
+        <v>2.6</v>
       </c>
       <c r="I21">
-        <v>1.94</v>
+        <v>0.78</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>86</v>
       </c>
       <c r="B22" t="s">
-        <v>32</v>
+        <v>87</v>
       </c>
       <c r="C22" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D22">
-        <v>208</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>9</v>
+      </c>
+      <c r="E22">
+        <v>14015</v>
       </c>
       <c r="F22">
         <v>2018</v>
       </c>
       <c r="G22" t="s">
         <v>89</v>
       </c>
       <c r="H22">
-        <v>2.6</v>
+        <v>4.53</v>
       </c>
       <c r="I22">
-        <v>0.78</v>
+        <v>1.94</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>90</v>
       </c>
       <c r="B23" t="s">
-        <v>57</v>
+        <v>32</v>
       </c>
       <c r="C23" t="s">
         <v>91</v>
       </c>
       <c r="D23">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E23">
-        <v>6624</v>
+        <v>15972</v>
       </c>
       <c r="F23">
         <v>2018</v>
       </c>
       <c r="G23" t="s">
         <v>92</v>
       </c>
       <c r="H23">
-        <v>4.01</v>
+        <v>3.56</v>
       </c>
       <c r="I23">
-        <v>1.41</v>
+        <v>1.47</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>93</v>
       </c>
       <c r="B24" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="C24" t="s">
         <v>94</v>
       </c>
       <c r="D24">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="E24">
-        <v>15972</v>
+        <v>6624</v>
       </c>
       <c r="F24">
         <v>2018</v>
       </c>
       <c r="G24" t="s">
         <v>95</v>
       </c>
       <c r="H24">
-        <v>3.56</v>
+        <v>4.01</v>
       </c>
       <c r="I24">
-        <v>1.47</v>
+        <v>1.41</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>96</v>
       </c>
       <c r="B25" t="s">
         <v>97</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25">
         <v>4</v>
       </c>
       <c r="E25" t="s">
         <v>98</v>
       </c>
       <c r="F25">
         <v>2017</v>
       </c>
       <c r="G25" t="s">
         <v>99</v>
       </c>
       <c r="H25">
@@ -1513,51 +1513,51 @@
       </c>
       <c r="D26" t="s">
         <v>102</v>
       </c>
       <c r="E26" t="s">
         <v>103</v>
       </c>
       <c r="F26">
         <v>2017</v>
       </c>
       <c r="G26" t="s">
         <v>104</v>
       </c>
       <c r="H26">
         <v>6.88</v>
       </c>
       <c r="I26">
         <v>3.38</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>105</v>
       </c>
       <c r="B27" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C27" t="s">
         <v>24</v>
       </c>
       <c r="D27">
         <v>917</v>
       </c>
       <c r="E27">
         <v>62060</v>
       </c>
       <c r="F27">
         <v>2017</v>
       </c>
       <c r="G27" t="s">
         <v>106</v>
       </c>
       <c r="H27"/>
       <c r="I27">
         <v>0.24</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>107</v>
       </c>
@@ -1588,51 +1588,51 @@
       <c r="C29" t="s">
         <v>24</v>
       </c>
       <c r="D29">
         <v>917</v>
       </c>
       <c r="E29">
         <v>62054</v>
       </c>
       <c r="F29">
         <v>2017</v>
       </c>
       <c r="G29" t="s">
         <v>113</v>
       </c>
       <c r="H29"/>
       <c r="I29">
         <v>0.24</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>114</v>
       </c>
       <c r="B30" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="C30" t="s">
         <v>109</v>
       </c>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30">
         <v>2017</v>
       </c>
       <c r="G30" t="s">
         <v>115</v>
       </c>
       <c r="H30"/>
       <c r="I30"/>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>116</v>
       </c>
       <c r="B31" t="s">
         <v>117</v>
       </c>
       <c r="C31" t="s">
         <v>118</v>
       </c>
@@ -1661,51 +1661,51 @@
       </c>
       <c r="B32" t="s">
         <v>121</v>
       </c>
       <c r="C32" t="s">
         <v>122</v>
       </c>
       <c r="D32"/>
       <c r="E32" t="s">
         <v>123</v>
       </c>
       <c r="F32">
         <v>2016</v>
       </c>
       <c r="G32" t="s">
         <v>124</v>
       </c>
       <c r="H32"/>
       <c r="I32"/>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>125</v>
       </c>
       <c r="B33" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C33" t="s">
         <v>69</v>
       </c>
       <c r="D33">
         <v>11</v>
       </c>
       <c r="E33">
         <v>1600199</v>
       </c>
       <c r="F33">
         <v>2016</v>
       </c>
       <c r="G33" t="s">
         <v>126</v>
       </c>
       <c r="H33">
         <v>8.43</v>
       </c>
       <c r="I33">
         <v>4.01</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">