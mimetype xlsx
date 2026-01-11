--- v1 (2025-11-10)
+++ v2 (2026-01-11)
@@ -182,150 +182,150 @@
   <si>
     <t>10.1364/optica.391569</t>
   </si>
   <si>
     <t>All-Dielectric Optically Tunable Metasurface for Terahertz Phase and Amplitude Modulation</t>
   </si>
   <si>
     <t>012203</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012203</t>
   </si>
   <si>
     <t>Nonscattering-to-Superscattering Switch with Phase-Change Materials</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>2126-2132</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.9b00674</t>
   </si>
   <si>
+    <t>Hybrid nanophotonics</t>
+  </si>
+  <si>
+    <t>Sergey Lepeshov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>Physics-Uspekhi</t>
+  </si>
+  <si>
+    <t>1035-1050</t>
+  </si>
+  <si>
+    <t>10.3367/UFNe.2017.12.038275</t>
+  </si>
+  <si>
+    <t>All-optical reconfigurable chiral meta-molecules</t>
+  </si>
+  <si>
+    <t>Materials Today</t>
+  </si>
+  <si>
+    <t>10.1016/j.mattod.2019.02.015</t>
+  </si>
+  <si>
     <t>Enhanced excitation and emission from 2D transition metal dichalcogenides with all–dielectric nanoantennas</t>
   </si>
   <si>
     <t>Nanotechnology</t>
   </si>
   <si>
     <t>10.1088/1361-6528/ab0daf</t>
   </si>
   <si>
-    <t>Hybrid nanophotonics</t>
-[...22 lines deleted...]
-  <si>
     <t>Reconfigurable Near-field Enhancement with Hybrid Metal-Dielectric Oligomers</t>
   </si>
   <si>
     <t>Yali Sun, Ivan Sinev, Anastasia Zalogina, Eduard Ageev, Hadi Shamkhi Al Naeemah, Filipp Komissarenko, Sergey Lepeshov, Valentin Milichko, Sergey Makarov, Ivan Mukhin, Dmitry Zuev</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.201800274</t>
   </si>
   <si>
     <t>Asymmetric metasurfaces with high-Q resonances governed by bound states in the continuum</t>
   </si>
   <si>
     <t>Sergey Lepeshov, Andrey Bogdanov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.121.193903</t>
   </si>
   <si>
     <t>Near-field coupling effects in Mie-resonant photonic structures and all-dielectric metasurfaces</t>
   </si>
   <si>
     <t>Sergey Lepeshov, Yuri Kivshar</t>
   </si>
   <si>
     <t>2888-2894</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.8b00246</t>
   </si>
   <si>
     <t>Tunable Resonance Coupling in Single Si Nanoparticle-Monolayer WS2 Structures</t>
   </si>
   <si>
     <t>ACS Applied Materials &amp; Interfaces</t>
   </si>
   <si>
     <t>16690-16697</t>
   </si>
   <si>
     <t>10.1021/acsami.7b17112</t>
   </si>
   <si>
+    <t>All-Optical Switching and Unidirectional Plasmon Launching with Nonlinear Dielectric Nanoantennas</t>
+  </si>
+  <si>
+    <t>Sergey Li, Sergey Lepeshov, Roman Savelev, Dmitry Baranov</t>
+  </si>
+  <si>
+    <t>Physical Review Applied</t>
+  </si>
+  <si>
+    <t>10.1103/PhysRevApplied.9.014015</t>
+  </si>
+  <si>
     <t>Chiral All-Dielectric Trimer Nanoantenna</t>
   </si>
   <si>
     <t>Journal of Quantitative Spectroscopy and Radiative Transfer</t>
   </si>
   <si>
     <t>71-77</t>
   </si>
   <si>
     <t>10.1016/j.jqsrt.2018.01.015</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1103/PhysRevApplied.9.014015</t>
   </si>
   <si>
     <t>Nanophotonics with 2D Transition Metal Dichalcogenides</t>
   </si>
   <si>
     <t>Optics Express</t>
   </si>
   <si>
     <t>10.1364/OE.26.015972</t>
   </si>
   <si>
     <t>Boosting Terahertz Photoconductive Antenna Performance with Optimised Plasmonic Nanostructures</t>
   </si>
   <si>
     <t>Scientific Reports</t>
   </si>
   <si>
     <t>10.1038/s41598-018-25013-7</t>
   </si>
   <si>
     <t>All-dielectric nanophotonics: the quest for better materials and fabrication techniques</t>
   </si>
   <si>
     <t>Dmitry Zuev, Sergey Lepeshov, Andrei Evlyukhin</t>
   </si>
@@ -1136,130 +1136,130 @@
       </c>
       <c r="D13">
         <v>6</v>
       </c>
       <c r="E13" t="s">
         <v>54</v>
       </c>
       <c r="F13">
         <v>2019</v>
       </c>
       <c r="G13" t="s">
         <v>55</v>
       </c>
       <c r="H13">
         <v>6.86</v>
       </c>
       <c r="I13">
         <v>2.97</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>56</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="C14" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D14">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>254004</v>
+        <v>61</v>
+      </c>
+      <c r="E14" t="s">
+        <v>59</v>
       </c>
       <c r="F14">
         <v>2019</v>
       </c>
       <c r="G14" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="H14">
-        <v>3.55</v>
+        <v>2.82</v>
       </c>
       <c r="I14">
-        <v>1.03</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B15" t="s">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="C15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D15">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>25</v>
+      </c>
+      <c r="E15">
+        <v>10</v>
       </c>
       <c r="F15">
         <v>2019</v>
       </c>
       <c r="G15" t="s">
         <v>63</v>
       </c>
       <c r="H15">
-        <v>2.82</v>
+        <v>26.42</v>
       </c>
       <c r="I15">
-        <v>0.92</v>
+        <v>7.61</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>64</v>
       </c>
       <c r="B16" t="s">
         <v>32</v>
       </c>
       <c r="C16" t="s">
         <v>65</v>
       </c>
       <c r="D16">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="E16">
-        <v>10</v>
+        <v>254004</v>
       </c>
       <c r="F16">
         <v>2019</v>
       </c>
       <c r="G16" t="s">
         <v>66</v>
       </c>
       <c r="H16">
-        <v>26.42</v>
+        <v>3.55</v>
       </c>
       <c r="I16">
-        <v>7.61</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>67</v>
       </c>
       <c r="B17" t="s">
         <v>68</v>
       </c>
       <c r="C17" t="s">
         <v>69</v>
       </c>
       <c r="D17">
         <v>13</v>
       </c>
       <c r="E17">
         <v>1800274</v>
       </c>
       <c r="F17">
         <v>2019</v>
       </c>
       <c r="G17" t="s">
         <v>70</v>
       </c>
       <c r="H17">
@@ -1339,138 +1339,138 @@
       </c>
       <c r="D20">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>80</v>
       </c>
       <c r="F20">
         <v>2018</v>
       </c>
       <c r="G20" t="s">
         <v>81</v>
       </c>
       <c r="H20">
         <v>8.1</v>
       </c>
       <c r="I20">
         <v>2.78</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>82</v>
       </c>
       <c r="B21" t="s">
-        <v>32</v>
+        <v>83</v>
       </c>
       <c r="C21" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D21">
-        <v>208</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>9</v>
+      </c>
+      <c r="E21">
+        <v>14015</v>
       </c>
       <c r="F21">
         <v>2018</v>
       </c>
       <c r="G21" t="s">
         <v>85</v>
       </c>
       <c r="H21">
-        <v>2.6</v>
+        <v>4.53</v>
       </c>
       <c r="I21">
-        <v>0.78</v>
+        <v>1.94</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>86</v>
       </c>
       <c r="B22" t="s">
+        <v>32</v>
+      </c>
+      <c r="C22" t="s">
         <v>87</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22">
+        <v>208</v>
+      </c>
+      <c r="E22" t="s">
         <v>88</v>
-      </c>
-[...4 lines deleted...]
-        <v>14015</v>
       </c>
       <c r="F22">
         <v>2018</v>
       </c>
       <c r="G22" t="s">
         <v>89</v>
       </c>
       <c r="H22">
-        <v>4.53</v>
+        <v>2.6</v>
       </c>
       <c r="I22">
-        <v>1.94</v>
+        <v>0.78</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>90</v>
       </c>
       <c r="B23" t="s">
         <v>32</v>
       </c>
       <c r="C23" t="s">
         <v>91</v>
       </c>
       <c r="D23">
         <v>26</v>
       </c>
       <c r="E23">
         <v>15972</v>
       </c>
       <c r="F23">
         <v>2018</v>
       </c>
       <c r="G23" t="s">
         <v>92</v>
       </c>
       <c r="H23">
         <v>3.56</v>
       </c>
       <c r="I23">
         <v>1.47</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>93</v>
       </c>
       <c r="B24" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="C24" t="s">
         <v>94</v>
       </c>
       <c r="D24">
         <v>8</v>
       </c>
       <c r="E24">
         <v>6624</v>
       </c>
       <c r="F24">
         <v>2018</v>
       </c>
       <c r="G24" t="s">
         <v>95</v>
       </c>
       <c r="H24">
         <v>4.01</v>
       </c>
       <c r="I24">
         <v>1.41</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
@@ -1513,51 +1513,51 @@
       </c>
       <c r="D26" t="s">
         <v>102</v>
       </c>
       <c r="E26" t="s">
         <v>103</v>
       </c>
       <c r="F26">
         <v>2017</v>
       </c>
       <c r="G26" t="s">
         <v>104</v>
       </c>
       <c r="H26">
         <v>6.88</v>
       </c>
       <c r="I26">
         <v>3.38</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>105</v>
       </c>
       <c r="B27" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="C27" t="s">
         <v>24</v>
       </c>
       <c r="D27">
         <v>917</v>
       </c>
       <c r="E27">
         <v>62060</v>
       </c>
       <c r="F27">
         <v>2017</v>
       </c>
       <c r="G27" t="s">
         <v>106</v>
       </c>
       <c r="H27"/>
       <c r="I27">
         <v>0.24</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>107</v>
       </c>
@@ -1588,51 +1588,51 @@
       <c r="C29" t="s">
         <v>24</v>
       </c>
       <c r="D29">
         <v>917</v>
       </c>
       <c r="E29">
         <v>62054</v>
       </c>
       <c r="F29">
         <v>2017</v>
       </c>
       <c r="G29" t="s">
         <v>113</v>
       </c>
       <c r="H29"/>
       <c r="I29">
         <v>0.24</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>114</v>
       </c>
       <c r="B30" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="C30" t="s">
         <v>109</v>
       </c>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30">
         <v>2017</v>
       </c>
       <c r="G30" t="s">
         <v>115</v>
       </c>
       <c r="H30"/>
       <c r="I30"/>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>116</v>
       </c>
       <c r="B31" t="s">
         <v>117</v>
       </c>
       <c r="C31" t="s">
         <v>118</v>
       </c>
@@ -1661,51 +1661,51 @@
       </c>
       <c r="B32" t="s">
         <v>121</v>
       </c>
       <c r="C32" t="s">
         <v>122</v>
       </c>
       <c r="D32"/>
       <c r="E32" t="s">
         <v>123</v>
       </c>
       <c r="F32">
         <v>2016</v>
       </c>
       <c r="G32" t="s">
         <v>124</v>
       </c>
       <c r="H32"/>
       <c r="I32"/>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>125</v>
       </c>
       <c r="B33" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="C33" t="s">
         <v>69</v>
       </c>
       <c r="D33">
         <v>11</v>
       </c>
       <c r="E33">
         <v>1600199</v>
       </c>
       <c r="F33">
         <v>2016</v>
       </c>
       <c r="G33" t="s">
         <v>126</v>
       </c>
       <c r="H33">
         <v>8.43</v>
       </c>
       <c r="I33">
         <v>4.01</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">