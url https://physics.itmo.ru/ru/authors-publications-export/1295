--- v2 (2026-01-11)
+++ v3 (2026-03-05)
@@ -80,77 +80,77 @@
   <si>
     <t>Bogdan R. Borodin, Fedor Benimetskiy, Valery Yu. Davydov, Ilya A. Eliseyev, Alexander N. Smirnov, Dmitry Pidgayko, Sergey Lepeshov, Andrey Bogdanov, Prokhor Alekseev</t>
   </si>
   <si>
     <t>Nanoscale Horizons</t>
   </si>
   <si>
     <t>396-403</t>
   </si>
   <si>
     <t>10.1039/d2nh00465h</t>
   </si>
   <si>
     <t>Beyond Bounds on Light Scattering with Complex Frequency Excitations</t>
   </si>
   <si>
     <t>Seunghwi Kim, Sergey Lepeshov, Andrea Alù</t>
   </si>
   <si>
     <t>Physical Review Letters</t>
   </si>
   <si>
     <t>10.1103/physrevlett.129.203601</t>
   </si>
   <si>
+    <t>Mechanical scanning probe lithography of nanophotonic devices based on multilayer TMDCs</t>
+  </si>
+  <si>
+    <t>B R Borodin, Fedor Benimetskiy, V Yu Davydov, I A Eliseyev, Sergey Lepeshov, Andrey Bogdanov, P A Alekseev</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012020</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012020</t>
+  </si>
+  <si>
     <t>Bound states in the continuum-induced enhancement of evanescent field confinement</t>
   </si>
   <si>
     <t>Sergey Lepeshov, Andrey Bogdanov</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012083</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012083</t>
   </si>
   <si>
-    <t>Mechanical scanning probe lithography of nanophotonic devices based on multilayer TMDCs</t>
-[...10 lines deleted...]
-  <si>
     <t>Pulling electromagnetic force induced by virtual excitation</t>
   </si>
   <si>
     <t>Sergey Lepeshov</t>
   </si>
   <si>
     <t>2021 Fifteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>10.1109/metamaterials52332.2021.9577192</t>
   </si>
   <si>
     <t>Tunable phase-change metasurfaces</t>
   </si>
   <si>
     <t>Nature Nanotechnology</t>
   </si>
   <si>
     <t>615-616</t>
   </si>
   <si>
     <t>10.1038/s41565-021-00892-6</t>
   </si>
   <si>
     <t>Suppressing material loss in the visible and near-infrared range for functional nanophotonics using bandgap engineering</t>
@@ -284,126 +284,126 @@
   <si>
     <t>All-Optical Switching and Unidirectional Plasmon Launching with Nonlinear Dielectric Nanoantennas</t>
   </si>
   <si>
     <t>Sergey Li, Sergey Lepeshov, Roman Savelev, Dmitry Baranov</t>
   </si>
   <si>
     <t>Physical Review Applied</t>
   </si>
   <si>
     <t>10.1103/PhysRevApplied.9.014015</t>
   </si>
   <si>
     <t>Chiral All-Dielectric Trimer Nanoantenna</t>
   </si>
   <si>
     <t>Journal of Quantitative Spectroscopy and Radiative Transfer</t>
   </si>
   <si>
     <t>71-77</t>
   </si>
   <si>
     <t>10.1016/j.jqsrt.2018.01.015</t>
   </si>
   <si>
+    <t>Boosting Terahertz Photoconductive Antenna Performance with Optimised Plasmonic Nanostructures</t>
+  </si>
+  <si>
+    <t>Scientific Reports</t>
+  </si>
+  <si>
+    <t>10.1038/s41598-018-25013-7</t>
+  </si>
+  <si>
     <t>Nanophotonics with 2D Transition Metal Dichalcogenides</t>
   </si>
   <si>
     <t>Optics Express</t>
   </si>
   <si>
     <t>10.1364/OE.26.015972</t>
   </si>
   <si>
-    <t>Boosting Terahertz Photoconductive Antenna Performance with Optimised Plasmonic Nanostructures</t>
-[...7 lines deleted...]
-  <si>
     <t>All-dielectric nanophotonics: the quest for better materials and fabrication techniques</t>
   </si>
   <si>
     <t>Dmitry Zuev, Sergey Lepeshov, Andrei Evlyukhin</t>
   </si>
   <si>
     <t>814-825</t>
   </si>
   <si>
     <t>10.1364/OPTICA.4.000814</t>
   </si>
   <si>
     <t>Fine-Tuning of the Magnetic Fano Resonance in Hybrid Oligomers via fs-Laser Induced Reshaping</t>
   </si>
   <si>
     <t>Sergey Lepeshov, Ivan Mukhin, Dmitry Zuev, Valentin Milichko, Pavel Belov</t>
   </si>
   <si>
     <t>4 (3)</t>
   </si>
   <si>
     <t>536–543</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.6b00727</t>
   </si>
   <si>
+    <t>Experimental demonstration of a reconfigurable magnetic Fano resonance in hybrid oligomers</t>
+  </si>
+  <si>
+    <t>Sergey Lepeshov, Dmitry Zuev, Valentin Milichko, Pavel Belov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>2017 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2017.8168025</t>
+  </si>
+  <si>
+    <t>Dielectric Yagi-Uda nanoantennas driven by electron-hole plasma photoexcitation</t>
+  </si>
+  <si>
+    <t>Sergey Li, Sergey Lepeshov, Roman Savelev, Dmitry Baranov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/917/6/062054</t>
+  </si>
+  <si>
+    <t>Dielectric chain driven by electron-hole plasma photoexcitation</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2017.8168026</t>
+  </si>
+  <si>
     <t>Optimization of Nanoantenna-Enhanced Terahertz Emission from Photoconductive Antennas</t>
   </si>
   <si>
     <t>10.1088/1742-6596/917/6/062060</t>
-  </si>
-[...25 lines deleted...]
-    <t>10.1109/DD.2017.8168026</t>
   </si>
   <si>
     <t>Approach for fine-tuning of hybrid dimer antennas via laser melting at the nanoscale</t>
   </si>
   <si>
     <t>Yali Sun, Stanislav Kolodny, Sergey Lepeshov, Dmitry Zuev, Pavel Belov</t>
   </si>
   <si>
     <t>Annalen der Physik</t>
   </si>
   <si>
     <t>10.1002/andp.201600272</t>
   </si>
   <si>
     <t>Tuning of hybrid oligomers via femtosecond laser reshaping at nanoscale</t>
   </si>
   <si>
     <t>Sergey Lepeshov, Dmitry Zuev, Pavel Belov</t>
   </si>
   <si>
     <t>2016 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>277-280</t>
   </si>
@@ -1397,101 +1397,101 @@
       </c>
       <c r="D22">
         <v>208</v>
       </c>
       <c r="E22" t="s">
         <v>88</v>
       </c>
       <c r="F22">
         <v>2018</v>
       </c>
       <c r="G22" t="s">
         <v>89</v>
       </c>
       <c r="H22">
         <v>2.6</v>
       </c>
       <c r="I22">
         <v>0.78</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>90</v>
       </c>
       <c r="B23" t="s">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="C23" t="s">
         <v>91</v>
       </c>
       <c r="D23">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="E23">
-        <v>15972</v>
+        <v>6624</v>
       </c>
       <c r="F23">
         <v>2018</v>
       </c>
       <c r="G23" t="s">
         <v>92</v>
       </c>
       <c r="H23">
-        <v>3.56</v>
+        <v>4.01</v>
       </c>
       <c r="I23">
-        <v>1.47</v>
+        <v>1.41</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>93</v>
       </c>
       <c r="B24" t="s">
-        <v>57</v>
+        <v>32</v>
       </c>
       <c r="C24" t="s">
         <v>94</v>
       </c>
       <c r="D24">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E24">
-        <v>6624</v>
+        <v>15972</v>
       </c>
       <c r="F24">
         <v>2018</v>
       </c>
       <c r="G24" t="s">
         <v>95</v>
       </c>
       <c r="H24">
-        <v>4.01</v>
+        <v>3.56</v>
       </c>
       <c r="I24">
-        <v>1.41</v>
+        <v>1.47</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>96</v>
       </c>
       <c r="B25" t="s">
         <v>97</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25">
         <v>4</v>
       </c>
       <c r="E25" t="s">
         <v>98</v>
       </c>
       <c r="F25">
         <v>2017</v>
       </c>
       <c r="G25" t="s">
         <v>99</v>
       </c>
       <c r="H25">
@@ -1513,140 +1513,140 @@
       </c>
       <c r="D26" t="s">
         <v>102</v>
       </c>
       <c r="E26" t="s">
         <v>103</v>
       </c>
       <c r="F26">
         <v>2017</v>
       </c>
       <c r="G26" t="s">
         <v>104</v>
       </c>
       <c r="H26">
         <v>6.88</v>
       </c>
       <c r="I26">
         <v>3.38</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>105</v>
       </c>
       <c r="B27" t="s">
-        <v>57</v>
+        <v>106</v>
       </c>
       <c r="C27" t="s">
-        <v>24</v>
-[...6 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="D27"/>
+      <c r="E27"/>
       <c r="F27">
         <v>2017</v>
       </c>
       <c r="G27" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="H27"/>
-      <c r="I27">
-[...1 lines deleted...]
-      </c>
+      <c r="I27"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B28" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C28" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-      <c r="E28"/>
+        <v>24</v>
+      </c>
+      <c r="D28">
+        <v>917</v>
+      </c>
+      <c r="E28">
+        <v>62054</v>
+      </c>
       <c r="F28">
         <v>2017</v>
       </c>
       <c r="G28" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H28"/>
-      <c r="I28"/>
+      <c r="I28">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B29" t="s">
-        <v>112</v>
+        <v>83</v>
       </c>
       <c r="C29" t="s">
-        <v>24</v>
-[...6 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="D29"/>
+      <c r="E29"/>
       <c r="F29">
         <v>2017</v>
       </c>
       <c r="G29" t="s">
         <v>113</v>
       </c>
       <c r="H29"/>
-      <c r="I29">
-[...1 lines deleted...]
-      </c>
+      <c r="I29"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>114</v>
       </c>
       <c r="B30" t="s">
-        <v>83</v>
+        <v>57</v>
       </c>
       <c r="C30" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-      <c r="E30"/>
+        <v>24</v>
+      </c>
+      <c r="D30">
+        <v>917</v>
+      </c>
+      <c r="E30">
+        <v>62060</v>
+      </c>
       <c r="F30">
         <v>2017</v>
       </c>
       <c r="G30" t="s">
         <v>115</v>
       </c>
       <c r="H30"/>
-      <c r="I30"/>
+      <c r="I30">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>116</v>
       </c>
       <c r="B31" t="s">
         <v>117</v>
       </c>
       <c r="C31" t="s">
         <v>118</v>
       </c>
       <c r="D31">
         <v>529</v>
       </c>
       <c r="E31">
         <v>43647</v>
       </c>
       <c r="F31">
         <v>2016</v>
       </c>
       <c r="G31" t="s">
         <v>119</v>
       </c>
       <c r="H31">
         <v>3.04</v>