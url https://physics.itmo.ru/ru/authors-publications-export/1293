--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -497,89 +497,89 @@
   <si>
     <t>10.1002/adma.202005886</t>
   </si>
   <si>
     <t>Recrystallization of CsPbBr3 Nanoparticles in Fluoropolymer Nonwoven Mats for Down- and Up-Conversion of Light</t>
   </si>
   <si>
     <t>Vladimir Neplokh, Daria Markina, Maria Baeva, Anton M. Pavlov, Demid A. Kirilenko, Ivan Mukhin, Anatoly Pushkarev, Sergey Makarov, Alexey A. Serdobintsev</t>
   </si>
   <si>
     <t>10.3390/nano11020412</t>
   </si>
   <si>
     <t>Scanning Tunneling Microscopy-Induced Light Emission and I(V) Study of Optical Near-Field Properties of Single Plasmonic Nanoantennas</t>
   </si>
   <si>
     <t>Denis V. Lebedev, Vitaliy Shkoldin, Dmitry Permyakov, Lilia N. Dvoretckaia, Andrey Bogdanov, Anton Samusev, Alexander O. Golubok, Ivan Mukhin</t>
   </si>
   <si>
     <t>501-507</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.0c03039</t>
   </si>
   <si>
+    <t>Electron beam induced manipulation of single nanoparticles on a non-conductive substrate</t>
+  </si>
+  <si>
+    <t>Filipp Komissarenko, Mihail Petrov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020061</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031985</t>
+  </si>
+  <si>
+    <t>Indirect observation of the light emission in the tunnel junction with metal nanodisk</t>
+  </si>
+  <si>
+    <t>Denis Lebedev, Vitaliy Shkoldin, Alexey Mozharov, Alexander Golubok, Dmitry Permyakov, Anton Samusev, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>020080</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032068</t>
+  </si>
+  <si>
     <t>Highly transparent and conductive textured single walled carbon nanotube electrode for optoelectronic applications</t>
   </si>
   <si>
     <t>D. M. Mitin, A. A. Vorobyev, Alexey Mozharov, S. A. Raudik, A. G. Nasibulin, Ivan Mukhin</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020088</t>
   </si>
   <si>
     <t>10.1063/5.0031928</t>
   </si>
   <si>
-    <t>Electron beam induced manipulation of single nanoparticles on a non-conductive substrate</t>
-[...22 lines deleted...]
-  <si>
     <t>Broadband Antireflection with Halide Perovskite Metasurfaces</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Dmitry Gets, Tatiana Liashenko, Anatoly Pushkarev, Ivan Mukhin, Yuri Kivshar, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1002/lpor.202000338</t>
   </si>
   <si>
     <t>Broadband transparency of perovskite metasurfaces driven by Kerker effect</t>
   </si>
   <si>
     <t>Metamaterials, Metadevices, and Metasystems 2020</t>
   </si>
   <si>
     <t>10.1117/12.2568566</t>
   </si>
   <si>
     <t>Gallium Phosphide Nanowires in a Free-Standing, Flexible, and Semitransparent Membrane for Large-Scale Infrared-to-Visible Light Conversion</t>
   </si>
   <si>
     <t>Vladimir V. Fedorov, Alexey Bolshakov, Olga Sergaeva, Vladimir Neplokh, Daria Markina, Stéphanie Bruyère, Grégoire Saerens, Mihail Petrov, Rachel Grange, Sergey Makarov, Ivan Mukhin</t>
   </si>
   <si>
     <t>ACS Nano</t>
@@ -1271,74 +1271,74 @@
   <si>
     <t>Raman scattering governed by dark resonant modes in silicon nanoparticles</t>
   </si>
   <si>
     <t>Kristina Frizyuk, Valentin Milichko, Mihail Petrov, Dmitry Zuev, Sergey Makarov, Pavel Belov, Ivan Mukhin</t>
   </si>
   <si>
     <t>155-160</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756833</t>
   </si>
   <si>
     <t>Reconfigurable metal-dielectric nanodimers as component of hybrid nanophotonics</t>
   </si>
   <si>
     <t>Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Pavel Belov</t>
   </si>
   <si>
     <t>2016 10th International Congress on Advanced Electromagnetic Materials in Microwaves and Optics (METAMATERIALS)</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2016.7746426</t>
   </si>
   <si>
+    <t>Improved emission outcoupling from microdisk laser by Si nanospheres</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/741/1/012158</t>
+  </si>
+  <si>
+    <t>Laser-Induced Periodical Structures Fabrication for Third Harmonic Generation</t>
+  </si>
+  <si>
+    <t>Sergey Makarov, Valentin Milichko, Ivan Mukhin, Alexey Yulin, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/741/1/012112</t>
+  </si>
+  <si>
     <t>Laser printing of Au/Si core-shell nanoparticles</t>
   </si>
   <si>
     <t>Georgiy Zograf, Dmitry Zuev, Valentin Milichko, Ivan Mukhin, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/741/1/012119</t>
   </si>
   <si>
-    <t>Improved emission outcoupling from microdisk laser by Si nanospheres</t>
-[...13 lines deleted...]
-  <si>
     <t>Tuning of hybrid nanostructures via fs-laser reshaping at nanoscale</t>
   </si>
   <si>
     <t>Sergey Lepeshov, Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Pavel Belov</t>
   </si>
   <si>
     <t>2016 International Conference Laser Optics (LO)</t>
   </si>
   <si>
     <t>10.1109/lo.2016.7550034</t>
   </si>
   <si>
     <t>Self-Adjusted All-Dielectric Metasurface for Deep Ultraviolet Femtosecond Pulses Generation</t>
   </si>
   <si>
     <t>Sergey Makarov, Tatiana Voytova, Valentin Milichko, Ivan Mukhin, Alexey Yulin, Pavel Belov</t>
   </si>
   <si>
     <t>Nanoscale</t>
   </si>
   <si>
     <t>17809-17814</t>
   </si>
   <si>
     <t>10.1039/C6NR04860A</t>
@@ -1499,93 +1499,93 @@
   <si>
     <t>013502-01350</t>
   </si>
   <si>
     <t>10.1117/1.JMM.15.1.013502</t>
   </si>
   <si>
     <t>Laser fabrication of crystalline silicon nanoresonators from an amorphous film for low-loss all-dielectric nanophotonics</t>
   </si>
   <si>
     <t>5043-5048</t>
   </si>
   <si>
     <t>10.1039/C5NR06742A</t>
   </si>
   <si>
     <t>Subwavelength topological states of light</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Alexander Poddubny, Ivan Sinev, Ivan Mukhin, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>Optics and Photonics News</t>
   </si>
   <si>
+    <t>Controllable Femtosecond Laser-Induced Dewetting for Plasmonic Applications</t>
+  </si>
+  <si>
+    <t>Sergey Makarov, Valentin Milichko, Ivan Mukhin, Ivan Shishkin, Dmitry Zuev, Alexey Mozharov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>91-99</t>
+  </si>
+  <si>
+    <t>10.1002/lpor.201500119</t>
+  </si>
+  <si>
     <t>Simulation of characteristics of double-junction solar cells based on ZnSiP2 heterostructures on silicon substrate</t>
   </si>
   <si>
     <t>Technical Physics Letters</t>
   </si>
   <si>
     <t>1120-1123</t>
   </si>
   <si>
     <t>10.1134/S106378501512007X</t>
   </si>
   <si>
-    <t>Controllable Femtosecond Laser-Induced Dewetting for Plasmonic Applications</t>
-[...8 lines deleted...]
-    <t>10.1002/lpor.201500119</t>
+    <t>Laser writing of nanoparticle-based plasmonic structures</t>
+  </si>
+  <si>
+    <t>Sergey Makarov, Valentin Milichko, Pavel Belov, Alexey Mozharov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>2015 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354859</t>
   </si>
   <si>
     <t>Antireflective properties of periodic nanopore arrays</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Baranov, Ivan Mukhin, Anton Samusev, Pavel Belov, Alexander Shalin</t>
   </si>
   <si>
-    <t>2015 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/DD.2015.7354837</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1109/DD.2015.7354859</t>
   </si>
   <si>
     <t>Specialized probes with nanowhisker structures for high resolution magnetic force microscopy</t>
   </si>
   <si>
     <t>Kirill Belousov, Alexey Mozharov, Ivan Mukhin</t>
   </si>
   <si>
     <t>10.1088/1742-6596/643/1/012095</t>
   </si>
   <si>
     <t>Modeling, synthesis and study of highly efficient solar cells based on III-nitride nanowire arrays grown on Si substrates</t>
   </si>
   <si>
     <t>Alexey Mozharov, Alexey Bolshakov, Ivan Mukhin,  Harmand J. C.</t>
   </si>
   <si>
     <t>10.1088/1742-6596/643/1/012115</t>
   </si>
   <si>
     <t>Formation of metallic nanostructures on the surface of ion- exchange glass by focused electron beam</t>
   </si>
   <si>
     <t>10.1088/1742-6596/643/1/012113</t>
   </si>
@@ -5072,114 +5072,114 @@
       <c r="A104" t="s">
         <v>415</v>
       </c>
       <c r="B104" t="s">
         <v>416</v>
       </c>
       <c r="C104" t="s">
         <v>417</v>
       </c>
       <c r="D104"/>
       <c r="E104"/>
       <c r="F104">
         <v>2016</v>
       </c>
       <c r="G104" t="s">
         <v>418</v>
       </c>
       <c r="H104"/>
       <c r="I104"/>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
         <v>419</v>
       </c>
       <c r="B105" t="s">
-        <v>420</v>
+        <v>329</v>
       </c>
       <c r="C105" t="s">
         <v>120</v>
       </c>
       <c r="D105">
         <v>741</v>
       </c>
       <c r="E105">
-        <v>12119</v>
+        <v>12158</v>
       </c>
       <c r="F105">
         <v>2016</v>
       </c>
       <c r="G105" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="H105"/>
       <c r="I105">
         <v>0.25</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
+        <v>421</v>
+      </c>
+      <c r="B106" t="s">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="C106" t="s">
         <v>120</v>
       </c>
       <c r="D106">
         <v>741</v>
       </c>
       <c r="E106">
-        <v>12158</v>
+        <v>12112</v>
       </c>
       <c r="F106">
         <v>2016</v>
       </c>
       <c r="G106" t="s">
         <v>423</v>
       </c>
       <c r="H106"/>
       <c r="I106">
         <v>0.25</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
         <v>424</v>
       </c>
       <c r="B107" t="s">
         <v>425</v>
       </c>
       <c r="C107" t="s">
         <v>120</v>
       </c>
       <c r="D107">
         <v>741</v>
       </c>
       <c r="E107">
-        <v>12112</v>
+        <v>12119</v>
       </c>
       <c r="F107">
         <v>2016</v>
       </c>
       <c r="G107" t="s">
         <v>426</v>
       </c>
       <c r="H107"/>
       <c r="I107">
         <v>0.25</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
         <v>427</v>
       </c>
       <c r="B108" t="s">
         <v>428</v>
       </c>
       <c r="C108" t="s">
         <v>429</v>
       </c>
       <c r="D108"/>
       <c r="E108"/>
       <c r="F108">
@@ -5666,101 +5666,101 @@
       </c>
       <c r="B126" t="s">
         <v>493</v>
       </c>
       <c r="C126" t="s">
         <v>494</v>
       </c>
       <c r="D126">
         <v>26</v>
       </c>
       <c r="E126">
         <v>61</v>
       </c>
       <c r="F126">
         <v>2015</v>
       </c>
       <c r="G126"/>
       <c r="H126"/>
       <c r="I126"/>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
         <v>495</v>
       </c>
       <c r="B127" t="s">
-        <v>242</v>
+        <v>496</v>
       </c>
       <c r="C127" t="s">
-        <v>496</v>
+        <v>80</v>
       </c>
       <c r="D127">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="E127" t="s">
         <v>497</v>
       </c>
       <c r="F127">
         <v>2015</v>
       </c>
       <c r="G127" t="s">
         <v>498</v>
       </c>
       <c r="H127">
-        <v>0.7</v>
+        <v>7.49</v>
       </c>
       <c r="I127">
-        <v>0.42</v>
+        <v>4.21</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
         <v>499</v>
       </c>
       <c r="B128" t="s">
+        <v>242</v>
+      </c>
+      <c r="C128" t="s">
         <v>500</v>
       </c>
-      <c r="C128" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D128">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="E128" t="s">
         <v>501</v>
       </c>
       <c r="F128">
         <v>2015</v>
       </c>
       <c r="G128" t="s">
         <v>502</v>
       </c>
       <c r="H128">
-        <v>7.49</v>
+        <v>0.7</v>
       </c>
       <c r="I128">
-        <v>4.21</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
         <v>503</v>
       </c>
       <c r="B129" t="s">
         <v>504</v>
       </c>
       <c r="C129" t="s">
         <v>505</v>
       </c>
       <c r="D129"/>
       <c r="E129"/>
       <c r="F129">
         <v>2015</v>
       </c>
       <c r="G129" t="s">
         <v>506</v>
       </c>
       <c r="H129"/>
       <c r="I129"/>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
@@ -6080,51 +6080,51 @@
       </c>
       <c r="E141">
         <v>171913</v>
       </c>
       <c r="F141">
         <v>2015</v>
       </c>
       <c r="G141" t="s">
         <v>545</v>
       </c>
       <c r="H141">
         <v>3.14</v>
       </c>
       <c r="I141">
         <v>1.5</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" t="s">
         <v>546</v>
       </c>
       <c r="B142" t="s">
         <v>242</v>
       </c>
       <c r="C142" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="D142">
         <v>41</v>
       </c>
       <c r="E142" t="s">
         <v>547</v>
       </c>
       <c r="F142">
         <v>2015</v>
       </c>
       <c r="G142" t="s">
         <v>548</v>
       </c>
       <c r="H142">
         <v>0.7</v>
       </c>
       <c r="I142">
         <v>0.42</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
         <v>549</v>
       </c>
       <c r="B143" t="s">
@@ -6507,51 +6507,51 @@
       </c>
       <c r="E156" t="s">
         <v>602</v>
       </c>
       <c r="F156">
         <v>2011</v>
       </c>
       <c r="G156" t="s">
         <v>603</v>
       </c>
       <c r="H156">
         <v>0.63</v>
       </c>
       <c r="I156">
         <v>0.32</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" t="s">
         <v>604</v>
       </c>
       <c r="B157" t="s">
         <v>242</v>
       </c>
       <c r="C157" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="D157">
         <v>37</v>
       </c>
       <c r="E157" t="s">
         <v>605</v>
       </c>
       <c r="F157">
         <v>2011</v>
       </c>
       <c r="G157" t="s">
         <v>606</v>
       </c>
       <c r="H157">
         <v>0.57</v>
       </c>
       <c r="I157">
         <v>0.21</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">