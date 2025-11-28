--- v1 (2025-10-30)
+++ v2 (2025-11-28)
@@ -383,86 +383,86 @@
   <si>
     <t>Artem Larin, Eduard Ageev, L. N. Dvoretckaia, Alexey Mozharov, Ivan Mukhin, Dmitry Zuev</t>
   </si>
   <si>
     <t>681-686</t>
   </si>
   <si>
     <t>10.1134/s0021364021230090</t>
   </si>
   <si>
     <t>Nanoobject mass measurement using the node displacement of the second mode of the nanomechanical resonator</t>
   </si>
   <si>
     <t>N A Solomonov, K N Novikova, I V Nadoyan, A M Mozharov, Vitaliy Shkoldin, Y S Berdnikov, Ivan Mukhin</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>012026</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2086/1/012026</t>
   </si>
   <si>
+    <t>ITO-free Perovskite Light-Emitting Electrochemical Cell</t>
+  </si>
+  <si>
+    <t>Maria Baeva, Dmitry Gets, Elena  Bodyago, A Mozharov, V Neplokh, A Nasibulin, Ivan Mukhin, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>012010</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012010</t>
+  </si>
+  <si>
     <t>Multi wall carbon nanotubes as a top electrode for perovskite light-emitting electrochemical cells</t>
   </si>
   <si>
     <t>Elena  Bodyago, Dmitry Gets, Maria Baeva, Ivan Mukhin, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>012019</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012019</t>
   </si>
   <si>
     <t>Second harmonic generation in hybrid GaP/Au nanocylinders</t>
   </si>
   <si>
     <t>Dmitry Pidgayko, Ilya Deriy, Vladimir Fedorov, Alexey Mozharov, Ivan Mukhin, Yuriy Zadiranov, Mihail Petrov, Anton Samusev, Andrey Bogdanov</t>
   </si>
   <si>
     <t>012172</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012172</t>
   </si>
   <si>
-    <t>ITO-free Perovskite Light-Emitting Electrochemical Cell</t>
-[...10 lines deleted...]
-  <si>
     <t>Nanomass Sensing via Node Shift Tracing in Vibrations of Coupled Nanowires Enhanced by Fano Resonances</t>
   </si>
   <si>
     <t>Alexey Mozharov, Yury Berdnikov, Nikita Solomonov, Kristina Novikova, Irina Nadoyan, Vitaliy Shkoldin, Alexander Golubok, Denis Kislov, Alexander Shalin, Mihail Petrov, Ivan Mukhin</t>
   </si>
   <si>
     <t>11989-11996</t>
   </si>
   <si>
     <t>10.1021/acsanm.1c02558</t>
   </si>
   <si>
     <t>Flexible Perovskite CsPbBr3 Light Emitting Devices Integrated with GaP Nanowire Arrays in Highly Transparent and Durable Functionalized Silicones</t>
   </si>
   <si>
     <t>Anna S. Miroshnichenko, Konstantin V. Deriabin, Maria Baeva, Fedor M. Kochetkov, Vladimir Neplokh, Vladimir V. Fedorov, Olga Yu. Koval, Dmitry V. Krasnikov, Vlad A. Sharov, Nikita A. Filatov, Dmitry Gets, Albert G. Nasibulin, Sergey Makarov, Ivan Mukhin, Vadim Yu. Kukushkin, Regina M. Islamova</t>
   </si>
   <si>
     <t>9672-9676</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.1c02611</t>
   </si>
   <si>
     <t>Directly grown crystalline gallium phosphide on sapphire for nonlinear all-dielectric nanophotonics</t>
@@ -497,89 +497,89 @@
   <si>
     <t>10.1002/adma.202005886</t>
   </si>
   <si>
     <t>Recrystallization of CsPbBr3 Nanoparticles in Fluoropolymer Nonwoven Mats for Down- and Up-Conversion of Light</t>
   </si>
   <si>
     <t>Vladimir Neplokh, Daria Markina, Maria Baeva, Anton M. Pavlov, Demid A. Kirilenko, Ivan Mukhin, Anatoly Pushkarev, Sergey Makarov, Alexey A. Serdobintsev</t>
   </si>
   <si>
     <t>10.3390/nano11020412</t>
   </si>
   <si>
     <t>Scanning Tunneling Microscopy-Induced Light Emission and I(V) Study of Optical Near-Field Properties of Single Plasmonic Nanoantennas</t>
   </si>
   <si>
     <t>Denis V. Lebedev, Vitaliy Shkoldin, Dmitry Permyakov, Lilia N. Dvoretckaia, Andrey Bogdanov, Anton Samusev, Alexander O. Golubok, Ivan Mukhin</t>
   </si>
   <si>
     <t>501-507</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.0c03039</t>
   </si>
   <si>
+    <t>Indirect observation of the light emission in the tunnel junction with metal nanodisk</t>
+  </si>
+  <si>
+    <t>Denis Lebedev, Vitaliy Shkoldin, Alexey Mozharov, Alexander Golubok, Dmitry Permyakov, Anton Samusev, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020080</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032068</t>
+  </si>
+  <si>
+    <t>Highly transparent and conductive textured single walled carbon nanotube electrode for optoelectronic applications</t>
+  </si>
+  <si>
+    <t>D. M. Mitin, A. A. Vorobyev, Alexey Mozharov, S. A. Raudik, A. G. Nasibulin, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>020088</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031928</t>
+  </si>
+  <si>
     <t>Electron beam induced manipulation of single nanoparticles on a non-conductive substrate</t>
   </si>
   <si>
     <t>Filipp Komissarenko, Mihail Petrov, Ivan Mukhin</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020061</t>
   </si>
   <si>
     <t>10.1063/5.0031985</t>
   </si>
   <si>
-    <t>Indirect observation of the light emission in the tunnel junction with metal nanodisk</t>
-[...22 lines deleted...]
-  <si>
     <t>Broadband Antireflection with Halide Perovskite Metasurfaces</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Dmitry Gets, Tatiana Liashenko, Anatoly Pushkarev, Ivan Mukhin, Yuri Kivshar, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1002/lpor.202000338</t>
   </si>
   <si>
     <t>Broadband transparency of perovskite metasurfaces driven by Kerker effect</t>
   </si>
   <si>
     <t>Metamaterials, Metadevices, and Metasystems 2020</t>
   </si>
   <si>
     <t>10.1117/12.2568566</t>
   </si>
   <si>
     <t>Gallium Phosphide Nanowires in a Free-Standing, Flexible, and Semitransparent Membrane for Large-Scale Infrared-to-Visible Light Conversion</t>
   </si>
   <si>
     <t>Vladimir V. Fedorov, Alexey Bolshakov, Olga Sergaeva, Vladimir Neplokh, Daria Markina, Stéphanie Bruyère, Grégoire Saerens, Mihail Petrov, Rachel Grange, Sergey Makarov, Ivan Mukhin</t>
   </si>
   <si>
     <t>ACS Nano</t>
@@ -737,302 +737,302 @@
   <si>
     <t>10.1134/s1063784219030022</t>
   </si>
   <si>
     <t>Investigation of the light emission in the local tunnel junction and its dependence on the contact surface morphology</t>
   </si>
   <si>
     <t>Vitaliy Shkoldin, Dmitry Permyakov, Konstantin Ladutenko, Alexey Bolshakov, Andrey Bogdanov, Anton Samusev, Ivan Mukhin</t>
   </si>
   <si>
     <t>012005</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1199/1/012005</t>
   </si>
   <si>
     <t>Crucial Role of Metal Surface Morphology in Photon Emission from Tunnel Junction at Ambient Conditions</t>
   </si>
   <si>
     <t>Journal of Physical Chemistry C</t>
   </si>
   <si>
     <t>10.1021/acs.jpcc.8b11271</t>
   </si>
   <si>
+    <t>Self-Catalyzed MBE-Grown GaP Nanowires on Si (111): V/III Ratio Effects on the Morphology and Crystal Phase Switching</t>
+  </si>
+  <si>
+    <t>Alexey Bolshakov, Alexey Mozharov, Vitaliy Shkoldin, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>Semiconductors</t>
+  </si>
+  <si>
+    <t>2092-2095</t>
+  </si>
+  <si>
+    <t>10.1134/S106378261816008X</t>
+  </si>
+  <si>
+    <t>CdTe/Zn (Mg)(Se) Te quantum dots for single photon emitters grown by MBE</t>
+  </si>
+  <si>
+    <t>Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>Journal of Crystal Growth</t>
+  </si>
+  <si>
+    <t>127-130</t>
+  </si>
+  <si>
+    <t>10.1016/j.jcrysgro.2016.12.018</t>
+  </si>
+  <si>
+    <t>Dopant-stimulated growth of GaN nanotube-like nanostructures on Si (111) by molecular beam epitaxy</t>
+  </si>
+  <si>
+    <t>Alexey Bolshakov, Alexey Mozharov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>Beilstein Journal of Nanotechnology</t>
+  </si>
+  <si>
+    <t>146-154</t>
+  </si>
+  <si>
+    <t>10.3762/bjnano.9.17</t>
+  </si>
+  <si>
+    <t>Reshaping the Second-Order Polar Response of Hybrid Metal-Dielectric Nanodimers</t>
+  </si>
+  <si>
+    <t>Kristina Frizyuk, Mihail Petrov, Filipp Komissarenko, Ivan Mukhin, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>Nano Letters</t>
+  </si>
+  <si>
+    <t>877-884</t>
+  </si>
+  <si>
+    <t>10.1021/acs.nanolett.8b04089</t>
+  </si>
+  <si>
+    <t>Influence of Au surface properties on photon emission from localized metal-insulator-metal tunnel contact</t>
+  </si>
+  <si>
+    <t>Vitaliy Shkoldin, Dmitry Permyakov, Alexey Bolshakov, Anton Samusev, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1124/4/041018</t>
+  </si>
+  <si>
+    <t>Influence of condensation enhancement effect on AFM image contrast inversion in hydrophilic nanocapillaries</t>
+  </si>
+  <si>
+    <t>Ivan Mukhin, Alexey Mozharov, Alexey Bolshakov</t>
+  </si>
+  <si>
+    <t>Applied Surface Science</t>
+  </si>
+  <si>
+    <t>621-626</t>
+  </si>
+  <si>
+    <t>10.1016/j.apsusc.2018.11.212</t>
+  </si>
+  <si>
+    <t>Near-field optical microscopy of surface plasmon polaritons excited by silicon nanoantenna</t>
+  </si>
+  <si>
+    <t>Ivan Sinev, Filipp Komissarenko, Ivan Mukhin, Mihail Petrov, Ivan Iorsh, Pavel Belov, Anton Samusev</t>
+  </si>
+  <si>
+    <t>Nanosystems: Physics, Chemistry, Mathematics</t>
+  </si>
+  <si>
+    <t>609-613</t>
+  </si>
+  <si>
+    <t>10.17586/2220-8054-2018-9-5-609-613</t>
+  </si>
+  <si>
+    <t>Core-Shell III-Nitride Nanowire Heterostructure: Negative Differential Resistance and Device Application Potential</t>
+  </si>
+  <si>
+    <t>Alexey Mozharov, Alexey Bolshakov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>489-492</t>
+  </si>
+  <si>
+    <t>10.1134/S1063782618040231</t>
+  </si>
+  <si>
+    <t>Effect of the Conductive Channel Cut-Off on Operation of n+–n–n+ GaN NW-Based Gunn Diode</t>
+  </si>
+  <si>
+    <t>Alexey Mozharov, Filipp Komissarenko, Alexey Bolshakov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>1809-1812</t>
+  </si>
+  <si>
+    <t>10.1134/S106378261814021X</t>
+  </si>
+  <si>
+    <t>Theoretical modeling of the self-catalyzed nanowire growth: nucleation-and adsorption-limited regimes</t>
+  </si>
+  <si>
+    <t>Materials Research Express</t>
+  </si>
+  <si>
+    <t>10.1088/2053-1591/aa9e9d</t>
+  </si>
+  <si>
+    <t>Droplet epitaxy mediated growth of GaN nanostructures on Si (111) via plasma-assisted molecular beam epitaxy</t>
+  </si>
+  <si>
+    <t>CrystEngComm</t>
+  </si>
+  <si>
+    <t>3370-3380</t>
+  </si>
+  <si>
+    <t>10.1039/C8CE00348C</t>
+  </si>
+  <si>
     <t>Measurement of the Young’s modulus of amorphous carbon nanowhisker by static and dynamic method</t>
   </si>
   <si>
-    <t>Ivan Mukhin</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1063/1.4998098</t>
   </si>
   <si>
     <t>Single-photon emitter at 80 K based on a dielectric nanoantenna with a CdSe/ZnSe quantum dot</t>
   </si>
   <si>
     <t>Alexey Mozharov, Ivan Mukhin</t>
   </si>
   <si>
     <t>201-204</t>
   </si>
   <si>
     <t>10.1134/S0021364018150109</t>
   </si>
   <si>
     <t>Microlens-Enhanced Substrate Patterning and MBE Growth of GaP Nanowires</t>
   </si>
   <si>
-    <t>Alexey Bolshakov, Alexey Mozharov, Vitaliy Shkoldin, Ivan Mukhin</t>
-[...4 lines deleted...]
-  <si>
     <t>2088-2091</t>
   </si>
   <si>
     <t>10.1134/S1063782618160054</t>
   </si>
   <si>
     <t>Red single-photon emission from InAs/AlGaAs quantum dots</t>
   </si>
   <si>
     <t>511-513</t>
   </si>
   <si>
     <t>10.1134/S1063782618040243</t>
   </si>
   <si>
     <t>Formation of metallic nanoislands in the process of electron irradiation of a thin gold film on glass</t>
   </si>
   <si>
     <t>Filipp Komissarenko, Ivan Mukhin</t>
   </si>
   <si>
     <t>334-337</t>
   </si>
   <si>
     <t>10.1134/S1063784217020141</t>
   </si>
   <si>
     <t>Resonant Mass Detector Based on Carbon Nanowhiskers with Traps for Nanoobjects Weighing</t>
   </si>
   <si>
     <t>Ivan Mukhin, Filipp Komissarenko</t>
   </si>
   <si>
     <t>Physica Status Solidi (A) Applications and Materials</t>
   </si>
   <si>
     <t>10.1002/pssa.201800046</t>
   </si>
   <si>
     <t>Study of SiC buffer layer thickness influence on photovoltaic properties of n-GaN NWs/SiC/p-Si heterostructure</t>
   </si>
   <si>
-    <t>Alexey Mozharov, Alexey Bolshakov, Ivan Mukhin</t>
-[...1 lines deleted...]
-  <si>
     <t>Materials Science in Semiconductor Processing</t>
   </si>
   <si>
     <t>20-25</t>
   </si>
   <si>
     <t>10.1016/j.mssp.2018.09.024</t>
   </si>
   <si>
     <t>Visualization of complex oscillations of carbon nanowhiskers in SEM</t>
   </si>
   <si>
     <t>10.1063/1.5087658</t>
   </si>
   <si>
     <t>InAs/AlGaAs quantum dots for single-photon emission in a red spectral range</t>
   </si>
   <si>
     <t>Scientific Reports</t>
   </si>
   <si>
     <t>10.1038/s41598-018-23687-7</t>
   </si>
   <si>
     <t>Annealing atmosphere influence on contact resistivity of ohmic Pd/Ge/Au contact to n-GaAs</t>
   </si>
   <si>
-    <t>Nanosystems: Physics, Chemistry, Mathematics</t>
-[...1 lines deleted...]
-  <si>
     <t>789-792</t>
   </si>
   <si>
     <t>10.17586/2220-8054-2018-9-6-789-792</t>
   </si>
   <si>
     <t>Single-Photon Emission from InAs/AlGaAs Quantum Dots</t>
   </si>
   <si>
     <t>Physics of the Solid State</t>
   </si>
   <si>
     <t>691-694</t>
   </si>
   <si>
     <t>10.1134/S1063783418040261</t>
   </si>
   <si>
-    <t>Self-Catalyzed MBE-Grown GaP Nanowires on Si (111): V/III Ratio Effects on the Morphology and Crystal Phase Switching</t>
-[...127 lines deleted...]
-  <si>
     <t>Reconfigurable Near-field Enhancement with Hybrid Metal-Dielectric Oligomers</t>
   </si>
   <si>
     <t>Yali Sun, Ivan Sinev, Anastasia Zalogina, Eduard Ageev, Hadi Shamkhi Al Naeemah, Filipp Komissarenko, Sergey Lepeshov, Valentin Milichko, Sergey Makarov, Ivan Mukhin, Dmitry Zuev</t>
   </si>
   <si>
     <t>10.1002/lpor.201800274</t>
   </si>
   <si>
     <t>Enhanced light outcoupling in microdisk lasers via Si spherical nanoantennas</t>
   </si>
   <si>
     <t>Ivan Mukhin, Filipp Komissarenko, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Journal of Applied Physics</t>
   </si>
   <si>
     <t>10.1063/1.5046823</t>
   </si>
   <si>
     <t>2pi steering of surface plasmon polaritons with silicon nanoantennas</t>
   </si>
   <si>
     <t>Ivan Sinev, Andrey Bogdanov, Filipp Komissarenko, Ivan Mukhin, Anton Samusev, Ivan Iorsh</t>
@@ -1208,101 +1208,101 @@
   <si>
     <t>Sergey Lepeshov, Dmitry Zuev, Valentin Milichko, Pavel Belov, Ivan Mukhin</t>
   </si>
   <si>
     <t>2017 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>10.1109/DD.2017.8168025</t>
   </si>
   <si>
     <t>Light outcoupling from quantum dot-based microdisk laser via plasmonic nanoantenna</t>
   </si>
   <si>
     <t>Ivan Mukhin, Alexey Mozharov, Filipp Komissarenko, Zarina Sadrieva, Andrey Bogdanov</t>
   </si>
   <si>
     <t>4 (2)</t>
   </si>
   <si>
     <t>275–281</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.6b00552</t>
   </si>
   <si>
+    <t>Raman scattering governed by dark resonant modes in silicon nanoparticles</t>
+  </si>
+  <si>
+    <t>Kristina Frizyuk, Valentin Milichko, Mihail Petrov, Dmitry Zuev, Sergey Makarov, Pavel Belov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>2016 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>155-160</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756833</t>
+  </si>
+  <si>
     <t>Optically asymmetric structures for transparent electrodes</t>
   </si>
   <si>
     <t>Alexander Shalin, Ivan Mukhin</t>
   </si>
   <si>
-    <t>2016 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>234-236</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756848</t>
   </si>
   <si>
     <t>Polarization and angle dependent enhancement of Raman scattering from silicon nanodisks</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Permyakov, Sergey Makarov, Mihail Petrov, Valentin Milichko, Pavel Belov, Ivan Mukhin</t>
   </si>
   <si>
     <t>123-126</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756826</t>
   </si>
   <si>
     <t>Reversible and non-reversible tuning of hybrid optical nanoresonators</t>
   </si>
   <si>
     <t>Dmitry Zuev, Sergey Makarov, Valentin Milichko, Pavel Belov, Ivan Mukhin</t>
   </si>
   <si>
     <t>464-467</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756895</t>
   </si>
   <si>
-    <t>Raman scattering governed by dark resonant modes in silicon nanoparticles</t>
-[...10 lines deleted...]
-  <si>
     <t>Reconfigurable metal-dielectric nanodimers as component of hybrid nanophotonics</t>
   </si>
   <si>
     <t>Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Pavel Belov</t>
   </si>
   <si>
     <t>2016 10th International Congress on Advanced Electromagnetic Materials in Microwaves and Optics (METAMATERIALS)</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2016.7746426</t>
   </si>
   <si>
     <t>Improved emission outcoupling from microdisk laser by Si nanospheres</t>
   </si>
   <si>
     <t>10.1088/1742-6596/741/1/012158</t>
   </si>
   <si>
     <t>Laser-Induced Periodical Structures Fabrication for Third Harmonic Generation</t>
   </si>
   <si>
     <t>Sergey Makarov, Valentin Milichko, Ivan Mukhin, Alexey Yulin, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/741/1/012112</t>
@@ -1352,272 +1352,272 @@
   <si>
     <t>vol. 10(5)</t>
   </si>
   <si>
     <t>799-806</t>
   </si>
   <si>
     <t>10.1002/lpor.201600055</t>
   </si>
   <si>
     <t>Solar photovoltaics: current state and trends</t>
   </si>
   <si>
     <t>Valentin Milichko, Alexander Shalin, Ivan Mukhin, Andrey Krasilin, Pavel Belov</t>
   </si>
   <si>
     <t>Physics-Uspekhi</t>
   </si>
   <si>
     <t>727-772</t>
   </si>
   <si>
     <t>10.3367/UFNr.2016.02.037703</t>
   </si>
   <si>
+    <t>Optical tuning of near and far fields form hybrid dimer nanoantennas via laser-induced melting</t>
+  </si>
+  <si>
+    <t>Stanislav Kolodny, Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/741/1/012152</t>
+  </si>
+  <si>
     <t>Manipulating Fano resonance via fs–laser melting of hybrid oligomers at nanoscale</t>
   </si>
   <si>
     <t>Sergey Lepeshov, Yali Sun, Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/741/1/012140</t>
   </si>
   <si>
-    <t>Optical tuning of near and far fields form hybrid dimer nanoantennas via laser-induced melting</t>
-[...7 lines deleted...]
-  <si>
     <t>Femtosecond laser transfer of silicon nanoparticles with enhanced Raman response</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Baranov, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4954347</t>
   </si>
   <si>
+    <t>From high-Q magnetic dipole scattering to broadband electric field localization by silicon nanoparticle on metal</t>
+  </si>
+  <si>
+    <t>Andrey Bogdanov, Ivan Sinev, Ivan Iorsh, Dmitry Permyakov, Filipp Komissarenko, Ivan Mukhin, Anton Samusev, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>Conference on Lasers and Electro-Optics (CLEO)</t>
+  </si>
+  <si>
+    <t>10.1364/CLEO_QELS.2016.FM4B.6</t>
+  </si>
+  <si>
     <t>Hybrid localized waves supported by resonant anisotropic metasurfaces</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Anton Ovcharenko, Mingzhao Song, Dmitry Baranov, Ivan Sinev, Ivan Mukhin, Anton Samusev, Ivan Iorsh, Yuri Kivshar</t>
   </si>
   <si>
-    <t>Conference on Lasers and Electro-Optics (CLEO)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1364/CLEO_QELS.2016.FM3D.6</t>
   </si>
   <si>
-    <t>From high-Q magnetic dipole scattering to broadband electric field localization by silicon nanoparticle on metal</t>
-[...7 lines deleted...]
-  <si>
     <t>Resonant Raman scattering from silicon nanopar ticles enhanced by magnetic response</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Valentin Milichko, Sergey Makarov, Ivan Mukhin, Anton Samusev, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>9721-9726</t>
   </si>
   <si>
     <t>10.1039/C5NR07965A</t>
   </si>
   <si>
     <t>Q-factor study of nanomechanical system “metal tip – carbon nanowhisker” at low and ambient pressure</t>
   </si>
   <si>
     <t>2375-2379</t>
   </si>
   <si>
     <t>10.1002/pssa.201533042</t>
   </si>
   <si>
     <t>Electron beam induced current microscopy investigation of GaN nanowire arrays grown on Si substrates</t>
   </si>
   <si>
     <t>Julien F. H., Ivan Mukhin,  Gogneau Noelle</t>
   </si>
   <si>
     <t>72–78</t>
   </si>
   <si>
     <t>10.1016/j.mssp.2016.03.002</t>
   </si>
   <si>
+    <t>Direct Femtosecond Laser Writing of Optical Nanoresonators</t>
+  </si>
+  <si>
+    <t>Pavel Dmitriev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Anton Samusev, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/690/1/012021</t>
+  </si>
+  <si>
     <t>Single-stage fabrication of low-loss dielectric nanoresonators from high-loss material</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Alexey Mozharov, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/690/1/012020</t>
   </si>
   <si>
-    <t>Direct Femtosecond Laser Writing of Optical Nanoresonators</t>
-[...7 lines deleted...]
-  <si>
     <t>Simulation of photovoltaic efficiency of a tandem solar cell on Si with GaN nanowires as an emitter layer</t>
   </si>
   <si>
     <t>10.1088/1742-6596/690/1/012041</t>
   </si>
   <si>
     <t>Fabrication of Hybrid Nanostructures via Nanoscale Laser-Induced Reshaping for Advanced Light Manipulation</t>
   </si>
   <si>
     <t>Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Ivan Shishkin, Pavel Belov</t>
   </si>
   <si>
     <t>3087–3093</t>
   </si>
   <si>
     <t>10.1002/adma.201505346</t>
   </si>
   <si>
     <t>Effect of electron beam irradiation on thin metal films on glass surfaces in a submicrometer scale</t>
   </si>
   <si>
     <t>JOURNAL OF MICRO-NANOLITHOGRAPHY MEMS AND MOEMS</t>
   </si>
   <si>
     <t>013502-01350</t>
   </si>
   <si>
     <t>10.1117/1.JMM.15.1.013502</t>
   </si>
   <si>
     <t>Laser fabrication of crystalline silicon nanoresonators from an amorphous film for low-loss all-dielectric nanophotonics</t>
   </si>
   <si>
     <t>5043-5048</t>
   </si>
   <si>
     <t>10.1039/C5NR06742A</t>
   </si>
   <si>
     <t>Subwavelength topological states of light</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Alexander Poddubny, Ivan Sinev, Ivan Mukhin, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>Optics and Photonics News</t>
   </si>
   <si>
+    <t>Simulation of characteristics of double-junction solar cells based on ZnSiP2 heterostructures on silicon substrate</t>
+  </si>
+  <si>
+    <t>Technical Physics Letters</t>
+  </si>
+  <si>
+    <t>1120-1123</t>
+  </si>
+  <si>
+    <t>10.1134/S106378501512007X</t>
+  </si>
+  <si>
     <t>Controllable Femtosecond Laser-Induced Dewetting for Plasmonic Applications</t>
   </si>
   <si>
     <t>Sergey Makarov, Valentin Milichko, Ivan Mukhin, Ivan Shishkin, Dmitry Zuev, Alexey Mozharov, Pavel Belov</t>
   </si>
   <si>
     <t>91-99</t>
   </si>
   <si>
     <t>10.1002/lpor.201500119</t>
   </si>
   <si>
-    <t>Simulation of characteristics of double-junction solar cells based on ZnSiP2 heterostructures on silicon substrate</t>
-[...10 lines deleted...]
-  <si>
     <t>Laser writing of nanoparticle-based plasmonic structures</t>
   </si>
   <si>
     <t>Sergey Makarov, Valentin Milichko, Pavel Belov, Alexey Mozharov, Ivan Mukhin</t>
   </si>
   <si>
     <t>2015 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>10.1109/DD.2015.7354859</t>
   </si>
   <si>
     <t>Antireflective properties of periodic nanopore arrays</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Baranov, Ivan Mukhin, Anton Samusev, Pavel Belov, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1109/DD.2015.7354837</t>
   </si>
   <si>
+    <t>Formation of metallic nanostructures on the surface of ion- exchange glass by focused electron beam</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/643/1/012113</t>
+  </si>
+  <si>
+    <t>Study of micro- and nanomechanical oscillators based on crystalline W and amorphous C whiskers</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/643/1/012114</t>
+  </si>
+  <si>
     <t>Specialized probes with nanowhisker structures for high resolution magnetic force microscopy</t>
   </si>
   <si>
     <t>Kirill Belousov, Alexey Mozharov, Ivan Mukhin</t>
   </si>
   <si>
     <t>10.1088/1742-6596/643/1/012095</t>
   </si>
   <si>
     <t>Modeling, synthesis and study of highly efficient solar cells based on III-nitride nanowire arrays grown on Si substrates</t>
   </si>
   <si>
     <t>Alexey Mozharov, Alexey Bolshakov, Ivan Mukhin,  Harmand J. C.</t>
   </si>
   <si>
     <t>10.1088/1742-6596/643/1/012115</t>
   </si>
   <si>
-    <t>Formation of metallic nanostructures on the surface of ion- exchange glass by focused electron beam</t>
-[...10 lines deleted...]
-  <si>
     <t>2D-patterning of self-assembled silver nanoisland films</t>
   </si>
   <si>
     <t>Faraday Discussions</t>
   </si>
   <si>
     <t>107-121</t>
   </si>
   <si>
     <t>10.1039/C5FD00129C</t>
   </si>
   <si>
     <t>Numerical modeling of photovoltaic efficiency of n-type GaN nanowires on p-type Si heterojunction</t>
   </si>
   <si>
     <t>507-510</t>
   </si>
   <si>
     <t>10.1002/pssr.201510241</t>
   </si>
   <si>
     <t>Mode selection in InAs quantum dot microdisk lasers using focused ion beam technique</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Ivan Mukhin, Zarina Sadrieva</t>
@@ -1709,75 +1709,75 @@
   <si>
     <t>Demonstration of unusual nanoantenna array modes through direct reconstruction of the near-field signal</t>
   </si>
   <si>
     <t>Ivan Sinev, Pavel Voroshilov, Ivan Mukhin, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>765-770</t>
   </si>
   <si>
     <t>10.1039/C4NR04872E</t>
   </si>
   <si>
     <t>Control of emission spectra in quantum dot microdisk/microring lasers</t>
   </si>
   <si>
     <t>Ivan Mukhin, Andrey Bogdanov</t>
   </si>
   <si>
     <t>25782-25787</t>
   </si>
   <si>
     <t>10.1364/OE.22.025782</t>
   </si>
   <si>
+    <t>High-Temperature Lasing and Control of Emission Spectra in Microdisk and Microring Lasers with Quantum Dots</t>
+  </si>
+  <si>
+    <t>IEEE International Semiconductor Laser Conference</t>
+  </si>
+  <si>
+    <t>183-184</t>
+  </si>
+  <si>
+    <t>10.1109/ISLC.2014.224</t>
+  </si>
+  <si>
     <t>Observation of optical domino modes in arrays of non-resonant plasmonic nanoantennas</t>
   </si>
   <si>
     <t>Ivan Sinev, Anton Samusev, Pavel Voroshilov, Ivan Mukhin, Michael Guzhva, Pavel Belov</t>
   </si>
   <si>
     <t>Proceedings of SPIE</t>
   </si>
   <si>
     <t>91632R</t>
   </si>
   <si>
     <t>10.1117/12.2061675</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1109/ISLC.2014.224</t>
   </si>
   <si>
     <t>Mapping electromagnetic fields near a subwavelength hole</t>
   </si>
   <si>
     <t>Dmitry Permyakov, Ivan Mukhin, Ivan Shishkin, Anton Samusev, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>622-626</t>
   </si>
   <si>
     <t>10.1134/S002136401411006X</t>
   </si>
   <si>
     <t>Electrostatic pick-and-place micro/nanomanipulation under the electron beam</t>
   </si>
   <si>
     <t>Microelectronic Engineering</t>
   </si>
   <si>
     <t>15-18</t>
   </si>
   <si>
     <t>10.1016/j.mee.2014.02.019</t>
   </si>
@@ -3024,80 +3024,80 @@
         <v>0.21</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>127</v>
       </c>
       <c r="B30" t="s">
         <v>128</v>
       </c>
       <c r="C30" t="s">
         <v>120</v>
       </c>
       <c r="D30">
         <v>2015</v>
       </c>
       <c r="E30" t="s">
         <v>129</v>
       </c>
       <c r="F30">
         <v>2021</v>
       </c>
       <c r="G30" t="s">
         <v>130</v>
       </c>
-      <c r="H30"/>
+      <c r="H30">
+        <v>0.55</v>
+      </c>
       <c r="I30">
         <v>0.21</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>131</v>
       </c>
       <c r="B31" t="s">
         <v>132</v>
       </c>
       <c r="C31" t="s">
         <v>120</v>
       </c>
       <c r="D31">
         <v>2015</v>
       </c>
       <c r="E31" t="s">
         <v>133</v>
       </c>
       <c r="F31">
         <v>2021</v>
       </c>
       <c r="G31" t="s">
         <v>134</v>
       </c>
-      <c r="H31">
-[...1 lines deleted...]
-      </c>
+      <c r="H31"/>
       <c r="I31">
         <v>0.21</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>135</v>
       </c>
       <c r="B32" t="s">
         <v>136</v>
       </c>
       <c r="C32" t="s">
         <v>33</v>
       </c>
       <c r="D32">
         <v>4</v>
       </c>
       <c r="E32" t="s">
         <v>137</v>
       </c>
       <c r="F32">
         <v>2021</v>
       </c>
       <c r="G32" t="s">
         <v>138</v>
@@ -3817,664 +3817,664 @@
       </c>
       <c r="E58">
         <v>8813</v>
       </c>
       <c r="F58">
         <v>2019</v>
       </c>
       <c r="G58" t="s">
         <v>240</v>
       </c>
       <c r="H58">
         <v>4.19</v>
       </c>
       <c r="I58">
         <v>1.48</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>241</v>
       </c>
       <c r="B59" t="s">
         <v>242</v>
       </c>
       <c r="C59" t="s">
-        <v>163</v>
+        <v>243</v>
       </c>
       <c r="D59">
-        <v>1874</v>
-[...2 lines deleted...]
-        <v>40025</v>
+        <v>52</v>
+      </c>
+      <c r="E59" t="s">
+        <v>244</v>
       </c>
       <c r="F59">
         <v>2019</v>
       </c>
       <c r="G59" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="H59"/>
+        <v>245</v>
+      </c>
+      <c r="H59">
+        <v>0.64</v>
+      </c>
       <c r="I59">
-        <v>0.18</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B60" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C60" t="s">
-        <v>112</v>
+        <v>248</v>
       </c>
       <c r="D60">
-        <v>108</v>
+        <v>477</v>
       </c>
       <c r="E60" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="F60">
         <v>2019</v>
       </c>
       <c r="G60" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="H60">
-        <v>1.4</v>
+        <v>1.63</v>
       </c>
       <c r="I60">
-        <v>0.58</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="B61" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="C61" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="D61">
-        <v>52</v>
+        <v>9</v>
       </c>
       <c r="E61" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="F61">
         <v>2019</v>
       </c>
       <c r="G61" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="H61">
-        <v>0.64</v>
+        <v>2.61</v>
       </c>
       <c r="I61">
-        <v>0.3</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="B62" t="s">
-        <v>242</v>
+        <v>257</v>
       </c>
       <c r="C62" t="s">
-        <v>250</v>
+        <v>258</v>
       </c>
       <c r="D62">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="E62" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="F62">
         <v>2019</v>
       </c>
       <c r="G62" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="H62">
-        <v>0.64</v>
+        <v>11.24</v>
       </c>
       <c r="I62">
-        <v>0.3</v>
+        <v>5.79</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="B63" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="C63" t="s">
-        <v>231</v>
+        <v>120</v>
       </c>
       <c r="D63">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>258</v>
+        <v>1124</v>
+      </c>
+      <c r="E63">
+        <v>41018</v>
       </c>
       <c r="F63">
         <v>2019</v>
       </c>
       <c r="G63" t="s">
-        <v>259</v>
-[...3 lines deleted...]
-      </c>
+        <v>263</v>
+      </c>
+      <c r="H63"/>
       <c r="I63">
-        <v>0.38</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="B64" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="C64" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="D64">
-        <v>215</v>
-[...2 lines deleted...]
-        <v>1800046</v>
+        <v>471</v>
+      </c>
+      <c r="E64" t="s">
+        <v>267</v>
       </c>
       <c r="F64">
         <v>2019</v>
       </c>
       <c r="G64" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="H64">
-        <v>1.61</v>
+        <v>6.18</v>
       </c>
       <c r="I64">
-        <v>0.55</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="B65" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="C65" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="D65">
-        <v>90</v>
+        <v>9</v>
       </c>
       <c r="E65" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="F65">
         <v>2019</v>
       </c>
       <c r="G65" t="s">
-        <v>268</v>
-[...6 lines deleted...]
-      </c>
+        <v>273</v>
+      </c>
+      <c r="H65"/>
+      <c r="I65"/>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="B66" t="s">
-        <v>242</v>
+        <v>275</v>
       </c>
       <c r="C66" t="s">
-        <v>163</v>
+        <v>243</v>
       </c>
       <c r="D66">
-        <v>2064</v>
-[...2 lines deleted...]
-        <v>20002</v>
+        <v>52</v>
+      </c>
+      <c r="E66" t="s">
+        <v>276</v>
       </c>
       <c r="F66">
         <v>2019</v>
       </c>
       <c r="G66" t="s">
-        <v>270</v>
-[...1 lines deleted...]
-      <c r="H66"/>
+        <v>277</v>
+      </c>
+      <c r="H66">
+        <v>0.64</v>
+      </c>
       <c r="I66">
-        <v>0.18</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
       <c r="B67" t="s">
-        <v>242</v>
+        <v>279</v>
       </c>
       <c r="C67" t="s">
-        <v>272</v>
+        <v>243</v>
       </c>
       <c r="D67">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>5299</v>
+        <v>52</v>
+      </c>
+      <c r="E67" t="s">
+        <v>280</v>
       </c>
       <c r="F67">
         <v>2019</v>
       </c>
       <c r="G67" t="s">
-        <v>273</v>
+        <v>281</v>
       </c>
       <c r="H67">
-        <v>4.0</v>
+        <v>0.64</v>
       </c>
       <c r="I67">
-        <v>1.34</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="B68" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="C68" t="s">
-        <v>275</v>
+        <v>283</v>
       </c>
       <c r="D68">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>276</v>
+        <v>4</v>
+      </c>
+      <c r="E68">
+        <v>125027</v>
       </c>
       <c r="F68">
         <v>2019</v>
       </c>
       <c r="G68" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-      <c r="I68"/>
+        <v>284</v>
+      </c>
+      <c r="H68">
+        <v>1.93</v>
+      </c>
+      <c r="I68">
+        <v>0.37</v>
+      </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="B69" t="s">
-        <v>242</v>
+        <v>252</v>
       </c>
       <c r="C69" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="D69">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>280</v>
+        <v>287</v>
       </c>
       <c r="F69">
         <v>2019</v>
       </c>
       <c r="G69" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="H69">
-        <v>0.93</v>
+        <v>3.12</v>
       </c>
       <c r="I69">
-        <v>0.39</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="B70" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="C70" t="s">
-        <v>250</v>
+        <v>163</v>
       </c>
       <c r="D70">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>283</v>
+        <v>1874</v>
+      </c>
+      <c r="E70">
+        <v>40025</v>
       </c>
       <c r="F70">
         <v>2019</v>
       </c>
       <c r="G70" t="s">
-        <v>284</v>
-[...3 lines deleted...]
-      </c>
+        <v>290</v>
+      </c>
+      <c r="H70"/>
       <c r="I70">
-        <v>0.3</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="B71" t="s">
-        <v>242</v>
+        <v>292</v>
       </c>
       <c r="C71" t="s">
-        <v>286</v>
+        <v>112</v>
       </c>
       <c r="D71">
-        <v>477</v>
+        <v>108</v>
       </c>
       <c r="E71" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="F71">
         <v>2019</v>
       </c>
       <c r="G71" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="H71">
-        <v>1.63</v>
+        <v>1.4</v>
       </c>
       <c r="I71">
-        <v>0.54</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="B72" t="s">
-        <v>290</v>
+        <v>242</v>
       </c>
       <c r="C72" t="s">
-        <v>291</v>
+        <v>243</v>
       </c>
       <c r="D72">
-        <v>9</v>
+        <v>52</v>
       </c>
       <c r="E72" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="F72">
         <v>2019</v>
       </c>
       <c r="G72" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="H72">
-        <v>2.61</v>
+        <v>0.64</v>
       </c>
       <c r="I72">
-        <v>0.66</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="B73" t="s">
-        <v>295</v>
+        <v>247</v>
       </c>
       <c r="C73" t="s">
-        <v>296</v>
+        <v>243</v>
       </c>
       <c r="D73">
-        <v>19</v>
+        <v>52</v>
       </c>
       <c r="E73" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="F73">
         <v>2019</v>
       </c>
       <c r="G73" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="H73">
-        <v>11.24</v>
+        <v>0.64</v>
       </c>
       <c r="I73">
-        <v>5.79</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B74" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C74" t="s">
-        <v>120</v>
+        <v>231</v>
       </c>
       <c r="D74">
-        <v>1124</v>
-[...2 lines deleted...]
-        <v>41018</v>
+        <v>62</v>
+      </c>
+      <c r="E74" t="s">
+        <v>303</v>
       </c>
       <c r="F74">
         <v>2019</v>
       </c>
       <c r="G74" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="H74"/>
+        <v>304</v>
+      </c>
+      <c r="H74">
+        <v>0.6</v>
+      </c>
       <c r="I74">
-        <v>0.22</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="B75" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C75" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="D75">
-        <v>471</v>
-[...2 lines deleted...]
-        <v>305</v>
+        <v>215</v>
+      </c>
+      <c r="E75">
+        <v>1800046</v>
       </c>
       <c r="F75">
         <v>2019</v>
       </c>
       <c r="G75" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="H75">
-        <v>6.18</v>
+        <v>1.61</v>
       </c>
       <c r="I75">
-        <v>1.23</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B76" t="s">
-        <v>308</v>
+        <v>275</v>
       </c>
       <c r="C76" t="s">
-        <v>275</v>
+        <v>310</v>
       </c>
       <c r="D76">
-        <v>9</v>
+        <v>90</v>
       </c>
       <c r="E76" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="F76">
         <v>2019</v>
       </c>
       <c r="G76" t="s">
-        <v>310</v>
-[...2 lines deleted...]
-      <c r="I76"/>
+        <v>312</v>
+      </c>
+      <c r="H76">
+        <v>3.09</v>
+      </c>
+      <c r="I76">
+        <v>0.67</v>
+      </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B77" t="s">
-        <v>265</v>
+        <v>247</v>
       </c>
       <c r="C77" t="s">
-        <v>250</v>
+        <v>163</v>
       </c>
       <c r="D77">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>312</v>
+        <v>2064</v>
+      </c>
+      <c r="E77">
+        <v>20002</v>
       </c>
       <c r="F77">
         <v>2019</v>
       </c>
       <c r="G77" t="s">
-        <v>313</v>
-[...3 lines deleted...]
-      </c>
+        <v>314</v>
+      </c>
+      <c r="H77"/>
       <c r="I77">
-        <v>0.3</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B78" t="s">
-        <v>315</v>
+        <v>247</v>
       </c>
       <c r="C78" t="s">
-        <v>250</v>
+        <v>316</v>
       </c>
       <c r="D78">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>316</v>
+        <v>8</v>
+      </c>
+      <c r="E78">
+        <v>5299</v>
       </c>
       <c r="F78">
         <v>2019</v>
       </c>
       <c r="G78" t="s">
         <v>317</v>
       </c>
       <c r="H78">
-        <v>0.64</v>
+        <v>4.0</v>
       </c>
       <c r="I78">
-        <v>0.3</v>
+        <v>1.34</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
         <v>318</v>
       </c>
       <c r="B79" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C79" t="s">
+        <v>271</v>
+      </c>
+      <c r="D79">
+        <v>9</v>
+      </c>
+      <c r="E79" t="s">
         <v>319</v>
-      </c>
-[...4 lines deleted...]
-        <v>125027</v>
       </c>
       <c r="F79">
         <v>2019</v>
       </c>
       <c r="G79" t="s">
         <v>320</v>
       </c>
-      <c r="H79">
-[...4 lines deleted...]
-      </c>
+      <c r="H79"/>
+      <c r="I79"/>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
         <v>321</v>
       </c>
       <c r="B80" t="s">
-        <v>290</v>
+        <v>247</v>
       </c>
       <c r="C80" t="s">
         <v>322</v>
       </c>
       <c r="D80">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="E80" t="s">
         <v>323</v>
       </c>
       <c r="F80">
         <v>2019</v>
       </c>
       <c r="G80" t="s">
         <v>324</v>
       </c>
       <c r="H80">
-        <v>3.12</v>
+        <v>0.93</v>
       </c>
       <c r="I80">
-        <v>0.81</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
         <v>325</v>
       </c>
       <c r="B81" t="s">
         <v>326</v>
       </c>
       <c r="C81" t="s">
         <v>80</v>
       </c>
       <c r="D81">
         <v>13</v>
       </c>
       <c r="E81">
         <v>1800274</v>
       </c>
       <c r="F81">
         <v>2019</v>
       </c>
       <c r="G81" t="s">
         <v>327</v>
       </c>
       <c r="H81">
@@ -4550,51 +4550,51 @@
       <c r="C84" t="s">
         <v>120</v>
       </c>
       <c r="D84">
         <v>1092</v>
       </c>
       <c r="E84">
         <v>12013</v>
       </c>
       <c r="F84">
         <v>2018</v>
       </c>
       <c r="G84" t="s">
         <v>337</v>
       </c>
       <c r="H84"/>
       <c r="I84">
         <v>0.24</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
         <v>338</v>
       </c>
       <c r="B85" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="C85" t="s">
         <v>339</v>
       </c>
       <c r="D85">
         <v>97</v>
       </c>
       <c r="E85">
         <v>195443</v>
       </c>
       <c r="F85">
         <v>2018</v>
       </c>
       <c r="G85" t="s">
         <v>340</v>
       </c>
       <c r="H85">
         <v>3.74</v>
       </c>
       <c r="I85">
         <v>1.5</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
@@ -4608,51 +4608,51 @@
       </c>
       <c r="D86">
         <v>11</v>
       </c>
       <c r="E86">
         <v>1700168</v>
       </c>
       <c r="F86">
         <v>2018</v>
       </c>
       <c r="G86" t="s">
         <v>343</v>
       </c>
       <c r="H86">
         <v>9.06</v>
       </c>
       <c r="I86">
         <v>3.82</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>344</v>
       </c>
       <c r="B87" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="C87" t="s">
         <v>345</v>
       </c>
       <c r="D87">
         <v>10</v>
       </c>
       <c r="E87">
         <v>21001</v>
       </c>
       <c r="F87">
         <v>2018</v>
       </c>
       <c r="G87" t="s">
         <v>346</v>
       </c>
       <c r="H87">
         <v>1.51</v>
       </c>
       <c r="I87">
         <v>0.45</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
@@ -4663,51 +4663,51 @@
       </c>
       <c r="C88" t="s">
         <v>349</v>
       </c>
       <c r="D88"/>
       <c r="E88" t="s">
         <v>350</v>
       </c>
       <c r="F88">
         <v>2018</v>
       </c>
       <c r="G88" t="s">
         <v>351</v>
       </c>
       <c r="H88"/>
       <c r="I88"/>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
         <v>352</v>
       </c>
       <c r="B89" t="s">
         <v>353</v>
       </c>
       <c r="C89" t="s">
-        <v>296</v>
+        <v>258</v>
       </c>
       <c r="D89" t="s">
         <v>354</v>
       </c>
       <c r="E89" t="s">
         <v>355</v>
       </c>
       <c r="F89">
         <v>2017</v>
       </c>
       <c r="G89" t="s">
         <v>356</v>
       </c>
       <c r="H89">
         <v>12.08</v>
       </c>
       <c r="I89">
         <v>7.45</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
         <v>357</v>
       </c>
       <c r="B90" t="s">
@@ -4854,51 +4854,51 @@
       </c>
       <c r="C95" t="s">
         <v>349</v>
       </c>
       <c r="D95"/>
       <c r="E95" t="s">
         <v>377</v>
       </c>
       <c r="F95">
         <v>2017</v>
       </c>
       <c r="G95" t="s">
         <v>378</v>
       </c>
       <c r="H95"/>
       <c r="I95"/>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
         <v>379</v>
       </c>
       <c r="B96" t="s">
         <v>380</v>
       </c>
       <c r="C96" t="s">
-        <v>296</v>
+        <v>258</v>
       </c>
       <c r="D96">
         <v>17</v>
       </c>
       <c r="E96" t="s">
         <v>381</v>
       </c>
       <c r="F96">
         <v>2017</v>
       </c>
       <c r="G96" t="s">
         <v>382</v>
       </c>
       <c r="H96">
         <v>12.08</v>
       </c>
       <c r="I96">
         <v>7.45</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
         <v>383</v>
       </c>
       <c r="B97" t="s">
@@ -5270,78 +5270,78 @@
       </c>
       <c r="G111" t="s">
         <v>445</v>
       </c>
       <c r="H111">
         <v>2.3</v>
       </c>
       <c r="I111">
         <v>0.85</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
         <v>446</v>
       </c>
       <c r="B112" t="s">
         <v>447</v>
       </c>
       <c r="C112" t="s">
         <v>120</v>
       </c>
       <c r="D112">
         <v>741</v>
       </c>
       <c r="E112">
-        <v>12140</v>
+        <v>12152</v>
       </c>
       <c r="F112">
         <v>2016</v>
       </c>
       <c r="G112" t="s">
         <v>448</v>
       </c>
       <c r="H112"/>
       <c r="I112">
         <v>0.25</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
         <v>449</v>
       </c>
       <c r="B113" t="s">
         <v>450</v>
       </c>
       <c r="C113" t="s">
         <v>120</v>
       </c>
       <c r="D113">
         <v>741</v>
       </c>
       <c r="E113">
-        <v>12152</v>
+        <v>12140</v>
       </c>
       <c r="F113">
         <v>2016</v>
       </c>
       <c r="G113" t="s">
         <v>451</v>
       </c>
       <c r="H113"/>
       <c r="I113">
         <v>0.25</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
         <v>452</v>
       </c>
       <c r="B114" t="s">
         <v>453</v>
       </c>
       <c r="C114" t="s">
         <v>163</v>
       </c>
       <c r="D114">
         <v>1748</v>
       </c>
@@ -5417,163 +5417,163 @@
       </c>
       <c r="D117">
         <v>8</v>
       </c>
       <c r="E117" t="s">
         <v>464</v>
       </c>
       <c r="F117">
         <v>2016</v>
       </c>
       <c r="G117" t="s">
         <v>465</v>
       </c>
       <c r="H117">
         <v>7.37</v>
       </c>
       <c r="I117">
         <v>2.79</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
         <v>466</v>
       </c>
       <c r="B118" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="C118" t="s">
-        <v>262</v>
+        <v>307</v>
       </c>
       <c r="D118">
         <v>213</v>
       </c>
       <c r="E118" t="s">
         <v>467</v>
       </c>
       <c r="F118">
         <v>2016</v>
       </c>
       <c r="G118" t="s">
         <v>468</v>
       </c>
       <c r="H118">
         <v>1.65</v>
       </c>
       <c r="I118">
         <v>0.67</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
         <v>469</v>
       </c>
       <c r="B119" t="s">
         <v>470</v>
       </c>
       <c r="C119" t="s">
-        <v>266</v>
+        <v>310</v>
       </c>
       <c r="D119">
         <v>55</v>
       </c>
       <c r="E119" t="s">
         <v>471</v>
       </c>
       <c r="F119">
         <v>2016</v>
       </c>
       <c r="G119" t="s">
         <v>472</v>
       </c>
       <c r="H119">
         <v>2.36</v>
       </c>
       <c r="I119">
         <v>0.64</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
         <v>473</v>
       </c>
       <c r="B120" t="s">
         <v>474</v>
       </c>
       <c r="C120" t="s">
         <v>120</v>
       </c>
       <c r="D120">
         <v>690</v>
       </c>
       <c r="E120">
-        <v>12020</v>
+        <v>12021</v>
       </c>
       <c r="F120">
         <v>2016</v>
       </c>
       <c r="G120" t="s">
         <v>475</v>
       </c>
       <c r="H120"/>
       <c r="I120">
         <v>0.25</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
         <v>476</v>
       </c>
       <c r="B121" t="s">
         <v>477</v>
       </c>
       <c r="C121" t="s">
         <v>120</v>
       </c>
       <c r="D121">
         <v>690</v>
       </c>
       <c r="E121">
-        <v>12021</v>
+        <v>12020</v>
       </c>
       <c r="F121">
         <v>2016</v>
       </c>
       <c r="G121" t="s">
         <v>478</v>
       </c>
       <c r="H121"/>
       <c r="I121">
         <v>0.25</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
         <v>479</v>
       </c>
       <c r="B122" t="s">
-        <v>265</v>
+        <v>275</v>
       </c>
       <c r="C122" t="s">
         <v>120</v>
       </c>
       <c r="D122">
         <v>690</v>
       </c>
       <c r="E122">
         <v>12041</v>
       </c>
       <c r="F122">
         <v>2016</v>
       </c>
       <c r="G122" t="s">
         <v>480</v>
       </c>
       <c r="H122"/>
       <c r="I122">
         <v>0.25</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
         <v>481</v>
       </c>
@@ -5585,80 +5585,80 @@
       </c>
       <c r="D123">
         <v>28</v>
       </c>
       <c r="E123" t="s">
         <v>483</v>
       </c>
       <c r="F123">
         <v>2016</v>
       </c>
       <c r="G123" t="s">
         <v>484</v>
       </c>
       <c r="H123">
         <v>19.79</v>
       </c>
       <c r="I123">
         <v>9.18</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
         <v>485</v>
       </c>
       <c r="B124" t="s">
-        <v>257</v>
+        <v>302</v>
       </c>
       <c r="C124" t="s">
         <v>486</v>
       </c>
       <c r="D124">
         <v>15</v>
       </c>
       <c r="E124" t="s">
         <v>487</v>
       </c>
       <c r="F124">
         <v>2016</v>
       </c>
       <c r="G124" t="s">
         <v>488</v>
       </c>
       <c r="H124">
         <v>1.34</v>
       </c>
       <c r="I124">
         <v>0.43</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
         <v>489</v>
       </c>
       <c r="B125" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="C125" t="s">
         <v>433</v>
       </c>
       <c r="D125">
         <v>8</v>
       </c>
       <c r="E125" t="s">
         <v>490</v>
       </c>
       <c r="F125">
         <v>2015</v>
       </c>
       <c r="G125" t="s">
         <v>491</v>
       </c>
       <c r="H125">
         <v>7.76</v>
       </c>
       <c r="I125">
         <v>2.77</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
@@ -5666,288 +5666,288 @@
       </c>
       <c r="B126" t="s">
         <v>493</v>
       </c>
       <c r="C126" t="s">
         <v>494</v>
       </c>
       <c r="D126">
         <v>26</v>
       </c>
       <c r="E126">
         <v>61</v>
       </c>
       <c r="F126">
         <v>2015</v>
       </c>
       <c r="G126"/>
       <c r="H126"/>
       <c r="I126"/>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
         <v>495</v>
       </c>
       <c r="B127" t="s">
+        <v>247</v>
+      </c>
+      <c r="C127" t="s">
         <v>496</v>
       </c>
-      <c r="C127" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D127">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="E127" t="s">
         <v>497</v>
       </c>
       <c r="F127">
         <v>2015</v>
       </c>
       <c r="G127" t="s">
         <v>498</v>
       </c>
       <c r="H127">
-        <v>7.49</v>
+        <v>0.7</v>
       </c>
       <c r="I127">
-        <v>4.21</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
         <v>499</v>
       </c>
       <c r="B128" t="s">
-        <v>242</v>
+        <v>500</v>
       </c>
       <c r="C128" t="s">
-        <v>500</v>
+        <v>80</v>
       </c>
       <c r="D128">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="E128" t="s">
         <v>501</v>
       </c>
       <c r="F128">
         <v>2015</v>
       </c>
       <c r="G128" t="s">
         <v>502</v>
       </c>
       <c r="H128">
-        <v>0.7</v>
+        <v>7.49</v>
       </c>
       <c r="I128">
-        <v>0.42</v>
+        <v>4.21</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
         <v>503</v>
       </c>
       <c r="B129" t="s">
         <v>504</v>
       </c>
       <c r="C129" t="s">
         <v>505</v>
       </c>
       <c r="D129"/>
       <c r="E129"/>
       <c r="F129">
         <v>2015</v>
       </c>
       <c r="G129" t="s">
         <v>506</v>
       </c>
       <c r="H129"/>
       <c r="I129"/>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
         <v>507</v>
       </c>
       <c r="B130" t="s">
         <v>508</v>
       </c>
       <c r="C130" t="s">
         <v>505</v>
       </c>
       <c r="D130"/>
       <c r="E130"/>
       <c r="F130">
         <v>2015</v>
       </c>
       <c r="G130" t="s">
         <v>509</v>
       </c>
       <c r="H130"/>
       <c r="I130"/>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
         <v>510</v>
       </c>
       <c r="B131" t="s">
-        <v>511</v>
+        <v>302</v>
       </c>
       <c r="C131" t="s">
         <v>120</v>
       </c>
       <c r="D131">
         <v>643</v>
       </c>
       <c r="E131">
-        <v>12095</v>
+        <v>12113</v>
       </c>
       <c r="F131">
         <v>2015</v>
       </c>
       <c r="G131" t="s">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="H131"/>
       <c r="I131">
         <v>0.26</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="B132" t="s">
-        <v>514</v>
+        <v>247</v>
       </c>
       <c r="C132" t="s">
         <v>120</v>
       </c>
       <c r="D132">
         <v>643</v>
       </c>
       <c r="E132">
-        <v>12115</v>
+        <v>12114</v>
       </c>
       <c r="F132">
         <v>2015</v>
       </c>
       <c r="G132" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="H132"/>
       <c r="I132">
         <v>0.26</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="B133" t="s">
-        <v>257</v>
+        <v>515</v>
       </c>
       <c r="C133" t="s">
         <v>120</v>
       </c>
       <c r="D133">
         <v>643</v>
       </c>
       <c r="E133">
-        <v>12113</v>
+        <v>12095</v>
       </c>
       <c r="F133">
         <v>2015</v>
       </c>
       <c r="G133" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="H133"/>
       <c r="I133">
         <v>0.26</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
+        <v>517</v>
+      </c>
+      <c r="B134" t="s">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="C134" t="s">
         <v>120</v>
       </c>
       <c r="D134">
         <v>643</v>
       </c>
       <c r="E134">
-        <v>12114</v>
+        <v>12115</v>
       </c>
       <c r="F134">
         <v>2015</v>
       </c>
       <c r="G134" t="s">
         <v>519</v>
       </c>
       <c r="H134"/>
       <c r="I134">
         <v>0.26</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
         <v>520</v>
       </c>
       <c r="B135" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="C135" t="s">
         <v>521</v>
       </c>
       <c r="D135">
         <v>186</v>
       </c>
       <c r="E135" t="s">
         <v>522</v>
       </c>
       <c r="F135">
         <v>2015</v>
       </c>
       <c r="G135" t="s">
         <v>523</v>
       </c>
       <c r="H135">
         <v>3.54</v>
       </c>
       <c r="I135">
         <v>1.49</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
         <v>524</v>
       </c>
       <c r="B136" t="s">
-        <v>265</v>
+        <v>275</v>
       </c>
       <c r="C136" t="s">
         <v>215</v>
       </c>
       <c r="D136">
         <v>9</v>
       </c>
       <c r="E136" t="s">
         <v>525</v>
       </c>
       <c r="F136">
         <v>2015</v>
       </c>
       <c r="G136" t="s">
         <v>526</v>
       </c>
       <c r="H136">
         <v>2.14</v>
       </c>
       <c r="I136">
         <v>1.16</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
@@ -5964,77 +5964,77 @@
       </c>
       <c r="E137" t="s">
         <v>530</v>
       </c>
       <c r="F137">
         <v>2015</v>
       </c>
       <c r="G137" t="s">
         <v>531</v>
       </c>
       <c r="H137">
         <v>3.04</v>
       </c>
       <c r="I137">
         <v>2.01</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
         <v>532</v>
       </c>
       <c r="B138" t="s">
         <v>533</v>
       </c>
       <c r="C138" t="s">
-        <v>296</v>
+        <v>258</v>
       </c>
       <c r="D138">
         <v>15</v>
       </c>
       <c r="E138" t="s">
         <v>534</v>
       </c>
       <c r="F138">
         <v>2015</v>
       </c>
       <c r="G138" t="s">
         <v>535</v>
       </c>
       <c r="H138">
         <v>13.78</v>
       </c>
       <c r="I138">
         <v>8.36</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
         <v>536</v>
       </c>
       <c r="B139" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="C139" t="s">
         <v>112</v>
       </c>
       <c r="D139">
         <v>102</v>
       </c>
       <c r="E139" t="s">
         <v>537</v>
       </c>
       <c r="F139">
         <v>2015</v>
       </c>
       <c r="G139" t="s">
         <v>538</v>
       </c>
       <c r="H139">
         <v>1.17</v>
       </c>
       <c r="I139">
         <v>0.62</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
@@ -6077,109 +6077,109 @@
       </c>
       <c r="D141">
         <v>106</v>
       </c>
       <c r="E141">
         <v>171913</v>
       </c>
       <c r="F141">
         <v>2015</v>
       </c>
       <c r="G141" t="s">
         <v>545</v>
       </c>
       <c r="H141">
         <v>3.14</v>
       </c>
       <c r="I141">
         <v>1.5</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" t="s">
         <v>546</v>
       </c>
       <c r="B142" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="C142" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
       <c r="D142">
         <v>41</v>
       </c>
       <c r="E142" t="s">
         <v>547</v>
       </c>
       <c r="F142">
         <v>2015</v>
       </c>
       <c r="G142" t="s">
         <v>548</v>
       </c>
       <c r="H142">
         <v>0.7</v>
       </c>
       <c r="I142">
         <v>0.42</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
         <v>549</v>
       </c>
       <c r="B143" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="C143" t="s">
         <v>550</v>
       </c>
       <c r="D143">
         <v>148</v>
       </c>
       <c r="E143" t="s">
         <v>551</v>
       </c>
       <c r="F143">
         <v>2015</v>
       </c>
       <c r="G143" t="s">
         <v>552</v>
       </c>
       <c r="H143">
         <v>2.87</v>
       </c>
       <c r="I143">
         <v>2.07</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
         <v>553</v>
       </c>
       <c r="B144" t="s">
-        <v>257</v>
+        <v>302</v>
       </c>
       <c r="C144" t="s">
         <v>554</v>
       </c>
       <c r="D144">
         <v>186</v>
       </c>
       <c r="E144" t="s">
         <v>555</v>
       </c>
       <c r="F144">
         <v>2014</v>
       </c>
       <c r="G144" t="s">
         <v>556</v>
       </c>
       <c r="H144">
         <v>0.34</v>
       </c>
       <c r="I144">
         <v>0.19</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" t="s">
@@ -6222,164 +6222,164 @@
       </c>
       <c r="D146">
         <v>22</v>
       </c>
       <c r="E146" t="s">
         <v>563</v>
       </c>
       <c r="F146">
         <v>2014</v>
       </c>
       <c r="G146" t="s">
         <v>564</v>
       </c>
       <c r="H146">
         <v>3.49</v>
       </c>
       <c r="I146">
         <v>2.31</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
         <v>565</v>
       </c>
       <c r="B147" t="s">
+        <v>562</v>
+      </c>
+      <c r="C147" t="s">
         <v>566</v>
       </c>
-      <c r="C147" t="s">
+      <c r="D147"/>
+      <c r="E147" t="s">
         <v>567</v>
-      </c>
-[...4 lines deleted...]
-        <v>568</v>
       </c>
       <c r="F147">
         <v>2014</v>
       </c>
       <c r="G147" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="H147"/>
       <c r="I147">
-        <v>0.24</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" t="s">
+        <v>569</v>
+      </c>
+      <c r="B148" t="s">
         <v>570</v>
-      </c>
-[...1 lines deleted...]
-        <v>562</v>
       </c>
       <c r="C148" t="s">
         <v>571</v>
       </c>
-      <c r="D148"/>
+      <c r="D148">
+        <v>9163</v>
+      </c>
       <c r="E148" t="s">
         <v>572</v>
       </c>
       <c r="F148">
         <v>2014</v>
       </c>
       <c r="G148" t="s">
         <v>573</v>
       </c>
       <c r="H148"/>
       <c r="I148">
-        <v>0.2</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" t="s">
         <v>574</v>
       </c>
       <c r="B149" t="s">
         <v>575</v>
       </c>
       <c r="C149" t="s">
         <v>112</v>
       </c>
       <c r="D149">
         <v>99</v>
       </c>
       <c r="E149" t="s">
         <v>576</v>
       </c>
       <c r="F149">
         <v>2014</v>
       </c>
       <c r="G149" t="s">
         <v>577</v>
       </c>
       <c r="H149">
         <v>1.36</v>
       </c>
       <c r="I149">
         <v>0.76</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" t="s">
         <v>578</v>
       </c>
       <c r="B150" t="s">
-        <v>257</v>
+        <v>302</v>
       </c>
       <c r="C150" t="s">
         <v>579</v>
       </c>
       <c r="D150">
         <v>121</v>
       </c>
       <c r="E150" t="s">
         <v>580</v>
       </c>
       <c r="F150">
         <v>2014</v>
       </c>
       <c r="G150" t="s">
         <v>581</v>
       </c>
       <c r="H150">
         <v>1.2</v>
       </c>
       <c r="I150">
         <v>0.59</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" t="s">
         <v>582</v>
       </c>
       <c r="B151" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="C151" t="s">
-        <v>250</v>
+        <v>243</v>
       </c>
       <c r="D151">
         <v>48</v>
       </c>
       <c r="E151" t="s">
         <v>583</v>
       </c>
       <c r="F151">
         <v>2014</v>
       </c>
       <c r="G151" t="s">
         <v>584</v>
       </c>
       <c r="H151">
         <v>0.74</v>
       </c>
       <c r="I151">
         <v>0.48</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" t="s">
         <v>585</v>
       </c>
       <c r="B152" t="s">
@@ -6420,138 +6420,138 @@
       </c>
       <c r="E153" t="s">
         <v>591</v>
       </c>
       <c r="F153">
         <v>2013</v>
       </c>
       <c r="G153" t="s">
         <v>592</v>
       </c>
       <c r="H153">
         <v>0.54</v>
       </c>
       <c r="I153">
         <v>0.38</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" t="s">
         <v>593</v>
       </c>
       <c r="B154" t="s">
         <v>594</v>
       </c>
       <c r="C154" t="s">
-        <v>296</v>
+        <v>258</v>
       </c>
       <c r="D154">
         <v>12</v>
       </c>
       <c r="E154" t="s">
         <v>595</v>
       </c>
       <c r="F154">
         <v>2012</v>
       </c>
       <c r="G154" t="s">
         <v>596</v>
       </c>
       <c r="H154">
         <v>13.03</v>
       </c>
       <c r="I154">
         <v>10.27</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" t="s">
         <v>597</v>
       </c>
       <c r="B155" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="C155" t="s">
         <v>598</v>
       </c>
       <c r="D155">
         <v>282</v>
       </c>
       <c r="E155" t="s">
         <v>599</v>
       </c>
       <c r="F155">
         <v>2012</v>
       </c>
       <c r="G155" t="s">
         <v>600</v>
       </c>
       <c r="H155">
         <v>1.21</v>
       </c>
       <c r="I155">
         <v>0.7</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" t="s">
         <v>601</v>
       </c>
       <c r="B156" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="C156" t="s">
-        <v>250</v>
+        <v>243</v>
       </c>
       <c r="D156">
         <v>45</v>
       </c>
       <c r="E156" t="s">
         <v>602</v>
       </c>
       <c r="F156">
         <v>2011</v>
       </c>
       <c r="G156" t="s">
         <v>603</v>
       </c>
       <c r="H156">
         <v>0.63</v>
       </c>
       <c r="I156">
         <v>0.32</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" t="s">
         <v>604</v>
       </c>
       <c r="B157" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="C157" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
       <c r="D157">
         <v>37</v>
       </c>
       <c r="E157" t="s">
         <v>605</v>
       </c>
       <c r="F157">
         <v>2011</v>
       </c>
       <c r="G157" t="s">
         <v>606</v>
       </c>
       <c r="H157">
         <v>0.57</v>
       </c>
       <c r="I157">
         <v>0.21</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">