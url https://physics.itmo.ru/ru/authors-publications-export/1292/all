--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -41,77 +41,77 @@
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Polarization vortex for enhanced refractive index sensing</t>
+  </si>
+  <si>
+    <t>Ravshanjon Nazarov, Mingzhao Song, Andrey Bogdanov, Zarina Sadrieva</t>
+  </si>
+  <si>
+    <t>Optics Express</t>
+  </si>
+  <si>
+    <t>10.1364/oe.574292</t>
+  </si>
+  <si>
     <t>Bound states in the continuum in a chain of coupled Mie resonators with structural disorder: theory and experiment</t>
   </si>
   <si>
     <t>Ravshanjon Nazarov, Denis Khanabiev, Elizaveta Chernysheva, Aleksandra Dudnikova, Vyacheslav Istomin, Mikhail Sidorenko, Jinhui Shi, Ekaterina Maslova, Andrey Bogdanov, Zarina Sadrieva</t>
   </si>
   <si>
     <t>Nanophotonics</t>
   </si>
   <si>
     <t>3133-3143</t>
   </si>
   <si>
     <t>10.1515/nanoph-2025-0225</t>
   </si>
   <si>
-    <t>Polarization vortex for enhanced refractive index sensing</t>
-[...10 lines deleted...]
-  <si>
     <t>Bound States in the Continuum: Stability Against Structural Disorder</t>
   </si>
   <si>
     <t>Kliment Semushev, Nikolai Vlasov, Aleksandr Solomonov, Andrey Bogdanov, Mikhail Rybin, Zarina Sadrieva, Ekaterina Maslova</t>
   </si>
   <si>
     <t>2024 Photonics &amp;amp; Electromagnetics Research Symposium (PIERS)</t>
   </si>
   <si>
     <t>1-4</t>
   </si>
   <si>
     <t>10.1109/piers62282.2024.10618064</t>
   </si>
   <si>
     <t>Thermo‐Optical Bistability Enabled by Bound States in The Continuum in Silicon Metasurfaces</t>
   </si>
   <si>
     <t>Alexander Barulin, Olesya Pashina, Daniil Ryabov, Olga Sergaeva, Zarina Sadrieva, Alexey Shcherbakov, Viktoriia Rutckaia, Jörg Schilling, Andrey Bogdanov, Ivan Sinev, Alexander Chernov, Mihail Petrov</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202301399</t>
@@ -221,74 +221,74 @@
   <si>
     <t>Collective states with high quality factors in chains of dielectric resonators</t>
   </si>
   <si>
     <t>Mikhail Mikhailovskii, Roman Savelev, Mikhail Sidorenko, Zarina Sadrieva, Andrey Bogdanov, Mihail Petrov</t>
   </si>
   <si>
     <t>St. Petersburg Polytechnic University Journal - Physics and Mathematics</t>
   </si>
   <si>
     <t>10.18721/JPM.153.341</t>
   </si>
   <si>
     <t>Stability of bound states in the continuum in low-contrast photonic structures</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>012090</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012090</t>
   </si>
   <si>
+    <t>Bound states in the continuum in periodic structures with structural disorder</t>
+  </si>
+  <si>
+    <t>Ekaterina Maslova, Mikhail Rybin, Andrey Bogdanov, Zarina Sadrieva</t>
+  </si>
+  <si>
+    <t>4313-4321</t>
+  </si>
+  <si>
+    <t>10.1515/nanoph-2021-0475</t>
+  </si>
+  <si>
     <t>Accidental bound state in the continuum in a chain of dielectric disks</t>
   </si>
   <si>
     <t>Mikhail Sidorenko, Olga Sergaeva, Zarina Sadrieva, C. Roques-Carmes, P. S. Muraev, D. N. Maksimov, Andrey Bogdanov</t>
   </si>
   <si>
     <t>2021 Conference on Lasers and Electro-Optics Europe &amp;amp; European Quantum Electronics Conference (CLEO/Europe-EQEC)</t>
   </si>
   <si>
     <t>10.1109/cleo/europe-eqec52157.2021.9592618</t>
   </si>
   <si>
-    <t>Bound states in the continuum in periodic structures with structural disorder</t>
-[...10 lines deleted...]
-  <si>
     <t>Observation of Ultrafast Self-Action Effects in Quasi-BIC Resonant Metasurfaces</t>
   </si>
   <si>
     <t>Ivan Sinev, Zhuojun Liu, Anton Rudenko, Konstantin Ladutenko, Alexey Shcherbakov, Zarina Sadrieva, Mikhail Baranov, Tatiana Itina, Jin Liu, Andrey Bogdanov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.1c03257</t>
   </si>
   <si>
     <t>Observation of Ultrafast Self-Action Effects in Resonant Dielectric Metasurfaces</t>
   </si>
   <si>
     <t>Ivan Sinev, Zhuojun Liu, Anton Rudenko, Konstantin Ladutenko, Alexey Shcherbakov, Zarina Sadrieva, Tatiana Itina, Andrey Bogdanov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Conference on Lasers and Electro-Optics</t>
   </si>
   <si>
     <t>10.1364/cleo_qels.2021.fm3i.6</t>
   </si>
   <si>
     <t>Observation of an Accidental Bound State in the Continuum in a Chain of Dielectric Disks</t>
@@ -350,84 +350,84 @@
   <si>
     <t>Andrey Bogdanov, Polina Kapitanova, Mikhail Rybin, Sergey Gladishev, Zarina Sadrieva, Kirill Samusev, Yuri Kivshar, Mikhail Limonov</t>
   </si>
   <si>
     <t>Advanced Photonics</t>
   </si>
   <si>
     <t>10.1117/1.AP.1.1.016001</t>
   </si>
   <si>
     <t>Enhanced Temperature-Tunable Narrow-Band Photoluminescence from Resonant Perovskite Nanograting</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Zarina Sadrieva, Filipp Komissarenko, Anvar Zakhidov, Andrey Bogdanov, Sergey Makarov</t>
   </si>
   <si>
     <t>Applied Surface Science</t>
   </si>
   <si>
     <t>419-424</t>
   </si>
   <si>
     <t>10.1016/j.apsusc.2018.12.084</t>
   </si>
   <si>
+    <t>Bound state in the continuum supported by a low refractive index contrast waveguide in a woodpile structure</t>
+  </si>
+  <si>
+    <t>Lydia Pogorelskaya, Andrey Bogdanov, Kirill Samusev, Artem Sinelnik, Zarina Sadrieva</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012118</t>
+  </si>
+  <si>
     <t>Light-matter interaction between photonic bound states in the continuum and bright excitons in transition metal dichalcogenides</t>
   </si>
   <si>
     <t>Zarina Sadrieva, Andrey Bogdanov, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012064</t>
   </si>
   <si>
     <t>Effect of finite lateral size of dielectric grating on optical bound state in the continuum</t>
   </si>
   <si>
     <t>Zarina Sadrieva, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012127</t>
   </si>
   <si>
     <t>Bound state in the continuum in 1D chain of dielectric disks: theory and experiment</t>
   </si>
   <si>
     <t>Mikhail Balezin, Zarina Sadrieva, Mikhail Beliakov, Polina Kapitanova, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012012</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1088/1742-6596/1092/1/012118</t>
   </si>
   <si>
     <t>Strong coupling between excitons in transition metal dichalcogenides and optical bound states in the continuum</t>
   </si>
   <si>
     <t>161113(R)</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.161113</t>
   </si>
   <si>
     <t>Strong Mode Coupling and High-Q Supercavity Modes in Subwavelength Dielectric Resonators</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Sergey Gladishev, Zarina Sadrieva, Mikhail Rybin, Kirill Samusev, Mikhail Limonov, Yuri Kivshar</t>
   </si>
   <si>
     <t>IEEE - 2018 Conference on Lasers and Electro-Optics (CLEO)</t>
   </si>
   <si>
     <t>10.1364/CLEO_AT.2018.JTh2A.73</t>
   </si>
   <si>
     <t>Photoluminescence behavior of nanoimprinted halide perovskite at low temperatures</t>
   </si>
@@ -922,95 +922,95 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>33</v>
+      </c>
+      <c r="E2">
+        <v>42988</v>
       </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H2">
-        <v>8.45</v>
+        <v>3.89</v>
       </c>
       <c r="I2">
-        <v>2.72</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
         <v>14</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3">
+        <v>14</v>
+      </c>
+      <c r="E3" t="s">
         <v>16</v>
-      </c>
-[...4 lines deleted...]
-        <v>42988</v>
       </c>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3">
-        <v>3.89</v>
+        <v>8.45</v>
       </c>
       <c r="I3">
-        <v>1.39</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4">
         <v>49</v>
       </c>
       <c r="E4" t="s">
         <v>21</v>
       </c>
       <c r="F4">
         <v>2024</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4"/>
@@ -1283,91 +1283,91 @@
       <c r="D15">
         <v>2015</v>
       </c>
       <c r="E15" t="s">
         <v>67</v>
       </c>
       <c r="F15">
         <v>2021</v>
       </c>
       <c r="G15" t="s">
         <v>68</v>
       </c>
       <c r="H15"/>
       <c r="I15">
         <v>0.21</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>69</v>
       </c>
       <c r="B16" t="s">
         <v>70</v>
       </c>
       <c r="C16" t="s">
+        <v>15</v>
+      </c>
+      <c r="D16">
+        <v>10</v>
+      </c>
+      <c r="E16" t="s">
         <v>71</v>
       </c>
-      <c r="D16"/>
-      <c r="E16"/>
       <c r="F16">
         <v>2021</v>
       </c>
       <c r="G16" t="s">
         <v>72</v>
       </c>
-      <c r="H16"/>
-      <c r="I16"/>
+      <c r="H16">
+        <v>7.92</v>
+      </c>
+      <c r="I16">
+        <v>2.12</v>
+      </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>73</v>
       </c>
       <c r="B17" t="s">
         <v>74</v>
       </c>
       <c r="C17" t="s">
-        <v>11</v>
-[...4 lines deleted...]
-      <c r="E17" t="s">
         <v>75</v>
       </c>
+      <c r="D17"/>
+      <c r="E17"/>
       <c r="F17">
         <v>2021</v>
       </c>
       <c r="G17" t="s">
         <v>76</v>
       </c>
-      <c r="H17">
-[...4 lines deleted...]
-      </c>
+      <c r="H17"/>
+      <c r="I17"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>77</v>
       </c>
       <c r="B18" t="s">
         <v>78</v>
       </c>
       <c r="C18" t="s">
         <v>79</v>
       </c>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18">
         <v>2021</v>
       </c>
       <c r="G18" t="s">
         <v>80</v>
       </c>
       <c r="H18">
         <v>12.26</v>
       </c>
       <c r="I18">
         <v>3.76</v>
       </c>
@@ -1572,150 +1572,150 @@
       </c>
       <c r="G26" t="s">
         <v>111</v>
       </c>
       <c r="H26">
         <v>5.16</v>
       </c>
       <c r="I26">
         <v>1.12</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>112</v>
       </c>
       <c r="B27" t="s">
         <v>113</v>
       </c>
       <c r="C27" t="s">
         <v>66</v>
       </c>
       <c r="D27">
         <v>1092</v>
       </c>
       <c r="E27">
-        <v>12064</v>
+        <v>12118</v>
       </c>
       <c r="F27">
         <v>2018</v>
       </c>
       <c r="G27" t="s">
         <v>114</v>
       </c>
       <c r="H27"/>
       <c r="I27">
         <v>0.24</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>115</v>
       </c>
       <c r="B28" t="s">
         <v>116</v>
       </c>
       <c r="C28" t="s">
         <v>66</v>
       </c>
       <c r="D28">
         <v>1092</v>
       </c>
       <c r="E28">
-        <v>12127</v>
+        <v>12064</v>
       </c>
       <c r="F28">
         <v>2018</v>
       </c>
       <c r="G28" t="s">
         <v>117</v>
       </c>
       <c r="H28"/>
       <c r="I28">
         <v>0.24</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>118</v>
       </c>
       <c r="B29" t="s">
         <v>119</v>
       </c>
       <c r="C29" t="s">
         <v>66</v>
       </c>
       <c r="D29">
         <v>1092</v>
       </c>
       <c r="E29">
-        <v>12012</v>
+        <v>12127</v>
       </c>
       <c r="F29">
         <v>2018</v>
       </c>
       <c r="G29" t="s">
         <v>120</v>
       </c>
       <c r="H29"/>
       <c r="I29">
         <v>0.24</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>121</v>
       </c>
       <c r="B30" t="s">
         <v>122</v>
       </c>
       <c r="C30" t="s">
         <v>66</v>
       </c>
       <c r="D30">
         <v>1092</v>
       </c>
       <c r="E30">
-        <v>12118</v>
+        <v>12012</v>
       </c>
       <c r="F30">
         <v>2018</v>
       </c>
       <c r="G30" t="s">
         <v>123</v>
       </c>
       <c r="H30"/>
       <c r="I30">
         <v>0.24</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>124</v>
       </c>
       <c r="B31" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="C31" t="s">
         <v>90</v>
       </c>
       <c r="D31">
         <v>98</v>
       </c>
       <c r="E31" t="s">
         <v>125</v>
       </c>
       <c r="F31">
         <v>2018</v>
       </c>
       <c r="G31" t="s">
         <v>126</v>
       </c>
       <c r="H31">
         <v>3.74</v>
       </c>
       <c r="I31">
         <v>1.5</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
@@ -1912,51 +1912,51 @@
       </c>
       <c r="B39" t="s">
         <v>140</v>
       </c>
       <c r="C39" t="s">
         <v>154</v>
       </c>
       <c r="D39"/>
       <c r="E39" t="s">
         <v>155</v>
       </c>
       <c r="F39">
         <v>2016</v>
       </c>
       <c r="G39" t="s">
         <v>156</v>
       </c>
       <c r="H39"/>
       <c r="I39"/>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>157</v>
       </c>
       <c r="B40" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C40" t="s">
         <v>66</v>
       </c>
       <c r="D40">
         <v>741</v>
       </c>
       <c r="E40">
         <v>12122</v>
       </c>
       <c r="F40">
         <v>2016</v>
       </c>
       <c r="G40" t="s">
         <v>158</v>
       </c>
       <c r="H40"/>
       <c r="I40">
         <v>0.25</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>159</v>
       </c>