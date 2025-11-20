--- v1 (2025-10-30)
+++ v2 (2025-11-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
@@ -81,50 +81,68 @@
     <t>Ravshanjon Nazarov, Denis Khanabiev, Elizaveta Chernysheva, Aleksandra Dudnikova, Vyacheslav Istomin, Mikhail Sidorenko, Jinhui Shi, Ekaterina Maslova, Andrey Bogdanov, Zarina Sadrieva</t>
   </si>
   <si>
     <t>Nanophotonics</t>
   </si>
   <si>
     <t>3133-3143</t>
   </si>
   <si>
     <t>10.1515/nanoph-2025-0225</t>
   </si>
   <si>
     <t>Bound States in the Continuum: Stability Against Structural Disorder</t>
   </si>
   <si>
     <t>Kliment Semushev, Nikolai Vlasov, Aleksandr Solomonov, Andrey Bogdanov, Mikhail Rybin, Zarina Sadrieva, Ekaterina Maslova</t>
   </si>
   <si>
     <t>2024 Photonics &amp;amp; Electromagnetics Research Symposium (PIERS)</t>
   </si>
   <si>
     <t>1-4</t>
   </si>
   <si>
     <t>10.1109/piers62282.2024.10618064</t>
+  </si>
+  <si>
+    <t>A Broadband Polarization Degeneracy of the Waveguide Modes in Silicon Metasurface</t>
+  </si>
+  <si>
+    <t>Zarina Sadrieva, Abanoub  Mikhail , Syuzanna Asadulina</t>
+  </si>
+  <si>
+    <t>10.1109/piers62282.2024.10617834</t>
+  </si>
+  <si>
+    <t>Plasmonic Self-complementary Metasurface Supporting Broadband Polarization Degeneracy</t>
+  </si>
+  <si>
+    <t>Abanoub  Mikhail , Zarina Sadrieva, Syuzanna Asadulina</t>
+  </si>
+  <si>
+    <t>10.1109/piers62282.2024.10618445</t>
   </si>
   <si>
     <t>Thermo‐Optical Bistability Enabled by Bound States in The Continuum in Silicon Metasurfaces</t>
   </si>
   <si>
     <t>Alexander Barulin, Olesya Pashina, Daniil Ryabov, Olga Sergaeva, Zarina Sadrieva, Alexey Shcherbakov, Viktoriia Rutckaia, Jörg Schilling, Andrey Bogdanov, Ivan Sinev, Alexander Chernov, Mihail Petrov</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202301399</t>
   </si>
   <si>
     <t>Engineering of High-Q States via Collective Mode Coupling in Chains of Mie Resonators</t>
   </si>
   <si>
     <t>Mikhail Mikhailovskii, Maria Poleva, Nikolay Solodovchenko, Mikhail Sidorenko, Zarina Sadrieva, Mihail Petrov, Andrey Bogdanov, Roman S. Savelev</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>1657-1663</t>
   </si>
@@ -863,51 +881,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I42"/>
+  <dimension ref="A1:I44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="235.8" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="137.966" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -1002,1037 +1020,1083 @@
         <v>20</v>
       </c>
       <c r="D4">
         <v>49</v>
       </c>
       <c r="E4" t="s">
         <v>21</v>
       </c>
       <c r="F4">
         <v>2024</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4"/>
       <c r="I4"/>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>23</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="D5"/>
-      <c r="E5"/>
+      <c r="E5" t="s">
+        <v>21</v>
+      </c>
       <c r="F5">
         <v>2024</v>
       </c>
       <c r="G5" t="s">
-        <v>26</v>
-[...6 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" t="s">
         <v>27</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="D6"/>
       <c r="E6" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
-        <v>31</v>
-[...6 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="B7" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="C7" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="D7"/>
       <c r="E7"/>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="H7">
-        <v>4.99</v>
+        <v>10.95</v>
       </c>
       <c r="I7">
-        <v>1.88</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B8" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="C8" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="D8">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="H8">
         <v>7.08</v>
       </c>
       <c r="I8">
         <v>2.27</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" t="s">
+        <v>39</v>
+      </c>
+      <c r="C9" t="s">
         <v>40</v>
       </c>
-      <c r="B9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D9">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="E9"/>
       <c r="F9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G9" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="H9">
-        <v>1.95</v>
+        <v>4.99</v>
       </c>
       <c r="I9">
-        <v>0.37</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" t="s">
+        <v>35</v>
+      </c>
+      <c r="D10">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
         <v>44</v>
       </c>
-      <c r="B10" t="s">
+      <c r="F10">
+        <v>2024</v>
+      </c>
+      <c r="G10" t="s">
         <v>45</v>
       </c>
-      <c r="C10" t="s">
-[...11 lines deleted...]
-      <c r="I10"/>
+      <c r="H10">
+        <v>7.08</v>
+      </c>
+      <c r="I10">
+        <v>2.27</v>
+      </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>46</v>
+      </c>
+      <c r="B11" t="s">
+        <v>47</v>
+      </c>
+      <c r="C11" t="s">
         <v>48</v>
       </c>
-      <c r="B11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D11">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="E11"/>
       <c r="F11">
         <v>2023</v>
       </c>
       <c r="G11" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-      <c r="I11"/>
+        <v>49</v>
+      </c>
+      <c r="H11">
+        <v>1.95</v>
+      </c>
+      <c r="I11">
+        <v>0.37</v>
+      </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="B12" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="C12" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="D12"/>
       <c r="E12"/>
       <c r="F12">
         <v>2023</v>
       </c>
       <c r="G12" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>54</v>
+      </c>
+      <c r="B13" t="s">
+        <v>55</v>
+      </c>
+      <c r="C13" t="s">
+        <v>56</v>
+      </c>
+      <c r="D13">
+        <v>32</v>
+      </c>
+      <c r="E13" t="s">
         <v>57</v>
       </c>
-      <c r="B13" t="s">
+      <c r="F13">
+        <v>2023</v>
+      </c>
+      <c r="G13" t="s">
         <v>58</v>
-      </c>
-[...9 lines deleted...]
-        <v>60</v>
       </c>
       <c r="H13"/>
       <c r="I13"/>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>59</v>
+      </c>
+      <c r="B14" t="s">
+        <v>60</v>
+      </c>
+      <c r="C14" t="s">
         <v>61</v>
       </c>
-      <c r="B14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D14">
-        <v>15</v>
+        <v>66</v>
       </c>
       <c r="E14"/>
       <c r="F14">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G14" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-      <c r="I14"/>
+        <v>62</v>
+      </c>
+      <c r="H14">
+        <v>2.94</v>
+      </c>
+      <c r="I14">
+        <v>0.66</v>
+      </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" t="s">
+        <v>64</v>
+      </c>
+      <c r="C15" t="s">
         <v>65</v>
       </c>
-      <c r="B15" t="s">
-[...2 lines deleted...]
-      <c r="C15" t="s">
+      <c r="D15"/>
+      <c r="E15"/>
+      <c r="F15">
+        <v>2022</v>
+      </c>
+      <c r="G15" t="s">
         <v>66</v>
       </c>
-      <c r="D15">
-[...10 lines deleted...]
-      </c>
       <c r="H15"/>
-      <c r="I15">
-[...1 lines deleted...]
-      </c>
+      <c r="I15"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>67</v>
+      </c>
+      <c r="B16" t="s">
+        <v>68</v>
+      </c>
+      <c r="C16" t="s">
         <v>69</v>
       </c>
-      <c r="B16" t="s">
+      <c r="D16">
+        <v>15</v>
+      </c>
+      <c r="E16"/>
+      <c r="F16">
+        <v>2022</v>
+      </c>
+      <c r="G16" t="s">
         <v>70</v>
       </c>
-      <c r="C16" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="H16"/>
+      <c r="I16"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>71</v>
+      </c>
+      <c r="B17" t="s">
+        <v>64</v>
+      </c>
+      <c r="C17" t="s">
+        <v>72</v>
+      </c>
+      <c r="D17">
+        <v>2015</v>
+      </c>
+      <c r="E17" t="s">
         <v>73</v>
       </c>
-      <c r="B17" t="s">
-[...6 lines deleted...]
-      <c r="E17"/>
       <c r="F17">
         <v>2021</v>
       </c>
       <c r="G17" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="H17"/>
-      <c r="I17"/>
+      <c r="I17">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>75</v>
+      </c>
+      <c r="B18" t="s">
+        <v>76</v>
+      </c>
+      <c r="C18" t="s">
+        <v>15</v>
+      </c>
+      <c r="D18">
+        <v>10</v>
+      </c>
+      <c r="E18" t="s">
         <v>77</v>
       </c>
-      <c r="B18" t="s">
-[...6 lines deleted...]
-      <c r="E18"/>
       <c r="F18">
         <v>2021</v>
       </c>
       <c r="G18" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="H18">
-        <v>12.26</v>
+        <v>7.92</v>
       </c>
       <c r="I18">
-        <v>3.76</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>79</v>
+      </c>
+      <c r="B19" t="s">
+        <v>80</v>
+      </c>
+      <c r="C19" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19">
         <v>2021</v>
       </c>
       <c r="G19" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="H19"/>
       <c r="I19"/>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>83</v>
+      </c>
+      <c r="B20" t="s">
+        <v>84</v>
+      </c>
+      <c r="C20" t="s">
         <v>85</v>
       </c>
-      <c r="B20" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D20"/>
       <c r="E20"/>
       <c r="F20">
         <v>2021</v>
       </c>
       <c r="G20" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="H20">
-        <v>4.93</v>
+        <v>12.26</v>
       </c>
       <c r="I20">
-        <v>1.53</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>87</v>
+      </c>
+      <c r="B21" t="s">
         <v>88</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>89</v>
       </c>
-      <c r="C21" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D21"/>
       <c r="E21"/>
       <c r="F21">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G21" t="s">
-        <v>91</v>
-[...6 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21"/>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>91</v>
+      </c>
+      <c r="B22" t="s">
         <v>92</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="D22"/>
+        <v>40</v>
+      </c>
+      <c r="D22">
+        <v>15</v>
+      </c>
       <c r="E22"/>
       <c r="F22">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="G22" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-      <c r="I22"/>
+        <v>93</v>
+      </c>
+      <c r="H22">
+        <v>4.93</v>
+      </c>
+      <c r="I22">
+        <v>1.53</v>
+      </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>94</v>
+      </c>
+      <c r="B23" t="s">
+        <v>95</v>
+      </c>
+      <c r="C23" t="s">
         <v>96</v>
       </c>
-      <c r="B23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D23">
-        <v>100</v>
-[...3 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="E23"/>
       <c r="F23">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G23" t="s">
         <v>97</v>
       </c>
       <c r="H23">
-        <v>3.58</v>
+        <v>4.04</v>
       </c>
       <c r="I23">
-        <v>1.81</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>98</v>
       </c>
       <c r="B24" t="s">
         <v>99</v>
       </c>
       <c r="C24" t="s">
         <v>100</v>
       </c>
-      <c r="D24">
-[...4 lines deleted...]
-      </c>
+      <c r="D24"/>
+      <c r="E24"/>
       <c r="F24">
         <v>2019</v>
       </c>
       <c r="G24" t="s">
-        <v>102</v>
-[...6 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="H24"/>
+      <c r="I24"/>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B25" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="C25" t="s">
-        <v>105</v>
+        <v>96</v>
       </c>
       <c r="D25">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="E25">
-        <v>16001</v>
+        <v>115303</v>
       </c>
       <c r="F25">
         <v>2019</v>
       </c>
       <c r="G25" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-      <c r="I25"/>
+        <v>103</v>
+      </c>
+      <c r="H25">
+        <v>3.58</v>
+      </c>
+      <c r="I25">
+        <v>1.81</v>
+      </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>104</v>
+      </c>
+      <c r="B26" t="s">
+        <v>105</v>
+      </c>
+      <c r="C26" t="s">
+        <v>106</v>
+      </c>
+      <c r="D26">
+        <v>99</v>
+      </c>
+      <c r="E26" t="s">
         <v>107</v>
       </c>
-      <c r="B26" t="s">
+      <c r="F26">
+        <v>2019</v>
+      </c>
+      <c r="G26" t="s">
         <v>108</v>
       </c>
-      <c r="C26" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H26">
-        <v>5.16</v>
+        <v>2.78</v>
       </c>
       <c r="I26">
-        <v>1.12</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>109</v>
+      </c>
+      <c r="B27" t="s">
+        <v>110</v>
+      </c>
+      <c r="C27" t="s">
+        <v>111</v>
+      </c>
+      <c r="D27">
+        <v>1</v>
+      </c>
+      <c r="E27">
+        <v>16001</v>
+      </c>
+      <c r="F27">
+        <v>2019</v>
+      </c>
+      <c r="G27" t="s">
         <v>112</v>
       </c>
-      <c r="B27" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H27"/>
-      <c r="I27">
-[...1 lines deleted...]
-      </c>
+      <c r="I27"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>113</v>
+      </c>
+      <c r="B28" t="s">
+        <v>114</v>
+      </c>
+      <c r="C28" t="s">
         <v>115</v>
       </c>
-      <c r="B28" t="s">
+      <c r="D28">
+        <v>473</v>
+      </c>
+      <c r="E28" t="s">
         <v>116</v>
-      </c>
-[...7 lines deleted...]
-        <v>12064</v>
       </c>
       <c r="F28">
         <v>2018</v>
       </c>
       <c r="G28" t="s">
         <v>117</v>
       </c>
-      <c r="H28"/>
+      <c r="H28">
+        <v>5.16</v>
+      </c>
       <c r="I28">
-        <v>0.24</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>118</v>
       </c>
       <c r="B29" t="s">
         <v>119</v>
       </c>
       <c r="C29" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="D29">
         <v>1092</v>
       </c>
       <c r="E29">
-        <v>12127</v>
+        <v>12118</v>
       </c>
       <c r="F29">
         <v>2018</v>
       </c>
       <c r="G29" t="s">
         <v>120</v>
       </c>
       <c r="H29"/>
       <c r="I29">
         <v>0.24</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>121</v>
       </c>
       <c r="B30" t="s">
         <v>122</v>
       </c>
       <c r="C30" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="D30">
         <v>1092</v>
       </c>
       <c r="E30">
-        <v>12012</v>
+        <v>12064</v>
       </c>
       <c r="F30">
         <v>2018</v>
       </c>
       <c r="G30" t="s">
         <v>123</v>
       </c>
       <c r="H30"/>
       <c r="I30">
         <v>0.24</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>124</v>
       </c>
       <c r="B31" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="C31" t="s">
-        <v>90</v>
+        <v>72</v>
       </c>
       <c r="D31">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>1092</v>
+      </c>
+      <c r="E31">
+        <v>12127</v>
       </c>
       <c r="F31">
         <v>2018</v>
       </c>
       <c r="G31" t="s">
         <v>126</v>
       </c>
-      <c r="H31">
-[...1 lines deleted...]
-      </c>
+      <c r="H31"/>
       <c r="I31">
-        <v>1.5</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>127</v>
       </c>
       <c r="B32" t="s">
         <v>128</v>
       </c>
       <c r="C32" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-      <c r="E32"/>
+        <v>72</v>
+      </c>
+      <c r="D32">
+        <v>1092</v>
+      </c>
+      <c r="E32">
+        <v>12012</v>
+      </c>
       <c r="F32">
         <v>2018</v>
       </c>
       <c r="G32" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="H32"/>
-      <c r="I32"/>
+      <c r="I32">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>130</v>
+      </c>
+      <c r="B33" t="s">
+        <v>122</v>
+      </c>
+      <c r="C33" t="s">
+        <v>96</v>
+      </c>
+      <c r="D33">
+        <v>98</v>
+      </c>
+      <c r="E33" t="s">
         <v>131</v>
       </c>
-      <c r="B33" t="s">
+      <c r="F33">
+        <v>2018</v>
+      </c>
+      <c r="G33" t="s">
         <v>132</v>
       </c>
-      <c r="C33" t="s">
-[...14 lines deleted...]
-      <c r="H33"/>
+      <c r="H33">
+        <v>3.74</v>
+      </c>
       <c r="I33">
-        <v>0.17</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>133</v>
+      </c>
+      <c r="B34" t="s">
+        <v>134</v>
+      </c>
+      <c r="C34" t="s">
         <v>135</v>
       </c>
-      <c r="B34" t="s">
+      <c r="D34"/>
+      <c r="E34"/>
+      <c r="F34">
+        <v>2018</v>
+      </c>
+      <c r="G34" t="s">
         <v>136</v>
       </c>
-      <c r="C34" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H34"/>
-      <c r="I34">
-[...1 lines deleted...]
-      </c>
+      <c r="I34"/>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>137</v>
+      </c>
+      <c r="B35" t="s">
+        <v>138</v>
+      </c>
+      <c r="C35" t="s">
         <v>139</v>
       </c>
-      <c r="B35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D35">
-        <v>4</v>
+        <v>1874</v>
       </c>
       <c r="E35">
-        <v>723</v>
+        <v>30029</v>
       </c>
       <c r="F35">
         <v>2017</v>
       </c>
       <c r="G35" t="s">
-        <v>141</v>
-[...3 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="H35"/>
       <c r="I35">
-        <v>3.38</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>141</v>
+      </c>
+      <c r="B36" t="s">
         <v>142</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="D36">
-        <v>1874</v>
+        <v>10343</v>
       </c>
       <c r="E36">
-        <v>30005</v>
+        <v>10343</v>
       </c>
       <c r="F36">
         <v>2017</v>
       </c>
       <c r="G36" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="H36"/>
       <c r="I36">
-        <v>0.17</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B37" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C37" t="s">
-        <v>146</v>
+        <v>35</v>
       </c>
       <c r="D37">
-        <v>119</v>
+        <v>4</v>
       </c>
       <c r="E37">
-        <v>243901</v>
+        <v>723</v>
       </c>
       <c r="F37">
         <v>2017</v>
       </c>
       <c r="G37" t="s">
         <v>147</v>
       </c>
       <c r="H37">
-        <v>8.84</v>
+        <v>6.88</v>
       </c>
       <c r="I37">
-        <v>3.62</v>
+        <v>3.38</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>148</v>
       </c>
       <c r="B38" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="C38" t="s">
-        <v>29</v>
-[...5 lines deleted...]
-        <v>151</v>
+        <v>139</v>
+      </c>
+      <c r="D38">
+        <v>1874</v>
+      </c>
+      <c r="E38">
+        <v>30005</v>
       </c>
       <c r="F38">
         <v>2017</v>
       </c>
       <c r="G38" t="s">
-        <v>152</v>
-[...3 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="H38"/>
       <c r="I38">
-        <v>3.38</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>150</v>
+      </c>
+      <c r="B39" t="s">
+        <v>151</v>
+      </c>
+      <c r="C39" t="s">
+        <v>152</v>
+      </c>
+      <c r="D39">
+        <v>119</v>
+      </c>
+      <c r="E39">
+        <v>243901</v>
+      </c>
+      <c r="F39">
+        <v>2017</v>
+      </c>
+      <c r="G39" t="s">
         <v>153</v>
       </c>
-      <c r="B39" t="s">
-[...16 lines deleted...]
-      <c r="I39"/>
+      <c r="H39">
+        <v>8.84</v>
+      </c>
+      <c r="I39">
+        <v>3.62</v>
+      </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>154</v>
+      </c>
+      <c r="B40" t="s">
+        <v>155</v>
+      </c>
+      <c r="C40" t="s">
+        <v>35</v>
+      </c>
+      <c r="D40" t="s">
+        <v>156</v>
+      </c>
+      <c r="E40" t="s">
         <v>157</v>
       </c>
-      <c r="B40" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F40">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G40" t="s">
         <v>158</v>
       </c>
-      <c r="H40"/>
+      <c r="H40">
+        <v>6.88</v>
+      </c>
       <c r="I40">
-        <v>0.25</v>
+        <v>3.38</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>159</v>
       </c>
       <c r="B41" t="s">
+        <v>146</v>
+      </c>
+      <c r="C41" t="s">
         <v>160</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41"/>
+      <c r="E41" t="s">
         <v>161</v>
       </c>
-      <c r="D41">
-[...2 lines deleted...]
-      <c r="E41" t="s">
+      <c r="F41">
+        <v>2016</v>
+      </c>
+      <c r="G41" t="s">
         <v>162</v>
       </c>
-      <c r="F41">
-[...10 lines deleted...]
-      </c>
+      <c r="H41"/>
+      <c r="I41"/>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>163</v>
+      </c>
+      <c r="B42" t="s">
+        <v>125</v>
+      </c>
+      <c r="C42" t="s">
+        <v>72</v>
+      </c>
+      <c r="D42">
+        <v>741</v>
+      </c>
+      <c r="E42">
+        <v>12122</v>
+      </c>
+      <c r="F42">
+        <v>2016</v>
+      </c>
+      <c r="G42" t="s">
         <v>164</v>
       </c>
-      <c r="B42" t="s">
+      <c r="H42"/>
+      <c r="I42">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43" t="s">
         <v>165</v>
       </c>
-      <c r="C42" t="s">
+      <c r="B43" t="s">
         <v>166</v>
       </c>
-      <c r="D42">
+      <c r="C43" t="s">
+        <v>167</v>
+      </c>
+      <c r="D43">
+        <v>40</v>
+      </c>
+      <c r="E43" t="s">
+        <v>168</v>
+      </c>
+      <c r="F43">
+        <v>2015</v>
+      </c>
+      <c r="G43" t="s">
+        <v>169</v>
+      </c>
+      <c r="H43">
+        <v>3.04</v>
+      </c>
+      <c r="I43">
+        <v>2.01</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44" t="s">
+        <v>170</v>
+      </c>
+      <c r="B44" t="s">
+        <v>171</v>
+      </c>
+      <c r="C44" t="s">
+        <v>172</v>
+      </c>
+      <c r="D44">
         <v>9</v>
       </c>
-      <c r="E42">
+      <c r="E44">
         <v>657</v>
       </c>
-      <c r="F42">
+      <c r="F44">
         <v>2014</v>
       </c>
-      <c r="G42" t="s">
-[...2 lines deleted...]
-      <c r="H42">
+      <c r="G44" t="s">
+        <v>173</v>
+      </c>
+      <c r="H44">
         <v>2.78</v>
       </c>
-      <c r="I42">
+      <c r="I44">
         <v>0.76</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>