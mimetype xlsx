--- v2 (2025-11-20)
+++ v3 (2026-03-27)
@@ -41,77 +41,77 @@
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Bound states in the continuum in a chain of coupled Mie resonators with structural disorder: theory and experiment</t>
+  </si>
+  <si>
+    <t>Ravshanjon Nazarov, Denis Khanabiev, Elizaveta Chernysheva, Aleksandra Dudnikova, Vyacheslav Istomin, Mikhail Sidorenko, Jinhui Shi, Ekaterina Maslova, Andrey Bogdanov, Zarina Sadrieva</t>
+  </si>
+  <si>
+    <t>Nanophotonics</t>
+  </si>
+  <si>
+    <t>3133-3143</t>
+  </si>
+  <si>
+    <t>10.1515/nanoph-2025-0225</t>
+  </si>
+  <si>
     <t>Polarization vortex for enhanced refractive index sensing</t>
   </si>
   <si>
     <t>Ravshanjon Nazarov, Mingzhao Song, Andrey Bogdanov, Zarina Sadrieva</t>
   </si>
   <si>
     <t>Optics Express</t>
   </si>
   <si>
     <t>10.1364/oe.574292</t>
   </si>
   <si>
-    <t>Bound states in the continuum in a chain of coupled Mie resonators with structural disorder: theory and experiment</t>
-[...13 lines deleted...]
-  <si>
     <t>Bound States in the Continuum: Stability Against Structural Disorder</t>
   </si>
   <si>
     <t>Kliment Semushev, Nikolai Vlasov, Aleksandr Solomonov, Andrey Bogdanov, Mikhail Rybin, Zarina Sadrieva, Ekaterina Maslova</t>
   </si>
   <si>
     <t>2024 Photonics &amp;amp; Electromagnetics Research Symposium (PIERS)</t>
   </si>
   <si>
     <t>1-4</t>
   </si>
   <si>
     <t>10.1109/piers62282.2024.10618064</t>
   </si>
   <si>
     <t>A Broadband Polarization Degeneracy of the Waveguide Modes in Silicon Metasurface</t>
   </si>
   <si>
     <t>Zarina Sadrieva, Abanoub  Mikhail , Syuzanna Asadulina</t>
   </si>
   <si>
     <t>10.1109/piers62282.2024.10617834</t>
   </si>
   <si>
     <t>Plasmonic Self-complementary Metasurface Supporting Broadband Polarization Degeneracy</t>
@@ -239,74 +239,74 @@
   <si>
     <t>Collective states with high quality factors in chains of dielectric resonators</t>
   </si>
   <si>
     <t>Mikhail Mikhailovskii, Roman Savelev, Mikhail Sidorenko, Zarina Sadrieva, Andrey Bogdanov, Mihail Petrov</t>
   </si>
   <si>
     <t>St. Petersburg Polytechnic University Journal - Physics and Mathematics</t>
   </si>
   <si>
     <t>10.18721/JPM.153.341</t>
   </si>
   <si>
     <t>Stability of bound states in the continuum in low-contrast photonic structures</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>012090</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012090</t>
   </si>
   <si>
+    <t>Accidental bound state in the continuum in a chain of dielectric disks</t>
+  </si>
+  <si>
+    <t>Mikhail Sidorenko, Olga Sergaeva, Zarina Sadrieva, C. Roques-Carmes, P. S. Muraev, D. N. Maksimov, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>2021 Conference on Lasers and Electro-Optics Europe &amp;amp; European Quantum Electronics Conference (CLEO/Europe-EQEC)</t>
+  </si>
+  <si>
+    <t>10.1109/cleo/europe-eqec52157.2021.9592618</t>
+  </si>
+  <si>
     <t>Bound states in the continuum in periodic structures with structural disorder</t>
   </si>
   <si>
     <t>Ekaterina Maslova, Mikhail Rybin, Andrey Bogdanov, Zarina Sadrieva</t>
   </si>
   <si>
     <t>4313-4321</t>
   </si>
   <si>
     <t>10.1515/nanoph-2021-0475</t>
   </si>
   <si>
-    <t>Accidental bound state in the continuum in a chain of dielectric disks</t>
-[...10 lines deleted...]
-  <si>
     <t>Observation of Ultrafast Self-Action Effects in Quasi-BIC Resonant Metasurfaces</t>
   </si>
   <si>
     <t>Ivan Sinev, Zhuojun Liu, Anton Rudenko, Konstantin Ladutenko, Alexey Shcherbakov, Zarina Sadrieva, Mikhail Baranov, Tatiana Itina, Jin Liu, Andrey Bogdanov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.1c03257</t>
   </si>
   <si>
     <t>Observation of Ultrafast Self-Action Effects in Resonant Dielectric Metasurfaces</t>
   </si>
   <si>
     <t>Ivan Sinev, Zhuojun Liu, Anton Rudenko, Konstantin Ladutenko, Alexey Shcherbakov, Zarina Sadrieva, Tatiana Itina, Andrey Bogdanov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Conference on Lasers and Electro-Optics</t>
   </si>
   <si>
     <t>10.1364/cleo_qels.2021.fm3i.6</t>
   </si>
   <si>
     <t>Observation of an Accidental Bound State in the Continuum in a Chain of Dielectric Disks</t>
@@ -368,84 +368,84 @@
   <si>
     <t>Andrey Bogdanov, Polina Kapitanova, Mikhail Rybin, Sergey Gladishev, Zarina Sadrieva, Kirill Samusev, Yuri Kivshar, Mikhail Limonov</t>
   </si>
   <si>
     <t>Advanced Photonics</t>
   </si>
   <si>
     <t>10.1117/1.AP.1.1.016001</t>
   </si>
   <si>
     <t>Enhanced Temperature-Tunable Narrow-Band Photoluminescence from Resonant Perovskite Nanograting</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Zarina Sadrieva, Filipp Komissarenko, Anvar Zakhidov, Andrey Bogdanov, Sergey Makarov</t>
   </si>
   <si>
     <t>Applied Surface Science</t>
   </si>
   <si>
     <t>419-424</t>
   </si>
   <si>
     <t>10.1016/j.apsusc.2018.12.084</t>
   </si>
   <si>
+    <t>Light-matter interaction between photonic bound states in the continuum and bright excitons in transition metal dichalcogenides</t>
+  </si>
+  <si>
+    <t>Zarina Sadrieva, Andrey Bogdanov, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012064</t>
+  </si>
+  <si>
+    <t>Effect of finite lateral size of dielectric grating on optical bound state in the continuum</t>
+  </si>
+  <si>
+    <t>Zarina Sadrieva, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012127</t>
+  </si>
+  <si>
+    <t>Bound state in the continuum in 1D chain of dielectric disks: theory and experiment</t>
+  </si>
+  <si>
+    <t>Mikhail Balezin, Zarina Sadrieva, Mikhail Beliakov, Polina Kapitanova, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012012</t>
+  </si>
+  <si>
     <t>Bound state in the continuum supported by a low refractive index contrast waveguide in a woodpile structure</t>
   </si>
   <si>
     <t>Lydia Pogorelskaya, Andrey Bogdanov, Kirill Samusev, Artem Sinelnik, Zarina Sadrieva</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012118</t>
-  </si>
-[...25 lines deleted...]
-    <t>10.1088/1742-6596/1092/1/012012</t>
   </si>
   <si>
     <t>Strong coupling between excitons in transition metal dichalcogenides and optical bound states in the continuum</t>
   </si>
   <si>
     <t>161113(R)</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.161113</t>
   </si>
   <si>
     <t>Strong Mode Coupling and High-Q Supercavity Modes in Subwavelength Dielectric Resonators</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Sergey Gladishev, Zarina Sadrieva, Mikhail Rybin, Kirill Samusev, Mikhail Limonov, Yuri Kivshar</t>
   </si>
   <si>
     <t>IEEE - 2018 Conference on Lasers and Electro-Optics (CLEO)</t>
   </si>
   <si>
     <t>10.1364/CLEO_AT.2018.JTh2A.73</t>
   </si>
   <si>
     <t>Photoluminescence behavior of nanoimprinted halide perovskite at low temperatures</t>
   </si>
@@ -940,95 +940,95 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>42988</v>
+        <v>14</v>
+      </c>
+      <c r="E2" t="s">
+        <v>12</v>
       </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H2">
-        <v>3.89</v>
+        <v>8.45</v>
       </c>
       <c r="I2">
-        <v>1.39</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D3">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>33</v>
+      </c>
+      <c r="E3">
+        <v>42988</v>
       </c>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3">
-        <v>8.45</v>
+        <v>3.89</v>
       </c>
       <c r="I3">
-        <v>2.72</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4">
         <v>49</v>
       </c>
       <c r="E4" t="s">
         <v>21</v>
       </c>
       <c r="F4">
         <v>2024</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4"/>
@@ -1347,91 +1347,91 @@
       <c r="D17">
         <v>2015</v>
       </c>
       <c r="E17" t="s">
         <v>73</v>
       </c>
       <c r="F17">
         <v>2021</v>
       </c>
       <c r="G17" t="s">
         <v>74</v>
       </c>
       <c r="H17"/>
       <c r="I17">
         <v>0.21</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>75</v>
       </c>
       <c r="B18" t="s">
         <v>76</v>
       </c>
       <c r="C18" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-      <c r="E18" t="s">
         <v>77</v>
       </c>
+      <c r="D18"/>
+      <c r="E18"/>
       <c r="F18">
         <v>2021</v>
       </c>
       <c r="G18" t="s">
         <v>78</v>
       </c>
-      <c r="H18">
-[...4 lines deleted...]
-      </c>
+      <c r="H18"/>
+      <c r="I18"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>79</v>
       </c>
       <c r="B19" t="s">
         <v>80</v>
       </c>
       <c r="C19" t="s">
+        <v>11</v>
+      </c>
+      <c r="D19">
+        <v>10</v>
+      </c>
+      <c r="E19" t="s">
         <v>81</v>
       </c>
-      <c r="D19"/>
-      <c r="E19"/>
       <c r="F19">
         <v>2021</v>
       </c>
       <c r="G19" t="s">
         <v>82</v>
       </c>
-      <c r="H19"/>
-      <c r="I19"/>
+      <c r="H19">
+        <v>7.92</v>
+      </c>
+      <c r="I19">
+        <v>2.12</v>
+      </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>83</v>
       </c>
       <c r="B20" t="s">
         <v>84</v>
       </c>
       <c r="C20" t="s">
         <v>85</v>
       </c>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20">
         <v>2021</v>
       </c>
       <c r="G20" t="s">
         <v>86</v>
       </c>
       <c r="H20">
         <v>12.26</v>
       </c>
       <c r="I20">
         <v>3.76</v>
       </c>
@@ -1636,150 +1636,150 @@
       </c>
       <c r="G28" t="s">
         <v>117</v>
       </c>
       <c r="H28">
         <v>5.16</v>
       </c>
       <c r="I28">
         <v>1.12</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>118</v>
       </c>
       <c r="B29" t="s">
         <v>119</v>
       </c>
       <c r="C29" t="s">
         <v>72</v>
       </c>
       <c r="D29">
         <v>1092</v>
       </c>
       <c r="E29">
-        <v>12118</v>
+        <v>12064</v>
       </c>
       <c r="F29">
         <v>2018</v>
       </c>
       <c r="G29" t="s">
         <v>120</v>
       </c>
       <c r="H29"/>
       <c r="I29">
         <v>0.24</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>121</v>
       </c>
       <c r="B30" t="s">
         <v>122</v>
       </c>
       <c r="C30" t="s">
         <v>72</v>
       </c>
       <c r="D30">
         <v>1092</v>
       </c>
       <c r="E30">
-        <v>12064</v>
+        <v>12127</v>
       </c>
       <c r="F30">
         <v>2018</v>
       </c>
       <c r="G30" t="s">
         <v>123</v>
       </c>
       <c r="H30"/>
       <c r="I30">
         <v>0.24</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>124</v>
       </c>
       <c r="B31" t="s">
         <v>125</v>
       </c>
       <c r="C31" t="s">
         <v>72</v>
       </c>
       <c r="D31">
         <v>1092</v>
       </c>
       <c r="E31">
-        <v>12127</v>
+        <v>12012</v>
       </c>
       <c r="F31">
         <v>2018</v>
       </c>
       <c r="G31" t="s">
         <v>126</v>
       </c>
       <c r="H31"/>
       <c r="I31">
         <v>0.24</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>127</v>
       </c>
       <c r="B32" t="s">
         <v>128</v>
       </c>
       <c r="C32" t="s">
         <v>72</v>
       </c>
       <c r="D32">
         <v>1092</v>
       </c>
       <c r="E32">
-        <v>12012</v>
+        <v>12118</v>
       </c>
       <c r="F32">
         <v>2018</v>
       </c>
       <c r="G32" t="s">
         <v>129</v>
       </c>
       <c r="H32"/>
       <c r="I32">
         <v>0.24</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>130</v>
       </c>
       <c r="B33" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="C33" t="s">
         <v>96</v>
       </c>
       <c r="D33">
         <v>98</v>
       </c>
       <c r="E33" t="s">
         <v>131</v>
       </c>
       <c r="F33">
         <v>2018</v>
       </c>
       <c r="G33" t="s">
         <v>132</v>
       </c>
       <c r="H33">
         <v>3.74</v>
       </c>
       <c r="I33">
         <v>1.5</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
@@ -1976,51 +1976,51 @@
       </c>
       <c r="B41" t="s">
         <v>146</v>
       </c>
       <c r="C41" t="s">
         <v>160</v>
       </c>
       <c r="D41"/>
       <c r="E41" t="s">
         <v>161</v>
       </c>
       <c r="F41">
         <v>2016</v>
       </c>
       <c r="G41" t="s">
         <v>162</v>
       </c>
       <c r="H41"/>
       <c r="I41"/>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>163</v>
       </c>
       <c r="B42" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="C42" t="s">
         <v>72</v>
       </c>
       <c r="D42">
         <v>741</v>
       </c>
       <c r="E42">
         <v>12122</v>
       </c>
       <c r="F42">
         <v>2016</v>
       </c>
       <c r="G42" t="s">
         <v>164</v>
       </c>
       <c r="H42"/>
       <c r="I42">
         <v>0.25</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>165</v>
       </c>