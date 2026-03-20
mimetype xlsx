--- v0 (2025-10-11)
+++ v1 (2026-03-20)
@@ -41,66 +41,66 @@
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Scattering Forces within a Left-Handed Photonic Crystal</t>
+  </si>
+  <si>
+    <t>Angeleene Ang, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>Scientific Reports</t>
+  </si>
+  <si>
+    <t>10.1038/srep41014</t>
+  </si>
+  <si>
     <t>‘Photonic Hook’ based optomechanical nanoparticle manipulator</t>
   </si>
   <si>
-    <t>Angeleene Ang, Alexander Shalin</t>
-[...4 lines deleted...]
-  <si>
     <t>10.1038/s41598-018-20224-4</t>
-  </si>
-[...4 lines deleted...]
-    <t>10.1038/srep41014</t>
   </si>
   <si>
     <t>Electromagnetic forces in negatively refracting photonic crystals</t>
   </si>
   <si>
     <t>Proceedings of the International Conference Days on Diffraction 2017</t>
   </si>
   <si>
     <t>13-17</t>
   </si>
   <si>
     <t>10.1109/DD.2017.8167987</t>
   </si>
   <si>
     <t>Skew ray tracing in a step-index optical fiber using geometric algebra</t>
   </si>
   <si>
     <t>Angeleene Ang</t>
   </si>
   <si>
     <t>Applied Optics</t>
   </si>
   <si>
     <t>3764-3773</t>
   </si>
@@ -490,83 +490,83 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E2">
-        <v>2029</v>
+        <v>41014</v>
       </c>
       <c r="F2">
         <v>2018</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
         <v>4.01</v>
       </c>
       <c r="I2">
         <v>1.41</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>10</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E3">
-        <v>41014</v>
+        <v>2029</v>
       </c>
       <c r="F3">
         <v>2018</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3">
         <v>4.01</v>
       </c>
       <c r="I3">
         <v>1.41</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>15</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>16</v>
       </c>
       <c r="D4"/>