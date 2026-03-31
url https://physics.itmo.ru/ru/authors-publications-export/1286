--- v0 (2025-10-08)
+++ v1 (2026-03-31)
@@ -164,51 +164,51 @@
   <si>
     <t>Nanoscale</t>
   </si>
   <si>
     <t>2003-2007</t>
   </si>
   <si>
     <t>10.1039/c8nr09989h</t>
   </si>
   <si>
     <t>Approach for fine-tuning of hybrid dimer antennas via laser melting at the nanoscale</t>
   </si>
   <si>
     <t>Yali Sun, Stanislav Kolodny, Sergey Lepeshov, Dmitry Zuev, Pavel Belov</t>
   </si>
   <si>
     <t>Annalen der Physik</t>
   </si>
   <si>
     <t>10.1002/andp.201600272</t>
   </si>
   <si>
     <t>Optical tuning of near and far fields form hybrid dimer nanoantennas via laser-induced melting</t>
   </si>
   <si>
-    <t>Stanislav Kolodny, Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Pavel Belov</t>
+    <t>Stanislav Kolodny, Dmitry Zuev, Sergey Makarov, Ivan Mukhin, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/741/1/012152</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>