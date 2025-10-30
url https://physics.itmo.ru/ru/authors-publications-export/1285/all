--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -344,93 +344,93 @@
   <si>
     <t>Письма в ЖЭТФ</t>
   </si>
   <si>
     <t>107 (11)</t>
   </si>
   <si>
     <t>732-738</t>
   </si>
   <si>
     <t>10.7868/S0370274X18110085</t>
   </si>
   <si>
     <t>Purcell effect in active diamond nanoantennas</t>
   </si>
   <si>
     <t>Anastasia Zalogina, Roman Savelev, Georgiy Zograf, Filipp Komissarenko, Valentin Milichko, Sergey Makarov, Dmitry Zuev</t>
   </si>
   <si>
     <t>8721-8727</t>
   </si>
   <si>
     <t>10.1039/C7NR07953B</t>
   </si>
   <si>
+    <t>Nanocrystalline resonant silicon nanoparticle for highly efficient second harmonic generation</t>
+  </si>
+  <si>
+    <t>Sergey Makarov, Mihail Petrov, Tim Fischer, Valentin Milichko, Dmitry Zuev, Georgiy Zograf, Daria A. Smirnova, Sergey V. Starikov, Boris N. Chichkov, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
+  </si>
+  <si>
+    <t>10.1109/piers.2017.8262339</t>
+  </si>
+  <si>
     <t>Multifunctional sensing with hybrid nanophotonic structures</t>
   </si>
   <si>
     <t>Dmitry Zuev,  Baranov D. G., Georgiy Zograf, Sergey Makarov, K. V. Volodina, Andrey Krasilin, Ivan Mukhin, Pavel Dmitriev, Valentin Milichko, E. A. Pidko</t>
   </si>
   <si>
-    <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
-[...1 lines deleted...]
-  <si>
     <t>1491-1493</t>
   </si>
   <si>
     <t>10.1109/piers.2017.8261982</t>
   </si>
   <si>
     <t>Highly efficient optical heating of non-plasmonic nananoparticles</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Dmitry Zuev, Valentin Milichko, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1109/piers.2017.8261981</t>
   </si>
   <si>
     <t>Light-Emitting Halide Perovskite Nanoantennas</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Georgiy Zograf, Filipp Komissarenko, Dmitry Zuev, Anvar Zakhidov, Sergey Makarov, Yuri Kivshar</t>
   </si>
   <si>
     <t>1185-1190</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.7b04727</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1109/piers.2017.8262339</t>
   </si>
   <si>
     <t>Nanoscale optical high-temperature sensor</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Ivan Sinev, Anton Samusev, Dmitry Zuev, Valentin Milichko, Sergey Makarov</t>
   </si>
   <si>
     <t>2017 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
   </si>
   <si>
     <t>10.1109/comcas.2017.8244856</t>
   </si>
   <si>
     <t>Hybrid nanocavity for molecular sensing</t>
   </si>
   <si>
     <t>Valentin Milichko, Kristina Frizyuk, Pavel Dmitriev, Dmitry Zuev, Georgiy Zograf, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>10.1109/comcas.2017.8244858</t>
   </si>
   <si>
     <t>2D thermal map calculation and experimental study for optical heating of resonant non-plasmonic nanoparticles</t>
   </si>
@@ -1576,132 +1576,132 @@
       </c>
       <c r="F25">
         <v>2018</v>
       </c>
       <c r="G25" t="s">
         <v>109</v>
       </c>
       <c r="H25">
         <v>6.97</v>
       </c>
       <c r="I25">
         <v>2.4</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>110</v>
       </c>
       <c r="B26" t="s">
         <v>111</v>
       </c>
       <c r="C26" t="s">
         <v>112</v>
       </c>
       <c r="D26"/>
-      <c r="E26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E26"/>
       <c r="F26">
         <v>2018</v>
       </c>
       <c r="G26" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="H26"/>
       <c r="I26"/>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>114</v>
+      </c>
+      <c r="B27" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="C27" t="s">
         <v>112</v>
       </c>
       <c r="D27"/>
-      <c r="E27"/>
+      <c r="E27" t="s">
+        <v>116</v>
+      </c>
       <c r="F27">
         <v>2018</v>
       </c>
       <c r="G27" t="s">
         <v>117</v>
       </c>
       <c r="H27"/>
       <c r="I27"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>118</v>
       </c>
       <c r="B28" t="s">
         <v>119</v>
       </c>
       <c r="C28" t="s">
-        <v>72</v>
-[...6 lines deleted...]
-      </c>
+        <v>112</v>
+      </c>
+      <c r="D28"/>
+      <c r="E28"/>
       <c r="F28">
         <v>2018</v>
       </c>
       <c r="G28" t="s">
-        <v>121</v>
-[...6 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>121</v>
+      </c>
+      <c r="B29" t="s">
         <v>122</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
+        <v>72</v>
+      </c>
+      <c r="D29">
+        <v>18</v>
+      </c>
+      <c r="E29" t="s">
         <v>123</v>
       </c>
-      <c r="C29" t="s">
-[...3 lines deleted...]
-      <c r="E29"/>
       <c r="F29">
         <v>2018</v>
       </c>
       <c r="G29" t="s">
         <v>124</v>
       </c>
-      <c r="H29"/>
-      <c r="I29"/>
+      <c r="H29">
+        <v>12.28</v>
+      </c>
+      <c r="I29">
+        <v>6.21</v>
+      </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>125</v>
       </c>
       <c r="B30" t="s">
         <v>126</v>
       </c>
       <c r="C30" t="s">
         <v>127</v>
       </c>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30">
         <v>2018</v>
       </c>
       <c r="G30" t="s">
         <v>128</v>
       </c>
       <c r="H30"/>
       <c r="I30"/>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>129</v>