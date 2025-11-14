--- v0 (2025-10-11)
+++ v1 (2025-11-14)
@@ -53,75 +53,75 @@
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
     <t>Optical pulling and pushing forces via Bloch surface waves</t>
   </si>
   <si>
     <t>Natalia Kostina, Mihail Petrov, Vjaceslavs Bobrovs, Alexander S. Shalin</t>
   </si>
   <si>
     <t>Optics Letters</t>
   </si>
   <si>
     <t>10.1364/ol.464037</t>
   </si>
   <si>
+    <t>Long-range optical binding due to volumetric modes of hyperbolic metamaterial slab</t>
+  </si>
+  <si>
+    <t>Natalia Kostina, Denis Kislov, Alexey Proskurin, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020066</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032064</t>
+  </si>
+  <si>
     <t>Light-Induced particle binding assisted by metamaterial substrates</t>
   </si>
   <si>
     <t>Alexander Shalin, Natalia Kostina</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020113</t>
   </si>
   <si>
     <t>10.1063/5.0032090</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1063/5.0032064</t>
   </si>
   <si>
     <t>Nanoscale Tunable Optical Binding Mediated by Hyperbolic Metamaterials</t>
   </si>
   <si>
     <t>Natalia Kostina, Denis Kislov, Aliaksandra N. Ivinskaya, Alexey Proskurin, Dmitrii N. Redka, Andrey Novitsky, Alexander Shalin</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>425-433</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.9b01378</t>
   </si>
   <si>
     <t>Numerical and analytical models for calculating optical forces near auxiliary plasmonic substrates</t>
   </si>
   <si>
     <t>Alexander Shalin, Aleksandra Ivinskaia, Natalia Kostina, Mihail Petrov, Andrey Bogdanov, Sergei Sukhov</t>
   </si>
   <si>
     <t>PROCEEDINGS OF THE INTERNATIONAL CONFERENCE OF COMPUTATIONAL METHODS IN SCIENCES AND ENGINEERING 2019 (ICCMSE-2019)</t>
   </si>