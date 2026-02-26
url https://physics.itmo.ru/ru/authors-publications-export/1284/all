--- v1 (2025-11-14)
+++ v2 (2026-02-26)
@@ -119,69 +119,69 @@
   <si>
     <t>Numerical and analytical models for calculating optical forces near auxiliary plasmonic substrates</t>
   </si>
   <si>
     <t>Alexander Shalin, Aleksandra Ivinskaia, Natalia Kostina, Mihail Petrov, Andrey Bogdanov, Sergei Sukhov</t>
   </si>
   <si>
     <t>PROCEEDINGS OF THE INTERNATIONAL CONFERENCE OF COMPUTATIONAL METHODS IN SCIENCES AND ENGINEERING 2019 (ICCMSE-2019)</t>
   </si>
   <si>
     <t>10.1063/1.5137933</t>
   </si>
   <si>
     <t>Optical binding via surface plasmon polariton interference</t>
   </si>
   <si>
     <t>Natalia Kostina, Mihail Petrov, Aleksandra Ivinskaia, Andrey Bogdanov, Ivan Toftul, Alexander Shalin</t>
   </si>
   <si>
     <t>Physical Review B</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.99.125416</t>
   </si>
   <si>
+    <t>Optomechanical manipulation with hyperbolic metasurfaces</t>
+  </si>
+  <si>
+    <t>Aleksandra Ivinskaia, Natalia Kostina, Mihail Petrov, Andrey Bogdanov, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>4371-4377</t>
+  </si>
+  <si>
+    <t>10.1021/acsphotonics.8b00775</t>
+  </si>
+  <si>
     <t>Tractor beams at metamaterial substrates</t>
   </si>
   <si>
-    <t>Aleksandra Ivinskaia, Natalia Kostina, Mihail Petrov, Andrey Bogdanov, Alexander Shalin</t>
-[...1 lines deleted...]
-  <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012132</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1021/acsphotonics.8b00775</t>
   </si>
   <si>
     <t>Optical binding of two nanoparticles near interface</t>
   </si>
   <si>
     <t>Natalia Kostina, Mihail Petrov, Aleksandra Ivinskaia, Andrey Bogdanov, Alexander Shalin</t>
   </si>
   <si>
     <t>2017 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>10.1109/DD.2017.8168020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -715,96 +715,96 @@
       </c>
       <c r="E7">
         <v>125416</v>
       </c>
       <c r="F7">
         <v>2019</v>
       </c>
       <c r="G7" t="s">
         <v>34</v>
       </c>
       <c r="H7">
         <v>3.58</v>
       </c>
       <c r="I7">
         <v>1.81</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>35</v>
       </c>
       <c r="B8" t="s">
         <v>36</v>
       </c>
       <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8">
+        <v>5</v>
+      </c>
+      <c r="E8" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>12132</v>
       </c>
       <c r="F8">
         <v>2018</v>
       </c>
       <c r="G8" t="s">
         <v>38</v>
       </c>
-      <c r="H8"/>
+      <c r="H8">
+        <v>7.14</v>
+      </c>
       <c r="I8">
-        <v>0.24</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>39</v>
       </c>
       <c r="B9" t="s">
         <v>36</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="D9">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>1092</v>
+      </c>
+      <c r="E9">
+        <v>12132</v>
       </c>
       <c r="F9">
         <v>2018</v>
       </c>
       <c r="G9" t="s">
         <v>41</v>
       </c>
-      <c r="H9">
-[...1 lines deleted...]
-      </c>
+      <c r="H9"/>
       <c r="I9">
-        <v>2.98</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>42</v>
       </c>
       <c r="B10" t="s">
         <v>43</v>
       </c>
       <c r="C10" t="s">
         <v>44</v>
       </c>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10">
         <v>2017</v>
       </c>
       <c r="G10" t="s">
         <v>45</v>
       </c>
       <c r="H10"/>
       <c r="I10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>