--- v2 (2026-02-26)
+++ v3 (2026-03-27)
@@ -53,75 +53,75 @@
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
     <t>Optical pulling and pushing forces via Bloch surface waves</t>
   </si>
   <si>
     <t>Natalia Kostina, Mihail Petrov, Vjaceslavs Bobrovs, Alexander S. Shalin</t>
   </si>
   <si>
     <t>Optics Letters</t>
   </si>
   <si>
     <t>10.1364/ol.464037</t>
   </si>
   <si>
+    <t>Light-Induced particle binding assisted by metamaterial substrates</t>
+  </si>
+  <si>
+    <t>Alexander Shalin, Natalia Kostina</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020113</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032090</t>
+  </si>
+  <si>
     <t>Long-range optical binding due to volumetric modes of hyperbolic metamaterial slab</t>
   </si>
   <si>
     <t>Natalia Kostina, Denis Kislov, Alexey Proskurin, Alexander Shalin</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020066</t>
   </si>
   <si>
     <t>10.1063/5.0032064</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1063/5.0032090</t>
   </si>
   <si>
     <t>Nanoscale Tunable Optical Binding Mediated by Hyperbolic Metamaterials</t>
   </si>
   <si>
     <t>Natalia Kostina, Denis Kislov, Aliaksandra N. Ivinskaya, Alexey Proskurin, Dmitrii N. Redka, Andrey Novitsky, Alexander Shalin</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>425-433</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.9b01378</t>
   </si>
   <si>
     <t>Numerical and analytical models for calculating optical forces near auxiliary plasmonic substrates</t>
   </si>
   <si>
     <t>Alexander Shalin, Aleksandra Ivinskaia, Natalia Kostina, Mihail Petrov, Andrey Bogdanov, Sergei Sukhov</t>
   </si>
   <si>
     <t>PROCEEDINGS OF THE INTERNATIONAL CONFERENCE OF COMPUTATIONAL METHODS IN SCIENCES AND ENGINEERING 2019 (ICCMSE-2019)</t>
   </si>