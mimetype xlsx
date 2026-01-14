--- v0 (2025-11-28)
+++ v1 (2026-01-14)
@@ -200,86 +200,86 @@
   <si>
     <t>IEEE Transactions on Antennas and Propagation</t>
   </si>
   <si>
     <t>1094-1106</t>
   </si>
   <si>
     <t>10.1109/tap.2020.3016495</t>
   </si>
   <si>
     <t>Constructive Near-Field Interference Effect in a Birdcage MRI Coil with an Artificial Magnetic Shield</t>
   </si>
   <si>
     <t>Ksenia Lezhennikova, Anna Hurshkainen, A. Vignaud, M. Dubois, P. Jomin, Irina Melchakova, Pavel Belov, Stanislav Glybovski</t>
   </si>
   <si>
     <t>Physical Review Applied</t>
   </si>
   <si>
     <t>064004</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.13.064004</t>
   </si>
   <si>
+    <t>Volume metasolenoid-based coil for 23Na MRI at 7 Tesla</t>
+  </si>
+  <si>
+    <t>Georgiy Solomakha, Anna Hurshkainen, Stanislav Glybovski, Anna Andreychenko</t>
+  </si>
+  <si>
+    <t>012056</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012056</t>
+  </si>
+  <si>
     <t>Polarization hybridization of surface waves on anisotropic metasurface</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Polina Kapitanova, Ivan Iorsh, Stanislav Glybovski, Andrey Bogdanov</t>
   </si>
   <si>
     <t>012196</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012196</t>
   </si>
   <si>
     <t>A practical realization of an artificial magnetic shield for preclinical birdcage RF coils</t>
   </si>
   <si>
     <t>Ksenia Lezhennikova, Anna Hurshkainen, Irina Melchakova, Stanislav Glybovski</t>
   </si>
   <si>
     <t>012085</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012085</t>
   </si>
   <si>
-    <t>Volume metasolenoid-based coil for 23Na MRI at 7 Tesla</t>
-[...10 lines deleted...]
-  <si>
     <t>A parametric study of radiative dipole body array coil for 7 Tesla MRI</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Stanislav Glybovski, Ingmar J. Voogt, Irina Melchakova, Pavel Belov, Cornelis A.T. van den Berg, Alexander J.E. Raaijmakers</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2019.100764</t>
   </si>
   <si>
     <t>Radio Frequency Coil for Dual-Nuclei MR Muscle Energetics Investigation Based on Two Capacitively Coupled Periodic Wire Arrays</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Marc Dubois, Christophe Vilmen, Stanislav Glybovski</t>
   </si>
   <si>
     <t>IEEE Antennas and Wireless Propagation Letters</t>
   </si>
   <si>
     <t>721-725</t>
   </si>
   <si>
     <t>10.1109/lawp.2019.2960610</t>
@@ -353,86 +353,86 @@
   <si>
     <t>10.1109/metamaterials.2018.8534082</t>
   </si>
   <si>
     <t>Experimental observation of hybrid TE-TM polarized surface waves supported by hyperbolic metasurface</t>
   </si>
   <si>
     <t>Physical Review B</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.195404</t>
   </si>
   <si>
     <t>Decoupling of Two Closely Located Dipole Antennas by a Split-Loop Resonator</t>
   </si>
   <si>
     <t>Radio Science</t>
   </si>
   <si>
     <t>1398-1405</t>
   </si>
   <si>
     <t>10.1029/2018RS006679</t>
   </si>
   <si>
+    <t>Passive Decoupling Techniques in Ultra-High Field MRI</t>
+  </si>
+  <si>
+    <t>Anna Hurshkainen, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>012049</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012049</t>
+  </si>
+  <si>
     <t>Decoupling of Dipole Antennas by a Split Loop</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Anna Hurshkainen</t>
   </si>
   <si>
     <t>012137</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012137</t>
   </si>
   <si>
     <t>Small animal large field of view magnetic resonance imaging with metamaterial-inspired resonator</t>
   </si>
   <si>
     <t>Mikhail Zubkov, Anna Hurshkainen, Ekaterina Brui, Stanislav Glybovski, Irina Melchakova</t>
   </si>
   <si>
     <t>012180</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012180</t>
   </si>
   <si>
-    <t>Passive Decoupling Techniques in Ultra-High Field MRI</t>
-[...10 lines deleted...]
-  <si>
     <t>Passive Electromagnetic Decoupling in an Active Metasurface of Dipoles</t>
   </si>
   <si>
     <t>53-61</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2018.10.001</t>
   </si>
   <si>
     <t>Small animal whole-body imaging with metamaterial-inspired RF coil</t>
   </si>
   <si>
     <t>NMR in Biomedicine</t>
   </si>
   <si>
     <t>31(8)</t>
   </si>
   <si>
     <t>e3952</t>
   </si>
   <si>
     <t>10.1002/nbm.3952</t>
   </si>
   <si>
     <t>Hybridized eigenmodes of periodic wire arrays and their application in radiofrequency coils for preclinical MRI</t>
@@ -443,66 +443,66 @@
   <si>
     <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
   </si>
   <si>
     <t>10.1109/PIERS.2017.8262394</t>
   </si>
   <si>
     <t>A Novel Metamaterial-Inspired RF-coil for Preclinical Dual-Nuclei MRI</t>
   </si>
   <si>
     <t>Scientific Reports</t>
   </si>
   <si>
     <t>10.1038/s41598-018-27327-y</t>
   </si>
   <si>
     <t>A metamaterial-inspired MR antenna independently tunable at two frequencies</t>
   </si>
   <si>
     <t>2017 11th Int. Congress on Engineered Materials Platforms for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2017.8107858</t>
   </si>
   <si>
+    <t>A mechanically tunable and efficient ceramic probe for MR-microscopy at 17 Tesla</t>
+  </si>
+  <si>
+    <t>Sergei Kurdjumov, Stanislav Glybovski, Anna Hurshkainen, Irina Melchakova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998040</t>
+  </si>
+  <si>
     <t>Decoupling capabilities of split-loop resonator structure for 7 Tesla MRI surface array coils</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Sergei Kurdjumov, Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998028</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1063/1.4998040</t>
   </si>
   <si>
     <t>EBG metasurfaces for MRI application</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Tatiana Derzhavskaya, Stanislav Glybovski, Irina Melchakova</t>
   </si>
   <si>
     <t>2016 IEEE Radio and Antenna Days of the Indian Ocean (RADIO)</t>
   </si>
   <si>
     <t>10.1109/radio.2016.7772010</t>
   </si>
   <si>
     <t>Decoupling of antennas with wire metasurface structures: MRI applications</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Stanislav Glybovski, Irina Melchakova</t>
   </si>
   <si>
     <t>2016 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>193-197</t>
   </si>
@@ -1520,51 +1520,51 @@
       <c r="A25" t="s">
         <v>102</v>
       </c>
       <c r="B25" t="s">
         <v>103</v>
       </c>
       <c r="C25" t="s">
         <v>104</v>
       </c>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25">
         <v>2018</v>
       </c>
       <c r="G25" t="s">
         <v>105</v>
       </c>
       <c r="H25"/>
       <c r="I25"/>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>106</v>
       </c>
       <c r="B26" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="C26" t="s">
         <v>107</v>
       </c>
       <c r="D26">
         <v>98</v>
       </c>
       <c r="E26">
         <v>195404</v>
       </c>
       <c r="F26">
         <v>2018</v>
       </c>
       <c r="G26" t="s">
         <v>108</v>
       </c>
       <c r="H26">
         <v>3.74</v>
       </c>
       <c r="I26">
         <v>1.5</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
@@ -1688,51 +1688,51 @@
       </c>
       <c r="D31">
         <v>32</v>
       </c>
       <c r="E31" t="s">
         <v>126</v>
       </c>
       <c r="F31">
         <v>2018</v>
       </c>
       <c r="G31" t="s">
         <v>127</v>
       </c>
       <c r="H31">
         <v>1.58</v>
       </c>
       <c r="I31">
         <v>0.43</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>128</v>
       </c>
       <c r="B32" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="C32" t="s">
         <v>129</v>
       </c>
       <c r="D32" t="s">
         <v>130</v>
       </c>
       <c r="E32" t="s">
         <v>131</v>
       </c>
       <c r="F32">
         <v>2018</v>
       </c>
       <c r="G32" t="s">
         <v>132</v>
       </c>
       <c r="H32">
         <v>3.41</v>
       </c>
       <c r="I32">
         <v>1.71</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
@@ -1797,78 +1797,78 @@
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35">
         <v>2017</v>
       </c>
       <c r="G35" t="s">
         <v>142</v>
       </c>
       <c r="H35"/>
       <c r="I35"/>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>143</v>
       </c>
       <c r="B36" t="s">
         <v>144</v>
       </c>
       <c r="C36" t="s">
         <v>49</v>
       </c>
       <c r="D36">
         <v>1874</v>
       </c>
       <c r="E36">
-        <v>20007</v>
+        <v>30011</v>
       </c>
       <c r="F36">
         <v>2017</v>
       </c>
       <c r="G36" t="s">
         <v>145</v>
       </c>
       <c r="H36"/>
       <c r="I36">
         <v>0.17</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>146</v>
       </c>
       <c r="B37" t="s">
         <v>147</v>
       </c>
       <c r="C37" t="s">
         <v>49</v>
       </c>
       <c r="D37">
         <v>1874</v>
       </c>
       <c r="E37">
-        <v>30011</v>
+        <v>20007</v>
       </c>
       <c r="F37">
         <v>2017</v>
       </c>
       <c r="G37" t="s">
         <v>148</v>
       </c>
       <c r="H37"/>
       <c r="I37">
         <v>0.17</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>149</v>
       </c>
       <c r="B38" t="s">
         <v>150</v>
       </c>
       <c r="C38" t="s">
         <v>151</v>
       </c>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38">