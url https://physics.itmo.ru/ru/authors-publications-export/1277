--- v0 (2025-11-28)
+++ v1 (2026-03-10)
@@ -200,113 +200,113 @@
   <si>
     <t>IEEE Transactions on Antennas and Propagation</t>
   </si>
   <si>
     <t>1094-1106</t>
   </si>
   <si>
     <t>10.1109/tap.2020.3016495</t>
   </si>
   <si>
     <t>Constructive Near-Field Interference Effect in a Birdcage MRI Coil with an Artificial Magnetic Shield</t>
   </si>
   <si>
     <t>Ksenia Lezhennikova, Anna Hurshkainen, A. Vignaud, M. Dubois, P. Jomin, Irina Melchakova, Pavel Belov, Stanislav Glybovski</t>
   </si>
   <si>
     <t>Physical Review Applied</t>
   </si>
   <si>
     <t>064004</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.13.064004</t>
   </si>
   <si>
+    <t>Volume metasolenoid-based coil for 23Na MRI at 7 Tesla</t>
+  </si>
+  <si>
+    <t>Georgiy Solomakha, Anna Hurshkainen, Stanislav Glybovski, Anna Andreychenko</t>
+  </si>
+  <si>
+    <t>012056</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012056</t>
+  </si>
+  <si>
     <t>Polarization hybridization of surface waves on anisotropic metasurface</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Polina Kapitanova, Ivan Iorsh, Stanislav Glybovski, Andrey Bogdanov</t>
   </si>
   <si>
     <t>012196</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012196</t>
   </si>
   <si>
     <t>A practical realization of an artificial magnetic shield for preclinical birdcage RF coils</t>
   </si>
   <si>
     <t>Ksenia Lezhennikova, Anna Hurshkainen, Irina Melchakova, Stanislav Glybovski</t>
   </si>
   <si>
     <t>012085</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012085</t>
   </si>
   <si>
-    <t>Volume metasolenoid-based coil for 23Na MRI at 7 Tesla</t>
-[...8 lines deleted...]
-    <t>10.1088/1742-6596/1461/1/012056</t>
+    <t>Radio Frequency Coil for Dual-Nuclei MR Muscle Energetics Investigation Based on Two Capacitively Coupled Periodic Wire Arrays</t>
+  </si>
+  <si>
+    <t>Anna Hurshkainen, Marc Dubois, Christophe Vilmen, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>IEEE Antennas and Wireless Propagation Letters</t>
+  </si>
+  <si>
+    <t>721-725</t>
+  </si>
+  <si>
+    <t>10.1109/lawp.2019.2960610</t>
   </si>
   <si>
     <t>A parametric study of radiative dipole body array coil for 7 Tesla MRI</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Stanislav Glybovski, Ingmar J. Voogt, Irina Melchakova, Pavel Belov, Cornelis A.T. van den Berg, Alexander J.E. Raaijmakers</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2019.100764</t>
   </si>
   <si>
-    <t>Radio Frequency Coil for Dual-Nuclei MR Muscle Energetics Investigation Based on Two Capacitively Coupled Periodic Wire Arrays</t>
-[...13 lines deleted...]
-  <si>
     <t>RF-coil with variable resonant frequency for multiheteronuclear ultra-high field MRI</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Georgiy Solomakha, Mikhail Zubkov</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2019.100747</t>
   </si>
   <si>
     <t>An artificial magnetic shield for a volume coil for 7T MRI</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Ksenia Lezhennikova, Stanislav Glybovski</t>
   </si>
   <si>
     <t>2019 International Conference on Electromagnetics in Advanced Applications (ICEAA)</t>
   </si>
   <si>
     <t>10.1109/iceaa.2019.8878996</t>
   </si>
   <si>
     <t>Decoupling of Two Closely Located Dipoles by a Single Passive Scatterer for Ultra-High Field MRI</t>
   </si>
   <si>
     <t>Sergei Kurdjumov, Anna Hurshkainen</t>
@@ -353,84 +353,84 @@
   <si>
     <t>10.1109/metamaterials.2018.8534082</t>
   </si>
   <si>
     <t>Experimental observation of hybrid TE-TM polarized surface waves supported by hyperbolic metasurface</t>
   </si>
   <si>
     <t>Physical Review B</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.195404</t>
   </si>
   <si>
     <t>Decoupling of Two Closely Located Dipole Antennas by a Split-Loop Resonator</t>
   </si>
   <si>
     <t>Radio Science</t>
   </si>
   <si>
     <t>1398-1405</t>
   </si>
   <si>
     <t>10.1029/2018RS006679</t>
   </si>
   <si>
+    <t>Small animal large field of view magnetic resonance imaging with metamaterial-inspired resonator</t>
+  </si>
+  <si>
+    <t>Mikhail Zubkov, Anna Hurshkainen, Ekaterina Brui, Stanislav Glybovski, Irina Melchakova</t>
+  </si>
+  <si>
+    <t>012180</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012180</t>
+  </si>
+  <si>
+    <t>Passive Decoupling Techniques in Ultra-High Field MRI</t>
+  </si>
+  <si>
+    <t>Anna Hurshkainen, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>012049</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012049</t>
+  </si>
+  <si>
     <t>Decoupling of Dipole Antennas by a Split Loop</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Anna Hurshkainen</t>
   </si>
   <si>
     <t>012137</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012137</t>
-  </si>
-[...22 lines deleted...]
-    <t>10.1088/1742-6596/1092/1/012049</t>
   </si>
   <si>
     <t>Passive Electromagnetic Decoupling in an Active Metasurface of Dipoles</t>
   </si>
   <si>
     <t>53-61</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2018.10.001</t>
   </si>
   <si>
     <t>Small animal whole-body imaging with metamaterial-inspired RF coil</t>
   </si>
   <si>
     <t>NMR in Biomedicine</t>
   </si>
   <si>
     <t>31(8)</t>
   </si>
   <si>
     <t>e3952</t>
   </si>
   <si>
     <t>10.1002/nbm.3952</t>
   </si>
@@ -1332,106 +1332,106 @@
       <c r="E17" t="s">
         <v>72</v>
       </c>
       <c r="F17">
         <v>2020</v>
       </c>
       <c r="G17" t="s">
         <v>73</v>
       </c>
       <c r="H17"/>
       <c r="I17">
         <v>0.23</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>74</v>
       </c>
       <c r="B18" t="s">
         <v>75</v>
       </c>
       <c r="C18" t="s">
         <v>76</v>
       </c>
       <c r="D18">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>100764</v>
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>77</v>
       </c>
       <c r="F18">
         <v>2020</v>
       </c>
       <c r="G18" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H18">
-        <v>2.45</v>
+        <v>3.83</v>
       </c>
       <c r="I18">
-        <v>0.58</v>
+        <v>1.33</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B19" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D19">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>39</v>
+      </c>
+      <c r="E19">
+        <v>100764</v>
       </c>
       <c r="F19">
         <v>2020</v>
       </c>
       <c r="G19" t="s">
         <v>82</v>
       </c>
       <c r="H19">
-        <v>3.83</v>
+        <v>2.45</v>
       </c>
       <c r="I19">
-        <v>1.33</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>83</v>
       </c>
       <c r="B20" t="s">
         <v>84</v>
       </c>
       <c r="C20" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="D20">
         <v>38</v>
       </c>
       <c r="E20">
         <v>100747</v>
       </c>
       <c r="F20">
         <v>2019</v>
       </c>
       <c r="G20" t="s">
         <v>85</v>
       </c>
       <c r="H20">
         <v>1.96</v>
       </c>
       <c r="I20">
         <v>0.47</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>86</v>
       </c>
       <c r="B21" t="s">
@@ -1520,51 +1520,51 @@
       <c r="A25" t="s">
         <v>102</v>
       </c>
       <c r="B25" t="s">
         <v>103</v>
       </c>
       <c r="C25" t="s">
         <v>104</v>
       </c>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25">
         <v>2018</v>
       </c>
       <c r="G25" t="s">
         <v>105</v>
       </c>
       <c r="H25"/>
       <c r="I25"/>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>106</v>
       </c>
       <c r="B26" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="C26" t="s">
         <v>107</v>
       </c>
       <c r="D26">
         <v>98</v>
       </c>
       <c r="E26">
         <v>195404</v>
       </c>
       <c r="F26">
         <v>2018</v>
       </c>
       <c r="G26" t="s">
         <v>108</v>
       </c>
       <c r="H26">
         <v>3.74</v>
       </c>
       <c r="I26">
         <v>1.5</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
@@ -1662,77 +1662,77 @@
       <c r="D30">
         <v>1092</v>
       </c>
       <c r="E30" t="s">
         <v>123</v>
       </c>
       <c r="F30">
         <v>2018</v>
       </c>
       <c r="G30" t="s">
         <v>124</v>
       </c>
       <c r="H30"/>
       <c r="I30">
         <v>0.24</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>125</v>
       </c>
       <c r="B31" t="s">
         <v>103</v>
       </c>
       <c r="C31" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="D31">
         <v>32</v>
       </c>
       <c r="E31" t="s">
         <v>126</v>
       </c>
       <c r="F31">
         <v>2018</v>
       </c>
       <c r="G31" t="s">
         <v>127</v>
       </c>
       <c r="H31">
         <v>1.58</v>
       </c>
       <c r="I31">
         <v>0.43</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>128</v>
       </c>
       <c r="B32" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="C32" t="s">
         <v>129</v>
       </c>
       <c r="D32" t="s">
         <v>130</v>
       </c>
       <c r="E32" t="s">
         <v>131</v>
       </c>
       <c r="F32">
         <v>2018</v>
       </c>
       <c r="G32" t="s">
         <v>132</v>
       </c>
       <c r="H32">
         <v>3.41</v>
       </c>
       <c r="I32">
         <v>1.71</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">