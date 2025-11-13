--- v0 (2025-10-08)
+++ v1 (2025-11-13)
@@ -12,91 +12,154 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1139">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Heterostructured perovskite nanocrystals for water stable plasmon-enhanced photoelectrocatalysis</t>
+  </si>
+  <si>
+    <t>Yuan Yuan, Anastasiia P. Dmitrieva, Stepan Pozdniakov, Lev Zelenkov, Pavel Krasnov, Yangyang Ju, Ruslan Azizov, Ivan V. Moskalenko, Elena F. Krivoshapkina, Pavel V. Krivoshapkin, Pavel Talianov, Sergey Makarov, Soslan A. Khubezhov</t>
+  </si>
+  <si>
+    <t>Light: Advanced Manufacturing</t>
+  </si>
+  <si>
+    <t>10.37188/lam.2025.080</t>
+  </si>
+  <si>
+    <t>Ionic Liquid-Mediated Crystallization of 3D Perovskite Films for High-Performance Light-Emitting Diodes</t>
+  </si>
+  <si>
+    <t>Wenjun Yuan, Kun Zhang, Haoqi Li, Xingle Shang, Yifei Wang, Xinrui Chen, Xingyu Ye, Jun Chen, Stepan Pozdnyakov, Maria Sandzhieva, Hengyang Xiang, Sergey Makarov, Haibo Zeng</t>
+  </si>
+  <si>
+    <t>ACS Applied Materials &amp;amp; Interfaces</t>
+  </si>
+  <si>
+    <t>59553-59562</t>
+  </si>
+  <si>
+    <t>10.1021/acsami.5c14039</t>
+  </si>
+  <si>
+    <t>Halide perovskite volatile unipolar nanomemristor</t>
+  </si>
+  <si>
+    <t>Abolfazl Mahmudpur, Prokhor Alekseev, Ksenia A. Gasnikova, Kuzmenko Natalia, Artem Larin, Sergey Makarov, Aleksandra Furasova</t>
+  </si>
+  <si>
+    <t>Opto-Electronic Advances</t>
+  </si>
+  <si>
+    <t>10.29026/oea.2025.250110</t>
+  </si>
+  <si>
     <t>Resonant mode crossing in hybrid structures for effective light-emission</t>
   </si>
   <si>
     <t>Martin Rojas Bustamante, Ruslan Azizov, Ravshanjon Nazarov, Mingzhao Song, Pavel S. Pankin, Dmitrii N. Maksimov, Sergey Makarov, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2025.101436</t>
   </si>
   <si>
+    <t>Structural colouring and luminescence anisotropy of perovskite thin films via laser-induced periodic surface structure formation</t>
+  </si>
+  <si>
+    <t>Александра Фурасова, Yaroslava Andreeva, Син Дзяньнан , Xiaohan Chen, Valeriy Kondratev, Сун Цинхао, Иван Важенин, Evgeniia Stepanidenko, Vyacheslav Goncharov, Sergei Cherevkov, Дмитрий Пермяков, Дмитрий Жирихин, Сергей Макаров</t>
+  </si>
+  <si>
+    <t>10.37188/lam.2025.062</t>
+  </si>
+  <si>
+    <t>Electroluminescence Enhancement with Gold Nanorods in Eu-Based Emission Organic Layer</t>
+  </si>
+  <si>
+    <t>Arseny Yu. Gladkikh, Abolfazl Mahmudpur, Oleksii Peltek, Maria Sandzhieva, Sergey Makarov, Valentina V. Utochnikova</t>
+  </si>
+  <si>
+    <t>Advanced Optical Materials</t>
+  </si>
+  <si>
+    <t>e00702</t>
+  </si>
+  <si>
+    <t>10.1002/adom.202500702</t>
+  </si>
+  <si>
     <t>Template-Assisted Synthesis of CsPbBr3 Nanocrystals with a Humidity-Induced Fluorescent Response: Mechanism and Sensing Applications</t>
   </si>
   <si>
     <t>Pavel Talianov, Daria Mikushina, Sergei Rzhevskii, Konstantin Arabuli, Lev Zelenkov, Soslan Khubezhov, Lev Logunov, Dmitry Gets,  Oleksii O. Peltek, Mikhail Zyuzin, Sergey Makarov</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry Letters</t>
   </si>
   <si>
     <t>4205-4213</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.5c00151</t>
   </si>
   <si>
     <t>Amphiphilic Carbon Dots Suppress Iodide Ion Migration in Perovskite Solar Cells</t>
   </si>
   <si>
     <t>Igor Margaryan , Egor Ogorodnikov, Mikhail D. Miruschenko, Anastasiia V. Sokolova, Vladimir Ivanov, Guangbo Zhou, Aleksandra V. Koroleva, Evgeniy V. Zhizhin, Sergey Makarov, Aleksandr P. Litvin, Elena V. Ushakova, Andrey L. Rogach</t>
   </si>
   <si>
     <t>Energy &amp;amp; Fuels</t>
   </si>
   <si>
     <t>8261-8272</t>
@@ -167,104 +230,98 @@
   <si>
     <t>10.1002/smll.202412227</t>
   </si>
   <si>
     <t>Stimulated Exciton–Polariton Scattering in Hybrid Halide Perovskites</t>
   </si>
   <si>
     <t>Igor Chestnov, Mikhail Masharin, Valeriy Kondratiev, Ivan Iorsh, Anton Samusev, Anatoly Pushkarev, Sergey Makarov, Ivan Shelykh, Vanik Shahnazaryan</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>801-808</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.4c01756</t>
   </si>
   <si>
     <t>Bio‐Inspired Giant Refractive Index Gradient Lenses Based on Ionic Polymers</t>
   </si>
   <si>
     <t>Tatiana G. Statsenko, Georgy A. Ermolaev, Dmitry Gets, Denis S. Kolchanov, Ivan Yu Chernyshev, Alexander V. Polezhaev, Igor E. Eliseev, Victor Ukleev, Jochen Stahn, Alexey S. Taradin, Aleksey V. Arsenin, Sergey Makarov, Aleksandr Vinogradov, Sofia M. Morozova, Valentyn S. Volkov</t>
   </si>
   <si>
-    <t>Advanced Optical Materials</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1002/adom.202402488</t>
   </si>
   <si>
     <t>Interferometric Near-field Fano Spectroscopy of Single Halide Perovskite Nanoparticles</t>
   </si>
   <si>
     <t>Jinxin Zhan, Tom Jehle, Sven Stephan, Ekaterina Tiguntseva, Sam S. Nochowitz, Petra Groß, Juanmei Duan, Sergey Makarov, Christoph Lienau</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.4c04491</t>
   </si>
   <si>
     <t>Fluorescent Sensing for the Detection and Quantification of Sulfur-Containing Gases</t>
   </si>
   <si>
     <t>Kehang Wang, Chenghao Bi, Lev Zelenkov, Xiuzhen Liu, Mingzhao Song, Wenxin Wang, Sergey Makarov, Wenping Yin</t>
   </si>
   <si>
     <t>ACS Sensors</t>
   </si>
   <si>
     <t>5708-5727</t>
   </si>
   <si>
     <t>10.1021/acssensors.4c02033</t>
   </si>
   <si>
     <t>All‐Electronic Memristor Based on Charge Carrier Confinement in Bulk Semiconductor of Metal–Semiconductor–Metal Structure</t>
   </si>
   <si>
     <t>Abolfazl Mahmudpur, Alexandr Marunchenko, Sergey Makarov</t>
   </si>
   <si>
     <t>Advanced Electronic Materials</t>
   </si>
   <si>
     <t>10.1002/aelm.202400396</t>
   </si>
   <si>
     <t>Interface Engineering by Unsubstituted Pristine Nickel Phthalocyanine as Hole Transport Material for Efficient and Stable Perovskite Solar Cells</t>
   </si>
   <si>
     <t>Mustafa Haider, Farhan Mudasar, Junliang Yang, Sergey Makarov</t>
   </si>
   <si>
-    <t>ACS Applied Materials &amp;amp; Interfaces</t>
-[...1 lines deleted...]
-  <si>
     <t>49465-49473</t>
   </si>
   <si>
     <t>10.1021/acsami.4c11544</t>
   </si>
   <si>
     <t>New frontiers in nonlinear nanophotonics</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Sergey Makarov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Nanophotonics</t>
   </si>
   <si>
     <t>3175-3179</t>
   </si>
   <si>
     <t>10.1515/nanoph-2024-0396</t>
   </si>
   <si>
     <t>Second harmonic generation and broad-band photoluminescence in mesoporous Si/SiO2 nanoparticles</t>
   </si>
   <si>
     <t>Viktoriia Mastalieva, Vladimir Neplokh, Arseniy Aybush, Ekaterina Stovpiaga, Daniil Eurov, Maksim Vinnichenko, Danila Karaulov, Demid Kirillenko, Alexey Mozharov, Vladislav Sharov, Denis Kolchanov, Andrey Machnev, Valery Golubev, Alexander Smirnov, Pavel Ginzburg, Sergey Makarov, Dmitry Kurdyukov, Ivan Mukhin</t>
@@ -363,53 +420,50 @@
     <t>Aleksandra Furasova, Miron Krassas, Marinos Tountas, Daria Khmelevskaia, Lev Logunov, Dmitry Zhirihin, Emmanuel Kymakis, Sergey Makarov</t>
   </si>
   <si>
     <t>Chemical Engineering Journal</t>
   </si>
   <si>
     <t>10.1016/j.cej.2024.152771</t>
   </si>
   <si>
     <t>Subwavelength Raman Laser Driven by Quasi Bound State in the Continuum</t>
   </si>
   <si>
     <t>Daniil Ryabov, Ruslan Gladkov, Olesya Pashina, Andrey Bogdanov, Sergey Makarov</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202300829</t>
   </si>
   <si>
     <t>Polariton lasing in Mie-resonant perovskite nanocavity</t>
   </si>
   <si>
     <t>Mikhail Masharin, Daria Khmelevskaia, Valeriy Kondratiev, Daria Markina, Anton Utyushev, Dmitriy Dolgintsev, Alexey Dmitriev, Vanik Shahnazaryan, Anatoly Pushkarev, Furkan Işık, Ivan Iorsh, Ivan Shelykh, Anton Samusev, Sergey Makarov</t>
-  </si>
-[...1 lines deleted...]
-    <t>Opto-Electronic Advances</t>
   </si>
   <si>
     <t>230148-230148</t>
   </si>
   <si>
     <t>10.29026/oea.2024.230148</t>
   </si>
   <si>
     <t>Photo-thermo-optical modulation of Raman scattering from Mie-resonant silicon nanostructures</t>
   </si>
   <si>
     <t>Mor Pal Vikram, Kentaro Nishida, Chien-Hsuan Li, Daniil Ryabov, Olesya Pashina, Yu-Lung Tang, Sergey Makarov, Junichi Takahara, Mihail Petrov, Shi-Wei Chu</t>
   </si>
   <si>
     <t>10.1515/nanoph-2023-0922</t>
   </si>
   <si>
     <t>Multiscale Supercrystal Meta-atoms</t>
   </si>
   <si>
     <t>Pavel Tonkaev, Evgeniia Grechaninova, Ivan Iorsh, Federico Montanarella, Yuri Kivshar, Maksym V. Kovalenko, Sergey Makarov</t>
   </si>
   <si>
     <t>2758-2764</t>
   </si>
@@ -3722,51 +3776,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I309"/>
+  <dimension ref="A1:I314"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="212.234" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="411.614" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="133.253" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -3781,8412 +3835,8557 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>66</v>
+        <v>6</v>
       </c>
       <c r="E2">
-        <v>101436</v>
+        <v>1</v>
       </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
-        <v>3.01</v>
+        <v>9.44</v>
       </c>
       <c r="I2">
-        <v>0.55</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3">
-        <v>6.89</v>
+        <v>9.44</v>
       </c>
       <c r="I3">
-        <v>1.85</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>8</v>
+      </c>
+      <c r="E4">
+        <v>250110</v>
       </c>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H4">
-        <v>4.32</v>
+        <v>9.64</v>
       </c>
       <c r="I4">
-        <v>0.86</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
         <v>23</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>24</v>
       </c>
-      <c r="C5" t="s">
-[...3 lines deleted...]
-      <c r="E5"/>
+      <c r="D5">
+        <v>66</v>
+      </c>
+      <c r="E5">
+        <v>101436</v>
+      </c>
       <c r="F5">
         <v>2025</v>
       </c>
       <c r="G5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H5">
-        <v>7.39</v>
+        <v>3.01</v>
       </c>
       <c r="I5">
-        <v>1.9</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" t="s">
         <v>27</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="D6">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>6</v>
+      </c>
+      <c r="E6">
+        <v>1</v>
       </c>
       <c r="F6">
         <v>2025</v>
       </c>
       <c r="G6" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="H6">
-        <v>15.88</v>
+        <v>13.3</v>
       </c>
       <c r="I6">
-        <v>5.55</v>
+        <v>3.18</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>29</v>
+      </c>
+      <c r="B7" t="s">
+        <v>30</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
         <v>32</v>
       </c>
-      <c r="B7" t="s">
-[...8 lines deleted...]
-      <c r="E7"/>
       <c r="F7">
         <v>2025</v>
       </c>
       <c r="G7" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-      <c r="I7"/>
+        <v>33</v>
+      </c>
+      <c r="H7">
+        <v>9.93</v>
+      </c>
+      <c r="I7">
+        <v>2.89</v>
+      </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" t="s">
+        <v>35</v>
+      </c>
+      <c r="C8" t="s">
         <v>36</v>
       </c>
-      <c r="B8" t="s">
+      <c r="D8">
+        <v>16</v>
+      </c>
+      <c r="E8" t="s">
         <v>37</v>
       </c>
-      <c r="C8" t="s">
-[...3 lines deleted...]
-      <c r="E8"/>
       <c r="F8">
         <v>2025</v>
       </c>
       <c r="G8" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="H8">
-        <v>8.31</v>
+        <v>6.89</v>
       </c>
       <c r="I8">
-        <v>1.74</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>39</v>
+      </c>
+      <c r="B9" t="s">
         <v>40</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>41</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9">
+        <v>39</v>
+      </c>
+      <c r="E9" t="s">
         <v>42</v>
       </c>
-      <c r="D9"/>
-      <c r="E9"/>
       <c r="F9">
         <v>2025</v>
       </c>
       <c r="G9" t="s">
         <v>43</v>
       </c>
       <c r="H9">
-        <v>13.28</v>
+        <v>4.32</v>
       </c>
       <c r="I9">
-        <v>3.79</v>
+        <v>0.86</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>44</v>
       </c>
       <c r="B10" t="s">
         <v>45</v>
       </c>
       <c r="C10" t="s">
         <v>46</v>
       </c>
-      <c r="D10">
-[...4 lines deleted...]
-      </c>
+      <c r="D10"/>
+      <c r="E10"/>
       <c r="F10">
         <v>2025</v>
       </c>
       <c r="G10" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="H10">
-        <v>7.53</v>
+        <v>7.39</v>
       </c>
       <c r="I10">
-        <v>2.74</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" t="s">
         <v>49</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>50</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
         <v>51</v>
       </c>
-      <c r="D11">
-[...2 lines deleted...]
-      <c r="E11"/>
       <c r="F11">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G11" t="s">
         <v>52</v>
       </c>
       <c r="H11">
-        <v>9.93</v>
+        <v>15.88</v>
       </c>
       <c r="I11">
-        <v>2.89</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>53</v>
       </c>
       <c r="B12" t="s">
         <v>54</v>
       </c>
       <c r="C12" t="s">
         <v>55</v>
       </c>
-      <c r="D12"/>
+      <c r="D12">
+        <v>27</v>
+      </c>
       <c r="E12"/>
       <c r="F12">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G12" t="s">
         <v>56</v>
       </c>
-      <c r="H12">
-[...4 lines deleted...]
-      </c>
+      <c r="H12"/>
+      <c r="I12"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>57</v>
       </c>
       <c r="B13" t="s">
         <v>58</v>
       </c>
       <c r="C13" t="s">
         <v>59</v>
       </c>
-      <c r="D13">
-[...2 lines deleted...]
-      <c r="E13" t="s">
+      <c r="D13"/>
+      <c r="E13"/>
+      <c r="F13">
+        <v>2025</v>
+      </c>
+      <c r="G13" t="s">
         <v>60</v>
       </c>
-      <c r="F13">
-[...4 lines deleted...]
-      </c>
       <c r="H13">
-        <v>8.57</v>
+        <v>8.31</v>
       </c>
       <c r="I13">
-        <v>2.06</v>
+        <v>1.74</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>61</v>
+      </c>
+      <c r="B14" t="s">
         <v>62</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G14" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="H14">
-        <v>7.07</v>
+        <v>13.28</v>
       </c>
       <c r="I14">
-        <v>2.25</v>
+        <v>3.79</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>65</v>
+      </c>
+      <c r="B15" t="s">
         <v>66</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>67</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
         <v>68</v>
       </c>
-      <c r="D15">
-[...2 lines deleted...]
-      <c r="E15" t="s">
+      <c r="F15">
+        <v>2025</v>
+      </c>
+      <c r="G15" t="s">
         <v>69</v>
       </c>
-      <c r="F15">
-[...4 lines deleted...]
-      </c>
       <c r="H15">
-        <v>9.44</v>
+        <v>7.53</v>
       </c>
       <c r="I15">
-        <v>2.54</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>70</v>
+      </c>
+      <c r="B16" t="s">
         <v>71</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" t="s">
-        <v>73</v>
+        <v>31</v>
       </c>
       <c r="D16">
         <v>13</v>
       </c>
-      <c r="E16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E16"/>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="H16">
-        <v>8.45</v>
+        <v>9.93</v>
       </c>
       <c r="I16">
-        <v>2.72</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="B17" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="C17" t="s">
-        <v>73</v>
-[...6 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="D17"/>
+      <c r="E17"/>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="H17">
-        <v>8.45</v>
+        <v>11.19</v>
       </c>
       <c r="I17">
-        <v>2.72</v>
+        <v>4.85</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>77</v>
+      </c>
+      <c r="B18" t="s">
+        <v>78</v>
+      </c>
+      <c r="C18" t="s">
+        <v>79</v>
+      </c>
+      <c r="D18">
+        <v>9</v>
+      </c>
+      <c r="E18" t="s">
         <v>80</v>
       </c>
-      <c r="B18" t="s">
-[...8 lines deleted...]
-      <c r="E18"/>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H18">
-        <v>8.45</v>
+        <v>8.57</v>
       </c>
       <c r="I18">
-        <v>2.72</v>
+        <v>2.06</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>82</v>
+      </c>
+      <c r="B19" t="s">
         <v>83</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="H19">
-        <v>18.81</v>
+        <v>7.07</v>
       </c>
       <c r="I19">
-        <v>6.07</v>
+        <v>2.25</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>86</v>
+      </c>
+      <c r="B20" t="s">
         <v>87</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
+        <v>15</v>
+      </c>
+      <c r="D20">
+        <v>16</v>
+      </c>
+      <c r="E20" t="s">
         <v>88</v>
       </c>
-      <c r="C20" t="s">
-[...5 lines deleted...]
-      <c r="E20"/>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
         <v>89</v>
       </c>
       <c r="H20">
-        <v>9.93</v>
+        <v>9.44</v>
       </c>
       <c r="I20">
-        <v>2.89</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>90</v>
       </c>
       <c r="B21" t="s">
         <v>91</v>
       </c>
       <c r="C21" t="s">
         <v>92</v>
       </c>
       <c r="D21">
-        <v>670</v>
-[...2 lines deleted...]
-        <v>160669</v>
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>93</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="H21">
-        <v>6.71</v>
+        <v>8.45</v>
       </c>
       <c r="I21">
-        <v>1.3</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B22" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C22" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="D22">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="E22" t="s">
         <v>97</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
         <v>98</v>
       </c>
       <c r="H22">
-        <v>5.9</v>
+        <v>8.45</v>
       </c>
       <c r="I22">
-        <v>1.19</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>99</v>
       </c>
       <c r="B23" t="s">
         <v>100</v>
       </c>
       <c r="C23" t="s">
-        <v>101</v>
+        <v>92</v>
       </c>
       <c r="D23">
-        <v>128</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="E23"/>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="H23">
-        <v>4.19</v>
+        <v>8.45</v>
       </c>
       <c r="I23">
-        <v>1.48</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>102</v>
+      </c>
+      <c r="B24" t="s">
+        <v>103</v>
+      </c>
+      <c r="C24" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="H24">
-        <v>9.93</v>
+        <v>18.81</v>
       </c>
       <c r="I24">
-        <v>2.89</v>
+        <v>6.07</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>106</v>
+      </c>
+      <c r="B25" t="s">
         <v>107</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" t="s">
-        <v>109</v>
-[...4 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="D25">
+        <v>12</v>
+      </c>
+      <c r="E25"/>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="H25">
-        <v>14.66</v>
+        <v>9.93</v>
       </c>
       <c r="I25">
-        <v>2.53</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>109</v>
+      </c>
+      <c r="B26" t="s">
+        <v>110</v>
+      </c>
+      <c r="C26" t="s">
         <v>111</v>
       </c>
-      <c r="B26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D26">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="E26"/>
+        <v>670</v>
+      </c>
+      <c r="E26">
+        <v>160669</v>
+      </c>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="H26">
-        <v>13.14</v>
+        <v>6.71</v>
       </c>
       <c r="I26">
-        <v>3.78</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>113</v>
+      </c>
+      <c r="B27" t="s">
+        <v>114</v>
+      </c>
+      <c r="C27" t="s">
         <v>115</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
       <c r="D27">
         <v>7</v>
       </c>
       <c r="E27" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="H27">
-        <v>9.64</v>
+        <v>5.9</v>
       </c>
       <c r="I27">
-        <v>0.12</v>
+        <v>1.19</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>118</v>
+      </c>
+      <c r="B28" t="s">
+        <v>119</v>
+      </c>
+      <c r="C28" t="s">
         <v>120</v>
       </c>
-      <c r="B28" t="s">
+      <c r="D28">
+        <v>128</v>
+      </c>
+      <c r="E28" t="s">
         <v>121</v>
       </c>
-      <c r="C28" t="s">
-[...3 lines deleted...]
-      <c r="E28"/>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28" t="s">
         <v>122</v>
       </c>
       <c r="H28">
-        <v>7.92</v>
+        <v>4.19</v>
       </c>
       <c r="I28">
-        <v>2.12</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>123</v>
       </c>
       <c r="B29" t="s">
         <v>124</v>
       </c>
       <c r="C29" t="s">
-        <v>55</v>
-[...6 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="D29"/>
+      <c r="E29"/>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H29">
-        <v>12.26</v>
+        <v>9.93</v>
       </c>
       <c r="I29">
-        <v>3.76</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>126</v>
+      </c>
+      <c r="B30" t="s">
         <v>127</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="D30"/>
       <c r="E30">
-        <v>101239</v>
+        <v>152771</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30" t="s">
         <v>129</v>
       </c>
       <c r="H30">
-        <v>3.16</v>
+        <v>14.66</v>
       </c>
       <c r="I30">
-        <v>0.47</v>
+        <v>2.53</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>130</v>
       </c>
       <c r="B31" t="s">
         <v>131</v>
       </c>
       <c r="C31" t="s">
-        <v>51</v>
+        <v>132</v>
       </c>
       <c r="D31">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="E31"/>
       <c r="F31">
         <v>2024</v>
       </c>
       <c r="G31" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="H31">
-        <v>9.93</v>
+        <v>13.14</v>
       </c>
       <c r="I31">
-        <v>2.89</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B32" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C32" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="D32">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E32"/>
+        <v>7</v>
+      </c>
+      <c r="E32" t="s">
+        <v>136</v>
+      </c>
       <c r="F32">
         <v>2024</v>
       </c>
       <c r="G32" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="H32">
-        <v>9.93</v>
+        <v>9.64</v>
       </c>
       <c r="I32">
-        <v>2.89</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B33" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C33" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>92</v>
+      </c>
+      <c r="D33"/>
+      <c r="E33"/>
       <c r="F33">
         <v>2024</v>
       </c>
       <c r="G33" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="H33">
-        <v>3.16</v>
+        <v>7.92</v>
       </c>
       <c r="I33">
-        <v>0.47</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B34" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C34" t="s">
-        <v>29</v>
+        <v>75</v>
       </c>
       <c r="D34">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="E34" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="F34">
         <v>2024</v>
       </c>
       <c r="G34" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="H34">
-        <v>15.88</v>
+        <v>12.26</v>
       </c>
       <c r="I34">
-        <v>5.55</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B35" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C35" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>145</v>
+        <v>24</v>
+      </c>
+      <c r="D35"/>
+      <c r="E35">
+        <v>101239</v>
       </c>
       <c r="F35">
         <v>2024</v>
       </c>
       <c r="G35" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="H35">
-        <v>6.89</v>
+        <v>3.16</v>
       </c>
       <c r="I35">
-        <v>1.85</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B36" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C36" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="D36"/>
+        <v>31</v>
+      </c>
+      <c r="D36">
+        <v>12</v>
+      </c>
       <c r="E36"/>
       <c r="F36">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G36" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="H36">
-        <v>4.18</v>
+        <v>9.93</v>
       </c>
       <c r="I36">
-        <v>1.03</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B37" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C37" t="s">
-        <v>152</v>
+        <v>31</v>
       </c>
       <c r="D37">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E37"/>
       <c r="F37">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G37" t="s">
         <v>153</v>
       </c>
       <c r="H37">
-        <v>3.87</v>
+        <v>9.93</v>
       </c>
       <c r="I37">
-        <v>0.87</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>154</v>
       </c>
       <c r="B38" t="s">
         <v>155</v>
       </c>
       <c r="C38" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D38"/>
+        <v>24</v>
+      </c>
+      <c r="D38">
+        <v>58</v>
+      </c>
       <c r="E38">
-        <v>101213</v>
+        <v>101232</v>
       </c>
       <c r="F38">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G38" t="s">
         <v>156</v>
       </c>
       <c r="H38">
         <v>3.16</v>
       </c>
       <c r="I38">
         <v>0.47</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>157</v>
       </c>
       <c r="B39" t="s">
         <v>158</v>
       </c>
       <c r="C39" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-      <c r="E39"/>
+        <v>50</v>
+      </c>
+      <c r="D39">
+        <v>18</v>
+      </c>
+      <c r="E39" t="s">
+        <v>159</v>
+      </c>
       <c r="F39">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G39" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H39">
-        <v>6.14</v>
+        <v>15.88</v>
       </c>
       <c r="I39">
-        <v>1.18</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B40" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C40" t="s">
-        <v>162</v>
+        <v>36</v>
       </c>
       <c r="D40">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E40"/>
+        <v>15</v>
+      </c>
+      <c r="E40" t="s">
+        <v>163</v>
+      </c>
       <c r="F40">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G40" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="H40">
-        <v>17.46</v>
+        <v>6.89</v>
       </c>
       <c r="I40">
-        <v>5.5</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B41" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C41" t="s">
-        <v>166</v>
-[...6 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="D41"/>
+      <c r="E41"/>
       <c r="F41">
         <v>2023</v>
       </c>
       <c r="G41" t="s">
         <v>167</v>
       </c>
-      <c r="H41"/>
-      <c r="I41"/>
+      <c r="H41">
+        <v>4.18</v>
+      </c>
+      <c r="I41">
+        <v>1.03</v>
+      </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>168</v>
       </c>
       <c r="B42" t="s">
         <v>169</v>
       </c>
       <c r="C42" t="s">
         <v>170</v>
       </c>
       <c r="D42">
-        <v>10</v>
+        <v>171</v>
       </c>
       <c r="E42">
-        <v>1322</v>
+        <v>110411</v>
       </c>
       <c r="F42">
         <v>2023</v>
       </c>
       <c r="G42" t="s">
         <v>171</v>
       </c>
       <c r="H42">
-        <v>10.64</v>
+        <v>3.87</v>
       </c>
       <c r="I42">
-        <v>4.16</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>172</v>
       </c>
       <c r="B43" t="s">
         <v>173</v>
       </c>
       <c r="C43" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="D43"/>
-      <c r="E43"/>
+      <c r="E43">
+        <v>101213</v>
+      </c>
       <c r="F43">
         <v>2023</v>
       </c>
       <c r="G43" t="s">
         <v>174</v>
       </c>
       <c r="H43">
-        <v>9.93</v>
+        <v>3.16</v>
       </c>
       <c r="I43">
-        <v>2.89</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>175</v>
       </c>
       <c r="B44" t="s">
         <v>176</v>
       </c>
       <c r="C44" t="s">
-        <v>177</v>
-[...3 lines deleted...]
-      </c>
+        <v>115</v>
+      </c>
+      <c r="D44"/>
       <c r="E44"/>
       <c r="F44">
         <v>2023</v>
       </c>
       <c r="G44" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-      <c r="I44"/>
+        <v>177</v>
+      </c>
+      <c r="H44">
+        <v>6.14</v>
+      </c>
+      <c r="I44">
+        <v>1.18</v>
+      </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>178</v>
+      </c>
+      <c r="B45" t="s">
         <v>179</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>180</v>
       </c>
-      <c r="C45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D45">
-        <v>167</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E45"/>
       <c r="F45">
         <v>2023</v>
       </c>
       <c r="G45" t="s">
         <v>181</v>
       </c>
       <c r="H45">
-        <v>3.87</v>
+        <v>17.46</v>
       </c>
       <c r="I45">
-        <v>0.87</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>182</v>
       </c>
       <c r="B46" t="s">
         <v>183</v>
       </c>
       <c r="C46" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-      <c r="E46"/>
+        <v>184</v>
+      </c>
+      <c r="D46">
+        <v>968</v>
+      </c>
+      <c r="E46">
+        <v>172201</v>
+      </c>
       <c r="F46">
         <v>2023</v>
       </c>
       <c r="G46" t="s">
-        <v>184</v>
-[...6 lines deleted...]
-      </c>
+        <v>185</v>
+      </c>
+      <c r="H46"/>
+      <c r="I46"/>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B47" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C47" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-      <c r="E47"/>
+        <v>188</v>
+      </c>
+      <c r="D47">
+        <v>10</v>
+      </c>
+      <c r="E47">
+        <v>1322</v>
+      </c>
       <c r="F47">
         <v>2023</v>
       </c>
       <c r="G47" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="H47">
-        <v>10.95</v>
+        <v>10.64</v>
       </c>
       <c r="I47">
-        <v>3.17</v>
+        <v>4.16</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B48" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C48" t="s">
-        <v>113</v>
+        <v>31</v>
       </c>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48">
         <v>2023</v>
       </c>
       <c r="G48" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="H48">
-        <v>10.95</v>
+        <v>9.93</v>
       </c>
       <c r="I48">
-        <v>3.17</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B49" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C49" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="D49">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E49"/>
       <c r="F49">
         <v>2023</v>
       </c>
       <c r="G49" t="s">
-        <v>194</v>
-[...6 lines deleted...]
-      </c>
+        <v>196</v>
+      </c>
+      <c r="H49"/>
+      <c r="I49"/>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B50" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C50" t="s">
-        <v>197</v>
-[...3 lines deleted...]
-        <v>198</v>
+        <v>170</v>
+      </c>
+      <c r="D50">
+        <v>167</v>
+      </c>
+      <c r="E50">
+        <v>109777</v>
       </c>
       <c r="F50">
         <v>2023</v>
       </c>
       <c r="G50" t="s">
         <v>199</v>
       </c>
-      <c r="H50"/>
-      <c r="I50"/>
+      <c r="H50">
+        <v>3.87</v>
+      </c>
+      <c r="I50">
+        <v>0.87</v>
+      </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>200</v>
       </c>
       <c r="B51" t="s">
         <v>201</v>
       </c>
       <c r="C51" t="s">
-        <v>202</v>
-[...6 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="D51"/>
+      <c r="E51"/>
       <c r="F51">
         <v>2023</v>
       </c>
       <c r="G51" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="H51">
-        <v>5.12</v>
+        <v>10.05</v>
       </c>
       <c r="I51">
-        <v>0.7</v>
+        <v>2.41</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>203</v>
+      </c>
+      <c r="B52" t="s">
         <v>204</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" t="s">
-        <v>117</v>
-[...6 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="D52"/>
+      <c r="E52"/>
       <c r="F52">
         <v>2023</v>
       </c>
       <c r="G52" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="H52">
-        <v>8.93</v>
+        <v>10.95</v>
       </c>
       <c r="I52">
-        <v>2.2</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="B53" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="C53" t="s">
-        <v>210</v>
+        <v>132</v>
       </c>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53">
         <v>2023</v>
       </c>
       <c r="G53" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-      <c r="I53"/>
+        <v>208</v>
+      </c>
+      <c r="H53">
+        <v>10.95</v>
+      </c>
+      <c r="I53">
+        <v>3.17</v>
+      </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="B54" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="C54" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="D54">
-        <v>122</v>
+        <v>13</v>
       </c>
       <c r="E54">
-        <v>141103</v>
+        <v>1563</v>
       </c>
       <c r="F54">
         <v>2023</v>
       </c>
       <c r="G54" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="H54">
-        <v>3.97</v>
+        <v>5.08</v>
       </c>
       <c r="I54">
-        <v>1.03</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>213</v>
+      </c>
+      <c r="B55" t="s">
+        <v>214</v>
+      </c>
+      <c r="C55" t="s">
+        <v>215</v>
+      </c>
+      <c r="D55"/>
+      <c r="E55" t="s">
         <v>216</v>
-      </c>
-[...10 lines deleted...]
-        <v>219</v>
       </c>
       <c r="F55">
         <v>2023</v>
       </c>
       <c r="G55" t="s">
-        <v>220</v>
-[...6 lines deleted...]
-      </c>
+        <v>217</v>
+      </c>
+      <c r="H55"/>
+      <c r="I55"/>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="B56" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="C56" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="E56"/>
+        <v>220</v>
+      </c>
+      <c r="D56">
+        <v>216</v>
+      </c>
+      <c r="E56">
+        <v>111349</v>
+      </c>
       <c r="F56">
         <v>2023</v>
       </c>
       <c r="G56" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="H56">
-        <v>18.03</v>
+        <v>5.12</v>
       </c>
       <c r="I56">
-        <v>4.61</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>222</v>
+      </c>
+      <c r="B57" t="s">
+        <v>223</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57">
+        <v>0</v>
+      </c>
+      <c r="E57" t="s">
         <v>224</v>
       </c>
-      <c r="B57" t="s">
-[...6 lines deleted...]
-      <c r="E57"/>
       <c r="F57">
         <v>2023</v>
       </c>
       <c r="G57" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="H57">
-        <v>8.31</v>
+        <v>8.93</v>
       </c>
       <c r="I57">
-        <v>1.74</v>
+        <v>2.2</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>226</v>
+      </c>
+      <c r="B58" t="s">
         <v>227</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58">
         <v>2023</v>
       </c>
       <c r="G58" t="s">
         <v>229</v>
       </c>
-      <c r="H58">
-[...4 lines deleted...]
-      </c>
+      <c r="H58"/>
+      <c r="I58"/>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>230</v>
       </c>
       <c r="B59" t="s">
         <v>231</v>
       </c>
       <c r="C59" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-      <c r="E59"/>
+        <v>232</v>
+      </c>
+      <c r="D59">
+        <v>122</v>
+      </c>
+      <c r="E59">
+        <v>141103</v>
+      </c>
       <c r="F59">
         <v>2023</v>
       </c>
       <c r="G59" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="H59">
-        <v>12.26</v>
+        <v>3.97</v>
       </c>
       <c r="I59">
-        <v>3.76</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B60" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C60" t="s">
-        <v>193</v>
+        <v>236</v>
       </c>
       <c r="D60">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>965</v>
+        <v>6</v>
+      </c>
+      <c r="E60" t="s">
+        <v>237</v>
       </c>
       <c r="F60">
         <v>2023</v>
       </c>
       <c r="G60" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="H60">
-        <v>5.08</v>
+        <v>6.96</v>
       </c>
       <c r="I60">
-        <v>0.92</v>
+        <v>1.59</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B61" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="C61" t="s">
-        <v>85</v>
+        <v>50</v>
       </c>
       <c r="D61"/>
-      <c r="E61">
-[...1 lines deleted...]
-      </c>
+      <c r="E61"/>
       <c r="F61">
         <v>2023</v>
       </c>
       <c r="G61" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="H61">
-        <v>19.92</v>
+        <v>18.03</v>
       </c>
       <c r="I61">
-        <v>5.0</v>
+        <v>4.61</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B62" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="C62" t="s">
-        <v>241</v>
-[...6 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="D62"/>
+      <c r="E62"/>
       <c r="F62">
         <v>2023</v>
       </c>
       <c r="G62" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="H62">
-        <v>4.39</v>
+        <v>8.31</v>
       </c>
       <c r="I62">
-        <v>0.98</v>
+        <v>1.74</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B63" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C63" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-      </c>
+        <v>115</v>
+      </c>
+      <c r="D63"/>
+      <c r="E63"/>
       <c r="F63">
         <v>2023</v>
       </c>
       <c r="G63" t="s">
         <v>247</v>
       </c>
       <c r="H63">
-        <v>18.03</v>
+        <v>6.14</v>
       </c>
       <c r="I63">
-        <v>4.61</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>248</v>
       </c>
       <c r="B64" t="s">
         <v>249</v>
       </c>
       <c r="C64" t="s">
-        <v>46</v>
+        <v>75</v>
       </c>
       <c r="D64"/>
       <c r="E64"/>
       <c r="F64">
         <v>2023</v>
       </c>
       <c r="G64" t="s">
         <v>250</v>
       </c>
       <c r="H64">
-        <v>7.08</v>
+        <v>12.26</v>
       </c>
       <c r="I64">
-        <v>2.27</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
         <v>251</v>
       </c>
       <c r="B65" t="s">
         <v>252</v>
       </c>
       <c r="C65" t="s">
-        <v>253</v>
+        <v>211</v>
       </c>
       <c r="D65">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E65">
-        <v>534</v>
+        <v>965</v>
       </c>
       <c r="F65">
         <v>2023</v>
       </c>
       <c r="G65" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="H65">
-        <v>6.53</v>
+        <v>5.08</v>
       </c>
       <c r="I65">
         <v>0.92</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>254</v>
+      </c>
+      <c r="B66" t="s">
         <v>255</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" t="s">
-        <v>51</v>
+        <v>104</v>
       </c>
       <c r="D66"/>
       <c r="E66">
-        <v>2202407</v>
+        <v>2215007</v>
       </c>
       <c r="F66">
         <v>2023</v>
       </c>
       <c r="G66" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-      <c r="I66"/>
+        <v>256</v>
+      </c>
+      <c r="H66">
+        <v>19.92</v>
+      </c>
+      <c r="I66">
+        <v>5.0</v>
+      </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>257</v>
+      </c>
+      <c r="B67" t="s">
         <v>258</v>
       </c>
-      <c r="B67" t="s">
+      <c r="C67" t="s">
         <v>259</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67">
+        <v>52</v>
+      </c>
+      <c r="E67" t="s">
         <v>260</v>
-      </c>
-[...4 lines deleted...]
-        <v>959</v>
       </c>
       <c r="F67">
         <v>2023</v>
       </c>
       <c r="G67" t="s">
         <v>261</v>
       </c>
       <c r="H67">
-        <v>3.75</v>
+        <v>4.39</v>
       </c>
       <c r="I67">
-        <v>0.56</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>262</v>
       </c>
       <c r="B68" t="s">
         <v>263</v>
       </c>
       <c r="C68" t="s">
+        <v>50</v>
+      </c>
+      <c r="D68">
+        <v>17</v>
+      </c>
+      <c r="E68" t="s">
         <v>264</v>
-      </c>
-[...4 lines deleted...]
-        <v>265</v>
       </c>
       <c r="F68">
         <v>2023</v>
       </c>
       <c r="G68" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-      <c r="I68"/>
+        <v>265</v>
+      </c>
+      <c r="H68">
+        <v>18.03</v>
+      </c>
+      <c r="I68">
+        <v>4.61</v>
+      </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>266</v>
+      </c>
+      <c r="B69" t="s">
         <v>267</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69" t="s">
-        <v>264</v>
-[...6 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="D69"/>
+      <c r="E69"/>
       <c r="F69">
         <v>2023</v>
       </c>
       <c r="G69" t="s">
-        <v>270</v>
-[...1 lines deleted...]
-      <c r="H69"/>
+        <v>268</v>
+      </c>
+      <c r="H69">
+        <v>7.08</v>
+      </c>
       <c r="I69">
-        <v>0.23</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>269</v>
+      </c>
+      <c r="B70" t="s">
+        <v>270</v>
+      </c>
+      <c r="C70" t="s">
         <v>271</v>
       </c>
-      <c r="B70" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D70">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>273</v>
+        <v>15</v>
+      </c>
+      <c r="E70">
+        <v>534</v>
       </c>
       <c r="F70">
         <v>2023</v>
       </c>
       <c r="G70" t="s">
-        <v>274</v>
-[...1 lines deleted...]
-      <c r="H70"/>
+        <v>272</v>
+      </c>
+      <c r="H70">
+        <v>6.53</v>
+      </c>
       <c r="I70">
-        <v>0.23</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="B71" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="C71" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D71"/>
-      <c r="E71"/>
+      <c r="E71">
+        <v>2202407</v>
+      </c>
       <c r="F71">
         <v>2023</v>
       </c>
       <c r="G71" t="s">
-        <v>277</v>
-[...6 lines deleted...]
-      </c>
+        <v>275</v>
+      </c>
+      <c r="H71"/>
+      <c r="I71"/>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>276</v>
+      </c>
+      <c r="B72" t="s">
+        <v>277</v>
+      </c>
+      <c r="C72" t="s">
         <v>278</v>
       </c>
-      <c r="B72" t="s">
+      <c r="D72">
+        <v>16</v>
+      </c>
+      <c r="E72">
+        <v>959</v>
+      </c>
+      <c r="F72">
+        <v>2023</v>
+      </c>
+      <c r="G72" t="s">
         <v>279</v>
       </c>
-      <c r="C72" t="s">
-[...15 lines deleted...]
-      <c r="I72"/>
+      <c r="H72">
+        <v>3.75</v>
+      </c>
+      <c r="I72">
+        <v>0.56</v>
+      </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>280</v>
+      </c>
+      <c r="B73" t="s">
+        <v>281</v>
+      </c>
+      <c r="C73" t="s">
+        <v>282</v>
+      </c>
+      <c r="D73">
+        <v>86</v>
+      </c>
+      <c r="E73" t="s">
         <v>283</v>
       </c>
-      <c r="B73" t="s">
+      <c r="F73">
+        <v>2023</v>
+      </c>
+      <c r="G73" t="s">
         <v>284</v>
       </c>
-      <c r="C73" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="H73"/>
+      <c r="I73"/>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>285</v>
+      </c>
+      <c r="B74" t="s">
         <v>286</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74" t="s">
+        <v>282</v>
+      </c>
+      <c r="D74">
+        <v>86</v>
+      </c>
+      <c r="E74" t="s">
         <v>287</v>
       </c>
-      <c r="C74" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F74">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G74" t="s">
         <v>288</v>
       </c>
-      <c r="H74">
-[...1 lines deleted...]
-      </c>
+      <c r="H74"/>
       <c r="I74">
-        <v>1.03</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>289</v>
       </c>
       <c r="B75" t="s">
         <v>290</v>
       </c>
       <c r="C75" t="s">
+        <v>282</v>
+      </c>
+      <c r="D75">
+        <v>86</v>
+      </c>
+      <c r="E75" t="s">
         <v>291</v>
       </c>
-      <c r="D75"/>
-[...2 lines deleted...]
-      </c>
       <c r="F75">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G75" t="s">
         <v>292</v>
       </c>
       <c r="H75"/>
-      <c r="I75"/>
+      <c r="I75">
+        <v>0.23</v>
+      </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
         <v>293</v>
       </c>
       <c r="B76" t="s">
         <v>294</v>
       </c>
       <c r="C76" t="s">
-        <v>193</v>
-[...6 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="D76"/>
+      <c r="E76"/>
       <c r="F76">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G76" t="s">
         <v>295</v>
       </c>
       <c r="H76">
-        <v>5.72</v>
+        <v>18.03</v>
       </c>
       <c r="I76">
-        <v>0.84</v>
+        <v>4.61</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
         <v>296</v>
       </c>
       <c r="B77" t="s">
         <v>297</v>
       </c>
       <c r="C77" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-      <c r="E77"/>
+        <v>298</v>
+      </c>
+      <c r="D77">
+        <v>15</v>
+      </c>
+      <c r="E77" t="s">
+        <v>299</v>
+      </c>
       <c r="F77">
         <v>2022</v>
       </c>
       <c r="G77" t="s">
-        <v>298</v>
-[...6 lines deleted...]
-      </c>
+        <v>300</v>
+      </c>
+      <c r="H77"/>
+      <c r="I77"/>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B78" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C78" t="s">
-        <v>301</v>
+        <v>24</v>
       </c>
       <c r="D78">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="E78">
-        <v>13375</v>
+        <v>101103</v>
       </c>
       <c r="F78">
         <v>2022</v>
       </c>
       <c r="G78" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="H78">
-        <v>5.92</v>
+        <v>3.01</v>
       </c>
       <c r="I78">
-        <v>1.46</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B79" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C79" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="D79"/>
+        <v>232</v>
+      </c>
+      <c r="D79">
+        <v>121</v>
+      </c>
       <c r="E79">
-        <v>2200295</v>
+        <v>223301</v>
       </c>
       <c r="F79">
         <v>2022</v>
       </c>
       <c r="G79" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="H79">
-        <v>10.95</v>
+        <v>3.97</v>
       </c>
       <c r="I79">
-        <v>3.17</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B80" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C80" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D80"/>
-      <c r="E80"/>
+      <c r="E80">
+        <v>100214</v>
+      </c>
       <c r="F80">
         <v>2022</v>
       </c>
       <c r="G80" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H80"/>
       <c r="I80"/>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B81" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C81" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-      <c r="E81"/>
+        <v>211</v>
+      </c>
+      <c r="D81">
+        <v>12</v>
+      </c>
+      <c r="E81">
+        <v>3916</v>
+      </c>
       <c r="F81">
         <v>2022</v>
       </c>
       <c r="G81" t="s">
         <v>313</v>
       </c>
       <c r="H81">
-        <v>4.15</v>
+        <v>5.72</v>
       </c>
       <c r="I81">
-        <v>0.83</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
         <v>314</v>
       </c>
       <c r="B82" t="s">
         <v>315</v>
       </c>
       <c r="C82" t="s">
-        <v>96</v>
-[...6 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="D82"/>
+      <c r="E82"/>
       <c r="F82">
         <v>2022</v>
       </c>
       <c r="G82" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="H82">
-        <v>6.14</v>
+        <v>12.26</v>
       </c>
       <c r="I82">
-        <v>1.18</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
+        <v>317</v>
+      </c>
+      <c r="B83" t="s">
         <v>318</v>
       </c>
-      <c r="B83" t="s">
+      <c r="C83" t="s">
         <v>319</v>
       </c>
-      <c r="C83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D83">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="E83">
-        <v>101545</v>
+        <v>13375</v>
       </c>
       <c r="F83">
         <v>2022</v>
       </c>
       <c r="G83" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="H83">
-        <v>8.66</v>
+        <v>5.92</v>
       </c>
       <c r="I83">
-        <v>1.62</v>
+        <v>1.46</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
+        <v>321</v>
+      </c>
+      <c r="B84" t="s">
         <v>322</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84" t="s">
-        <v>193</v>
-[...3 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="D84"/>
       <c r="E84">
-        <v>1756</v>
+        <v>2200295</v>
       </c>
       <c r="F84">
         <v>2022</v>
       </c>
       <c r="G84" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="H84">
-        <v>5.72</v>
+        <v>10.95</v>
       </c>
       <c r="I84">
-        <v>0.84</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
+        <v>324</v>
+      </c>
+      <c r="B85" t="s">
         <v>325</v>
       </c>
-      <c r="B85" t="s">
+      <c r="C85" t="s">
         <v>326</v>
       </c>
-      <c r="C85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D85"/>
-      <c r="E85">
-[...1 lines deleted...]
-      </c>
+      <c r="E85"/>
       <c r="F85">
         <v>2022</v>
       </c>
       <c r="G85" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="H85"/>
       <c r="I85"/>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
+        <v>328</v>
+      </c>
+      <c r="B86" t="s">
         <v>329</v>
       </c>
-      <c r="B86" t="s">
+      <c r="C86" t="s">
         <v>330</v>
       </c>
-      <c r="C86" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D86"/>
       <c r="E86"/>
       <c r="F86">
         <v>2022</v>
       </c>
       <c r="G86" t="s">
         <v>331</v>
       </c>
       <c r="H86">
-        <v>7.92</v>
+        <v>4.15</v>
       </c>
       <c r="I86">
-        <v>2.12</v>
+        <v>0.83</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>332</v>
       </c>
       <c r="B87" t="s">
         <v>333</v>
       </c>
       <c r="C87" t="s">
+        <v>115</v>
+      </c>
+      <c r="D87">
+        <v>5</v>
+      </c>
+      <c r="E87" t="s">
         <v>334</v>
       </c>
-      <c r="D87"/>
-      <c r="E87"/>
       <c r="F87">
         <v>2022</v>
       </c>
       <c r="G87" t="s">
         <v>335</v>
       </c>
       <c r="H87">
-        <v>72.09</v>
+        <v>6.14</v>
       </c>
       <c r="I87">
-        <v>18.72</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>336</v>
       </c>
       <c r="B88" t="s">
         <v>337</v>
       </c>
       <c r="C88" t="s">
-        <v>46</v>
+        <v>338</v>
       </c>
       <c r="D88">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>338</v>
+        <v>28</v>
+      </c>
+      <c r="E88">
+        <v>101545</v>
       </c>
       <c r="F88">
         <v>2022</v>
       </c>
       <c r="G88" t="s">
         <v>339</v>
       </c>
       <c r="H88">
-        <v>7.08</v>
+        <v>8.66</v>
       </c>
       <c r="I88">
-        <v>2.27</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
         <v>340</v>
       </c>
       <c r="B89" t="s">
         <v>341</v>
       </c>
       <c r="C89" t="s">
-        <v>342</v>
+        <v>211</v>
       </c>
       <c r="D89">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>12</v>
+      </c>
+      <c r="E89">
+        <v>1756</v>
       </c>
       <c r="F89">
         <v>2022</v>
       </c>
       <c r="G89" t="s">
-        <v>344</v>
-[...1 lines deleted...]
-      <c r="H89"/>
+        <v>342</v>
+      </c>
+      <c r="H89">
+        <v>5.72</v>
+      </c>
       <c r="I89">
-        <v>0.75</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
+        <v>343</v>
+      </c>
+      <c r="B90" t="s">
+        <v>344</v>
+      </c>
+      <c r="C90" t="s">
         <v>345</v>
       </c>
-      <c r="B90" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D90"/>
       <c r="E90">
-        <v>151102</v>
+        <v>2100326</v>
       </c>
       <c r="F90">
         <v>2022</v>
       </c>
       <c r="G90" t="s">
-        <v>347</v>
-[...6 lines deleted...]
-      </c>
+        <v>346</v>
+      </c>
+      <c r="H90"/>
+      <c r="I90"/>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
+        <v>347</v>
+      </c>
+      <c r="B91" t="s">
         <v>348</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91" t="s">
-        <v>113</v>
+        <v>92</v>
       </c>
       <c r="D91">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="E91"/>
       <c r="F91">
         <v>2022</v>
       </c>
       <c r="G91" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="H91">
-        <v>10.95</v>
+        <v>7.92</v>
       </c>
       <c r="I91">
-        <v>3.17</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
+        <v>350</v>
+      </c>
+      <c r="B92" t="s">
         <v>351</v>
       </c>
-      <c r="B92" t="s">
+      <c r="C92" t="s">
         <v>352</v>
       </c>
-      <c r="C92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D92"/>
-      <c r="E92">
-[...1 lines deleted...]
-      </c>
+      <c r="E92"/>
       <c r="F92">
         <v>2022</v>
       </c>
       <c r="G92" t="s">
         <v>353</v>
       </c>
       <c r="H92">
-        <v>19.92</v>
+        <v>72.09</v>
       </c>
       <c r="I92">
-        <v>5.0</v>
+        <v>18.72</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
         <v>354</v>
       </c>
       <c r="B93" t="s">
         <v>355</v>
       </c>
       <c r="C93" t="s">
+        <v>67</v>
+      </c>
+      <c r="D93">
+        <v>9</v>
+      </c>
+      <c r="E93" t="s">
         <v>356</v>
-      </c>
-[...4 lines deleted...]
-        <v>357</v>
       </c>
       <c r="F93">
         <v>2022</v>
       </c>
       <c r="G93" t="s">
-        <v>358</v>
-[...1 lines deleted...]
-      <c r="H93"/>
+        <v>357</v>
+      </c>
+      <c r="H93">
+        <v>7.08</v>
+      </c>
       <c r="I93">
-        <v>0.21</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
+        <v>358</v>
+      </c>
+      <c r="B94" t="s">
         <v>359</v>
       </c>
-      <c r="B94" t="s">
+      <c r="C94" t="s">
         <v>360</v>
       </c>
-      <c r="C94" t="s">
-[...3 lines deleted...]
-      <c r="E94"/>
+      <c r="D94">
+        <v>5</v>
+      </c>
+      <c r="E94" t="s">
+        <v>361</v>
+      </c>
       <c r="F94">
         <v>2022</v>
       </c>
       <c r="G94" t="s">
-        <v>361</v>
-[...3 lines deleted...]
-      </c>
+        <v>362</v>
+      </c>
+      <c r="H94"/>
       <c r="I94">
-        <v>2.27</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B95" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C95" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-      <c r="E95"/>
+        <v>232</v>
+      </c>
+      <c r="D95">
+        <v>120</v>
+      </c>
+      <c r="E95">
+        <v>151102</v>
+      </c>
       <c r="F95">
         <v>2022</v>
       </c>
       <c r="G95" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="H95">
-        <v>7.08</v>
+        <v>3.79</v>
       </c>
       <c r="I95">
-        <v>2.27</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B96" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C96" t="s">
-        <v>320</v>
+        <v>132</v>
       </c>
       <c r="D96">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="E96">
-        <v>101289</v>
+        <v>2100728</v>
       </c>
       <c r="F96">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G96" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="H96">
-        <v>8.66</v>
+        <v>10.95</v>
       </c>
       <c r="I96">
-        <v>1.62</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B97" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C97" t="s">
-        <v>113</v>
+        <v>104</v>
       </c>
       <c r="D97"/>
       <c r="E97">
-        <v>2100253</v>
+        <v>2109834</v>
       </c>
       <c r="F97">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G97" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="H97">
-        <v>10.95</v>
+        <v>19.92</v>
       </c>
       <c r="I97">
-        <v>3.17</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B98" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C98" t="s">
-        <v>356</v>
+        <v>374</v>
       </c>
       <c r="D98">
-        <v>2086</v>
+        <v>2172</v>
       </c>
       <c r="E98" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="F98">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G98" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="H98"/>
       <c r="I98">
         <v>0.21</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="B99" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="C99" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="D99"/>
       <c r="E99"/>
       <c r="F99">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G99" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="H99">
-        <v>12.26</v>
+        <v>7.08</v>
       </c>
       <c r="I99">
-        <v>3.76</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="B100" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="C100" t="s">
-        <v>356</v>
-[...6 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="D100"/>
+      <c r="E100"/>
       <c r="F100">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G100" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="H100">
-        <v>0.55</v>
+        <v>7.08</v>
       </c>
       <c r="I100">
-        <v>0.21</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B101" t="s">
-        <v>355</v>
+        <v>384</v>
       </c>
       <c r="C101" t="s">
-        <v>356</v>
+        <v>338</v>
       </c>
       <c r="D101">
-        <v>2015</v>
-[...2 lines deleted...]
-        <v>383</v>
+        <v>26</v>
+      </c>
+      <c r="E101">
+        <v>101289</v>
       </c>
       <c r="F101">
         <v>2021</v>
       </c>
       <c r="G101" t="s">
-        <v>384</v>
-[...1 lines deleted...]
-      <c r="H101"/>
+        <v>385</v>
+      </c>
+      <c r="H101">
+        <v>8.66</v>
+      </c>
       <c r="I101">
-        <v>0.21</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B102" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C102" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>387</v>
+        <v>132</v>
+      </c>
+      <c r="D102"/>
+      <c r="E102">
+        <v>2100253</v>
       </c>
       <c r="F102">
         <v>2021</v>
       </c>
       <c r="G102" t="s">
         <v>388</v>
       </c>
       <c r="H102">
-        <v>0.55</v>
+        <v>10.95</v>
       </c>
       <c r="I102">
-        <v>0.21</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
         <v>389</v>
       </c>
       <c r="B103" t="s">
         <v>390</v>
       </c>
       <c r="C103" t="s">
-        <v>356</v>
+        <v>374</v>
       </c>
       <c r="D103">
-        <v>2015</v>
+        <v>2086</v>
       </c>
       <c r="E103" t="s">
         <v>391</v>
       </c>
       <c r="F103">
         <v>2021</v>
       </c>
       <c r="G103" t="s">
         <v>392</v>
       </c>
       <c r="H103"/>
       <c r="I103">
         <v>0.21</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
         <v>393</v>
       </c>
       <c r="B104" t="s">
         <v>394</v>
       </c>
       <c r="C104" t="s">
-        <v>356</v>
-[...6 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="D104"/>
+      <c r="E104"/>
       <c r="F104">
         <v>2021</v>
       </c>
       <c r="G104" t="s">
-        <v>396</v>
-[...1 lines deleted...]
-      <c r="H104"/>
+        <v>395</v>
+      </c>
+      <c r="H104">
+        <v>12.26</v>
+      </c>
       <c r="I104">
-        <v>0.21</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
+        <v>396</v>
+      </c>
+      <c r="B105" t="s">
         <v>397</v>
       </c>
-      <c r="B105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C105" t="s">
-        <v>356</v>
+        <v>374</v>
       </c>
       <c r="D105">
         <v>2015</v>
       </c>
       <c r="E105" t="s">
         <v>398</v>
       </c>
       <c r="F105">
         <v>2021</v>
       </c>
       <c r="G105" t="s">
         <v>399</v>
       </c>
       <c r="H105">
         <v>0.55</v>
       </c>
       <c r="I105">
         <v>0.21</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
         <v>400</v>
       </c>
       <c r="B106" t="s">
-        <v>401</v>
+        <v>373</v>
       </c>
       <c r="C106" t="s">
-        <v>356</v>
+        <v>374</v>
       </c>
       <c r="D106">
         <v>2015</v>
       </c>
       <c r="E106" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="F106">
         <v>2021</v>
       </c>
       <c r="G106" t="s">
-        <v>403</v>
-[...3 lines deleted...]
-      </c>
+        <v>402</v>
+      </c>
+      <c r="H106"/>
       <c r="I106">
         <v>0.21</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
+        <v>403</v>
+      </c>
+      <c r="B107" t="s">
         <v>404</v>
       </c>
-      <c r="B107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C107" t="s">
-        <v>356</v>
+        <v>374</v>
       </c>
       <c r="D107">
         <v>2015</v>
       </c>
       <c r="E107" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="F107">
         <v>2021</v>
       </c>
       <c r="G107" t="s">
-        <v>407</v>
-[...1 lines deleted...]
-      <c r="H107"/>
+        <v>406</v>
+      </c>
+      <c r="H107">
+        <v>0.55</v>
+      </c>
       <c r="I107">
         <v>0.21</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
+        <v>407</v>
+      </c>
+      <c r="B108" t="s">
         <v>408</v>
       </c>
-      <c r="B108" t="s">
+      <c r="C108" t="s">
+        <v>374</v>
+      </c>
+      <c r="D108">
+        <v>2015</v>
+      </c>
+      <c r="E108" t="s">
         <v>409</v>
-      </c>
-[...5 lines deleted...]
-        <v>410</v>
       </c>
       <c r="F108">
         <v>2021</v>
       </c>
       <c r="G108" t="s">
-        <v>411</v>
-[...3 lines deleted...]
-      </c>
+        <v>410</v>
+      </c>
+      <c r="H108"/>
       <c r="I108">
-        <v>2.98</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
+        <v>411</v>
+      </c>
+      <c r="B109" t="s">
         <v>412</v>
       </c>
-      <c r="B109" t="s">
+      <c r="C109" t="s">
+        <v>374</v>
+      </c>
+      <c r="D109">
+        <v>2015</v>
+      </c>
+      <c r="E109" t="s">
         <v>413</v>
       </c>
-      <c r="C109" t="s">
-[...3 lines deleted...]
-      <c r="E109"/>
       <c r="F109">
         <v>2021</v>
       </c>
       <c r="G109" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="H109"/>
-      <c r="I109"/>
+      <c r="I109">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
+        <v>415</v>
+      </c>
+      <c r="B110" t="s">
+        <v>348</v>
+      </c>
+      <c r="C110" t="s">
+        <v>374</v>
+      </c>
+      <c r="D110">
+        <v>2015</v>
+      </c>
+      <c r="E110" t="s">
         <v>416</v>
       </c>
-      <c r="B110" t="s">
-[...6 lines deleted...]
-      <c r="E110"/>
       <c r="F110">
         <v>2021</v>
       </c>
       <c r="G110" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="H110">
-        <v>3.83</v>
+        <v>0.55</v>
       </c>
       <c r="I110">
-        <v>1.23</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
+        <v>418</v>
+      </c>
+      <c r="B111" t="s">
+        <v>419</v>
+      </c>
+      <c r="C111" t="s">
+        <v>374</v>
+      </c>
+      <c r="D111">
+        <v>2015</v>
+      </c>
+      <c r="E111" t="s">
         <v>420</v>
-      </c>
-[...8 lines deleted...]
-        <v>422</v>
       </c>
       <c r="F111">
         <v>2021</v>
       </c>
       <c r="G111" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="H111">
-        <v>6.48</v>
+        <v>0.55</v>
       </c>
       <c r="I111">
-        <v>2.56</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
+        <v>422</v>
+      </c>
+      <c r="B112" t="s">
+        <v>423</v>
+      </c>
+      <c r="C112" t="s">
+        <v>374</v>
+      </c>
+      <c r="D112">
+        <v>2015</v>
+      </c>
+      <c r="E112" t="s">
         <v>424</v>
-      </c>
-[...8 lines deleted...]
-        <v>106484</v>
       </c>
       <c r="F112">
         <v>2021</v>
       </c>
       <c r="G112" t="s">
-        <v>427</v>
-[...3 lines deleted...]
-      </c>
+        <v>425</v>
+      </c>
+      <c r="H112"/>
       <c r="I112">
-        <v>4.68</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
+        <v>426</v>
+      </c>
+      <c r="B113" t="s">
+        <v>427</v>
+      </c>
+      <c r="C113" t="s">
+        <v>36</v>
+      </c>
+      <c r="D113"/>
+      <c r="E113" t="s">
         <v>428</v>
       </c>
-      <c r="B113" t="s">
-[...6 lines deleted...]
-      <c r="E113"/>
       <c r="F113">
         <v>2021</v>
       </c>
       <c r="G113" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="H113">
-        <v>12.26</v>
+        <v>6.71</v>
       </c>
       <c r="I113">
-        <v>3.76</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
+        <v>430</v>
+      </c>
+      <c r="B114" t="s">
         <v>431</v>
       </c>
-      <c r="B114" t="s">
+      <c r="C114" t="s">
         <v>432</v>
       </c>
-      <c r="C114" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D114"/>
+      <c r="E114"/>
       <c r="F114">
         <v>2021</v>
       </c>
       <c r="G114" t="s">
-        <v>434</v>
-[...6 lines deleted...]
-      </c>
+        <v>433</v>
+      </c>
+      <c r="H114"/>
+      <c r="I114"/>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
+        <v>434</v>
+      </c>
+      <c r="B115" t="s">
         <v>435</v>
       </c>
-      <c r="B115" t="s">
+      <c r="C115" t="s">
         <v>436</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="D115"/>
       <c r="E115"/>
       <c r="F115">
         <v>2021</v>
       </c>
       <c r="G115" t="s">
         <v>437</v>
       </c>
       <c r="H115">
-        <v>12.26</v>
+        <v>3.83</v>
       </c>
       <c r="I115">
-        <v>3.76</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
         <v>438</v>
       </c>
       <c r="B116" t="s">
         <v>439</v>
       </c>
       <c r="C116" t="s">
-        <v>113</v>
+        <v>36</v>
       </c>
       <c r="D116"/>
-      <c r="E116">
-        <v>2100094</v>
+      <c r="E116" t="s">
+        <v>440</v>
       </c>
       <c r="F116">
         <v>2021</v>
       </c>
       <c r="G116" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="H116">
-        <v>10.95</v>
+        <v>6.48</v>
       </c>
       <c r="I116">
-        <v>3.17</v>
+        <v>2.56</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B117" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C117" t="s">
-        <v>443</v>
-[...3 lines deleted...]
-      </c>
+        <v>444</v>
+      </c>
+      <c r="D117"/>
       <c r="E117">
-        <v>1462</v>
+        <v>106484</v>
       </c>
       <c r="F117">
         <v>2021</v>
       </c>
       <c r="G117" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="H117">
-        <v>7.25</v>
+        <v>19.07</v>
       </c>
       <c r="I117">
-        <v>1.98</v>
+        <v>4.68</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="B118" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="C118" t="s">
-        <v>214</v>
-[...6 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="D118"/>
+      <c r="E118"/>
       <c r="F118">
         <v>2021</v>
       </c>
       <c r="G118" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="H118">
-        <v>3.97</v>
+        <v>12.26</v>
       </c>
       <c r="I118">
-        <v>1.03</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B119" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C119" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-      <c r="E119"/>
+        <v>451</v>
+      </c>
+      <c r="D119">
+        <v>13</v>
+      </c>
+      <c r="E119">
+        <v>643</v>
+      </c>
       <c r="F119">
         <v>2021</v>
       </c>
       <c r="G119" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="H119">
-        <v>4.13</v>
+        <v>24.75</v>
       </c>
       <c r="I119">
-        <v>1.48</v>
+        <v>7.47</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B120" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="C120" t="s">
-        <v>453</v>
+        <v>75</v>
       </c>
       <c r="D120"/>
       <c r="E120"/>
       <c r="F120">
         <v>2021</v>
       </c>
       <c r="G120" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="H120">
-        <v>10.51</v>
+        <v>12.26</v>
       </c>
       <c r="I120">
-        <v>2.93</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B121" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C121" t="s">
-        <v>457</v>
+        <v>132</v>
       </c>
       <c r="D121"/>
-      <c r="E121"/>
+      <c r="E121">
+        <v>2100094</v>
+      </c>
       <c r="F121">
         <v>2021</v>
       </c>
       <c r="G121" t="s">
         <v>458</v>
       </c>
-      <c r="H121"/>
-      <c r="I121"/>
+      <c r="H121">
+        <v>10.95</v>
+      </c>
+      <c r="I121">
+        <v>3.17</v>
+      </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
         <v>459</v>
       </c>
       <c r="B122" t="s">
         <v>460</v>
       </c>
       <c r="C122" t="s">
-        <v>214</v>
+        <v>461</v>
       </c>
       <c r="D122">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>461</v>
+        <v>9</v>
+      </c>
+      <c r="E122">
+        <v>1462</v>
       </c>
       <c r="F122">
         <v>2021</v>
       </c>
       <c r="G122" t="s">
         <v>462</v>
       </c>
       <c r="H122">
-        <v>3.97</v>
+        <v>7.25</v>
       </c>
       <c r="I122">
-        <v>1.03</v>
+        <v>1.98</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
         <v>463</v>
       </c>
       <c r="B123" t="s">
         <v>464</v>
       </c>
       <c r="C123" t="s">
-        <v>327</v>
-[...1 lines deleted...]
-      <c r="D123"/>
+        <v>232</v>
+      </c>
+      <c r="D123">
+        <v>118</v>
+      </c>
       <c r="E123">
-        <v>2000139</v>
+        <v>201101</v>
       </c>
       <c r="F123">
         <v>2021</v>
       </c>
       <c r="G123" t="s">
         <v>465</v>
       </c>
-      <c r="H123"/>
-      <c r="I123"/>
+      <c r="H123">
+        <v>3.97</v>
+      </c>
+      <c r="I123">
+        <v>1.03</v>
+      </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
         <v>466</v>
       </c>
       <c r="B124" t="s">
         <v>467</v>
       </c>
       <c r="C124" t="s">
-        <v>193</v>
-[...6 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="D124"/>
+      <c r="E124"/>
       <c r="F124">
         <v>2021</v>
       </c>
       <c r="G124" t="s">
         <v>468</v>
       </c>
       <c r="H124">
-        <v>5.72</v>
+        <v>4.13</v>
       </c>
       <c r="I124">
-        <v>0.84</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
         <v>469</v>
       </c>
       <c r="B125" t="s">
         <v>470</v>
       </c>
       <c r="C125" t="s">
         <v>471</v>
       </c>
-      <c r="D125">
-[...4 lines deleted...]
-      </c>
+      <c r="D125"/>
+      <c r="E125"/>
       <c r="F125">
         <v>2021</v>
       </c>
       <c r="G125" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="H125">
-        <v>9.23</v>
+        <v>10.51</v>
       </c>
       <c r="I125">
-        <v>2.54</v>
+        <v>2.93</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
+        <v>473</v>
+      </c>
+      <c r="B126" t="s">
         <v>474</v>
       </c>
-      <c r="B126" t="s">
+      <c r="C126" t="s">
         <v>475</v>
       </c>
-      <c r="C126" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D126"/>
+      <c r="E126"/>
       <c r="F126">
         <v>2021</v>
       </c>
       <c r="G126" t="s">
         <v>476</v>
       </c>
-      <c r="H126">
-[...4 lines deleted...]
-      </c>
+      <c r="H126"/>
+      <c r="I126"/>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
         <v>477</v>
       </c>
       <c r="B127" t="s">
         <v>478</v>
       </c>
       <c r="C127" t="s">
-        <v>193</v>
+        <v>232</v>
       </c>
       <c r="D127">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>118</v>
+      </c>
+      <c r="E127" t="s">
+        <v>479</v>
       </c>
       <c r="F127">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G127" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="H127">
-        <v>5.08</v>
+        <v>3.97</v>
       </c>
       <c r="I127">
-        <v>0.92</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="B128" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C128" t="s">
-        <v>51</v>
+        <v>345</v>
       </c>
       <c r="D128"/>
       <c r="E128">
-        <v>2001715</v>
+        <v>2000139</v>
       </c>
       <c r="F128">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G128" t="s">
-        <v>482</v>
-[...6 lines deleted...]
-      </c>
+        <v>483</v>
+      </c>
+      <c r="H128"/>
+      <c r="I128"/>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B129" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C129" t="s">
-        <v>485</v>
+        <v>211</v>
       </c>
       <c r="D129">
-        <v>2300</v>
-[...1 lines deleted...]
-      <c r="E129" t="s">
+        <v>11</v>
+      </c>
+      <c r="E129">
+        <v>412</v>
+      </c>
+      <c r="F129">
+        <v>2021</v>
+      </c>
+      <c r="G129" t="s">
         <v>486</v>
       </c>
-      <c r="F129">
-[...5 lines deleted...]
-      <c r="H129"/>
+      <c r="H129">
+        <v>5.72</v>
+      </c>
       <c r="I129">
-        <v>0.19</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
+        <v>487</v>
+      </c>
+      <c r="B130" t="s">
         <v>488</v>
       </c>
-      <c r="B130" t="s">
+      <c r="C130" t="s">
         <v>489</v>
       </c>
-      <c r="C130" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D130">
-        <v>2300</v>
+        <v>13</v>
       </c>
       <c r="E130" t="s">
         <v>490</v>
       </c>
       <c r="F130">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G130" t="s">
         <v>491</v>
       </c>
-      <c r="H130"/>
+      <c r="H130">
+        <v>9.23</v>
+      </c>
       <c r="I130">
-        <v>0.19</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
         <v>492</v>
       </c>
       <c r="B131" t="s">
         <v>493</v>
       </c>
       <c r="C131" t="s">
-        <v>485</v>
+        <v>211</v>
       </c>
       <c r="D131">
-        <v>2300</v>
-[...1 lines deleted...]
-      <c r="E131" t="s">
+        <v>11</v>
+      </c>
+      <c r="E131">
+        <v>313</v>
+      </c>
+      <c r="F131">
+        <v>2021</v>
+      </c>
+      <c r="G131" t="s">
         <v>494</v>
       </c>
-      <c r="F131">
-[...5 lines deleted...]
-      <c r="H131"/>
+      <c r="H131">
+        <v>5.72</v>
+      </c>
       <c r="I131">
-        <v>0.19</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
+        <v>495</v>
+      </c>
+      <c r="B132" t="s">
         <v>496</v>
       </c>
-      <c r="B132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C132" t="s">
-        <v>485</v>
+        <v>211</v>
       </c>
       <c r="D132">
-        <v>2300</v>
-[...2 lines deleted...]
-        <v>498</v>
+        <v>11</v>
+      </c>
+      <c r="E132">
+        <v>45</v>
       </c>
       <c r="F132">
         <v>2020</v>
       </c>
       <c r="G132" t="s">
-        <v>499</v>
-[...1 lines deleted...]
-      <c r="H132"/>
+        <v>497</v>
+      </c>
+      <c r="H132">
+        <v>5.08</v>
+      </c>
       <c r="I132">
-        <v>0.19</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="B133" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="C133" t="s">
-        <v>485</v>
-[...5 lines deleted...]
-        <v>502</v>
+        <v>31</v>
+      </c>
+      <c r="D133"/>
+      <c r="E133">
+        <v>2001715</v>
       </c>
       <c r="F133">
         <v>2020</v>
       </c>
       <c r="G133" t="s">
-        <v>503</v>
-[...1 lines deleted...]
-      <c r="H133"/>
+        <v>500</v>
+      </c>
+      <c r="H133">
+        <v>9.93</v>
+      </c>
       <c r="I133">
-        <v>0.19</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="B134" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="C134" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="D134">
         <v>2300</v>
       </c>
       <c r="E134" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="F134">
         <v>2020</v>
       </c>
       <c r="G134" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="H134"/>
       <c r="I134">
         <v>0.19</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
+        <v>506</v>
+      </c>
+      <c r="B135" t="s">
+        <v>507</v>
+      </c>
+      <c r="C135" t="s">
+        <v>503</v>
+      </c>
+      <c r="D135">
+        <v>2300</v>
+      </c>
+      <c r="E135" t="s">
         <v>508</v>
-      </c>
-[...10 lines deleted...]
-        <v>511</v>
       </c>
       <c r="F135">
         <v>2020</v>
       </c>
       <c r="G135" t="s">
-        <v>512</v>
+        <v>509</v>
       </c>
       <c r="H135"/>
       <c r="I135">
-        <v>0.2</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="B136" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="C136" t="s">
-        <v>510</v>
+        <v>503</v>
       </c>
       <c r="D136">
-        <v>312</v>
+        <v>2300</v>
       </c>
       <c r="E136" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="F136">
         <v>2020</v>
       </c>
       <c r="G136" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="H136"/>
       <c r="I136">
-        <v>0.2</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
-        <v>517</v>
+        <v>514</v>
       </c>
       <c r="B137" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="C137" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-        <v>2000338</v>
+        <v>503</v>
+      </c>
+      <c r="D137">
+        <v>2300</v>
+      </c>
+      <c r="E137" t="s">
+        <v>516</v>
       </c>
       <c r="F137">
         <v>2020</v>
       </c>
       <c r="G137" t="s">
-        <v>519</v>
-[...3 lines deleted...]
-      </c>
+        <v>517</v>
+      </c>
+      <c r="H137"/>
       <c r="I137">
-        <v>3.78</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
+        <v>518</v>
+      </c>
+      <c r="B138" t="s">
+        <v>519</v>
+      </c>
+      <c r="C138" t="s">
+        <v>503</v>
+      </c>
+      <c r="D138">
+        <v>2300</v>
+      </c>
+      <c r="E138" t="s">
         <v>520</v>
       </c>
-      <c r="B138" t="s">
-[...6 lines deleted...]
-      <c r="E138"/>
       <c r="F138">
         <v>2020</v>
       </c>
       <c r="G138" t="s">
-        <v>522</v>
-[...3 lines deleted...]
-      </c>
+        <v>521</v>
+      </c>
+      <c r="H138"/>
       <c r="I138">
-        <v>1.9</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
+        <v>522</v>
+      </c>
+      <c r="B139" t="s">
         <v>523</v>
       </c>
-      <c r="B139" t="s">
+      <c r="C139" t="s">
+        <v>503</v>
+      </c>
+      <c r="D139">
+        <v>2300</v>
+      </c>
+      <c r="E139" t="s">
         <v>524</v>
       </c>
-      <c r="C139" t="s">
-[...3 lines deleted...]
-      <c r="E139"/>
       <c r="F139">
         <v>2020</v>
       </c>
       <c r="G139" t="s">
         <v>525</v>
       </c>
-      <c r="H139">
-[...1 lines deleted...]
-      </c>
+      <c r="H139"/>
       <c r="I139">
-        <v>5.55</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
         <v>526</v>
       </c>
       <c r="B140" t="s">
         <v>527</v>
       </c>
       <c r="C140" t="s">
         <v>528</v>
       </c>
-      <c r="D140"/>
-      <c r="E140"/>
+      <c r="D140">
+        <v>312</v>
+      </c>
+      <c r="E140" t="s">
+        <v>529</v>
+      </c>
       <c r="F140">
         <v>2020</v>
       </c>
       <c r="G140" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="H140"/>
-      <c r="I140"/>
+      <c r="I140">
+        <v>0.2</v>
+      </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B141" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C141" t="s">
-        <v>193</v>
+        <v>528</v>
       </c>
       <c r="D141">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>1937</v>
+        <v>312</v>
+      </c>
+      <c r="E141" t="s">
+        <v>533</v>
       </c>
       <c r="F141">
         <v>2020</v>
       </c>
       <c r="G141" t="s">
-        <v>532</v>
-[...3 lines deleted...]
-      </c>
+        <v>534</v>
+      </c>
+      <c r="H141"/>
       <c r="I141">
-        <v>0.92</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="B142" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="C142" t="s">
-        <v>535</v>
+        <v>132</v>
       </c>
       <c r="D142"/>
-      <c r="E142"/>
+      <c r="E142">
+        <v>2000338</v>
+      </c>
       <c r="F142">
         <v>2020</v>
       </c>
       <c r="G142" t="s">
-        <v>536</v>
-[...2 lines deleted...]
-      <c r="I142"/>
+        <v>537</v>
+      </c>
+      <c r="H142">
+        <v>13.14</v>
+      </c>
+      <c r="I142">
+        <v>3.78</v>
+      </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="B143" t="s">
-        <v>518</v>
+        <v>539</v>
       </c>
       <c r="C143" t="s">
-        <v>538</v>
+        <v>46</v>
       </c>
       <c r="D143"/>
       <c r="E143"/>
       <c r="F143">
         <v>2020</v>
       </c>
       <c r="G143" t="s">
-        <v>539</v>
-[...2 lines deleted...]
-      <c r="I143"/>
+        <v>540</v>
+      </c>
+      <c r="H143">
+        <v>7.39</v>
+      </c>
+      <c r="I143">
+        <v>1.9</v>
+      </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B144" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C144" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="D144"/>
+      <c r="E144"/>
       <c r="F144">
         <v>2020</v>
       </c>
       <c r="G144" t="s">
         <v>543</v>
       </c>
       <c r="H144">
         <v>15.88</v>
       </c>
       <c r="I144">
         <v>5.55</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" t="s">
         <v>544</v>
       </c>
       <c r="B145" t="s">
         <v>545</v>
       </c>
       <c r="C145" t="s">
-        <v>214</v>
-[...4 lines deleted...]
-      <c r="E145" t="s">
         <v>546</v>
       </c>
+      <c r="D145"/>
+      <c r="E145"/>
       <c r="F145">
         <v>2020</v>
       </c>
       <c r="G145" t="s">
         <v>547</v>
       </c>
-      <c r="H145">
-[...4 lines deleted...]
-      </c>
+      <c r="H145"/>
+      <c r="I145"/>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
         <v>548</v>
       </c>
       <c r="B146" t="s">
         <v>549</v>
       </c>
       <c r="C146" t="s">
-        <v>193</v>
+        <v>211</v>
       </c>
       <c r="D146">
         <v>10</v>
       </c>
       <c r="E146">
-        <v>1306</v>
+        <v>1937</v>
       </c>
       <c r="F146">
         <v>2020</v>
       </c>
       <c r="G146" t="s">
         <v>550</v>
       </c>
       <c r="H146">
         <v>5.08</v>
       </c>
       <c r="I146">
         <v>0.92</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
         <v>551</v>
       </c>
       <c r="B147" t="s">
         <v>552</v>
       </c>
       <c r="C147" t="s">
-        <v>73</v>
+        <v>553</v>
       </c>
       <c r="D147"/>
-      <c r="E147">
-[...1 lines deleted...]
-      </c>
+      <c r="E147"/>
       <c r="F147">
         <v>2020</v>
       </c>
       <c r="G147" t="s">
-        <v>553</v>
-[...6 lines deleted...]
-      </c>
+        <v>554</v>
+      </c>
+      <c r="H147"/>
+      <c r="I147"/>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B148" t="s">
-        <v>555</v>
+        <v>536</v>
       </c>
       <c r="C148" t="s">
-        <v>55</v>
-[...4 lines deleted...]
-      <c r="E148" t="s">
         <v>556</v>
       </c>
+      <c r="D148"/>
+      <c r="E148"/>
       <c r="F148">
         <v>2020</v>
       </c>
       <c r="G148" t="s">
         <v>557</v>
       </c>
-      <c r="H148">
-[...4 lines deleted...]
-      </c>
+      <c r="H148"/>
+      <c r="I148"/>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" t="s">
         <v>558</v>
       </c>
       <c r="B149" t="s">
         <v>559</v>
       </c>
       <c r="C149" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="D149">
         <v>14</v>
       </c>
       <c r="E149" t="s">
         <v>560</v>
       </c>
       <c r="F149">
         <v>2020</v>
       </c>
       <c r="G149" t="s">
         <v>561</v>
       </c>
       <c r="H149">
         <v>15.88</v>
       </c>
       <c r="I149">
         <v>5.55</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" t="s">
         <v>562</v>
       </c>
       <c r="B150" t="s">
         <v>563</v>
       </c>
       <c r="C150" t="s">
-        <v>29</v>
+        <v>232</v>
       </c>
       <c r="D150">
-        <v>14</v>
+        <v>117</v>
       </c>
       <c r="E150" t="s">
         <v>564</v>
       </c>
       <c r="F150">
         <v>2020</v>
       </c>
       <c r="G150" t="s">
         <v>565</v>
       </c>
       <c r="H150">
-        <v>15.88</v>
+        <v>3.79</v>
       </c>
       <c r="I150">
-        <v>5.55</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" t="s">
         <v>566</v>
       </c>
       <c r="B151" t="s">
         <v>567</v>
       </c>
       <c r="C151" t="s">
-        <v>356</v>
+        <v>211</v>
       </c>
       <c r="D151">
-        <v>1461</v>
-[...2 lines deleted...]
-        <v>568</v>
+        <v>10</v>
+      </c>
+      <c r="E151">
+        <v>1306</v>
       </c>
       <c r="F151">
         <v>2020</v>
       </c>
       <c r="G151" t="s">
-        <v>569</v>
-[...1 lines deleted...]
-      <c r="H151"/>
+        <v>568</v>
+      </c>
+      <c r="H151">
+        <v>5.08</v>
+      </c>
       <c r="I151">
-        <v>0.23</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" t="s">
+        <v>569</v>
+      </c>
+      <c r="B152" t="s">
         <v>570</v>
       </c>
-      <c r="B152" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C152" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>572</v>
+        <v>92</v>
+      </c>
+      <c r="D152"/>
+      <c r="E152">
+        <v>20200207</v>
       </c>
       <c r="F152">
         <v>2020</v>
       </c>
       <c r="G152" t="s">
-        <v>573</v>
-[...1 lines deleted...]
-      <c r="H152"/>
+        <v>571</v>
+      </c>
+      <c r="H152">
+        <v>8.45</v>
+      </c>
       <c r="I152">
-        <v>0.23</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" t="s">
+        <v>572</v>
+      </c>
+      <c r="B153" t="s">
+        <v>573</v>
+      </c>
+      <c r="C153" t="s">
+        <v>75</v>
+      </c>
+      <c r="D153">
+        <v>20</v>
+      </c>
+      <c r="E153" t="s">
         <v>574</v>
-      </c>
-[...10 lines deleted...]
-        <v>576</v>
       </c>
       <c r="F153">
         <v>2020</v>
       </c>
       <c r="G153" t="s">
-        <v>577</v>
-[...1 lines deleted...]
-      <c r="H153"/>
+        <v>575</v>
+      </c>
+      <c r="H153">
+        <v>11.19</v>
+      </c>
       <c r="I153">
-        <v>0.23</v>
+        <v>4.85</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" t="s">
+        <v>576</v>
+      </c>
+      <c r="B154" t="s">
+        <v>577</v>
+      </c>
+      <c r="C154" t="s">
+        <v>50</v>
+      </c>
+      <c r="D154">
+        <v>14</v>
+      </c>
+      <c r="E154" t="s">
         <v>578</v>
-      </c>
-[...10 lines deleted...]
-        <v>580</v>
       </c>
       <c r="F154">
         <v>2020</v>
       </c>
       <c r="G154" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="H154"/>
+        <v>579</v>
+      </c>
+      <c r="H154">
+        <v>15.88</v>
+      </c>
       <c r="I154">
-        <v>0.23</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" t="s">
+        <v>580</v>
+      </c>
+      <c r="B155" t="s">
+        <v>581</v>
+      </c>
+      <c r="C155" t="s">
+        <v>50</v>
+      </c>
+      <c r="D155">
+        <v>14</v>
+      </c>
+      <c r="E155" t="s">
         <v>582</v>
-      </c>
-[...10 lines deleted...]
-        <v>584</v>
       </c>
       <c r="F155">
         <v>2020</v>
       </c>
       <c r="G155" t="s">
-        <v>585</v>
-[...1 lines deleted...]
-      <c r="H155"/>
+        <v>583</v>
+      </c>
+      <c r="H155">
+        <v>15.88</v>
+      </c>
       <c r="I155">
-        <v>0.21</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="B156" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="C156" t="s">
-        <v>356</v>
+        <v>374</v>
       </c>
       <c r="D156">
         <v>1461</v>
       </c>
       <c r="E156" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="F156">
         <v>2020</v>
       </c>
       <c r="G156" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="H156"/>
       <c r="I156">
         <v>0.23</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="B157" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
       <c r="C157" t="s">
-        <v>356</v>
+        <v>374</v>
       </c>
       <c r="D157">
         <v>1461</v>
       </c>
       <c r="E157" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="F157">
         <v>2020</v>
       </c>
       <c r="G157" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="H157"/>
       <c r="I157">
         <v>0.23</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" t="s">
+        <v>592</v>
+      </c>
+      <c r="B158" t="s">
+        <v>593</v>
+      </c>
+      <c r="C158" t="s">
+        <v>374</v>
+      </c>
+      <c r="D158">
+        <v>1461</v>
+      </c>
+      <c r="E158" t="s">
         <v>594</v>
-      </c>
-[...10 lines deleted...]
-        <v>2000410</v>
       </c>
       <c r="F158">
         <v>2020</v>
       </c>
       <c r="G158" t="s">
-        <v>596</v>
-[...3 lines deleted...]
-      </c>
+        <v>595</v>
+      </c>
+      <c r="H158"/>
       <c r="I158">
-        <v>3.79</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" t="s">
+        <v>596</v>
+      </c>
+      <c r="B159" t="s">
         <v>597</v>
       </c>
-      <c r="B159" t="s">
+      <c r="C159" t="s">
+        <v>374</v>
+      </c>
+      <c r="D159">
+        <v>1461</v>
+      </c>
+      <c r="E159" t="s">
         <v>598</v>
-      </c>
-[...7 lines deleted...]
-        <v>599</v>
       </c>
       <c r="F159">
         <v>2020</v>
       </c>
       <c r="G159" t="s">
-        <v>600</v>
-[...3 lines deleted...]
-      </c>
+        <v>599</v>
+      </c>
+      <c r="H159"/>
       <c r="I159">
-        <v>2.98</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" t="s">
+        <v>600</v>
+      </c>
+      <c r="B160" t="s">
         <v>601</v>
       </c>
-      <c r="B160" t="s">
+      <c r="C160" t="s">
+        <v>374</v>
+      </c>
+      <c r="D160">
+        <v>1461</v>
+      </c>
+      <c r="E160" t="s">
         <v>602</v>
-      </c>
-[...7 lines deleted...]
-        <v>1900082</v>
       </c>
       <c r="F160">
         <v>2020</v>
       </c>
       <c r="G160" t="s">
         <v>603</v>
       </c>
-      <c r="H160">
-[...1 lines deleted...]
-      </c>
+      <c r="H160"/>
       <c r="I160">
-        <v>3.78</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" t="s">
         <v>604</v>
       </c>
       <c r="B161" t="s">
         <v>605</v>
       </c>
       <c r="C161" t="s">
-        <v>73</v>
+        <v>374</v>
       </c>
       <c r="D161">
-        <v>9</v>
+        <v>1461</v>
       </c>
       <c r="E161" t="s">
         <v>606</v>
       </c>
       <c r="F161">
         <v>2020</v>
       </c>
       <c r="G161" t="s">
         <v>607</v>
       </c>
-      <c r="H161">
-[...1 lines deleted...]
-      </c>
+      <c r="H161"/>
       <c r="I161">
-        <v>2.72</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" t="s">
         <v>608</v>
       </c>
       <c r="B162" t="s">
         <v>609</v>
       </c>
       <c r="C162" t="s">
+        <v>374</v>
+      </c>
+      <c r="D162">
+        <v>1461</v>
+      </c>
+      <c r="E162" t="s">
         <v>610</v>
-      </c>
-[...4 lines deleted...]
-        <v>611</v>
       </c>
       <c r="F162">
         <v>2020</v>
       </c>
       <c r="G162" t="s">
-        <v>612</v>
-[...3 lines deleted...]
-      </c>
+        <v>611</v>
+      </c>
+      <c r="H162"/>
       <c r="I162">
-        <v>1.88</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" t="s">
+        <v>612</v>
+      </c>
+      <c r="B163" t="s">
         <v>613</v>
       </c>
-      <c r="B163" t="s">
+      <c r="C163" t="s">
+        <v>63</v>
+      </c>
+      <c r="D163">
+        <v>16</v>
+      </c>
+      <c r="E163">
+        <v>2000410</v>
+      </c>
+      <c r="F163">
+        <v>2020</v>
+      </c>
+      <c r="G163" t="s">
         <v>614</v>
       </c>
-      <c r="C163" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H163">
-        <v>7.49</v>
+        <v>13.28</v>
       </c>
       <c r="I163">
-        <v>2.62</v>
+        <v>3.79</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" t="s">
+        <v>615</v>
+      </c>
+      <c r="B164" t="s">
+        <v>616</v>
+      </c>
+      <c r="C164" t="s">
+        <v>36</v>
+      </c>
+      <c r="D164">
+        <v>11</v>
+      </c>
+      <c r="E164" t="s">
         <v>617</v>
       </c>
-      <c r="B164" t="s">
+      <c r="F164">
+        <v>2020</v>
+      </c>
+      <c r="G164" t="s">
         <v>618</v>
       </c>
-      <c r="C164" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H164">
-        <v>3.28</v>
+        <v>6.71</v>
       </c>
       <c r="I164">
-        <v>0.63</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" t="s">
+        <v>619</v>
+      </c>
+      <c r="B165" t="s">
+        <v>620</v>
+      </c>
+      <c r="C165" t="s">
+        <v>132</v>
+      </c>
+      <c r="D165">
+        <v>14</v>
+      </c>
+      <c r="E165">
+        <v>1900082</v>
+      </c>
+      <c r="F165">
+        <v>2020</v>
+      </c>
+      <c r="G165" t="s">
         <v>621</v>
       </c>
-      <c r="B165" t="s">
-[...17 lines deleted...]
-      <c r="H165"/>
+      <c r="H165">
+        <v>13.14</v>
+      </c>
       <c r="I165">
-        <v>0.22</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" t="s">
+        <v>622</v>
+      </c>
+      <c r="B166" t="s">
+        <v>623</v>
+      </c>
+      <c r="C166" t="s">
+        <v>92</v>
+      </c>
+      <c r="D166">
+        <v>9</v>
+      </c>
+      <c r="E166" t="s">
         <v>624</v>
       </c>
-      <c r="B166" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F166">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G166" t="s">
         <v>625</v>
       </c>
-      <c r="H166"/>
+      <c r="H166">
+        <v>8.45</v>
+      </c>
       <c r="I166">
-        <v>0.22</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" t="s">
         <v>626</v>
       </c>
       <c r="B167" t="s">
         <v>627</v>
       </c>
       <c r="C167" t="s">
-        <v>38</v>
+        <v>628</v>
       </c>
       <c r="D167">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E167" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="F167">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G167" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="H167">
-        <v>6.9</v>
+        <v>4.99</v>
       </c>
       <c r="I167">
-        <v>2.18</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="B168" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C168" t="s">
-        <v>632</v>
+        <v>92</v>
       </c>
       <c r="D168">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>9</v>
+      </c>
+      <c r="E168" t="s">
+        <v>633</v>
       </c>
       <c r="F168">
         <v>2019</v>
       </c>
       <c r="G168" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="H168">
-        <v>3.06</v>
+        <v>7.49</v>
       </c>
       <c r="I168">
-        <v>0.95</v>
+        <v>2.62</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="B169" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="C169" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="D169">
-        <v>12</v>
+        <v>220</v>
       </c>
       <c r="E169">
-        <v>122001</v>
+        <v>116985</v>
       </c>
       <c r="F169">
         <v>2019</v>
       </c>
       <c r="G169" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="H169">
-        <v>3.09</v>
+        <v>3.28</v>
       </c>
       <c r="I169">
-        <v>0.96</v>
+        <v>0.63</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="B170" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="C170" t="s">
-        <v>640</v>
+        <v>374</v>
       </c>
       <c r="D170">
-        <v>6</v>
+        <v>1410</v>
       </c>
       <c r="E170" t="s">
-        <v>641</v>
+        <v>409</v>
       </c>
       <c r="F170">
         <v>2019</v>
       </c>
       <c r="G170" t="s">
-        <v>642</v>
-[...3 lines deleted...]
-      </c>
+        <v>641</v>
+      </c>
+      <c r="H170"/>
       <c r="I170">
-        <v>3.98</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" t="s">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="B171" t="s">
-        <v>644</v>
+        <v>519</v>
       </c>
       <c r="C171" t="s">
-        <v>312</v>
+        <v>374</v>
       </c>
       <c r="D171">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>1900877</v>
+        <v>1410</v>
+      </c>
+      <c r="E171" t="s">
+        <v>401</v>
       </c>
       <c r="F171">
         <v>2019</v>
       </c>
       <c r="G171" t="s">
-        <v>645</v>
-[...3 lines deleted...]
-      </c>
+        <v>643</v>
+      </c>
+      <c r="H171"/>
       <c r="I171">
-        <v>0.85</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" t="s">
+        <v>644</v>
+      </c>
+      <c r="B172" t="s">
+        <v>645</v>
+      </c>
+      <c r="C172" t="s">
+        <v>59</v>
+      </c>
+      <c r="D172">
+        <v>12</v>
+      </c>
+      <c r="E172" t="s">
         <v>646</v>
-      </c>
-[...10 lines deleted...]
-        <v>648</v>
       </c>
       <c r="F172">
         <v>2019</v>
       </c>
       <c r="G172" t="s">
-        <v>649</v>
+        <v>647</v>
       </c>
       <c r="H172">
         <v>6.9</v>
       </c>
       <c r="I172">
         <v>2.18</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" t="s">
+        <v>648</v>
+      </c>
+      <c r="B173" t="s">
+        <v>649</v>
+      </c>
+      <c r="C173" t="s">
         <v>650</v>
       </c>
-      <c r="B173" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D173">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>653</v>
+        <v>10</v>
+      </c>
+      <c r="E173">
+        <v>29</v>
       </c>
       <c r="F173">
         <v>2019</v>
       </c>
       <c r="G173" t="s">
-        <v>654</v>
+        <v>651</v>
       </c>
       <c r="H173">
-        <v>3.43</v>
+        <v>3.06</v>
       </c>
       <c r="I173">
-        <v>1.14</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
       <c r="B174" t="s">
-        <v>656</v>
+        <v>653</v>
       </c>
       <c r="C174" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="D174">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>658</v>
+        <v>12</v>
+      </c>
+      <c r="E174">
+        <v>122001</v>
       </c>
       <c r="F174">
         <v>2019</v>
       </c>
       <c r="G174" t="s">
-        <v>659</v>
+        <v>655</v>
       </c>
       <c r="H174">
-        <v>1.4</v>
+        <v>3.09</v>
       </c>
       <c r="I174">
-        <v>0.58</v>
+        <v>0.96</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" t="s">
-        <v>660</v>
+        <v>656</v>
       </c>
       <c r="B175" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="C175" t="s">
-        <v>662</v>
+        <v>658</v>
       </c>
       <c r="D175">
-        <v>64</v>
+        <v>6</v>
       </c>
       <c r="E175" t="s">
-        <v>663</v>
+        <v>659</v>
       </c>
       <c r="F175">
         <v>2019</v>
       </c>
       <c r="G175" t="s">
-        <v>664</v>
+        <v>660</v>
       </c>
       <c r="H175">
-        <v>0.6</v>
+        <v>17.05</v>
       </c>
       <c r="I175">
-        <v>0.38</v>
+        <v>3.98</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" t="s">
-        <v>665</v>
+        <v>661</v>
       </c>
       <c r="B176" t="s">
-        <v>666</v>
+        <v>662</v>
       </c>
       <c r="C176" t="s">
-        <v>38</v>
+        <v>330</v>
       </c>
       <c r="D176">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>667</v>
+        <v>8</v>
+      </c>
+      <c r="E176">
+        <v>1900877</v>
       </c>
       <c r="F176">
         <v>2019</v>
       </c>
       <c r="G176" t="s">
-        <v>668</v>
+        <v>663</v>
       </c>
       <c r="H176">
-        <v>6.9</v>
+        <v>3.4</v>
       </c>
       <c r="I176">
-        <v>2.18</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" t="s">
-        <v>669</v>
+        <v>664</v>
       </c>
       <c r="B177" t="s">
-        <v>670</v>
+        <v>665</v>
       </c>
       <c r="C177" t="s">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="D177">
         <v>11</v>
       </c>
       <c r="E177" t="s">
-        <v>671</v>
+        <v>666</v>
       </c>
       <c r="F177">
         <v>2019</v>
       </c>
       <c r="G177" t="s">
-        <v>672</v>
+        <v>667</v>
       </c>
       <c r="H177">
         <v>6.9</v>
       </c>
       <c r="I177">
         <v>2.18</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="B178" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="C178" t="s">
-        <v>29</v>
+        <v>670</v>
       </c>
       <c r="D178">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>4140</v>
+        <v>21</v>
+      </c>
+      <c r="E178" t="s">
+        <v>671</v>
       </c>
       <c r="F178">
         <v>2019</v>
       </c>
       <c r="G178" t="s">
-        <v>675</v>
+        <v>672</v>
       </c>
       <c r="H178">
-        <v>14.59</v>
+        <v>3.43</v>
       </c>
       <c r="I178">
-        <v>6.13</v>
+        <v>1.14</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" t="s">
+        <v>673</v>
+      </c>
+      <c r="B179" t="s">
+        <v>674</v>
+      </c>
+      <c r="C179" t="s">
+        <v>675</v>
+      </c>
+      <c r="D179">
+        <v>110</v>
+      </c>
+      <c r="E179" t="s">
         <v>676</v>
-      </c>
-[...10 lines deleted...]
-        <v>678</v>
       </c>
       <c r="F179">
         <v>2019</v>
       </c>
       <c r="G179" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="H179">
-        <v>6.18</v>
+        <v>1.4</v>
       </c>
       <c r="I179">
-        <v>1.23</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" t="s">
+        <v>678</v>
+      </c>
+      <c r="B180" t="s">
+        <v>679</v>
+      </c>
+      <c r="C180" t="s">
         <v>680</v>
       </c>
-      <c r="B180" t="s">
+      <c r="D180">
+        <v>64</v>
+      </c>
+      <c r="E180" t="s">
         <v>681</v>
-      </c>
-[...7 lines deleted...]
-        <v>1800274</v>
       </c>
       <c r="F180">
         <v>2019</v>
       </c>
       <c r="G180" t="s">
         <v>682</v>
       </c>
       <c r="H180">
-        <v>10.66</v>
+        <v>0.6</v>
       </c>
       <c r="I180">
-        <v>4.01</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" t="s">
         <v>683</v>
       </c>
       <c r="B181" t="s">
         <v>684</v>
       </c>
       <c r="C181" t="s">
-        <v>356</v>
+        <v>59</v>
       </c>
       <c r="D181">
-        <v>1124</v>
+        <v>11</v>
       </c>
       <c r="E181" t="s">
         <v>685</v>
       </c>
       <c r="F181">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G181" t="s">
         <v>686</v>
       </c>
-      <c r="H181"/>
+      <c r="H181">
+        <v>6.9</v>
+      </c>
       <c r="I181">
-        <v>0.24</v>
+        <v>2.18</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" t="s">
         <v>687</v>
       </c>
       <c r="B182" t="s">
         <v>688</v>
       </c>
       <c r="C182" t="s">
-        <v>471</v>
+        <v>59</v>
       </c>
       <c r="D182">
         <v>11</v>
       </c>
       <c r="E182" t="s">
         <v>689</v>
       </c>
       <c r="F182">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G182" t="s">
         <v>690</v>
       </c>
       <c r="H182">
-        <v>8.1</v>
+        <v>6.9</v>
       </c>
       <c r="I182">
-        <v>2.78</v>
+        <v>2.18</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" t="s">
         <v>691</v>
       </c>
       <c r="B183" t="s">
         <v>692</v>
       </c>
       <c r="C183" t="s">
-        <v>92</v>
+        <v>50</v>
       </c>
       <c r="D183">
-        <v>473</v>
-[...1 lines deleted...]
-      <c r="E183" t="s">
+        <v>13</v>
+      </c>
+      <c r="E183">
+        <v>4140</v>
+      </c>
+      <c r="F183">
+        <v>2019</v>
+      </c>
+      <c r="G183" t="s">
         <v>693</v>
       </c>
-      <c r="F183">
-[...4 lines deleted...]
-      </c>
       <c r="H183">
-        <v>5.16</v>
+        <v>14.59</v>
       </c>
       <c r="I183">
-        <v>1.12</v>
+        <v>6.13</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" t="s">
+        <v>694</v>
+      </c>
+      <c r="B184" t="s">
         <v>695</v>
       </c>
-      <c r="B184" t="s">
+      <c r="C184" t="s">
+        <v>111</v>
+      </c>
+      <c r="D184">
+        <v>476</v>
+      </c>
+      <c r="E184" t="s">
         <v>696</v>
       </c>
-      <c r="C184" t="s">
+      <c r="F184">
+        <v>2019</v>
+      </c>
+      <c r="G184" t="s">
         <v>697</v>
       </c>
-      <c r="D184"/>
-[...4 lines deleted...]
-      <c r="G184"/>
       <c r="H184">
-        <v>21.09</v>
+        <v>6.18</v>
       </c>
       <c r="I184">
-        <v>4.71</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" t="s">
         <v>698</v>
       </c>
       <c r="B185" t="s">
         <v>699</v>
       </c>
       <c r="C185" t="s">
-        <v>356</v>
-[...1 lines deleted...]
-      <c r="D185" t="s">
+        <v>132</v>
+      </c>
+      <c r="D185">
+        <v>13</v>
+      </c>
+      <c r="E185">
+        <v>1800274</v>
+      </c>
+      <c r="F185">
+        <v>2019</v>
+      </c>
+      <c r="G185" t="s">
         <v>700</v>
       </c>
-      <c r="E185">
-[...8 lines deleted...]
-      <c r="H185"/>
+      <c r="H185">
+        <v>10.66</v>
+      </c>
       <c r="I185">
-        <v>0.24</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" t="s">
+        <v>701</v>
+      </c>
+      <c r="B186" t="s">
         <v>702</v>
       </c>
-      <c r="B186" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C186" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>12179</v>
+        <v>374</v>
+      </c>
+      <c r="D186">
+        <v>1124</v>
+      </c>
+      <c r="E186" t="s">
+        <v>703</v>
       </c>
       <c r="F186">
         <v>2018</v>
       </c>
       <c r="G186" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="H186"/>
       <c r="I186">
         <v>0.24</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="B187" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="C187" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>12171</v>
+        <v>489</v>
+      </c>
+      <c r="D187">
+        <v>11</v>
+      </c>
+      <c r="E187" t="s">
+        <v>707</v>
       </c>
       <c r="F187">
         <v>2018</v>
       </c>
       <c r="G187" t="s">
-        <v>706</v>
-[...1 lines deleted...]
-      <c r="H187"/>
+        <v>708</v>
+      </c>
+      <c r="H187">
+        <v>8.1</v>
+      </c>
       <c r="I187">
-        <v>0.24</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="B188" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="C188" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>12122</v>
+        <v>111</v>
+      </c>
+      <c r="D188">
+        <v>473</v>
+      </c>
+      <c r="E188" t="s">
+        <v>711</v>
       </c>
       <c r="F188">
         <v>2018</v>
       </c>
       <c r="G188" t="s">
-        <v>709</v>
-[...1 lines deleted...]
-      <c r="H188"/>
+        <v>712</v>
+      </c>
+      <c r="H188">
+        <v>5.16</v>
+      </c>
       <c r="I188">
-        <v>0.24</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="B189" t="s">
-        <v>666</v>
+        <v>714</v>
       </c>
       <c r="C189" t="s">
-        <v>356</v>
-[...6 lines deleted...]
-      </c>
+        <v>715</v>
+      </c>
+      <c r="D189"/>
+      <c r="E189"/>
       <c r="F189">
         <v>2018</v>
       </c>
-      <c r="G189" t="s">
-[...2 lines deleted...]
-      <c r="H189"/>
+      <c r="G189"/>
+      <c r="H189">
+        <v>21.09</v>
+      </c>
       <c r="I189">
-        <v>0.24</v>
+        <v>4.71</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="B190" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="C190" t="s">
-        <v>356</v>
+        <v>374</v>
       </c>
       <c r="D190" t="s">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="E190">
-        <v>12038</v>
+        <v>12009</v>
       </c>
       <c r="F190">
         <v>2018</v>
       </c>
       <c r="G190" t="s">
-        <v>714</v>
+        <v>719</v>
       </c>
       <c r="H190"/>
       <c r="I190">
         <v>0.24</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
       <c r="B191" t="s">
-        <v>716</v>
+        <v>665</v>
       </c>
       <c r="C191" t="s">
-        <v>55</v>
-[...5 lines deleted...]
-        <v>717</v>
+        <v>374</v>
+      </c>
+      <c r="D191" t="s">
+        <v>718</v>
+      </c>
+      <c r="E191">
+        <v>12179</v>
       </c>
       <c r="F191">
         <v>2018</v>
       </c>
       <c r="G191" t="s">
-        <v>718</v>
-[...3 lines deleted...]
-      </c>
+        <v>721</v>
+      </c>
+      <c r="H191"/>
       <c r="I191">
-        <v>6.21</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" t="s">
-        <v>712</v>
+        <v>722</v>
       </c>
       <c r="B192" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
       <c r="C192" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>374</v>
+      </c>
+      <c r="D192" t="s">
+        <v>718</v>
       </c>
       <c r="E192">
-        <v>1800576</v>
+        <v>12171</v>
       </c>
       <c r="F192">
         <v>2018</v>
       </c>
       <c r="G192" t="s">
-        <v>720</v>
-[...3 lines deleted...]
-      </c>
+        <v>724</v>
+      </c>
+      <c r="H192"/>
       <c r="I192">
-        <v>2.71</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="B193" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="C193" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>374</v>
+      </c>
+      <c r="D193" t="s">
+        <v>718</v>
       </c>
       <c r="E193">
-        <v>1800784</v>
+        <v>12122</v>
       </c>
       <c r="F193">
         <v>2018</v>
       </c>
       <c r="G193" t="s">
-        <v>723</v>
-[...3 lines deleted...]
-      </c>
+        <v>727</v>
+      </c>
+      <c r="H193"/>
       <c r="I193">
-        <v>2.71</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B194" t="s">
-        <v>666</v>
+        <v>684</v>
       </c>
       <c r="C194" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>725</v>
+        <v>374</v>
+      </c>
+      <c r="D194" t="s">
+        <v>718</v>
+      </c>
+      <c r="E194">
+        <v>12082</v>
       </c>
       <c r="F194">
         <v>2018</v>
       </c>
       <c r="G194" t="s">
-        <v>726</v>
-[...3 lines deleted...]
-      </c>
+        <v>729</v>
+      </c>
+      <c r="H194"/>
       <c r="I194">
-        <v>2.4</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="B195" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="C195" t="s">
-        <v>729</v>
+        <v>374</v>
       </c>
       <c r="D195" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-        <v>731</v>
+        <v>718</v>
+      </c>
+      <c r="E195">
+        <v>12038</v>
       </c>
       <c r="F195">
         <v>2018</v>
       </c>
       <c r="G195" t="s">
         <v>732</v>
       </c>
       <c r="H195"/>
-      <c r="I195"/>
+      <c r="I195">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" t="s">
         <v>733</v>
       </c>
       <c r="B196" t="s">
         <v>734</v>
       </c>
       <c r="C196" t="s">
-        <v>729</v>
-[...2 lines deleted...]
-      <c r="E196"/>
+        <v>75</v>
+      </c>
+      <c r="D196">
+        <v>18</v>
+      </c>
+      <c r="E196" t="s">
+        <v>735</v>
+      </c>
       <c r="F196">
         <v>2018</v>
       </c>
-      <c r="G196"/>
-[...1 lines deleted...]
-      <c r="I196"/>
+      <c r="G196" t="s">
+        <v>736</v>
+      </c>
+      <c r="H196">
+        <v>12.28</v>
+      </c>
+      <c r="I196">
+        <v>6.21</v>
+      </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="B197" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="C197" t="s">
-        <v>113</v>
+        <v>31</v>
       </c>
       <c r="D197">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="E197">
-        <v>1700168</v>
+        <v>1800576</v>
       </c>
       <c r="F197">
         <v>2018</v>
       </c>
       <c r="G197" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="H197">
-        <v>9.06</v>
+        <v>7.13</v>
       </c>
       <c r="I197">
-        <v>3.82</v>
+        <v>2.71</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="B198" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="C198" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="D198">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>740</v>
+        <v>7</v>
+      </c>
+      <c r="E198">
+        <v>1800784</v>
       </c>
       <c r="F198">
         <v>2018</v>
       </c>
       <c r="G198" t="s">
         <v>741</v>
       </c>
       <c r="H198">
-        <v>6.97</v>
+        <v>7.13</v>
       </c>
       <c r="I198">
-        <v>2.4</v>
+        <v>2.71</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" t="s">
         <v>742</v>
       </c>
       <c r="B199" t="s">
+        <v>684</v>
+      </c>
+      <c r="C199" t="s">
+        <v>59</v>
+      </c>
+      <c r="D199">
+        <v>10</v>
+      </c>
+      <c r="E199" t="s">
         <v>743</v>
-      </c>
-[...7 lines deleted...]
-        <v>6107</v>
       </c>
       <c r="F199">
         <v>2018</v>
       </c>
       <c r="G199" t="s">
-        <v>745</v>
+        <v>744</v>
       </c>
       <c r="H199">
-        <v>4.01</v>
+        <v>6.97</v>
       </c>
       <c r="I199">
-        <v>1.41</v>
+        <v>2.4</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" t="s">
+        <v>745</v>
+      </c>
+      <c r="B200" t="s">
         <v>746</v>
       </c>
-      <c r="B200" t="s">
+      <c r="C200" t="s">
         <v>747</v>
       </c>
-      <c r="C200" t="s">
+      <c r="D200" t="s">
         <v>748</v>
       </c>
-      <c r="D200"/>
-      <c r="E200"/>
+      <c r="E200" t="s">
+        <v>749</v>
+      </c>
       <c r="F200">
         <v>2018</v>
       </c>
       <c r="G200" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="H200"/>
       <c r="I200"/>
     </row>
     <row r="201" spans="1:9">
       <c r="A201" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="B201" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="C201" t="s">
-        <v>55</v>
-[...6 lines deleted...]
-      </c>
+        <v>747</v>
+      </c>
+      <c r="D201"/>
+      <c r="E201"/>
       <c r="F201">
         <v>2018</v>
       </c>
-      <c r="G201" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G201"/>
+      <c r="H201"/>
+      <c r="I201"/>
     </row>
     <row r="202" spans="1:9">
       <c r="A202" t="s">
+        <v>753</v>
+      </c>
+      <c r="B202" t="s">
         <v>754</v>
       </c>
-      <c r="B202" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C202" t="s">
-        <v>748</v>
-[...2 lines deleted...]
-      <c r="E202"/>
+        <v>132</v>
+      </c>
+      <c r="D202">
+        <v>11</v>
+      </c>
+      <c r="E202">
+        <v>1700168</v>
+      </c>
       <c r="F202">
         <v>2018</v>
       </c>
       <c r="G202" t="s">
-        <v>756</v>
-[...2 lines deleted...]
-      <c r="I202"/>
+        <v>755</v>
+      </c>
+      <c r="H202">
+        <v>9.06</v>
+      </c>
+      <c r="I202">
+        <v>3.82</v>
+      </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" t="s">
+        <v>756</v>
+      </c>
+      <c r="B203" t="s">
         <v>757</v>
       </c>
-      <c r="B203" t="s">
+      <c r="C203" t="s">
+        <v>59</v>
+      </c>
+      <c r="D203">
+        <v>10</v>
+      </c>
+      <c r="E203" t="s">
         <v>758</v>
-      </c>
-[...5 lines deleted...]
-        <v>759</v>
       </c>
       <c r="F203">
         <v>2018</v>
       </c>
       <c r="G203" t="s">
-        <v>760</v>
-[...2 lines deleted...]
-      <c r="I203"/>
+        <v>759</v>
+      </c>
+      <c r="H203">
+        <v>6.97</v>
+      </c>
+      <c r="I203">
+        <v>2.4</v>
+      </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" t="s">
+        <v>760</v>
+      </c>
+      <c r="B204" t="s">
         <v>761</v>
       </c>
-      <c r="B204" t="s">
+      <c r="C204" t="s">
         <v>762</v>
       </c>
-      <c r="C204" t="s">
-[...3 lines deleted...]
-      <c r="E204"/>
+      <c r="D204">
+        <v>8</v>
+      </c>
+      <c r="E204">
+        <v>6107</v>
+      </c>
       <c r="F204">
         <v>2018</v>
       </c>
       <c r="G204" t="s">
         <v>763</v>
       </c>
-      <c r="H204"/>
-      <c r="I204"/>
+      <c r="H204">
+        <v>4.01</v>
+      </c>
+      <c r="I204">
+        <v>1.41</v>
+      </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" t="s">
         <v>764</v>
       </c>
       <c r="B205" t="s">
         <v>765</v>
       </c>
       <c r="C205" t="s">
-        <v>51</v>
-[...6 lines deleted...]
-      </c>
+        <v>766</v>
+      </c>
+      <c r="D205"/>
+      <c r="E205"/>
       <c r="F205">
         <v>2018</v>
       </c>
       <c r="G205" t="s">
-        <v>766</v>
-[...6 lines deleted...]
-      </c>
+        <v>767</v>
+      </c>
+      <c r="H205"/>
+      <c r="I205"/>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="B206" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="C206" t="s">
-        <v>769</v>
-[...2 lines deleted...]
-      <c r="E206"/>
+        <v>75</v>
+      </c>
+      <c r="D206">
+        <v>18</v>
+      </c>
+      <c r="E206" t="s">
+        <v>770</v>
+      </c>
       <c r="F206">
         <v>2018</v>
       </c>
       <c r="G206" t="s">
-        <v>770</v>
-[...2 lines deleted...]
-      <c r="I206"/>
+        <v>771</v>
+      </c>
+      <c r="H206">
+        <v>12.28</v>
+      </c>
+      <c r="I206">
+        <v>6.21</v>
+      </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="B207" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="C207" t="s">
-        <v>769</v>
+        <v>766</v>
       </c>
       <c r="D207"/>
       <c r="E207"/>
       <c r="F207">
         <v>2018</v>
       </c>
       <c r="G207" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="H207"/>
       <c r="I207"/>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="B208" t="s">
-        <v>666</v>
+        <v>776</v>
       </c>
       <c r="C208" t="s">
-        <v>471</v>
-[...3 lines deleted...]
-      </c>
+        <v>766</v>
+      </c>
+      <c r="D208"/>
       <c r="E208" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="F208">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G208" t="s">
-        <v>777</v>
-[...6 lines deleted...]
-      </c>
+        <v>778</v>
+      </c>
+      <c r="H208"/>
+      <c r="I208"/>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="B209" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="C209" t="s">
-        <v>55</v>
-[...4 lines deleted...]
-      <c r="E209" t="s">
+        <v>766</v>
+      </c>
+      <c r="D209"/>
+      <c r="E209"/>
+      <c r="F209">
+        <v>2018</v>
+      </c>
+      <c r="G209" t="s">
         <v>781</v>
       </c>
-      <c r="F209">
-[...10 lines deleted...]
-      </c>
+      <c r="H209"/>
+      <c r="I209"/>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" t="s">
+        <v>782</v>
+      </c>
+      <c r="B210" t="s">
         <v>783</v>
       </c>
-      <c r="B210" t="s">
+      <c r="C210" t="s">
+        <v>31</v>
+      </c>
+      <c r="D210">
+        <v>6</v>
+      </c>
+      <c r="E210">
+        <v>1701153</v>
+      </c>
+      <c r="F210">
+        <v>2018</v>
+      </c>
+      <c r="G210" t="s">
         <v>784</v>
       </c>
-      <c r="C210" t="s">
-[...11 lines deleted...]
-      <c r="I210"/>
+      <c r="H210">
+        <v>7.13</v>
+      </c>
+      <c r="I210">
+        <v>2.71</v>
+      </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" t="s">
+        <v>785</v>
+      </c>
+      <c r="B211" t="s">
+        <v>786</v>
+      </c>
+      <c r="C211" t="s">
         <v>787</v>
       </c>
-      <c r="B211" t="s">
+      <c r="D211"/>
+      <c r="E211"/>
+      <c r="F211">
+        <v>2018</v>
+      </c>
+      <c r="G211" t="s">
         <v>788</v>
-      </c>
-[...11 lines deleted...]
-        <v>791</v>
       </c>
       <c r="H211"/>
       <c r="I211"/>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" t="s">
-        <v>792</v>
+        <v>789</v>
       </c>
       <c r="B212" t="s">
-        <v>793</v>
+        <v>790</v>
       </c>
       <c r="C212" t="s">
-        <v>485</v>
-[...6 lines deleted...]
-      </c>
+        <v>787</v>
+      </c>
+      <c r="D212"/>
+      <c r="E212"/>
       <c r="F212">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G212" t="s">
-        <v>794</v>
+        <v>791</v>
       </c>
       <c r="H212"/>
-      <c r="I212">
-[...1 lines deleted...]
-      </c>
+      <c r="I212"/>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" t="s">
-        <v>795</v>
+        <v>792</v>
       </c>
       <c r="B213" t="s">
-        <v>796</v>
+        <v>684</v>
       </c>
       <c r="C213" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>62017</v>
+        <v>489</v>
+      </c>
+      <c r="D213" t="s">
+        <v>793</v>
+      </c>
+      <c r="E213" t="s">
+        <v>794</v>
       </c>
       <c r="F213">
         <v>2017</v>
       </c>
       <c r="G213" t="s">
-        <v>797</v>
-[...1 lines deleted...]
-      <c r="H213"/>
+        <v>795</v>
+      </c>
+      <c r="H213">
+        <v>7.5</v>
+      </c>
       <c r="I213">
-        <v>0.24</v>
+        <v>2.56</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" t="s">
+        <v>796</v>
+      </c>
+      <c r="B214" t="s">
+        <v>797</v>
+      </c>
+      <c r="C214" t="s">
+        <v>75</v>
+      </c>
+      <c r="D214" t="s">
         <v>798</v>
       </c>
-      <c r="B214" t="s">
+      <c r="E214" t="s">
         <v>799</v>
-      </c>
-[...7 lines deleted...]
-        <v>12053</v>
       </c>
       <c r="F214">
         <v>2017</v>
       </c>
       <c r="G214" t="s">
         <v>800</v>
       </c>
-      <c r="H214"/>
+      <c r="H214">
+        <v>12.08</v>
+      </c>
       <c r="I214">
-        <v>0.24</v>
+        <v>7.45</v>
       </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" t="s">
         <v>801</v>
       </c>
       <c r="B215" t="s">
         <v>802</v>
       </c>
       <c r="C215" t="s">
-        <v>214</v>
-[...6 lines deleted...]
-      </c>
+        <v>803</v>
+      </c>
+      <c r="D215"/>
+      <c r="E215"/>
       <c r="F215">
         <v>2017</v>
       </c>
       <c r="G215" t="s">
-        <v>803</v>
-[...6 lines deleted...]
-      </c>
+        <v>804</v>
+      </c>
+      <c r="H215"/>
+      <c r="I215"/>
     </row>
     <row r="216" spans="1:9">
       <c r="A216" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="B216" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="C216" t="s">
-        <v>356</v>
-[...3 lines deleted...]
-      </c>
+        <v>807</v>
+      </c>
+      <c r="D216"/>
       <c r="E216" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="F216">
         <v>2017</v>
       </c>
       <c r="G216" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="H216"/>
-      <c r="I216">
-[...1 lines deleted...]
-      </c>
+      <c r="I216"/>
     </row>
     <row r="217" spans="1:9">
       <c r="A217" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="B217" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="C217" t="s">
-        <v>113</v>
+        <v>503</v>
       </c>
       <c r="D217">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>810</v>
+        <v>1874</v>
+      </c>
+      <c r="E217">
+        <v>40030</v>
       </c>
       <c r="F217">
         <v>2017</v>
       </c>
       <c r="G217" t="s">
-        <v>811</v>
-[...3 lines deleted...]
-      </c>
+        <v>812</v>
+      </c>
+      <c r="H217"/>
       <c r="I217">
-        <v>4.23</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="B218" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="C218" t="s">
-        <v>485</v>
+        <v>374</v>
       </c>
       <c r="D218">
-        <v>1874</v>
+        <v>917</v>
       </c>
       <c r="E218">
-        <v>40005</v>
+        <v>62017</v>
       </c>
       <c r="F218">
         <v>2017</v>
       </c>
       <c r="G218" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="H218"/>
       <c r="I218">
-        <v>0.17</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="B219" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C219" t="s">
-        <v>485</v>
+        <v>374</v>
       </c>
       <c r="D219">
-        <v>1874</v>
+        <v>929</v>
       </c>
       <c r="E219">
-        <v>30043</v>
+        <v>12053</v>
       </c>
       <c r="F219">
         <v>2017</v>
       </c>
       <c r="G219" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="H219"/>
       <c r="I219">
-        <v>0.17</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="B220" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="C220" t="s">
-        <v>485</v>
+        <v>232</v>
       </c>
       <c r="D220">
-        <v>1874</v>
+        <v>111</v>
       </c>
       <c r="E220">
-        <v>40059</v>
+        <v>243103</v>
       </c>
       <c r="F220">
         <v>2017</v>
       </c>
       <c r="G220" t="s">
-        <v>820</v>
-[...1 lines deleted...]
-      <c r="H220"/>
+        <v>821</v>
+      </c>
+      <c r="H220">
+        <v>3.5</v>
+      </c>
       <c r="I220">
-        <v>0.17</v>
+        <v>1.38</v>
       </c>
     </row>
     <row r="221" spans="1:9">
       <c r="A221" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="B221" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="C221" t="s">
-        <v>485</v>
+        <v>374</v>
       </c>
       <c r="D221">
-        <v>1874</v>
-[...2 lines deleted...]
-        <v>40027</v>
+        <v>917</v>
+      </c>
+      <c r="E221" t="s">
+        <v>824</v>
       </c>
       <c r="F221">
         <v>2017</v>
       </c>
       <c r="G221" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="H221"/>
       <c r="I221">
-        <v>0.17</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="B222" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="C222" t="s">
-        <v>485</v>
+        <v>132</v>
       </c>
       <c r="D222">
-        <v>1874</v>
-[...2 lines deleted...]
-        <v>30025</v>
+        <v>12</v>
+      </c>
+      <c r="E222" t="s">
+        <v>828</v>
       </c>
       <c r="F222">
         <v>2017</v>
       </c>
       <c r="G222" t="s">
-        <v>826</v>
-[...1 lines deleted...]
-      <c r="H222"/>
+        <v>829</v>
+      </c>
+      <c r="H222">
+        <v>8.53</v>
+      </c>
       <c r="I222">
-        <v>0.17</v>
+        <v>4.23</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="B223" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="C223" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="D223">
         <v>1874</v>
       </c>
       <c r="E223">
-        <v>40049</v>
+        <v>40005</v>
       </c>
       <c r="F223">
         <v>2017</v>
       </c>
       <c r="G223" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="H223"/>
       <c r="I223">
         <v>0.17</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
       <c r="B224" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="C224" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="D224">
         <v>1874</v>
       </c>
       <c r="E224">
-        <v>40031</v>
+        <v>30043</v>
       </c>
       <c r="F224">
         <v>2017</v>
       </c>
       <c r="G224" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="H224"/>
       <c r="I224">
         <v>0.17</v>
       </c>
     </row>
     <row r="225" spans="1:9">
       <c r="A225" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="B225" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="C225" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="D225">
         <v>1874</v>
       </c>
       <c r="E225">
-        <v>40058</v>
+        <v>40059</v>
       </c>
       <c r="F225">
         <v>2017</v>
       </c>
       <c r="G225" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="H225"/>
       <c r="I225">
         <v>0.17</v>
       </c>
     </row>
     <row r="226" spans="1:9">
       <c r="A226" t="s">
-        <v>836</v>
+        <v>839</v>
       </c>
       <c r="B226" t="s">
-        <v>666</v>
+        <v>840</v>
       </c>
       <c r="C226" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="D226">
         <v>1874</v>
       </c>
       <c r="E226">
-        <v>30022</v>
+        <v>40027</v>
       </c>
       <c r="F226">
         <v>2017</v>
       </c>
       <c r="G226" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="H226"/>
       <c r="I226">
         <v>0.17</v>
       </c>
     </row>
     <row r="227" spans="1:9">
       <c r="A227" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="B227" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="C227" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="D227">
         <v>1874</v>
       </c>
       <c r="E227">
-        <v>30006</v>
+        <v>30025</v>
       </c>
       <c r="F227">
         <v>2017</v>
       </c>
       <c r="G227" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="H227"/>
       <c r="I227">
         <v>0.17</v>
       </c>
     </row>
     <row r="228" spans="1:9">
       <c r="A228" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="B228" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="C228" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="D228">
         <v>1874</v>
       </c>
       <c r="E228">
-        <v>30029</v>
+        <v>40049</v>
       </c>
       <c r="F228">
         <v>2017</v>
       </c>
       <c r="G228" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="H228"/>
       <c r="I228">
         <v>0.17</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="B229" t="s">
-        <v>666</v>
+        <v>849</v>
       </c>
       <c r="C229" t="s">
-        <v>845</v>
+        <v>503</v>
       </c>
       <c r="D229">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>846</v>
+        <v>1874</v>
+      </c>
+      <c r="E229">
+        <v>40031</v>
       </c>
       <c r="F229">
         <v>2017</v>
       </c>
       <c r="G229" t="s">
-        <v>847</v>
-[...3 lines deleted...]
-      </c>
+        <v>850</v>
+      </c>
+      <c r="H229"/>
       <c r="I229">
-        <v>1.77</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="B230" t="s">
-        <v>666</v>
+        <v>852</v>
       </c>
       <c r="C230" t="s">
-        <v>849</v>
+        <v>503</v>
       </c>
       <c r="D230">
-        <v>123</v>
+        <v>1874</v>
       </c>
       <c r="E230">
-        <v>252</v>
+        <v>40058</v>
       </c>
       <c r="F230">
         <v>2017</v>
       </c>
       <c r="G230" t="s">
-        <v>850</v>
-[...3 lines deleted...]
-      </c>
+        <v>853</v>
+      </c>
+      <c r="H230"/>
       <c r="I230">
-        <v>0.75</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="231" spans="1:9">
       <c r="A231" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="B231" t="s">
-        <v>852</v>
+        <v>684</v>
       </c>
       <c r="C231" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="D231">
         <v>1874</v>
       </c>
       <c r="E231">
-        <v>30035</v>
+        <v>30022</v>
       </c>
       <c r="F231">
         <v>2017</v>
       </c>
       <c r="G231" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="H231"/>
       <c r="I231">
         <v>0.17</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="B232" t="s">
-        <v>666</v>
+        <v>857</v>
       </c>
       <c r="C232" t="s">
-        <v>92</v>
+        <v>503</v>
       </c>
       <c r="D232">
-        <v>427</v>
-[...2 lines deleted...]
-        <v>855</v>
+        <v>1874</v>
+      </c>
+      <c r="E232">
+        <v>30006</v>
       </c>
       <c r="F232">
         <v>2017</v>
       </c>
       <c r="G232" t="s">
-        <v>856</v>
-[...3 lines deleted...]
-      </c>
+        <v>858</v>
+      </c>
+      <c r="H232"/>
       <c r="I232">
-        <v>1.09</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="233" spans="1:9">
       <c r="A233" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="B233" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="C233" t="s">
-        <v>113</v>
+        <v>503</v>
       </c>
       <c r="D233">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>859</v>
+        <v>1874</v>
+      </c>
+      <c r="E233">
+        <v>30029</v>
       </c>
       <c r="F233">
         <v>2017</v>
       </c>
       <c r="G233" t="s">
-        <v>860</v>
-[...3 lines deleted...]
-      </c>
+        <v>861</v>
+      </c>
+      <c r="H233"/>
       <c r="I233">
-        <v>4.23</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="234" spans="1:9">
       <c r="A234" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="B234" t="s">
-        <v>666</v>
+        <v>684</v>
       </c>
       <c r="C234" t="s">
-        <v>632</v>
+        <v>863</v>
       </c>
       <c r="D234">
-        <v>7</v>
+        <v>142</v>
       </c>
       <c r="E234" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="F234">
         <v>2017</v>
       </c>
       <c r="G234" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="H234">
-        <v>2.57</v>
+        <v>2.53</v>
       </c>
       <c r="I234">
-        <v>0.95</v>
+        <v>1.77</v>
       </c>
     </row>
     <row r="235" spans="1:9">
       <c r="A235" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="B235" t="s">
-        <v>865</v>
+        <v>684</v>
       </c>
       <c r="C235" t="s">
-        <v>55</v>
+        <v>867</v>
       </c>
       <c r="D235">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>866</v>
+        <v>123</v>
+      </c>
+      <c r="E235">
+        <v>252</v>
       </c>
       <c r="F235">
         <v>2017</v>
       </c>
       <c r="G235" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="H235">
-        <v>12.08</v>
+        <v>1.7</v>
       </c>
       <c r="I235">
-        <v>7.45</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="236" spans="1:9">
       <c r="A236" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="B236" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="C236" t="s">
-        <v>55</v>
+        <v>503</v>
       </c>
       <c r="D236">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>870</v>
+        <v>1874</v>
+      </c>
+      <c r="E236">
+        <v>30035</v>
       </c>
       <c r="F236">
         <v>2017</v>
       </c>
       <c r="G236" t="s">
         <v>871</v>
       </c>
-      <c r="H236">
-[...1 lines deleted...]
-      </c>
+      <c r="H236"/>
       <c r="I236">
-        <v>7.45</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="237" spans="1:9">
       <c r="A237" t="s">
         <v>872</v>
       </c>
       <c r="B237" t="s">
+        <v>684</v>
+      </c>
+      <c r="C237" t="s">
+        <v>111</v>
+      </c>
+      <c r="D237">
+        <v>427</v>
+      </c>
+      <c r="E237" t="s">
         <v>873</v>
-      </c>
-[...7 lines deleted...]
-        <v>874</v>
       </c>
       <c r="F237">
         <v>2017</v>
       </c>
       <c r="G237" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="H237">
-        <v>6.88</v>
+        <v>4.44</v>
       </c>
       <c r="I237">
-        <v>3.38</v>
+        <v>1.09</v>
       </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238" t="s">
+        <v>875</v>
+      </c>
+      <c r="B238" t="s">
         <v>876</v>
       </c>
-      <c r="B238" t="s">
+      <c r="C238" t="s">
+        <v>132</v>
+      </c>
+      <c r="D238">
+        <v>11</v>
+      </c>
+      <c r="E238" t="s">
         <v>877</v>
-      </c>
-[...7 lines deleted...]
-        <v>878</v>
       </c>
       <c r="F238">
         <v>2017</v>
       </c>
       <c r="G238" t="s">
-        <v>879</v>
+        <v>878</v>
       </c>
       <c r="H238">
-        <v>1.71</v>
+        <v>8.53</v>
       </c>
       <c r="I238">
-        <v>0.54</v>
+        <v>4.23</v>
       </c>
     </row>
     <row r="239" spans="1:9">
       <c r="A239" t="s">
+        <v>879</v>
+      </c>
+      <c r="B239" t="s">
+        <v>684</v>
+      </c>
+      <c r="C239" t="s">
+        <v>650</v>
+      </c>
+      <c r="D239">
+        <v>7</v>
+      </c>
+      <c r="E239" t="s">
         <v>880</v>
-      </c>
-[...10 lines deleted...]
-        <v>43709</v>
       </c>
       <c r="F239">
         <v>2017</v>
       </c>
       <c r="G239" t="s">
-        <v>883</v>
+        <v>881</v>
       </c>
       <c r="H239">
-        <v>21.95</v>
+        <v>2.57</v>
       </c>
       <c r="I239">
-        <v>10.58</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240" t="s">
+        <v>882</v>
+      </c>
+      <c r="B240" t="s">
+        <v>883</v>
+      </c>
+      <c r="C240" t="s">
+        <v>75</v>
+      </c>
+      <c r="D240">
+        <v>17</v>
+      </c>
+      <c r="E240" t="s">
         <v>884</v>
-      </c>
-[...10 lines deleted...]
-        <v>886</v>
       </c>
       <c r="F240">
         <v>2017</v>
       </c>
       <c r="G240" t="s">
-        <v>887</v>
+        <v>885</v>
       </c>
       <c r="H240">
-        <v>7.23</v>
+        <v>12.08</v>
       </c>
       <c r="I240">
-        <v>2.93</v>
+        <v>7.45</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241" t="s">
+        <v>886</v>
+      </c>
+      <c r="B241" t="s">
+        <v>887</v>
+      </c>
+      <c r="C241" t="s">
+        <v>75</v>
+      </c>
+      <c r="D241">
+        <v>17</v>
+      </c>
+      <c r="E241" t="s">
         <v>888</v>
       </c>
-      <c r="B241" t="s">
-[...2 lines deleted...]
-      <c r="C241" t="s">
+      <c r="F241">
+        <v>2017</v>
+      </c>
+      <c r="G241" t="s">
         <v>889</v>
       </c>
-      <c r="D241"/>
-[...8 lines deleted...]
-      <c r="I241"/>
+      <c r="H241">
+        <v>12.08</v>
+      </c>
+      <c r="I241">
+        <v>7.45</v>
+      </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242" t="s">
+        <v>890</v>
+      </c>
+      <c r="B242" t="s">
         <v>891</v>
       </c>
-      <c r="B242" t="s">
+      <c r="C242" t="s">
+        <v>67</v>
+      </c>
+      <c r="D242">
+        <v>4</v>
+      </c>
+      <c r="E242" t="s">
         <v>892</v>
       </c>
-      <c r="C242" t="s">
+      <c r="F242">
+        <v>2017</v>
+      </c>
+      <c r="G242" t="s">
         <v>893</v>
       </c>
-      <c r="D242"/>
-[...10 lines deleted...]
-      <c r="I242"/>
+      <c r="H242">
+        <v>6.88</v>
+      </c>
+      <c r="I242">
+        <v>3.38</v>
+      </c>
     </row>
     <row r="243" spans="1:9">
       <c r="A243" t="s">
+        <v>894</v>
+      </c>
+      <c r="B243" t="s">
+        <v>895</v>
+      </c>
+      <c r="C243" t="s">
+        <v>24</v>
+      </c>
+      <c r="D243">
+        <v>24</v>
+      </c>
+      <c r="E243" t="s">
         <v>896</v>
       </c>
-      <c r="B243" t="s">
+      <c r="F243">
+        <v>2017</v>
+      </c>
+      <c r="G243" t="s">
         <v>897</v>
       </c>
-      <c r="C243" t="s">
-[...13 lines deleted...]
-      <c r="I243"/>
+      <c r="H243">
+        <v>1.71</v>
+      </c>
+      <c r="I243">
+        <v>0.54</v>
+      </c>
     </row>
     <row r="244" spans="1:9">
       <c r="A244" t="s">
+        <v>898</v>
+      </c>
+      <c r="B244" t="s">
+        <v>899</v>
+      </c>
+      <c r="C244" t="s">
         <v>900</v>
       </c>
-      <c r="B244" t="s">
+      <c r="D244">
+        <v>1606034</v>
+      </c>
+      <c r="E244">
+        <v>43709</v>
+      </c>
+      <c r="F244">
+        <v>2017</v>
+      </c>
+      <c r="G244" t="s">
         <v>901</v>
       </c>
-      <c r="C244" t="s">
-[...13 lines deleted...]
-      <c r="I244"/>
+      <c r="H244">
+        <v>21.95</v>
+      </c>
+      <c r="I244">
+        <v>10.58</v>
+      </c>
     </row>
     <row r="245" spans="1:9">
       <c r="A245" t="s">
+        <v>902</v>
+      </c>
+      <c r="B245" t="s">
+        <v>903</v>
+      </c>
+      <c r="C245" t="s">
+        <v>59</v>
+      </c>
+      <c r="D245">
+        <v>9</v>
+      </c>
+      <c r="E245" t="s">
         <v>904</v>
       </c>
-      <c r="B245" t="s">
+      <c r="F245">
+        <v>2017</v>
+      </c>
+      <c r="G245" t="s">
         <v>905</v>
       </c>
-      <c r="C245" t="s">
-[...13 lines deleted...]
-      <c r="I245"/>
+      <c r="H245">
+        <v>7.23</v>
+      </c>
+      <c r="I245">
+        <v>2.93</v>
+      </c>
     </row>
     <row r="246" spans="1:9">
       <c r="A246" t="s">
+        <v>906</v>
+      </c>
+      <c r="B246" t="s">
+        <v>895</v>
+      </c>
+      <c r="C246" t="s">
+        <v>907</v>
+      </c>
+      <c r="D246"/>
+      <c r="E246" t="s">
         <v>908</v>
       </c>
-      <c r="B246" t="s">
-[...6 lines deleted...]
-      <c r="E246"/>
       <c r="F246">
         <v>2016</v>
       </c>
-      <c r="G246" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G246"/>
       <c r="H246"/>
       <c r="I246"/>
     </row>
     <row r="247" spans="1:9">
       <c r="A247" t="s">
-        <v>912</v>
+        <v>909</v>
       </c>
       <c r="B247" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
       <c r="C247" t="s">
-        <v>914</v>
+        <v>911</v>
       </c>
       <c r="D247"/>
       <c r="E247" t="s">
-        <v>915</v>
+        <v>912</v>
       </c>
       <c r="F247">
         <v>2016</v>
       </c>
       <c r="G247" t="s">
-        <v>916</v>
+        <v>913</v>
       </c>
       <c r="H247"/>
       <c r="I247"/>
     </row>
     <row r="248" spans="1:9">
       <c r="A248" t="s">
-        <v>917</v>
+        <v>914</v>
       </c>
       <c r="B248" t="s">
-        <v>877</v>
+        <v>915</v>
       </c>
       <c r="C248" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-      </c>
+        <v>911</v>
+      </c>
+      <c r="D248"/>
       <c r="E248" t="s">
-        <v>918</v>
+        <v>916</v>
       </c>
       <c r="F248">
         <v>2016</v>
       </c>
       <c r="G248" t="s">
-        <v>919</v>
-[...6 lines deleted...]
-      </c>
+        <v>917</v>
+      </c>
+      <c r="H248"/>
+      <c r="I248"/>
     </row>
     <row r="249" spans="1:9">
       <c r="A249" t="s">
+        <v>918</v>
+      </c>
+      <c r="B249" t="s">
+        <v>919</v>
+      </c>
+      <c r="C249" t="s">
+        <v>911</v>
+      </c>
+      <c r="D249"/>
+      <c r="E249" t="s">
         <v>920</v>
-      </c>
-[...10 lines deleted...]
-        <v>923</v>
       </c>
       <c r="F249">
         <v>2016</v>
       </c>
       <c r="G249" t="s">
-        <v>924</v>
+        <v>921</v>
       </c>
       <c r="H249"/>
       <c r="I249"/>
     </row>
     <row r="250" spans="1:9">
       <c r="A250" t="s">
-        <v>925</v>
+        <v>922</v>
       </c>
       <c r="B250" t="s">
-        <v>926</v>
+        <v>923</v>
       </c>
       <c r="C250" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>12112</v>
+        <v>911</v>
+      </c>
+      <c r="D250"/>
+      <c r="E250" t="s">
+        <v>924</v>
       </c>
       <c r="F250">
         <v>2016</v>
       </c>
       <c r="G250" t="s">
-        <v>927</v>
+        <v>925</v>
       </c>
       <c r="H250"/>
-      <c r="I250">
-[...1 lines deleted...]
-      </c>
+      <c r="I250"/>
     </row>
     <row r="251" spans="1:9">
       <c r="A251" t="s">
+        <v>926</v>
+      </c>
+      <c r="B251" t="s">
+        <v>927</v>
+      </c>
+      <c r="C251" t="s">
         <v>928</v>
       </c>
-      <c r="B251" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="D251"/>
+      <c r="E251"/>
       <c r="F251">
         <v>2016</v>
       </c>
       <c r="G251" t="s">
-        <v>930</v>
+        <v>929</v>
       </c>
       <c r="H251"/>
-      <c r="I251">
-[...1 lines deleted...]
-      </c>
+      <c r="I251"/>
     </row>
     <row r="252" spans="1:9">
       <c r="A252" t="s">
+        <v>930</v>
+      </c>
+      <c r="B252" t="s">
         <v>931</v>
       </c>
-      <c r="B252" t="s">
+      <c r="C252" t="s">
         <v>932</v>
       </c>
-      <c r="C252" t="s">
+      <c r="D252"/>
+      <c r="E252" t="s">
         <v>933</v>
       </c>
-      <c r="D252"/>
-      <c r="E252"/>
       <c r="F252">
         <v>2016</v>
       </c>
       <c r="G252" t="s">
         <v>934</v>
       </c>
       <c r="H252"/>
       <c r="I252"/>
     </row>
     <row r="253" spans="1:9">
       <c r="A253" t="s">
         <v>935</v>
       </c>
       <c r="B253" t="s">
+        <v>895</v>
+      </c>
+      <c r="C253" t="s">
+        <v>132</v>
+      </c>
+      <c r="D253">
+        <v>10</v>
+      </c>
+      <c r="E253" t="s">
         <v>936</v>
-      </c>
-[...7 lines deleted...]
-        <v>937</v>
       </c>
       <c r="F253">
         <v>2016</v>
       </c>
       <c r="G253" t="s">
-        <v>938</v>
+        <v>937</v>
       </c>
       <c r="H253">
-        <v>7.37</v>
+        <v>8.43</v>
       </c>
       <c r="I253">
-        <v>2.79</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="254" spans="1:9">
       <c r="A254" t="s">
+        <v>938</v>
+      </c>
+      <c r="B254" t="s">
         <v>939</v>
-      </c>
-[...1 lines deleted...]
-        <v>666</v>
       </c>
       <c r="C254" t="s">
         <v>940</v>
       </c>
       <c r="D254">
-        <v>307</v>
+        <v>7</v>
       </c>
       <c r="E254" t="s">
         <v>941</v>
       </c>
       <c r="F254">
         <v>2016</v>
       </c>
       <c r="G254" t="s">
         <v>942</v>
       </c>
-      <c r="H254">
-[...4 lines deleted...]
-      </c>
+      <c r="H254"/>
+      <c r="I254"/>
     </row>
     <row r="255" spans="1:9">
       <c r="A255" t="s">
         <v>943</v>
       </c>
       <c r="B255" t="s">
         <v>944</v>
       </c>
       <c r="C255" t="s">
-        <v>46</v>
+        <v>374</v>
       </c>
       <c r="D255">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>945</v>
+        <v>741</v>
+      </c>
+      <c r="E255">
+        <v>12112</v>
       </c>
       <c r="F255">
         <v>2016</v>
       </c>
       <c r="G255" t="s">
-        <v>946</v>
-[...3 lines deleted...]
-      </c>
+        <v>945</v>
+      </c>
+      <c r="H255"/>
       <c r="I255">
-        <v>3.47</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="256" spans="1:9">
       <c r="A256" t="s">
+        <v>946</v>
+      </c>
+      <c r="B256" t="s">
         <v>947</v>
       </c>
-      <c r="B256" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C256" t="s">
-        <v>356</v>
+        <v>374</v>
       </c>
       <c r="D256">
         <v>741</v>
       </c>
       <c r="E256">
-        <v>12140</v>
+        <v>12119</v>
       </c>
       <c r="F256">
         <v>2016</v>
       </c>
       <c r="G256" t="s">
-        <v>949</v>
+        <v>948</v>
       </c>
       <c r="H256"/>
       <c r="I256">
         <v>0.25</v>
       </c>
     </row>
     <row r="257" spans="1:9">
       <c r="A257" t="s">
+        <v>949</v>
+      </c>
+      <c r="B257" t="s">
         <v>950</v>
       </c>
-      <c r="B257" t="s">
+      <c r="C257" t="s">
         <v>951</v>
       </c>
-      <c r="C257" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D257"/>
+      <c r="E257"/>
       <c r="F257">
         <v>2016</v>
       </c>
       <c r="G257" t="s">
         <v>952</v>
       </c>
       <c r="H257"/>
-      <c r="I257">
-[...1 lines deleted...]
-      </c>
+      <c r="I257"/>
     </row>
     <row r="258" spans="1:9">
       <c r="A258" t="s">
         <v>953</v>
       </c>
       <c r="B258" t="s">
         <v>954</v>
       </c>
       <c r="C258" t="s">
-        <v>485</v>
+        <v>59</v>
       </c>
       <c r="D258">
-        <v>1748</v>
-[...2 lines deleted...]
-        <v>30001</v>
+        <v>8</v>
+      </c>
+      <c r="E258" t="s">
+        <v>955</v>
       </c>
       <c r="F258">
         <v>2016</v>
       </c>
       <c r="G258" t="s">
-        <v>955</v>
-[...1 lines deleted...]
-      <c r="H258"/>
+        <v>956</v>
+      </c>
+      <c r="H258">
+        <v>7.37</v>
+      </c>
       <c r="I258">
-        <v>0.18</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="B259" t="s">
-        <v>957</v>
+        <v>684</v>
       </c>
       <c r="C259" t="s">
-        <v>214</v>
+        <v>958</v>
       </c>
       <c r="D259">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>211105</v>
+        <v>307</v>
+      </c>
+      <c r="E259" t="s">
+        <v>959</v>
       </c>
       <c r="F259">
         <v>2016</v>
       </c>
       <c r="G259" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="H259">
-        <v>3.41</v>
+        <v>2.14</v>
       </c>
       <c r="I259">
-        <v>1.67</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="B260" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="C260" t="s">
-        <v>38</v>
+        <v>67</v>
       </c>
       <c r="D260">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="E260" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="F260">
         <v>2016</v>
       </c>
       <c r="G260" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="H260">
-        <v>7.37</v>
+        <v>6.76</v>
       </c>
       <c r="I260">
-        <v>2.79</v>
+        <v>3.47</v>
       </c>
     </row>
     <row r="261" spans="1:9">
       <c r="A261" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="B261" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="C261" t="s">
-        <v>38</v>
+        <v>374</v>
       </c>
       <c r="D261">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>965</v>
+        <v>741</v>
+      </c>
+      <c r="E261">
+        <v>12140</v>
       </c>
       <c r="F261">
         <v>2016</v>
       </c>
       <c r="G261" t="s">
-        <v>966</v>
-[...3 lines deleted...]
-      </c>
+        <v>967</v>
+      </c>
+      <c r="H261"/>
       <c r="I261">
-        <v>2.79</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="262" spans="1:9">
       <c r="A262" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="B262" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="C262" t="s">
-        <v>356</v>
+        <v>374</v>
       </c>
       <c r="D262">
-        <v>690</v>
+        <v>741</v>
       </c>
       <c r="E262">
-        <v>12020</v>
+        <v>12152</v>
       </c>
       <c r="F262">
         <v>2016</v>
       </c>
       <c r="G262" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="H262"/>
       <c r="I262">
         <v>0.25</v>
       </c>
     </row>
     <row r="263" spans="1:9">
       <c r="A263" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="B263" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="C263" t="s">
-        <v>356</v>
+        <v>503</v>
       </c>
       <c r="D263">
-        <v>690</v>
+        <v>1748</v>
       </c>
       <c r="E263">
-        <v>12021</v>
+        <v>30001</v>
       </c>
       <c r="F263">
         <v>2016</v>
       </c>
       <c r="G263" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="H263"/>
       <c r="I263">
-        <v>0.25</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="264" spans="1:9">
       <c r="A264" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="B264" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="C264" t="s">
-        <v>882</v>
+        <v>232</v>
       </c>
       <c r="D264">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>975</v>
+        <v>108</v>
+      </c>
+      <c r="E264">
+        <v>211105</v>
       </c>
       <c r="F264">
         <v>2016</v>
       </c>
       <c r="G264" t="s">
         <v>976</v>
       </c>
       <c r="H264">
-        <v>19.79</v>
+        <v>3.41</v>
       </c>
       <c r="I264">
-        <v>9.18</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="265" spans="1:9">
       <c r="A265" t="s">
         <v>977</v>
       </c>
       <c r="B265" t="s">
-        <v>971</v>
+        <v>978</v>
       </c>
       <c r="C265" t="s">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="D265">
         <v>8</v>
       </c>
       <c r="E265" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="F265">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G265" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="H265">
-        <v>7.76</v>
+        <v>7.37</v>
       </c>
       <c r="I265">
-        <v>2.77</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="266" spans="1:9">
       <c r="A266" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="B266" t="s">
-        <v>793</v>
+        <v>982</v>
       </c>
       <c r="C266" t="s">
-        <v>744</v>
+        <v>59</v>
       </c>
       <c r="D266">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>19410</v>
+        <v>8</v>
+      </c>
+      <c r="E266" t="s">
+        <v>983</v>
       </c>
       <c r="F266">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G266" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="H266">
-        <v>5.23</v>
+        <v>7.37</v>
       </c>
       <c r="I266">
-        <v>2.03</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="267" spans="1:9">
       <c r="A267" t="s">
-        <v>982</v>
+        <v>985</v>
       </c>
       <c r="B267" t="s">
-        <v>983</v>
+        <v>986</v>
       </c>
       <c r="C267" t="s">
-        <v>113</v>
+        <v>374</v>
       </c>
       <c r="D267">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>984</v>
+        <v>690</v>
+      </c>
+      <c r="E267">
+        <v>12020</v>
       </c>
       <c r="F267">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G267" t="s">
-        <v>985</v>
-[...3 lines deleted...]
-      </c>
+        <v>987</v>
+      </c>
+      <c r="H267"/>
       <c r="I267">
-        <v>4.21</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="268" spans="1:9">
       <c r="A268" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="B268" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="C268" t="s">
-        <v>988</v>
-[...2 lines deleted...]
-      <c r="E268"/>
+        <v>374</v>
+      </c>
+      <c r="D268">
+        <v>690</v>
+      </c>
+      <c r="E268">
+        <v>12021</v>
+      </c>
       <c r="F268">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G268" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="H268"/>
-      <c r="I268"/>
+      <c r="I268">
+        <v>0.25</v>
+      </c>
     </row>
     <row r="269" spans="1:9">
       <c r="A269" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="B269" t="s">
-        <v>666</v>
+        <v>992</v>
       </c>
       <c r="C269" t="s">
-        <v>991</v>
+        <v>900</v>
       </c>
       <c r="D269">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="E269" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="F269">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G269" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="H269">
-        <v>3.04</v>
+        <v>19.79</v>
       </c>
       <c r="I269">
-        <v>2.01</v>
+        <v>9.18</v>
       </c>
     </row>
     <row r="270" spans="1:9">
       <c r="A270" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="B270" t="s">
-        <v>995</v>
+        <v>989</v>
       </c>
       <c r="C270" t="s">
+        <v>59</v>
+      </c>
+      <c r="D270">
+        <v>8</v>
+      </c>
+      <c r="E270" t="s">
         <v>996</v>
-      </c>
-[...4 lines deleted...]
-        <v>997</v>
       </c>
       <c r="F270">
         <v>2015</v>
       </c>
       <c r="G270" t="s">
-        <v>998</v>
+        <v>997</v>
       </c>
       <c r="H270">
-        <v>0.64</v>
+        <v>7.76</v>
       </c>
       <c r="I270">
-        <v>0.27</v>
+        <v>2.77</v>
       </c>
     </row>
     <row r="271" spans="1:9">
       <c r="A271" t="s">
-        <v>999</v>
+        <v>998</v>
       </c>
       <c r="B271" t="s">
-        <v>1000</v>
+        <v>811</v>
       </c>
       <c r="C271" t="s">
-        <v>55</v>
+        <v>762</v>
       </c>
       <c r="D271">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>1001</v>
+        <v>6</v>
+      </c>
+      <c r="E271">
+        <v>19410</v>
       </c>
       <c r="F271">
         <v>2015</v>
       </c>
       <c r="G271" t="s">
-        <v>1002</v>
+        <v>999</v>
       </c>
       <c r="H271">
-        <v>13.78</v>
+        <v>5.23</v>
       </c>
       <c r="I271">
-        <v>8.36</v>
+        <v>2.03</v>
       </c>
     </row>
     <row r="272" spans="1:9">
       <c r="A272" t="s">
-        <v>1003</v>
+        <v>1000</v>
       </c>
       <c r="B272" t="s">
-        <v>666</v>
+        <v>1001</v>
       </c>
       <c r="C272" t="s">
-        <v>657</v>
+        <v>132</v>
       </c>
       <c r="D272">
-        <v>101</v>
+        <v>10</v>
       </c>
       <c r="E272" t="s">
-        <v>1004</v>
+        <v>1002</v>
       </c>
       <c r="F272">
         <v>2015</v>
       </c>
       <c r="G272" t="s">
-        <v>1005</v>
+        <v>1003</v>
       </c>
       <c r="H272">
-        <v>1.17</v>
+        <v>7.49</v>
       </c>
       <c r="I272">
-        <v>0.62</v>
+        <v>4.21</v>
       </c>
     </row>
     <row r="273" spans="1:9">
       <c r="A273" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B273" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C273" t="s">
         <v>1006</v>
       </c>
-      <c r="B273" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="D273"/>
+      <c r="E273"/>
       <c r="F273">
         <v>2015</v>
       </c>
       <c r="G273" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="H273"/>
-      <c r="I273">
-[...1 lines deleted...]
-      </c>
+      <c r="I273"/>
     </row>
     <row r="274" spans="1:9">
       <c r="A274" t="s">
-        <v>1010</v>
+        <v>1008</v>
       </c>
       <c r="B274" t="s">
-        <v>666</v>
+        <v>684</v>
       </c>
       <c r="C274" t="s">
-        <v>991</v>
+        <v>1009</v>
       </c>
       <c r="D274">
         <v>40</v>
       </c>
       <c r="E274" t="s">
-        <v>1011</v>
+        <v>1010</v>
       </c>
       <c r="F274">
         <v>2015</v>
       </c>
       <c r="G274" t="s">
-        <v>1012</v>
+        <v>1011</v>
       </c>
       <c r="H274">
         <v>3.04</v>
       </c>
       <c r="I274">
         <v>2.01</v>
       </c>
     </row>
     <row r="275" spans="1:9">
       <c r="A275" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B275" t="s">
         <v>1013</v>
-      </c>
-[...1 lines deleted...]
-        <v>666</v>
       </c>
       <c r="C275" t="s">
         <v>1014</v>
       </c>
       <c r="D275">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>46005</v>
+        <v>119</v>
+      </c>
+      <c r="E275" t="s">
+        <v>1015</v>
       </c>
       <c r="F275">
         <v>2015</v>
       </c>
       <c r="G275" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="H275">
-        <v>2.39</v>
+        <v>0.64</v>
       </c>
       <c r="I275">
-        <v>1.25</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="276" spans="1:9">
       <c r="A276" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="B276" t="s">
-        <v>666</v>
+        <v>1018</v>
       </c>
       <c r="C276" t="s">
-        <v>418</v>
+        <v>75</v>
       </c>
       <c r="D276">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="E276" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="F276">
         <v>2015</v>
       </c>
       <c r="G276" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="H276">
-        <v>3.15</v>
+        <v>13.78</v>
       </c>
       <c r="I276">
-        <v>1.91</v>
+        <v>8.36</v>
       </c>
     </row>
     <row r="277" spans="1:9">
       <c r="A277" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="B277" t="s">
-        <v>666</v>
+        <v>684</v>
       </c>
       <c r="C277" t="s">
-        <v>92</v>
+        <v>675</v>
       </c>
       <c r="D277">
-        <v>337</v>
+        <v>101</v>
       </c>
       <c r="E277" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="F277">
         <v>2015</v>
       </c>
       <c r="G277" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="H277">
-        <v>3.15</v>
+        <v>1.17</v>
       </c>
       <c r="I277">
-        <v>0.89</v>
+        <v>0.62</v>
       </c>
     </row>
     <row r="278" spans="1:9">
       <c r="A278" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="B278" t="s">
-        <v>666</v>
+        <v>1025</v>
       </c>
       <c r="C278" t="s">
-        <v>1014</v>
+        <v>1026</v>
       </c>
       <c r="D278">
-        <v>12</v>
+        <v>9502</v>
       </c>
       <c r="E278">
-        <v>25902</v>
+        <v>950203</v>
       </c>
       <c r="F278">
         <v>2015</v>
       </c>
       <c r="G278" t="s">
-        <v>1023</v>
-[...3 lines deleted...]
-      </c>
+        <v>1027</v>
+      </c>
+      <c r="H278"/>
       <c r="I278">
-        <v>1.25</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="B279" t="s">
-        <v>666</v>
+        <v>684</v>
       </c>
       <c r="C279" t="s">
-        <v>657</v>
+        <v>1009</v>
       </c>
       <c r="D279">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="E279" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="F279">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G279" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
       <c r="H279">
-        <v>1.36</v>
+        <v>3.04</v>
       </c>
       <c r="I279">
-        <v>0.76</v>
+        <v>2.01</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" t="s">
-        <v>1027</v>
+        <v>1031</v>
       </c>
       <c r="B280" t="s">
-        <v>666</v>
+        <v>684</v>
       </c>
       <c r="C280" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="D280">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>1029</v>
+        <v>12</v>
+      </c>
+      <c r="E280">
+        <v>46005</v>
       </c>
       <c r="F280">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G280" t="s">
-        <v>1030</v>
+        <v>1033</v>
       </c>
       <c r="H280">
-        <v>1.69</v>
+        <v>2.39</v>
       </c>
       <c r="I280">
-        <v>0.51</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="281" spans="1:9">
       <c r="A281" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
       <c r="B281" t="s">
-        <v>666</v>
+        <v>684</v>
       </c>
       <c r="C281" t="s">
-        <v>1014</v>
+        <v>436</v>
       </c>
       <c r="D281">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>125602</v>
+        <v>23</v>
+      </c>
+      <c r="E281" t="s">
+        <v>1035</v>
       </c>
       <c r="F281">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G281" t="s">
-        <v>1032</v>
+        <v>1036</v>
       </c>
       <c r="H281">
-        <v>2.46</v>
+        <v>3.15</v>
       </c>
       <c r="I281">
-        <v>1.48</v>
+        <v>1.91</v>
       </c>
     </row>
     <row r="282" spans="1:9">
       <c r="A282" t="s">
-        <v>1033</v>
+        <v>1037</v>
       </c>
       <c r="B282" t="s">
-        <v>666</v>
+        <v>684</v>
       </c>
       <c r="C282" t="s">
-        <v>1034</v>
+        <v>111</v>
       </c>
       <c r="D282">
-        <v>44</v>
+        <v>337</v>
       </c>
       <c r="E282" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="F282">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G282" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="H282">
-        <v>0.9</v>
+        <v>3.15</v>
       </c>
       <c r="I282">
-        <v>0.55</v>
+        <v>0.89</v>
       </c>
     </row>
     <row r="283" spans="1:9">
       <c r="A283" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="B283" t="s">
-        <v>666</v>
+        <v>684</v>
       </c>
       <c r="C283" t="s">
-        <v>657</v>
+        <v>1032</v>
       </c>
       <c r="D283">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>1038</v>
+        <v>12</v>
+      </c>
+      <c r="E283">
+        <v>25902</v>
       </c>
       <c r="F283">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G283" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="H283">
-        <v>1.36</v>
+        <v>2.39</v>
       </c>
       <c r="I283">
-        <v>0.76</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B284" t="s">
-        <v>666</v>
+        <v>684</v>
       </c>
       <c r="C284" t="s">
-        <v>1041</v>
+        <v>675</v>
       </c>
       <c r="D284">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>23017</v>
+        <v>100</v>
+      </c>
+      <c r="E284" t="s">
+        <v>1043</v>
       </c>
       <c r="F284">
         <v>2014</v>
       </c>
       <c r="G284" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="H284">
-        <v>2.29</v>
+        <v>1.36</v>
       </c>
       <c r="I284">
-        <v>1.24</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="B285" t="s">
-        <v>666</v>
+        <v>684</v>
       </c>
       <c r="C285" t="s">
-        <v>1014</v>
+        <v>1046</v>
       </c>
       <c r="D285">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>106101</v>
+        <v>117</v>
+      </c>
+      <c r="E285" t="s">
+        <v>1047</v>
       </c>
       <c r="F285">
         <v>2014</v>
       </c>
       <c r="G285" t="s">
-        <v>1044</v>
+        <v>1048</v>
       </c>
       <c r="H285">
-        <v>2.46</v>
+        <v>1.69</v>
       </c>
       <c r="I285">
-        <v>1.48</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="286" spans="1:9">
       <c r="A286" t="s">
-        <v>1045</v>
+        <v>1049</v>
       </c>
       <c r="B286" t="s">
-        <v>666</v>
+        <v>684</v>
       </c>
       <c r="C286" t="s">
-        <v>657</v>
+        <v>1032</v>
       </c>
       <c r="D286">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>1046</v>
+        <v>11</v>
+      </c>
+      <c r="E286">
+        <v>125602</v>
       </c>
       <c r="F286">
         <v>2014</v>
       </c>
       <c r="G286" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="H286">
-        <v>1.36</v>
+        <v>2.46</v>
       </c>
       <c r="I286">
-        <v>0.76</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="287" spans="1:9">
       <c r="A287" t="s">
-        <v>1048</v>
+        <v>1051</v>
       </c>
       <c r="B287" t="s">
-        <v>666</v>
+        <v>684</v>
       </c>
       <c r="C287" t="s">
-        <v>1034</v>
+        <v>1052</v>
       </c>
       <c r="D287">
         <v>44</v>
       </c>
       <c r="E287" t="s">
-        <v>1049</v>
+        <v>1053</v>
       </c>
       <c r="F287">
         <v>2014</v>
       </c>
       <c r="G287" t="s">
-        <v>1050</v>
+        <v>1054</v>
       </c>
       <c r="H287">
         <v>0.9</v>
       </c>
       <c r="I287">
         <v>0.55</v>
       </c>
     </row>
     <row r="288" spans="1:9">
       <c r="A288" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
       <c r="B288" t="s">
-        <v>666</v>
+        <v>684</v>
       </c>
       <c r="C288" t="s">
-        <v>1014</v>
+        <v>675</v>
       </c>
       <c r="D288">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>65301</v>
+        <v>100</v>
+      </c>
+      <c r="E288" t="s">
+        <v>1056</v>
       </c>
       <c r="F288">
         <v>2014</v>
       </c>
       <c r="G288" t="s">
-        <v>1052</v>
+        <v>1057</v>
       </c>
       <c r="H288">
-        <v>2.46</v>
+        <v>1.36</v>
       </c>
       <c r="I288">
-        <v>1.48</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="289" spans="1:9">
       <c r="A289" t="s">
-        <v>1053</v>
+        <v>1058</v>
       </c>
       <c r="B289" t="s">
-        <v>1054</v>
+        <v>684</v>
       </c>
       <c r="C289" t="s">
-        <v>657</v>
+        <v>1059</v>
       </c>
       <c r="D289">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>1055</v>
+        <v>90</v>
+      </c>
+      <c r="E289">
+        <v>23017</v>
       </c>
       <c r="F289">
         <v>2014</v>
       </c>
       <c r="G289" t="s">
-        <v>1056</v>
+        <v>1060</v>
       </c>
       <c r="H289">
-        <v>1.36</v>
+        <v>2.29</v>
       </c>
       <c r="I289">
-        <v>0.76</v>
+        <v>1.24</v>
       </c>
     </row>
     <row r="290" spans="1:9">
       <c r="A290" t="s">
-        <v>1057</v>
+        <v>1061</v>
       </c>
       <c r="B290" t="s">
-        <v>666</v>
+        <v>684</v>
       </c>
       <c r="C290" t="s">
-        <v>92</v>
+        <v>1032</v>
       </c>
       <c r="D290">
-        <v>292</v>
-[...2 lines deleted...]
-        <v>1058</v>
+        <v>11</v>
+      </c>
+      <c r="E290">
+        <v>106101</v>
       </c>
       <c r="F290">
         <v>2014</v>
       </c>
       <c r="G290" t="s">
-        <v>1059</v>
+        <v>1062</v>
       </c>
       <c r="H290">
-        <v>2.71</v>
+        <v>2.46</v>
       </c>
       <c r="I290">
-        <v>0.95</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="291" spans="1:9">
       <c r="A291" t="s">
-        <v>1060</v>
+        <v>1063</v>
       </c>
       <c r="B291" t="s">
-        <v>666</v>
+        <v>684</v>
       </c>
       <c r="C291" t="s">
-        <v>1028</v>
+        <v>675</v>
       </c>
       <c r="D291">
-        <v>116</v>
+        <v>99</v>
       </c>
       <c r="E291" t="s">
-        <v>1061</v>
+        <v>1064</v>
       </c>
       <c r="F291">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G291" t="s">
-        <v>1062</v>
+        <v>1065</v>
       </c>
       <c r="H291">
-        <v>1.69</v>
+        <v>1.36</v>
       </c>
       <c r="I291">
-        <v>0.51</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="292" spans="1:9">
       <c r="A292" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
       <c r="B292" t="s">
-        <v>666</v>
+        <v>684</v>
       </c>
       <c r="C292" t="s">
-        <v>92</v>
+        <v>1052</v>
       </c>
       <c r="D292">
-        <v>284</v>
+        <v>44</v>
       </c>
       <c r="E292" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="F292">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G292" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="H292">
-        <v>2.54</v>
+        <v>0.9</v>
       </c>
       <c r="I292">
-        <v>0.96</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="293" spans="1:9">
       <c r="A293" t="s">
-        <v>1066</v>
+        <v>1069</v>
       </c>
       <c r="B293" t="s">
-        <v>1067</v>
+        <v>684</v>
       </c>
       <c r="C293" t="s">
-        <v>1068</v>
+        <v>1032</v>
       </c>
       <c r="D293">
-        <v>308</v>
-[...2 lines deleted...]
-        <v>1069</v>
+        <v>11</v>
+      </c>
+      <c r="E293">
+        <v>65301</v>
       </c>
       <c r="F293">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G293" t="s">
         <v>1070</v>
       </c>
       <c r="H293">
-        <v>1.54</v>
+        <v>2.46</v>
       </c>
       <c r="I293">
-        <v>0.74</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294" t="s">
         <v>1071</v>
       </c>
       <c r="B294" t="s">
-        <v>666</v>
+        <v>1072</v>
       </c>
       <c r="C294" t="s">
-        <v>657</v>
+        <v>675</v>
       </c>
       <c r="D294">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E294" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="F294">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G294" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="H294">
         <v>1.36</v>
       </c>
       <c r="I294">
-        <v>0.8</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="295" spans="1:9">
       <c r="A295" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="B295" t="s">
-        <v>1075</v>
+        <v>684</v>
       </c>
       <c r="C295" t="s">
-        <v>1034</v>
+        <v>111</v>
       </c>
       <c r="D295">
-        <v>43</v>
+        <v>292</v>
       </c>
       <c r="E295" t="s">
         <v>1076</v>
       </c>
       <c r="F295">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G295" t="s">
         <v>1077</v>
       </c>
       <c r="H295">
-        <v>0.89</v>
+        <v>2.71</v>
       </c>
       <c r="I295">
-        <v>0.59</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="296" spans="1:9">
       <c r="A296" t="s">
         <v>1078</v>
       </c>
       <c r="B296" t="s">
-        <v>666</v>
+        <v>684</v>
       </c>
       <c r="C296" t="s">
-        <v>991</v>
+        <v>1046</v>
       </c>
       <c r="D296">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>1452</v>
+        <v>116</v>
+      </c>
+      <c r="E296" t="s">
+        <v>1079</v>
       </c>
       <c r="F296">
         <v>2013</v>
       </c>
       <c r="G296" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="H296">
-        <v>3.18</v>
+        <v>1.69</v>
       </c>
       <c r="I296">
-        <v>2.44</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="297" spans="1:9">
       <c r="A297" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="B297" t="s">
-        <v>666</v>
+        <v>684</v>
       </c>
       <c r="C297" t="s">
-        <v>1014</v>
+        <v>111</v>
       </c>
       <c r="D297">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>56004</v>
+        <v>284</v>
+      </c>
+      <c r="E297" t="s">
+        <v>1082</v>
       </c>
       <c r="F297">
         <v>2013</v>
       </c>
       <c r="G297" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
       <c r="H297">
-        <v>2.96</v>
+        <v>2.54</v>
       </c>
       <c r="I297">
-        <v>1.42</v>
+        <v>0.96</v>
       </c>
     </row>
     <row r="298" spans="1:9">
       <c r="A298" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="B298" t="s">
-        <v>666</v>
+        <v>1085</v>
       </c>
       <c r="C298" t="s">
-        <v>1014</v>
+        <v>1086</v>
       </c>
       <c r="D298">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>45605</v>
+        <v>308</v>
+      </c>
+      <c r="E298" t="s">
+        <v>1087</v>
       </c>
       <c r="F298">
         <v>2013</v>
       </c>
       <c r="G298" t="s">
-        <v>1083</v>
+        <v>1088</v>
       </c>
       <c r="H298">
-        <v>2.96</v>
+        <v>1.54</v>
       </c>
       <c r="I298">
-        <v>1.42</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="299" spans="1:9">
       <c r="A299" t="s">
-        <v>1084</v>
+        <v>1089</v>
       </c>
       <c r="B299" t="s">
-        <v>666</v>
+        <v>684</v>
       </c>
       <c r="C299" t="s">
-        <v>849</v>
+        <v>675</v>
       </c>
       <c r="D299">
-        <v>111</v>
+        <v>97</v>
       </c>
       <c r="E299" t="s">
-        <v>1085</v>
+        <v>1090</v>
       </c>
       <c r="F299">
         <v>2013</v>
       </c>
       <c r="G299" t="s">
-        <v>1086</v>
+        <v>1091</v>
       </c>
       <c r="H299">
-        <v>1.78</v>
+        <v>1.36</v>
       </c>
       <c r="I299">
-        <v>1.2</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="300" spans="1:9">
       <c r="A300" t="s">
-        <v>1087</v>
+        <v>1092</v>
       </c>
       <c r="B300" t="s">
-        <v>666</v>
+        <v>1093</v>
       </c>
       <c r="C300" t="s">
-        <v>1088</v>
+        <v>1052</v>
       </c>
       <c r="D300">
-        <v>88</v>
+        <v>43</v>
       </c>
       <c r="E300" t="s">
-        <v>1089</v>
+        <v>1094</v>
       </c>
       <c r="F300">
         <v>2013</v>
       </c>
       <c r="G300" t="s">
-        <v>1090</v>
+        <v>1095</v>
       </c>
       <c r="H300">
-        <v>3.15</v>
+        <v>0.89</v>
       </c>
       <c r="I300">
-        <v>1.11</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="301" spans="1:9">
       <c r="A301" t="s">
-        <v>1091</v>
+        <v>1096</v>
       </c>
       <c r="B301" t="s">
-        <v>666</v>
+        <v>684</v>
       </c>
       <c r="C301" t="s">
-        <v>657</v>
+        <v>1009</v>
       </c>
       <c r="D301">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>1092</v>
+        <v>38</v>
+      </c>
+      <c r="E301">
+        <v>1452</v>
       </c>
       <c r="F301">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G301" t="s">
-        <v>1093</v>
+        <v>1097</v>
       </c>
       <c r="H301">
-        <v>1.52</v>
+        <v>3.18</v>
       </c>
       <c r="I301">
-        <v>1.03</v>
+        <v>2.44</v>
       </c>
     </row>
     <row r="302" spans="1:9">
       <c r="A302" t="s">
-        <v>1094</v>
+        <v>1098</v>
       </c>
       <c r="B302" t="s">
-        <v>666</v>
+        <v>684</v>
       </c>
       <c r="C302" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="D302">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>1095</v>
+        <v>10</v>
+      </c>
+      <c r="E302">
+        <v>56004</v>
       </c>
       <c r="F302">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G302" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
       <c r="H302">
-        <v>1.69</v>
+        <v>2.96</v>
       </c>
       <c r="I302">
-        <v>0.51</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="303" spans="1:9">
       <c r="A303" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="B303" t="s">
-        <v>666</v>
+        <v>684</v>
       </c>
       <c r="C303" t="s">
-        <v>1098</v>
+        <v>1032</v>
       </c>
       <c r="D303">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>1099</v>
+        <v>10</v>
+      </c>
+      <c r="E303">
+        <v>45605</v>
       </c>
       <c r="F303">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="G303" t="s">
-        <v>1100</v>
-[...2 lines deleted...]
-      <c r="I303"/>
+        <v>1101</v>
+      </c>
+      <c r="H303">
+        <v>2.96</v>
+      </c>
+      <c r="I303">
+        <v>1.42</v>
+      </c>
     </row>
     <row r="304" spans="1:9">
       <c r="A304" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="B304" t="s">
-        <v>666</v>
+        <v>684</v>
       </c>
       <c r="C304" t="s">
-        <v>1034</v>
+        <v>867</v>
       </c>
       <c r="D304">
-        <v>41</v>
+        <v>111</v>
       </c>
       <c r="E304" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="F304">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="G304" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="H304">
-        <v>0.83</v>
+        <v>1.78</v>
       </c>
       <c r="I304">
-        <v>0.49</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="305" spans="1:9">
       <c r="A305" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="B305" t="s">
-        <v>666</v>
+        <v>684</v>
       </c>
       <c r="C305" t="s">
-        <v>657</v>
+        <v>1106</v>
       </c>
       <c r="D305">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="E305" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="F305">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="G305" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="H305">
-        <v>1.35</v>
+        <v>3.15</v>
       </c>
       <c r="I305">
-        <v>0.77</v>
+        <v>1.11</v>
       </c>
     </row>
     <row r="306" spans="1:9">
       <c r="A306" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="B306" t="s">
-        <v>666</v>
+        <v>684</v>
       </c>
       <c r="C306" t="s">
-        <v>1108</v>
+        <v>675</v>
       </c>
       <c r="D306">
-        <v>6</v>
+        <v>96</v>
       </c>
       <c r="E306" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="F306">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G306" t="s">
-        <v>1110</v>
-[...2 lines deleted...]
-      <c r="I306"/>
+        <v>1111</v>
+      </c>
+      <c r="H306">
+        <v>1.52</v>
+      </c>
+      <c r="I306">
+        <v>1.03</v>
+      </c>
     </row>
     <row r="307" spans="1:9">
       <c r="A307" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="B307" t="s">
-        <v>1112</v>
+        <v>684</v>
       </c>
       <c r="C307" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D307">
+        <v>107</v>
+      </c>
+      <c r="E307" t="s">
         <v>1113</v>
       </c>
-      <c r="D307">
-[...4 lines deleted...]
-      </c>
       <c r="F307">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G307" t="s">
         <v>1114</v>
       </c>
       <c r="H307">
-        <v>3.69</v>
-[...1 lines deleted...]
-      <c r="I307"/>
+        <v>1.69</v>
+      </c>
+      <c r="I307">
+        <v>0.51</v>
+      </c>
     </row>
     <row r="308" spans="1:9">
       <c r="A308" t="s">
         <v>1115</v>
       </c>
       <c r="B308" t="s">
-        <v>666</v>
+        <v>684</v>
       </c>
       <c r="C308" t="s">
-        <v>1028</v>
+        <v>1116</v>
       </c>
       <c r="D308">
-        <v>104</v>
+        <v>38</v>
       </c>
       <c r="E308" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="F308">
         <v>2011</v>
       </c>
       <c r="G308" t="s">
-        <v>1117</v>
-[...6 lines deleted...]
-      </c>
+        <v>1118</v>
+      </c>
+      <c r="H308"/>
+      <c r="I308"/>
     </row>
     <row r="309" spans="1:9">
       <c r="A309" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="B309" t="s">
-        <v>666</v>
+        <v>684</v>
       </c>
       <c r="C309" t="s">
-        <v>657</v>
+        <v>1052</v>
       </c>
       <c r="D309">
-        <v>94</v>
+        <v>41</v>
       </c>
       <c r="E309" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="F309">
         <v>2011</v>
       </c>
       <c r="G309" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="H309">
+        <v>0.83</v>
+      </c>
+      <c r="I309">
+        <v>0.49</v>
+      </c>
+    </row>
+    <row r="310" spans="1:9">
+      <c r="A310" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B310" t="s">
+        <v>684</v>
+      </c>
+      <c r="C310" t="s">
+        <v>675</v>
+      </c>
+      <c r="D310">
+        <v>94</v>
+      </c>
+      <c r="E310" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F310">
+        <v>2011</v>
+      </c>
+      <c r="G310" t="s">
+        <v>1124</v>
+      </c>
+      <c r="H310">
         <v>1.35</v>
       </c>
-      <c r="I309">
+      <c r="I310">
+        <v>0.77</v>
+      </c>
+    </row>
+    <row r="311" spans="1:9">
+      <c r="A311" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B311" t="s">
+        <v>684</v>
+      </c>
+      <c r="C311" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D311">
+        <v>6</v>
+      </c>
+      <c r="E311" t="s">
+        <v>1127</v>
+      </c>
+      <c r="F311">
+        <v>2011</v>
+      </c>
+      <c r="G311" t="s">
+        <v>1128</v>
+      </c>
+      <c r="H311"/>
+      <c r="I311"/>
+    </row>
+    <row r="312" spans="1:9">
+      <c r="A312" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B312" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C312" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D312">
+        <v>83</v>
+      </c>
+      <c r="E312">
+        <v>115426</v>
+      </c>
+      <c r="F312">
+        <v>2011</v>
+      </c>
+      <c r="G312" t="s">
+        <v>1132</v>
+      </c>
+      <c r="H312">
+        <v>3.69</v>
+      </c>
+      <c r="I312"/>
+    </row>
+    <row r="313" spans="1:9">
+      <c r="A313" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B313" t="s">
+        <v>684</v>
+      </c>
+      <c r="C313" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D313">
+        <v>104</v>
+      </c>
+      <c r="E313" t="s">
+        <v>1134</v>
+      </c>
+      <c r="F313">
+        <v>2011</v>
+      </c>
+      <c r="G313" t="s">
+        <v>1135</v>
+      </c>
+      <c r="H313">
+        <v>1.69</v>
+      </c>
+      <c r="I313">
+        <v>0.51</v>
+      </c>
+    </row>
+    <row r="314" spans="1:9">
+      <c r="A314" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B314" t="s">
+        <v>684</v>
+      </c>
+      <c r="C314" t="s">
+        <v>675</v>
+      </c>
+      <c r="D314">
+        <v>94</v>
+      </c>
+      <c r="E314" t="s">
+        <v>1137</v>
+      </c>
+      <c r="F314">
+        <v>2011</v>
+      </c>
+      <c r="G314" t="s">
+        <v>1138</v>
+      </c>
+      <c r="H314">
+        <v>1.35</v>
+      </c>
+      <c r="I314">
         <v>0.77</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>