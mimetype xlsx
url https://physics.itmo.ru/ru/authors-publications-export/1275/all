--- v1 (2025-11-13)
+++ v2 (2025-12-03)
@@ -12,154 +12,205 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1139">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1154">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
     <t>Heterostructured perovskite nanocrystals for water stable plasmon-enhanced photoelectrocatalysis</t>
   </si>
   <si>
-    <t>Yuan Yuan, Anastasiia P. Dmitrieva, Stepan Pozdniakov, Lev Zelenkov, Pavel Krasnov, Yangyang Ju, Ruslan Azizov, Ivan V. Moskalenko, Elena F. Krivoshapkina, Pavel V. Krivoshapkin, Pavel Talianov, Sergey Makarov, Soslan A. Khubezhov</t>
+    <t>Yuan Yuan, Anastasiia P. Dmitrieva, Stepan Pozdnyakov, Lev Zelenkov, Pavel Krasnov, Yangyang Ju, Ruslan Azizov, Ivan V. Moskalenko, Elena F. Krivoshapkina, Pavel V. Krivoshapkin, Pavel Talianov, Sergey Makarov, Soslan A. Khubezhov</t>
   </si>
   <si>
     <t>Light: Advanced Manufacturing</t>
   </si>
   <si>
     <t>10.37188/lam.2025.080</t>
   </si>
   <si>
     <t>Ionic Liquid-Mediated Crystallization of 3D Perovskite Films for High-Performance Light-Emitting Diodes</t>
   </si>
   <si>
     <t>Wenjun Yuan, Kun Zhang, Haoqi Li, Xingle Shang, Yifei Wang, Xinrui Chen, Xingyu Ye, Jun Chen, Stepan Pozdnyakov, Maria Sandzhieva, Hengyang Xiang, Sergey Makarov, Haibo Zeng</t>
   </si>
   <si>
     <t>ACS Applied Materials &amp;amp; Interfaces</t>
   </si>
   <si>
     <t>59553-59562</t>
   </si>
   <si>
     <t>10.1021/acsami.5c14039</t>
   </si>
   <si>
     <t>Halide perovskite volatile unipolar nanomemristor</t>
   </si>
   <si>
     <t>Abolfazl Mahmudpur, Prokhor Alekseev, Ksenia A. Gasnikova, Kuzmenko Natalia, Artem Larin, Sergey Makarov, Aleksandra Furasova</t>
   </si>
   <si>
     <t>Opto-Electronic Advances</t>
   </si>
   <si>
     <t>10.29026/oea.2025.250110</t>
   </si>
   <si>
     <t>Resonant mode crossing in hybrid structures for effective light-emission</t>
   </si>
   <si>
     <t>Martin Rojas Bustamante, Ruslan Azizov, Ravshanjon Nazarov, Mingzhao Song, Pavel S. Pankin, Dmitrii N. Maksimov, Sergey Makarov, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2025.101436</t>
   </si>
   <si>
+    <t>Strongly‐Confined Small‐Size Perovskite Quantum Dots for Pure‐Color Light Emitting Diodes</t>
+  </si>
+  <si>
+    <t>Yuqin Su, Ying Zhou, Hengyang Xiang, Maria Sandzhieva, Sergey Makarov, Zhesheng Chen, Haibo Zeng</t>
+  </si>
+  <si>
+    <t>Advanced Optical Materials</t>
+  </si>
+  <si>
+    <t>10.1002/adom.202502048</t>
+  </si>
+  <si>
     <t>Structural colouring and luminescence anisotropy of perovskite thin films via laser-induced periodic surface structure formation</t>
   </si>
   <si>
-    <t>Александра Фурасова, Yaroslava Andreeva, Син Дзяньнан , Xiaohan Chen, Valeriy Kondratev, Сун Цинхао, Иван Важенин, Evgeniia Stepanidenko, Vyacheslav Goncharov, Sergei Cherevkov, Дмитрий Пермяков, Дмитрий Жирихин, Сергей Макаров</t>
+    <t>Александра Фурасова, Yaroslava Andreeva, Xiaohan Chen, Valeriy Kondratev, Сун Цинхао, Иван Важенин, Evgeniia Stepanidenko, Vyacheslav Goncharov, Sergei Cherevkov, Дмитрий Пермяков, Дмитрий Жирихин, Сергей Макаров</t>
   </si>
   <si>
     <t>10.37188/lam.2025.062</t>
   </si>
   <si>
     <t>Electroluminescence Enhancement with Gold Nanorods in Eu-Based Emission Organic Layer</t>
   </si>
   <si>
     <t>Arseny Yu. Gladkikh, Abolfazl Mahmudpur, Oleksii Peltek, Maria Sandzhieva, Sergey Makarov, Valentina V. Utochnikova</t>
   </si>
   <si>
-    <t>Advanced Optical Materials</t>
-[...1 lines deleted...]
-  <si>
     <t>e00702</t>
   </si>
   <si>
     <t>10.1002/adom.202500702</t>
   </si>
   <si>
+    <t>The Hybrid Metasurface Lights a Fire in Silicon: The Role of Plasmonic Nanogap Cavities in Multiphoton-Induced Broadband Photoluminescence</t>
+  </si>
+  <si>
+    <t>Artem Larin, Egor Kurganov, Yali Sun, Marco Esposito, Mariachiara Manoccio, Massimo Cuscuna’, Adriana Passaseo, Fabio Quaranta, Alessanndro Pecora, Sergey Makarov, Vittorianna Tasco, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>ACS Photonics</t>
+  </si>
+  <si>
+    <t>4323-4330</t>
+  </si>
+  <si>
+    <t>10.1021/acsphotonics.5c00609</t>
+  </si>
+  <si>
+    <t>Efficient Unbalanced Absorption Organic-Perovskite Nonmonolithic Tandem Solar Cells in Parallel Connection</t>
+  </si>
+  <si>
+    <t>Daniel Sapori, Maria Sandzhieva, Vladimir Ivanov, Sergey Makarov, Anvar A. Zakhidov</t>
+  </si>
+  <si>
+    <t>ACS Applied Energy Materials</t>
+  </si>
+  <si>
+    <t>8160-8168</t>
+  </si>
+  <si>
+    <t>10.1021/acsaem.5c00684</t>
+  </si>
+  <si>
+    <t>Volatile additive for selective tuning of non-fullerene acceptor morphology in the active layer of organic solar cells</t>
+  </si>
+  <si>
+    <t>Denis S. Baranov, Ivan A. Molchanov, Natalia V. Kravets, Elena S. Kobeleva, Mikhail N. Uvarov, Maria Sandzhieva, Danil K. Aleshin, Sergey Makarov, Xingjian Jiang, Yong Zhang, Vladimir A. Zinov'ev, Yuri V. Gatilov, Aleksandr S. Sukhikh, Alexander E. Kurtsevich, Konstantin M. Degtyarenko, Leonid V. Kulik</t>
+  </si>
+  <si>
+    <t>Organic Electronics</t>
+  </si>
+  <si>
+    <t>10.1016/j.orgel.2025.107283</t>
+  </si>
+  <si>
     <t>Template-Assisted Synthesis of CsPbBr3 Nanocrystals with a Humidity-Induced Fluorescent Response: Mechanism and Sensing Applications</t>
   </si>
   <si>
     <t>Pavel Talianov, Daria Mikushina, Sergei Rzhevskii, Konstantin Arabuli, Lev Zelenkov, Soslan Khubezhov, Lev Logunov, Dmitry Gets,  Oleksii O. Peltek, Mikhail Zyuzin, Sergey Makarov</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry Letters</t>
   </si>
   <si>
     <t>4205-4213</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.5c00151</t>
   </si>
   <si>
     <t>Amphiphilic Carbon Dots Suppress Iodide Ion Migration in Perovskite Solar Cells</t>
   </si>
   <si>
     <t>Igor Margaryan , Egor Ogorodnikov, Mikhail D. Miruschenko, Anastasiia V. Sokolova, Vladimir Ivanov, Guangbo Zhou, Aleksandra V. Koroleva, Evgeniy V. Zhizhin, Sergey Makarov, Aleksandr P. Litvin, Elena V. Ushakova, Andrey L. Rogach</t>
   </si>
   <si>
     <t>Energy &amp;amp; Fuels</t>
   </si>
   <si>
     <t>8261-8272</t>
@@ -215,53 +266,50 @@
   <si>
     <t>Nanoscale</t>
   </si>
   <si>
     <t>10.1039/d5nr00097a</t>
   </si>
   <si>
     <t>Controllable Transition Metal Cations Doping Enable Efficient and Spectral Stable Pure‐Red Perovskite QLED</t>
   </si>
   <si>
     <t>Yuqin Su, Qunqing Lin, Xinyi Lv, Yan Li, Kun Zhang, Xiuting Wu, Ying Zhou, Yashuang Guo, Maria Sandzhieva, Sergey Makarov, Hengyang Xiang, Haibo Zeng</t>
   </si>
   <si>
     <t>Small</t>
   </si>
   <si>
     <t>10.1002/smll.202412227</t>
   </si>
   <si>
     <t>Stimulated Exciton–Polariton Scattering in Hybrid Halide Perovskites</t>
   </si>
   <si>
     <t>Igor Chestnov, Mikhail Masharin, Valeriy Kondratiev, Ivan Iorsh, Anton Samusev, Anatoly Pushkarev, Sergey Makarov, Ivan Shelykh, Vanik Shahnazaryan</t>
   </si>
   <si>
-    <t>ACS Photonics</t>
-[...1 lines deleted...]
-  <si>
     <t>801-808</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.4c01756</t>
   </si>
   <si>
     <t>Bio‐Inspired Giant Refractive Index Gradient Lenses Based on Ionic Polymers</t>
   </si>
   <si>
     <t>Tatiana G. Statsenko, Georgy A. Ermolaev, Dmitry Gets, Denis S. Kolchanov, Ivan Yu Chernyshev, Alexander V. Polezhaev, Igor E. Eliseev, Victor Ukleev, Jochen Stahn, Alexey S. Taradin, Aleksey V. Arsenin, Sergey Makarov, Aleksandr Vinogradov, Sofia M. Morozova, Valentyn S. Volkov</t>
   </si>
   <si>
     <t>10.1002/adom.202402488</t>
   </si>
   <si>
     <t>Interferometric Near-field Fano Spectroscopy of Single Halide Perovskite Nanoparticles</t>
   </si>
   <si>
     <t>Jinxin Zhan, Tom Jehle, Sven Stephan, Ekaterina Tiguntseva, Sam S. Nochowitz, Petra Groß, Juanmei Duan, Sergey Makarov, Christoph Lienau</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.4c04491</t>
@@ -722,53 +770,50 @@
   <si>
     <t>ACS Materials Au</t>
   </si>
   <si>
     <t>10.1021/acsmaterialsau.3c00006</t>
   </si>
   <si>
     <t>Mechanical scanning probe lithography of perovskites for fabrication of high-Q planar polaritonic cavities</t>
   </si>
   <si>
     <t>Nikita Glebov, Mikhail Masharin, B. Borodin, Prokhor Alekseev, Fedor Benimetskiy, Sergey Makarov, Anton Samusev</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/5.0142570</t>
   </si>
   <si>
     <t>Enhancing Photovoltaic Performance of Hybrid Perovskite Solar Cells Utilizing GaP Nanowires</t>
   </si>
   <si>
     <t>Aleksandra Furasova, Maria Baeva, Alexey Mozharov, Pavel Tonkaev, Sergey Raudik, Vladimir Neplokh, Vladimir Fedorov, Francesco Di Giacomo, Ivan Mukhin, Sergey Makarov, Aldo Di Carlo</t>
   </si>
   <si>
-    <t>ACS Applied Energy Materials</t>
-[...1 lines deleted...]
-  <si>
     <t>3696-3704</t>
   </si>
   <si>
     <t>10.1021/acsaem.2c03246</t>
   </si>
   <si>
     <t>Light-Controlled Multiphase Structuring of Perovskite Crystal Enabled by Thermoplasmonic Metasurface</t>
   </si>
   <si>
     <t>Sergey S. Kharintsev, Elina I. Battalova, Timur A. Mukhametzyanov, Anatoly Pushkarev, Ivan G. Scheblykin, Sergey Makarov, Eric O. Potma, Dmitry A. Fishman</t>
   </si>
   <si>
     <t>10.1021/acsnano.3c00373</t>
   </si>
   <si>
     <t>Ligand-free template-assisted synthesis of stable perovskite nanocrystals with near-unity photoluminescence quantum yield within pores of vaterite spheres</t>
   </si>
   <si>
     <t>Oleksii Peltek, Pavel Talianov, Anna Krylova, Artem Polushkin, Elizaveta Anastasova, Daria D. Mikushina, Dmitry Gets, Lev Zelenkov, Soslan Khubezhov, Anatoly Pushkarev, Mikhail Zyuzin, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1039/d3nr00214d</t>
   </si>
   <si>
     <t>Droplet Microfluidic Synthesis of Halide Perovskites Affords Upconversion Lasing in Mie-Resonant Cuboids</t>
@@ -1517,59 +1562,71 @@
   <si>
     <t>Petr A. Obraztsov, Vladislava V. Bulgakova, Pavel A. Chizhov, Alexander A. Ushakov, Dmitry Gets, Sergey Makarov, Vladimir V. Bukin</t>
   </si>
   <si>
     <t>10.3390/nano11020313</t>
   </si>
   <si>
     <t>Giant Enhancement of Radiative Recombination in Perovskite Light-Emitting Diodes with Plasmonic Core-Shell Nanoparticles</t>
   </si>
   <si>
     <t>Mikhail Masharin, Aleksander Berestennikov, Daniele Barettin, Pavel Voroshilov, Konstantin Ladutenko, Aldo Di Carlo, Sergey Makarov</t>
   </si>
   <si>
     <t>10.3390/nano11010045</t>
   </si>
   <si>
     <t>Reconfigurable Perovskite LEC: Effects of Ionic Additives and Dual Function Devices</t>
   </si>
   <si>
     <t>Dmitry Gets, Masoud Alahbakhshi, Aditya Mishra, Alexious Papadimitratos, Sergey Anoshkin, Anatoly Pushkarev, Eduard Danilovskiy, Sergey Makarov, Jason D. Slinker, Anvar Zakhidov</t>
   </si>
   <si>
     <t>10.1002/adom.202001715</t>
   </si>
   <si>
+    <t>Theoretical study of nonlinear photoluminescence from perovskite quantum dots enhanced by resonant silicon nanoparticles</t>
+  </si>
+  <si>
+    <t>Daria Khmelevskaia, Pavel Tonkaev, Daria Markina, Anatoly Pushkarev, A. Rogach, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020051</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031811</t>
+  </si>
+  <si>
     <t>Numerical study of purcell effect enhancement for CsPbBr3 perovskite cubic particle</t>
   </si>
   <si>
     <t>Pavel Tonkaev, Pavel Voroshilov, Sergey Makarov</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020128</t>
   </si>
   <si>
     <t>10.1063/5.0031764</t>
   </si>
   <si>
     <t>Evaluating the performance of a single-layer blue light-emitting electrochemical cell based on a perovskite-polymer composite</t>
   </si>
   <si>
     <t>Sergey Anoshkin, Anatoly Pushkarev, Anvar Zakhidov, Sergey Makarov</t>
   </si>
   <si>
     <t>020002</t>
   </si>
   <si>
     <t>10.1063/5.0031747</t>
   </si>
   <si>
     <t>Microfluidics-based synthesis of lead cesium bromide perovskite microcrystals</t>
   </si>
   <si>
     <t>Irina Koryakina, Daria Markina, Anatoly Evstrapov, Anatoly Pushkarev, Sergey Makarov, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>020065</t>
@@ -1580,62 +1637,50 @@
   <si>
     <t>Improvement of methylammonium lead iodide based perovskite solar cells by phosphorus doped silicon nanoparticles</t>
   </si>
   <si>
     <t>Aleksandra Furasova, Pavel Voroshilov, Sergey Makarov, Anvar Zakhidov, Aldo Di Carlo</t>
   </si>
   <si>
     <t>020034</t>
   </si>
   <si>
     <t>10.1063/5.0031779</t>
   </si>
   <si>
     <t>Polymer modification of perovskite solar cells to increase open-circuit voltage</t>
   </si>
   <si>
     <t>Mikhail Masharin, Dmitry Gets, Grigorii Verkhogliadov	, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>020084</t>
   </si>
   <si>
     <t>10.1063/5.0031984</t>
   </si>
   <si>
-    <t>Theoretical study of nonlinear photoluminescence from perovskite quantum dots enhanced by resonant silicon nanoparticles</t>
-[...10 lines deleted...]
-  <si>
     <t>Effect of Solvent Annealing on Optical Properties of Perovskite Dualfunctional Devices</t>
   </si>
   <si>
     <t>Grigorii Verkhogliadov	, Mikhail Masharin, Dmitry Gets, Eduard Danilovskiy, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>Solid State Phenomena</t>
   </si>
   <si>
     <t>185-191</t>
   </si>
   <si>
     <t>10.4028/www.scientific.net/ssp.312.185</t>
   </si>
   <si>
     <t>Defects and Morphology Contribution to Photoluminescence of CH3NH3PbI3 Nanostructured by Femtosecond Laser Pulses</t>
   </si>
   <si>
     <t>Pavel Tonkaev, Aleksey Y. Zhizhchenko, Dmitry Gets, Artem Larin, Dmitry Zuev, Alexander M. Zakharenko, Aleksandr A. Kuchmizhak, Sergey Makarov</t>
   </si>
   <si>
     <t>179-184</t>
   </si>
   <si>
     <t>10.4028/www.scientific.net/ssp.312.179</t>
@@ -1931,65 +1976,65 @@
   <si>
     <t>Enhanced terahertz emission from imprinted halide perovskite nanostructures</t>
   </si>
   <si>
     <t>Viacheslav Korolev, Anatoly Pushkarev, Petr A. Obraztsov, Anton N. Tsypkin, Anvar Zakhidov, Sergey Makarov</t>
   </si>
   <si>
     <t>187-194</t>
   </si>
   <si>
     <t>10.1515/nanoph-2019-0377</t>
   </si>
   <si>
     <t>Photophysical properties of halide perovskite CsPb(Br1-xIx)3 thin films and nanowires</t>
   </si>
   <si>
     <t>Daria Markina, Ekaterina Tiguntseva, Anatoly Pushkarev, M. Vengris, G.B. Hix, Anvar Zakhidov, Sergey Makarov</t>
   </si>
   <si>
     <t>Journal of Luminescence</t>
   </si>
   <si>
     <t>10.1016/j.jlumin.2019.116985</t>
   </si>
   <si>
+    <t>Memristive properties of solar cells based on perovskite and polymer composite</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1410/1/012087</t>
+  </si>
+  <si>
     <t>Semiconductor resonant all-optical temperature sensor and thermal release trigger of encapsulated anti-cancer drugs for in vitro studies</t>
   </si>
   <si>
     <t>Georgiy Zograf, Margarita Chursina, Mihail Petrov, Pavel Belov, Filipp Komissarenko, Katherine Makarova, Anatoly Pushkarev, Yali Sun, P Ghosh, M Qiu, Sergey Makarov, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1410/1/012077</t>
   </si>
   <si>
-    <t>Memristive properties of solar cells based on perovskite and polymer composite</t>
-[...4 lines deleted...]
-  <si>
     <t>Plasmonic nanosponges filled with silicon for enhanced white light emission</t>
   </si>
   <si>
     <t>Artem Larin, Alexandre Nomine, Eduard Ageev, J. Ghanbaja, L. N. Kolotova, S. V. Starikov, S. Bruyère, T. Belmonte, Sergey Makarov, Dmitry Zuev</t>
   </si>
   <si>
     <t>1013-1021</t>
   </si>
   <si>
     <t>10.1039/c9nr08952g</t>
   </si>
   <si>
     <t>Metal-dielectric nanoantenna for radiation control of a single-photon emitter</t>
   </si>
   <si>
     <t>Yali Sun, Vitaly Yaroshenko, Alexander Chebykin, Eduard Ageev, Sergey Makarov, Dmitry Zuev</t>
   </si>
   <si>
     <t>Optical Materials Express</t>
   </si>
   <si>
     <t>10.1364/ome.10.000029</t>
   </si>
   <si>
     <t>Single-step direct laser writing of halide perovskite microlasers</t>
@@ -2360,80 +2405,80 @@
   <si>
     <t>10.1109/piers.2017.8261981</t>
   </si>
   <si>
     <t>Multifunctional sensing with hybrid nanophotonic structures</t>
   </si>
   <si>
     <t>Dmitry Zuev,  Baranov D. G., Georgiy Zograf, Sergey Makarov, K. V. Volodina, Andrey Krasilin, Ivan Mukhin, Pavel Dmitriev, Valentin Milichko, E. A. Pidko</t>
   </si>
   <si>
     <t>1491-1493</t>
   </si>
   <si>
     <t>10.1109/piers.2017.8261982</t>
   </si>
   <si>
     <t>Nanocrystalline resonant silicon nanoparticle for highly efficient second harmonic generation</t>
   </si>
   <si>
     <t>Sergey Makarov, Mihail Petrov, Tim Fischer, Valentin Milichko, Dmitry Zuev, Georgiy Zograf, Daria A. Smirnova, Sergey V. Starikov, Boris N. Chichkov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1109/piers.2017.8262339</t>
   </si>
   <si>
+    <t>Hybrid nanocavity for molecular sensing</t>
+  </si>
+  <si>
+    <t>Valentin Milichko, Kristina Frizyuk, Pavel Dmitriev, Dmitry Zuev, Georgiy Zograf, Sergey Makarov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2017 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
+  </si>
+  <si>
+    <t>10.1109/comcas.2017.8244858</t>
+  </si>
+  <si>
     <t>Photo-generated free carrier-induced symmetry breaking in spherical silicon nanoparticle</t>
   </si>
   <si>
     <t>Konstantin Ladutenko, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1002/adom.201701153</t>
   </si>
   <si>
     <t>Nanoscale optical high-temperature sensor</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Ivan Sinev, Anton Samusev, Dmitry Zuev, Valentin Milichko, Sergey Makarov</t>
   </si>
   <si>
-    <t>2017 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/comcas.2017.8244856</t>
   </si>
   <si>
-    <t>Hybrid nanocavity for molecular sensing</t>
-[...7 lines deleted...]
-  <si>
     <t>Single-step laser plasmonic coloration of metal films</t>
   </si>
   <si>
     <t>10 (1)</t>
   </si>
   <si>
     <t>1422–1427</t>
   </si>
   <si>
     <t>10.1021/acsami.7b16339</t>
   </si>
   <si>
     <t>Nanoscale generation of white light for ultrabroadband nanospectroscopy</t>
   </si>
   <si>
     <t>Sergey Makarov, Ivan Sinev, Valentin Milichko, Filipp Komissarenko, Dmitry Zuev, Ivan Mukhin, Pavel Belov, Ivan Iorsh, Alexander Poddubny, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>18 (1)</t>
   </si>
   <si>
     <t>535–539</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.7b04542</t>
@@ -2504,50 +2549,68 @@
   <si>
     <t>Laser post-processing of halide perovskites for enhanced photoluminescence and absorbance</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Filipp Komissarenko, Arthur Ishteev, Valentin Milichko, Dmitry Zuev, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>062002</t>
   </si>
   <si>
     <t>10.1088/1742-6596/917/6/062002</t>
   </si>
   <si>
     <t>Metal-Dielectric Nanocavity for Real-Time Tracing Molecular Events with Temperature Feedback</t>
   </si>
   <si>
     <t>Valentin Milichko, Dmitry Zuev, Georgiy Zograf, Andrey Krasilin, Ivan Mukhin, Pavel Dmitriev, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>UNSP 1700227</t>
   </si>
   <si>
     <t>10.1002/lpor.201700227</t>
   </si>
   <si>
+    <t>Reconfigurable c-Si/Au hybrid nanoantenna</t>
+  </si>
+  <si>
+    <t>Alexander Chebykin, Anastasia Zalogina, Dmitry Zuev, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998035</t>
+  </si>
+  <si>
+    <t>Photoluminescence behavior of nanoimprinted halide perovskite at low temperatures</t>
+  </si>
+  <si>
+    <t>Zarina Sadrieva, Sergey Makarov, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998058</t>
+  </si>
+  <si>
     <t>Resonant optical properties of crystalline silicon nanoparticles fabricated by laser ablation-based methods</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Baranov, Valentin Milichko, Ivan Mukhin, Sergey Makarov, Anton Samusev, Georgiy Zograf, Dmitry Zuev, Katherine Makarova, Mihail Petrov, Ivan Sinev, Maxim Gorlach, Kristina Frizyuk, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998078</t>
   </si>
   <si>
     <t>Gap size impact on metal-dielectric nanocavity heater properties</t>
   </si>
   <si>
     <t>Georgiy Zograf, Dmitry Zuev, Valentin Milichko, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1063/1.4998072</t>
   </si>
   <si>
     <t>Enhancement of second harmonic generation in chiral metal-organic frameworks with silicon nanoparticles</t>
   </si>
   <si>
     <t>Anastasia Zalogina, Dmitry Zuev, Sergey Makarov, Valentin Milichko, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998132</t>
@@ -2582,89 +2645,71 @@
   <si>
     <t>Second harmonic splitting in silicon nanoparticles under ultrashot-pulse excitation</t>
   </si>
   <si>
     <t>Valentin Milichko, Dmitry Zuev, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1063/1.4998104</t>
   </si>
   <si>
     <t>Effect of dipole orientation on Purcell factor for the quantum emitter near silicon nanoparticle</t>
   </si>
   <si>
     <t>Anastasia Zalogina, Dmitry Zuev, Roman Savelev, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998131</t>
   </si>
   <si>
     <t>Direct femtosecond laser printing of plasmonic colors and functional sensing elements</t>
   </si>
   <si>
     <t>10.1063/1.4998051</t>
   </si>
   <si>
-    <t>Reconfigurable c-Si/Au hybrid nanoantenna</t>
-[...14 lines deleted...]
-    <t>10.1063/1.4998058</t>
+    <t>Nanostructured plasmas for enhanced gamma emission at relativistic laser interaction with solids</t>
+  </si>
+  <si>
+    <t>Applied Physics B</t>
+  </si>
+  <si>
+    <t>10.1007/s00340-017-6826-4</t>
   </si>
   <si>
     <t>Atomistic simulation of Si-Au melt crystallization with novel interatomic potential</t>
   </si>
   <si>
     <t>Computational Materials Science</t>
   </si>
   <si>
     <t>303-311</t>
   </si>
   <si>
     <t>10.1016/j.commatsci.2017.09.054</t>
   </si>
   <si>
-    <t>Nanostructured plasmas for enhanced gamma emission at relativistic laser interaction with solids</t>
-[...7 lines deleted...]
-  <si>
     <t>Demultiplexing surface waves with silicon nanoantennas</t>
   </si>
   <si>
     <t>Ivan Sinev, Andrey Bogdanov, Filipp Komissarenko, Mihail Petrov, Kristina Frizyuk, Sergey Makarov, Ivan Mukhin, Anton Samusev, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1063/1.4998064</t>
   </si>
   <si>
     <t>Ultrafast photoionization and excitation of surface-plasmon-polaritons on diamond surfaces</t>
   </si>
   <si>
     <t>334-343</t>
   </si>
   <si>
     <t>10.1016/j.apsusc.2017.07.263</t>
   </si>
   <si>
     <t>Light-induced tuning and reconfiguration of nanophotonic structures</t>
   </si>
   <si>
     <t>Sergey Makarov, Anastasia Zalogina, Mohammad Tajik, Dmitry Zuev, Mikhail Rybin, Yuri Kivshar</t>
   </si>
   <si>
     <t>UNSP 1700108</t>
@@ -3257,72 +3302,72 @@
   <si>
     <t>51-55</t>
   </si>
   <si>
     <t>10.1134/S0021364014010020</t>
   </si>
   <si>
     <t>Femtosecond laser fabrication of sub-diffraction nanoripples on wet Al surface in multi-filamentation regime: High optical harmonics effects?</t>
   </si>
   <si>
     <t>678-681</t>
   </si>
   <si>
     <t>10.1016/j.apsusc.2013.12.032</t>
   </si>
   <si>
     <t>“Heterogeneous” versus “homogeneous” nucleation and growth of microcones on titanium surface under UV femtosecond-laser irradiation</t>
   </si>
   <si>
     <t>1133-1139</t>
   </si>
   <si>
     <t>10.1007/s00339-013-8196-z</t>
   </si>
   <si>
+    <t>Optical apertureless fiber microprobe for surface laser modification of metal films with sub-100nm resolution</t>
+  </si>
+  <si>
+    <t>Sergey Makarov,  Ionin A. A.</t>
+  </si>
+  <si>
+    <t>Optics Communications</t>
+  </si>
+  <si>
+    <t>125-129</t>
+  </si>
+  <si>
+    <t>10.1016/j.optcom.2013.06.051</t>
+  </si>
+  <si>
     <t>Beam spatial profile effect on femtosecond laser surface structuring of titanium in scanning regime</t>
   </si>
   <si>
     <t>634-637</t>
   </si>
   <si>
     <t>10.1016/j.apsusc.2013.07.144</t>
-  </si>
-[...13 lines deleted...]
-    <t>10.1016/j.optcom.2013.06.051</t>
   </si>
   <si>
     <t>Focusing of intense femtosecond surface plasmon-polaritons</t>
   </si>
   <si>
     <t>599-603</t>
   </si>
   <si>
     <t>10.1134/S0021364013100056</t>
   </si>
   <si>
     <t>Local field enhancement on metallic periodic surface structures produced by femtosecond laser pulses</t>
   </si>
   <si>
     <t>Ionin A. A.,  Kudryashov S. I.,  Ligachev A. E., Sergey Makarov,  Mel'nik N. N.,  Rudenko A. A.,  Seleznev L. V.,  Sinitsyn D. V.,  Khmelnitsky R. A.</t>
   </si>
   <si>
     <t>304-307</t>
   </si>
   <si>
     <t>10.1070/QE2013v043n04ABEH015105</t>
   </si>
   <si>
     <t>Through nanohole formation in thin metallic film by single nanosecond laser pulses using optical dielectric apertureless probe</t>
   </si>
@@ -3776,51 +3821,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I314"/>
+  <dimension ref="A1:I318"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="212.234" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="411.614" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="133.253" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -3948,8444 +3993,8558 @@
       </c>
       <c r="E5">
         <v>101436</v>
       </c>
       <c r="F5">
         <v>2025</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5">
         <v>3.01</v>
       </c>
       <c r="I5">
         <v>0.55</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="D6">
-        <v>6</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="E6"/>
       <c r="F6">
         <v>2025</v>
       </c>
       <c r="G6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H6">
-        <v>13.3</v>
+        <v>9.93</v>
       </c>
       <c r="I6">
-        <v>3.18</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C7" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="D7">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>6</v>
+      </c>
+      <c r="E7">
+        <v>1</v>
       </c>
       <c r="F7">
         <v>2025</v>
       </c>
       <c r="G7" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H7">
-        <v>9.93</v>
+        <v>13.3</v>
       </c>
       <c r="I7">
-        <v>2.89</v>
+        <v>3.18</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>33</v>
+      </c>
+      <c r="B8" t="s">
         <v>34</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
+        <v>28</v>
+      </c>
+      <c r="D8">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
         <v>35</v>
-      </c>
-[...7 lines deleted...]
-        <v>37</v>
       </c>
       <c r="F8">
         <v>2025</v>
       </c>
       <c r="G8" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="H8">
-        <v>6.89</v>
+        <v>9.93</v>
       </c>
       <c r="I8">
-        <v>1.85</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>37</v>
+      </c>
+      <c r="B9" t="s">
+        <v>38</v>
+      </c>
+      <c r="C9" t="s">
         <v>39</v>
       </c>
-      <c r="B9" t="s">
+      <c r="D9">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
         <v>40</v>
-      </c>
-[...7 lines deleted...]
-        <v>42</v>
       </c>
       <c r="F9">
         <v>2025</v>
       </c>
       <c r="G9" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="H9">
-        <v>4.32</v>
+        <v>7.53</v>
       </c>
       <c r="I9">
-        <v>0.86</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" t="s">
         <v>44</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10">
+        <v>8</v>
+      </c>
+      <c r="E10" t="s">
         <v>45</v>
       </c>
-      <c r="C10" t="s">
-[...3 lines deleted...]
-      <c r="E10"/>
       <c r="F10">
         <v>2025</v>
       </c>
       <c r="G10" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="H10">
-        <v>7.39</v>
+        <v>6.35</v>
       </c>
       <c r="I10">
-        <v>1.9</v>
+        <v>1.38</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>47</v>
+      </c>
+      <c r="B11" t="s">
         <v>48</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>49</v>
       </c>
-      <c r="C11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>144</v>
+      </c>
+      <c r="E11">
+        <v>107283</v>
       </c>
       <c r="F11">
         <v>2025</v>
       </c>
       <c r="G11" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="H11">
-        <v>15.88</v>
+        <v>3.72</v>
       </c>
       <c r="I11">
-        <v>5.55</v>
+        <v>0.89</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>51</v>
+      </c>
+      <c r="B12" t="s">
+        <v>52</v>
+      </c>
+      <c r="C12" t="s">
         <v>53</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12">
+        <v>16</v>
+      </c>
+      <c r="E12" t="s">
         <v>54</v>
       </c>
-      <c r="C12" t="s">
-[...5 lines deleted...]
-      <c r="E12"/>
       <c r="F12">
         <v>2025</v>
       </c>
       <c r="G12" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="I12"/>
+        <v>55</v>
+      </c>
+      <c r="H12">
+        <v>6.89</v>
+      </c>
+      <c r="I12">
+        <v>1.85</v>
+      </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" t="s">
         <v>57</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>58</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13">
+        <v>39</v>
+      </c>
+      <c r="E13" t="s">
         <v>59</v>
       </c>
-      <c r="D13"/>
-      <c r="E13"/>
       <c r="F13">
         <v>2025</v>
       </c>
       <c r="G13" t="s">
         <v>60</v>
       </c>
       <c r="H13">
-        <v>8.31</v>
+        <v>4.32</v>
       </c>
       <c r="I13">
-        <v>1.74</v>
+        <v>0.86</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>61</v>
       </c>
       <c r="B14" t="s">
         <v>62</v>
       </c>
       <c r="C14" t="s">
         <v>63</v>
       </c>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14">
         <v>2025</v>
       </c>
       <c r="G14" t="s">
         <v>64</v>
       </c>
       <c r="H14">
-        <v>13.28</v>
+        <v>7.39</v>
       </c>
       <c r="I14">
-        <v>3.79</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>65</v>
       </c>
       <c r="B15" t="s">
         <v>66</v>
       </c>
       <c r="C15" t="s">
         <v>67</v>
       </c>
       <c r="D15">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E15" t="s">
         <v>68</v>
       </c>
       <c r="F15">
         <v>2025</v>
       </c>
       <c r="G15" t="s">
         <v>69</v>
       </c>
       <c r="H15">
-        <v>7.53</v>
+        <v>15.88</v>
       </c>
       <c r="I15">
-        <v>2.74</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>70</v>
       </c>
       <c r="B16" t="s">
         <v>71</v>
       </c>
       <c r="C16" t="s">
-        <v>31</v>
+        <v>72</v>
       </c>
       <c r="D16">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="E16"/>
       <c r="F16">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G16" t="s">
-        <v>72</v>
-[...6 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B17" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C17" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G17" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H17">
-        <v>11.19</v>
+        <v>8.31</v>
       </c>
       <c r="I17">
-        <v>4.85</v>
+        <v>1.74</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B18" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C18" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-      <c r="E18" t="s">
         <v>80</v>
       </c>
+      <c r="D18"/>
+      <c r="E18"/>
       <c r="F18">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G18" t="s">
         <v>81</v>
       </c>
       <c r="H18">
-        <v>8.57</v>
+        <v>13.28</v>
       </c>
       <c r="I18">
-        <v>2.06</v>
+        <v>3.79</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>82</v>
       </c>
       <c r="B19" t="s">
         <v>83</v>
       </c>
       <c r="C19" t="s">
+        <v>39</v>
+      </c>
+      <c r="D19">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
         <v>84</v>
       </c>
-      <c r="D19"/>
-      <c r="E19"/>
       <c r="F19">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G19" t="s">
         <v>85</v>
       </c>
       <c r="H19">
-        <v>7.07</v>
+        <v>7.53</v>
       </c>
       <c r="I19">
-        <v>2.25</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>86</v>
       </c>
       <c r="B20" t="s">
         <v>87</v>
       </c>
       <c r="C20" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="D20">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="E20"/>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H20">
-        <v>9.44</v>
+        <v>9.93</v>
       </c>
       <c r="I20">
-        <v>2.54</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>89</v>
+      </c>
+      <c r="B21" t="s">
         <v>90</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>91</v>
       </c>
-      <c r="C21" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D21"/>
+      <c r="E21"/>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H21">
-        <v>8.45</v>
+        <v>11.19</v>
       </c>
       <c r="I21">
-        <v>2.72</v>
+        <v>4.85</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>93</v>
+      </c>
+      <c r="B22" t="s">
+        <v>94</v>
+      </c>
+      <c r="C22" t="s">
         <v>95</v>
       </c>
-      <c r="B22" t="s">
+      <c r="D22">
+        <v>9</v>
+      </c>
+      <c r="E22" t="s">
         <v>96</v>
-      </c>
-[...7 lines deleted...]
-        <v>97</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="H22">
-        <v>8.45</v>
+        <v>8.57</v>
       </c>
       <c r="I22">
-        <v>2.72</v>
+        <v>2.06</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>98</v>
+      </c>
+      <c r="B23" t="s">
         <v>99</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>100</v>
       </c>
-      <c r="C23" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D23"/>
       <c r="E23"/>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23" t="s">
         <v>101</v>
       </c>
       <c r="H23">
-        <v>8.45</v>
+        <v>7.07</v>
       </c>
       <c r="I23">
-        <v>2.72</v>
+        <v>2.25</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>102</v>
       </c>
       <c r="B24" t="s">
         <v>103</v>
       </c>
       <c r="C24" t="s">
+        <v>15</v>
+      </c>
+      <c r="D24">
+        <v>16</v>
+      </c>
+      <c r="E24" t="s">
         <v>104</v>
       </c>
-      <c r="D24"/>
-      <c r="E24"/>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
         <v>105</v>
       </c>
       <c r="H24">
-        <v>18.81</v>
+        <v>9.44</v>
       </c>
       <c r="I24">
-        <v>6.07</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>106</v>
       </c>
       <c r="B25" t="s">
         <v>107</v>
       </c>
       <c r="C25" t="s">
-        <v>31</v>
+        <v>108</v>
       </c>
       <c r="D25">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E25"/>
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>109</v>
+      </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="H25">
-        <v>9.93</v>
+        <v>8.45</v>
       </c>
       <c r="I25">
-        <v>2.89</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B26" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C26" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D26">
-        <v>670</v>
-[...2 lines deleted...]
-        <v>160669</v>
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>113</v>
       </c>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="H26">
-        <v>6.71</v>
+        <v>8.45</v>
       </c>
       <c r="I26">
-        <v>1.3</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B27" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C27" t="s">
-        <v>115</v>
+        <v>108</v>
       </c>
       <c r="D27">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="E27"/>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
         <v>117</v>
       </c>
       <c r="H27">
-        <v>5.9</v>
+        <v>8.45</v>
       </c>
       <c r="I27">
-        <v>1.19</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>118</v>
       </c>
       <c r="B28" t="s">
         <v>119</v>
       </c>
       <c r="C28" t="s">
         <v>120</v>
       </c>
-      <c r="D28">
-[...4 lines deleted...]
-      </c>
+      <c r="D28"/>
+      <c r="E28"/>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H28">
-        <v>4.19</v>
+        <v>18.81</v>
       </c>
       <c r="I28">
-        <v>1.48</v>
+        <v>6.07</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>122</v>
+      </c>
+      <c r="B29" t="s">
         <v>123</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="D29"/>
+        <v>28</v>
+      </c>
+      <c r="D29">
+        <v>12</v>
+      </c>
       <c r="E29"/>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H29">
         <v>9.93</v>
       </c>
       <c r="I29">
         <v>2.89</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>125</v>
+      </c>
+      <c r="B30" t="s">
         <v>126</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>127</v>
       </c>
-      <c r="C30" t="s">
-[...2 lines deleted...]
-      <c r="D30"/>
+      <c r="D30">
+        <v>670</v>
+      </c>
       <c r="E30">
-        <v>152771</v>
+        <v>160669</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H30">
-        <v>14.66</v>
+        <v>6.71</v>
       </c>
       <c r="I30">
-        <v>2.53</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>129</v>
+      </c>
+      <c r="B31" t="s">
         <v>130</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>131</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31">
+        <v>7</v>
+      </c>
+      <c r="E31" t="s">
         <v>132</v>
       </c>
-      <c r="D31">
-[...2 lines deleted...]
-      <c r="E31"/>
       <c r="F31">
         <v>2024</v>
       </c>
       <c r="G31" t="s">
         <v>133</v>
       </c>
       <c r="H31">
-        <v>13.14</v>
+        <v>5.9</v>
       </c>
       <c r="I31">
-        <v>3.78</v>
+        <v>1.19</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>134</v>
       </c>
       <c r="B32" t="s">
         <v>135</v>
       </c>
       <c r="C32" t="s">
-        <v>20</v>
+        <v>136</v>
       </c>
       <c r="D32">
-        <v>7</v>
+        <v>128</v>
       </c>
       <c r="E32" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F32">
         <v>2024</v>
       </c>
       <c r="G32" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="H32">
-        <v>9.64</v>
+        <v>4.19</v>
       </c>
       <c r="I32">
-        <v>0.12</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B33" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C33" t="s">
-        <v>92</v>
+        <v>28</v>
       </c>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33">
         <v>2024</v>
       </c>
       <c r="G33" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H33">
-        <v>7.92</v>
+        <v>9.93</v>
       </c>
       <c r="I33">
-        <v>2.12</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B34" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C34" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-        <v>143</v>
+        <v>144</v>
+      </c>
+      <c r="D34"/>
+      <c r="E34">
+        <v>152771</v>
       </c>
       <c r="F34">
         <v>2024</v>
       </c>
       <c r="G34" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="H34">
-        <v>12.26</v>
+        <v>14.66</v>
       </c>
       <c r="I34">
-        <v>3.76</v>
+        <v>2.53</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B35" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C35" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      </c>
+        <v>148</v>
+      </c>
+      <c r="D35">
+        <v>18</v>
+      </c>
+      <c r="E35"/>
       <c r="F35">
         <v>2024</v>
       </c>
       <c r="G35" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H35">
-        <v>3.16</v>
+        <v>13.14</v>
       </c>
       <c r="I35">
-        <v>0.47</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B36" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C36" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="D36">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E36"/>
+        <v>7</v>
+      </c>
+      <c r="E36" t="s">
+        <v>152</v>
+      </c>
       <c r="F36">
         <v>2024</v>
       </c>
       <c r="G36" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="H36">
-        <v>9.93</v>
+        <v>9.64</v>
       </c>
       <c r="I36">
-        <v>2.89</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B37" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C37" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="D37"/>
       <c r="E37"/>
       <c r="F37">
         <v>2024</v>
       </c>
       <c r="G37" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="H37">
-        <v>9.93</v>
+        <v>7.92</v>
       </c>
       <c r="I37">
-        <v>2.89</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B38" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C38" t="s">
+        <v>91</v>
+      </c>
+      <c r="D38">
         <v>24</v>
       </c>
-      <c r="D38">
-[...3 lines deleted...]
-        <v>101232</v>
+      <c r="E38" t="s">
+        <v>159</v>
       </c>
       <c r="F38">
         <v>2024</v>
       </c>
       <c r="G38" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="H38">
-        <v>3.16</v>
+        <v>12.26</v>
       </c>
       <c r="I38">
-        <v>0.47</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="B39" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="C39" t="s">
-        <v>50</v>
-[...5 lines deleted...]
-        <v>159</v>
+        <v>24</v>
+      </c>
+      <c r="D39"/>
+      <c r="E39">
+        <v>101239</v>
       </c>
       <c r="F39">
         <v>2024</v>
       </c>
       <c r="G39" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="H39">
-        <v>15.88</v>
+        <v>3.16</v>
       </c>
       <c r="I39">
-        <v>5.55</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="B40" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C40" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="D40">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E40"/>
       <c r="F40">
         <v>2024</v>
       </c>
       <c r="G40" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="H40">
-        <v>6.89</v>
+        <v>9.93</v>
       </c>
       <c r="I40">
-        <v>1.85</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B41" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C41" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="D41"/>
+        <v>28</v>
+      </c>
+      <c r="D41">
+        <v>12</v>
+      </c>
       <c r="E41"/>
       <c r="F41">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G41" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="H41">
-        <v>4.18</v>
+        <v>9.93</v>
       </c>
       <c r="I41">
-        <v>1.03</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B42" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C42" t="s">
-        <v>170</v>
+        <v>24</v>
       </c>
       <c r="D42">
-        <v>171</v>
+        <v>58</v>
       </c>
       <c r="E42">
-        <v>110411</v>
+        <v>101232</v>
       </c>
       <c r="F42">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G42" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="H42">
-        <v>3.87</v>
+        <v>3.16</v>
       </c>
       <c r="I42">
-        <v>0.87</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B43" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C43" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-        <v>101213</v>
+        <v>67</v>
+      </c>
+      <c r="D43">
+        <v>18</v>
+      </c>
+      <c r="E43" t="s">
+        <v>175</v>
       </c>
       <c r="F43">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G43" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="H43">
-        <v>3.16</v>
+        <v>15.88</v>
       </c>
       <c r="I43">
-        <v>0.47</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B44" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C44" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-      <c r="E44"/>
+        <v>53</v>
+      </c>
+      <c r="D44">
+        <v>15</v>
+      </c>
+      <c r="E44" t="s">
+        <v>179</v>
+      </c>
       <c r="F44">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G44" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="H44">
-        <v>6.14</v>
+        <v>6.89</v>
       </c>
       <c r="I44">
-        <v>1.18</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="B45" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C45" t="s">
-        <v>180</v>
-[...3 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="D45"/>
       <c r="E45"/>
       <c r="F45">
         <v>2023</v>
       </c>
       <c r="G45" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="H45">
-        <v>17.46</v>
+        <v>4.18</v>
       </c>
       <c r="I45">
-        <v>5.5</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B46" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C46" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D46">
-        <v>968</v>
+        <v>171</v>
       </c>
       <c r="E46">
-        <v>172201</v>
+        <v>110411</v>
       </c>
       <c r="F46">
         <v>2023</v>
       </c>
       <c r="G46" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-      <c r="I46"/>
+        <v>187</v>
+      </c>
+      <c r="H46">
+        <v>3.87</v>
+      </c>
+      <c r="I46">
+        <v>0.87</v>
+      </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B47" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C47" t="s">
-        <v>188</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="D47"/>
       <c r="E47">
-        <v>1322</v>
+        <v>101213</v>
       </c>
       <c r="F47">
         <v>2023</v>
       </c>
       <c r="G47" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="H47">
-        <v>10.64</v>
+        <v>3.16</v>
       </c>
       <c r="I47">
-        <v>4.16</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B48" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C48" t="s">
-        <v>31</v>
+        <v>131</v>
       </c>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48">
         <v>2023</v>
       </c>
       <c r="G48" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="H48">
-        <v>9.93</v>
+        <v>6.14</v>
       </c>
       <c r="I48">
-        <v>2.89</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B49" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C49" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D49">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E49"/>
       <c r="F49">
         <v>2023</v>
       </c>
       <c r="G49" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-      <c r="I49"/>
+        <v>197</v>
+      </c>
+      <c r="H49">
+        <v>17.46</v>
+      </c>
+      <c r="I49">
+        <v>5.5</v>
+      </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B50" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C50" t="s">
-        <v>170</v>
+        <v>200</v>
       </c>
       <c r="D50">
-        <v>167</v>
+        <v>968</v>
       </c>
       <c r="E50">
-        <v>109777</v>
+        <v>172201</v>
       </c>
       <c r="F50">
         <v>2023</v>
       </c>
       <c r="G50" t="s">
-        <v>199</v>
-[...6 lines deleted...]
-      </c>
+        <v>201</v>
+      </c>
+      <c r="H50"/>
+      <c r="I50"/>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B51" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C51" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-      <c r="E51"/>
+        <v>204</v>
+      </c>
+      <c r="D51">
+        <v>10</v>
+      </c>
+      <c r="E51">
+        <v>1322</v>
+      </c>
       <c r="F51">
         <v>2023</v>
       </c>
       <c r="G51" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="H51">
-        <v>10.05</v>
+        <v>10.64</v>
       </c>
       <c r="I51">
-        <v>2.41</v>
+        <v>4.16</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B52" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C52" t="s">
-        <v>132</v>
+        <v>28</v>
       </c>
       <c r="D52"/>
       <c r="E52"/>
       <c r="F52">
         <v>2023</v>
       </c>
       <c r="G52" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="H52">
-        <v>10.95</v>
+        <v>9.93</v>
       </c>
       <c r="I52">
-        <v>3.17</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="B53" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C53" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="D53"/>
+        <v>211</v>
+      </c>
+      <c r="D53">
+        <v>16</v>
+      </c>
       <c r="E53"/>
       <c r="F53">
         <v>2023</v>
       </c>
       <c r="G53" t="s">
-        <v>208</v>
-[...6 lines deleted...]
-      </c>
+        <v>212</v>
+      </c>
+      <c r="H53"/>
+      <c r="I53"/>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B54" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="C54" t="s">
-        <v>211</v>
+        <v>186</v>
       </c>
       <c r="D54">
-        <v>13</v>
+        <v>167</v>
       </c>
       <c r="E54">
-        <v>1563</v>
+        <v>109777</v>
       </c>
       <c r="F54">
         <v>2023</v>
       </c>
       <c r="G54" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="H54">
-        <v>5.08</v>
+        <v>3.87</v>
       </c>
       <c r="I54">
-        <v>0.92</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B55" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="C55" t="s">
-        <v>215</v>
+        <v>28</v>
       </c>
       <c r="D55"/>
-      <c r="E55" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E55"/>
       <c r="F55">
         <v>2023</v>
       </c>
       <c r="G55" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-      <c r="I55"/>
+        <v>218</v>
+      </c>
+      <c r="H55">
+        <v>10.05</v>
+      </c>
+      <c r="I55">
+        <v>2.41</v>
+      </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B56" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C56" t="s">
-        <v>220</v>
-[...6 lines deleted...]
-      </c>
+        <v>148</v>
+      </c>
+      <c r="D56"/>
+      <c r="E56"/>
       <c r="F56">
         <v>2023</v>
       </c>
       <c r="G56" t="s">
         <v>221</v>
       </c>
       <c r="H56">
-        <v>5.12</v>
+        <v>10.95</v>
       </c>
       <c r="I56">
-        <v>0.7</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
         <v>222</v>
       </c>
       <c r="B57" t="s">
         <v>223</v>
       </c>
       <c r="C57" t="s">
-        <v>20</v>
-[...6 lines deleted...]
-      </c>
+        <v>148</v>
+      </c>
+      <c r="D57"/>
+      <c r="E57"/>
       <c r="F57">
         <v>2023</v>
       </c>
       <c r="G57" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="H57">
-        <v>8.93</v>
+        <v>10.95</v>
       </c>
       <c r="I57">
-        <v>2.2</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>225</v>
+      </c>
+      <c r="B58" t="s">
         <v>226</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
         <v>227</v>
       </c>
-      <c r="C58" t="s">
-[...3 lines deleted...]
-      <c r="E58"/>
+      <c r="D58">
+        <v>13</v>
+      </c>
+      <c r="E58">
+        <v>1563</v>
+      </c>
       <c r="F58">
         <v>2023</v>
       </c>
       <c r="G58" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-      <c r="I58"/>
+        <v>228</v>
+      </c>
+      <c r="H58">
+        <v>5.08</v>
+      </c>
+      <c r="I58">
+        <v>0.92</v>
+      </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>229</v>
+      </c>
+      <c r="B59" t="s">
         <v>230</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>231</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59"/>
+      <c r="E59" t="s">
         <v>232</v>
-      </c>
-[...4 lines deleted...]
-        <v>141103</v>
       </c>
       <c r="F59">
         <v>2023</v>
       </c>
       <c r="G59" t="s">
         <v>233</v>
       </c>
-      <c r="H59">
-[...4 lines deleted...]
-      </c>
+      <c r="H59"/>
+      <c r="I59"/>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>234</v>
       </c>
       <c r="B60" t="s">
         <v>235</v>
       </c>
       <c r="C60" t="s">
         <v>236</v>
       </c>
       <c r="D60">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>237</v>
+        <v>216</v>
+      </c>
+      <c r="E60">
+        <v>111349</v>
       </c>
       <c r="F60">
         <v>2023</v>
       </c>
       <c r="G60" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="H60">
-        <v>6.96</v>
+        <v>5.12</v>
       </c>
       <c r="I60">
-        <v>1.59</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>238</v>
+      </c>
+      <c r="B61" t="s">
         <v>239</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61">
+        <v>0</v>
+      </c>
+      <c r="E61" t="s">
         <v>240</v>
       </c>
-      <c r="C61" t="s">
-[...3 lines deleted...]
-      <c r="E61"/>
       <c r="F61">
         <v>2023</v>
       </c>
       <c r="G61" t="s">
         <v>241</v>
       </c>
       <c r="H61">
-        <v>18.03</v>
+        <v>8.93</v>
       </c>
       <c r="I61">
-        <v>4.61</v>
+        <v>2.2</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>242</v>
       </c>
       <c r="B62" t="s">
         <v>243</v>
       </c>
       <c r="C62" t="s">
-        <v>59</v>
+        <v>244</v>
       </c>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62">
         <v>2023</v>
       </c>
       <c r="G62" t="s">
-        <v>244</v>
-[...6 lines deleted...]
-      </c>
+        <v>245</v>
+      </c>
+      <c r="H62"/>
+      <c r="I62"/>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B63" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C63" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-      <c r="E63"/>
+        <v>248</v>
+      </c>
+      <c r="D63">
+        <v>122</v>
+      </c>
+      <c r="E63">
+        <v>141103</v>
+      </c>
       <c r="F63">
         <v>2023</v>
       </c>
       <c r="G63" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="H63">
-        <v>6.14</v>
+        <v>3.97</v>
       </c>
       <c r="I63">
-        <v>1.18</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="B64" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C64" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E64"/>
+        <v>44</v>
+      </c>
+      <c r="D64">
+        <v>6</v>
+      </c>
+      <c r="E64" t="s">
+        <v>252</v>
+      </c>
       <c r="F64">
         <v>2023</v>
       </c>
       <c r="G64" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="H64">
-        <v>12.26</v>
+        <v>6.96</v>
       </c>
       <c r="I64">
-        <v>3.76</v>
+        <v>1.59</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="B65" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="C65" t="s">
-        <v>211</v>
-[...6 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="D65"/>
+      <c r="E65"/>
       <c r="F65">
         <v>2023</v>
       </c>
       <c r="G65" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="H65">
-        <v>5.08</v>
+        <v>18.03</v>
       </c>
       <c r="I65">
-        <v>0.92</v>
+        <v>4.61</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="B66" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="C66" t="s">
-        <v>104</v>
+        <v>76</v>
       </c>
       <c r="D66"/>
-      <c r="E66">
-[...1 lines deleted...]
-      </c>
+      <c r="E66"/>
       <c r="F66">
         <v>2023</v>
       </c>
       <c r="G66" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="H66">
-        <v>19.92</v>
+        <v>8.31</v>
       </c>
       <c r="I66">
-        <v>5.0</v>
+        <v>1.74</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="B67" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="C67" t="s">
-        <v>259</v>
-[...6 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="D67"/>
+      <c r="E67"/>
       <c r="F67">
         <v>2023</v>
       </c>
       <c r="G67" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="H67">
-        <v>4.39</v>
+        <v>6.14</v>
       </c>
       <c r="I67">
-        <v>0.98</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B68" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C68" t="s">
-        <v>50</v>
-[...6 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="D68"/>
+      <c r="E68"/>
       <c r="F68">
         <v>2023</v>
       </c>
       <c r="G68" t="s">
         <v>265</v>
       </c>
       <c r="H68">
-        <v>18.03</v>
+        <v>12.26</v>
       </c>
       <c r="I68">
-        <v>4.61</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>266</v>
       </c>
       <c r="B69" t="s">
         <v>267</v>
       </c>
       <c r="C69" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-      <c r="E69"/>
+        <v>227</v>
+      </c>
+      <c r="D69">
+        <v>13</v>
+      </c>
+      <c r="E69">
+        <v>965</v>
+      </c>
       <c r="F69">
         <v>2023</v>
       </c>
       <c r="G69" t="s">
         <v>268</v>
       </c>
       <c r="H69">
-        <v>7.08</v>
+        <v>5.08</v>
       </c>
       <c r="I69">
-        <v>2.27</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>269</v>
       </c>
       <c r="B70" t="s">
         <v>270</v>
       </c>
       <c r="C70" t="s">
-        <v>271</v>
-[...3 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="D70"/>
       <c r="E70">
-        <v>534</v>
+        <v>2215007</v>
       </c>
       <c r="F70">
         <v>2023</v>
       </c>
       <c r="G70" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="H70">
-        <v>6.53</v>
+        <v>19.92</v>
       </c>
       <c r="I70">
-        <v>0.92</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>272</v>
+      </c>
+      <c r="B71" t="s">
         <v>273</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>274</v>
       </c>
-      <c r="C71" t="s">
-[...4 lines deleted...]
-        <v>2202407</v>
+      <c r="D71">
+        <v>52</v>
+      </c>
+      <c r="E71" t="s">
+        <v>275</v>
       </c>
       <c r="F71">
         <v>2023</v>
       </c>
       <c r="G71" t="s">
-        <v>275</v>
-[...2 lines deleted...]
-      <c r="I71"/>
+        <v>276</v>
+      </c>
+      <c r="H71">
+        <v>4.39</v>
+      </c>
+      <c r="I71">
+        <v>0.98</v>
+      </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B72" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C72" t="s">
-        <v>278</v>
+        <v>67</v>
       </c>
       <c r="D72">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>959</v>
+        <v>17</v>
+      </c>
+      <c r="E72" t="s">
+        <v>279</v>
       </c>
       <c r="F72">
         <v>2023</v>
       </c>
       <c r="G72" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="H72">
-        <v>3.75</v>
+        <v>18.03</v>
       </c>
       <c r="I72">
-        <v>0.56</v>
+        <v>4.61</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B73" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C73" t="s">
-        <v>282</v>
-[...6 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="D73"/>
+      <c r="E73"/>
       <c r="F73">
         <v>2023</v>
       </c>
       <c r="G73" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-      <c r="I73"/>
+        <v>283</v>
+      </c>
+      <c r="H73">
+        <v>7.08</v>
+      </c>
+      <c r="I73">
+        <v>2.27</v>
+      </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>284</v>
+      </c>
+      <c r="B74" t="s">
         <v>285</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74" t="s">
         <v>286</v>
       </c>
-      <c r="C74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D74">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>287</v>
+        <v>15</v>
+      </c>
+      <c r="E74">
+        <v>534</v>
       </c>
       <c r="F74">
         <v>2023</v>
       </c>
       <c r="G74" t="s">
-        <v>288</v>
-[...1 lines deleted...]
-      <c r="H74"/>
+        <v>287</v>
+      </c>
+      <c r="H74">
+        <v>6.53</v>
+      </c>
       <c r="I74">
-        <v>0.23</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>288</v>
+      </c>
+      <c r="B75" t="s">
         <v>289</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" t="s">
-        <v>282</v>
-[...5 lines deleted...]
-        <v>291</v>
+        <v>28</v>
+      </c>
+      <c r="D75"/>
+      <c r="E75">
+        <v>2202407</v>
       </c>
       <c r="F75">
         <v>2023</v>
       </c>
       <c r="G75" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="H75"/>
-      <c r="I75">
-[...1 lines deleted...]
-      </c>
+      <c r="I75"/>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>291</v>
+      </c>
+      <c r="B76" t="s">
+        <v>292</v>
+      </c>
+      <c r="C76" t="s">
         <v>293</v>
       </c>
-      <c r="B76" t="s">
-[...6 lines deleted...]
-      <c r="E76"/>
+      <c r="D76">
+        <v>16</v>
+      </c>
+      <c r="E76">
+        <v>959</v>
+      </c>
       <c r="F76">
         <v>2023</v>
       </c>
       <c r="G76" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="H76">
-        <v>18.03</v>
+        <v>3.75</v>
       </c>
       <c r="I76">
-        <v>4.61</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>295</v>
+      </c>
+      <c r="B77" t="s">
         <v>296</v>
       </c>
-      <c r="B77" t="s">
+      <c r="C77" t="s">
         <v>297</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77">
+        <v>86</v>
+      </c>
+      <c r="E77" t="s">
         <v>298</v>
       </c>
-      <c r="D77">
-[...2 lines deleted...]
-      <c r="E77" t="s">
+      <c r="F77">
+        <v>2023</v>
+      </c>
+      <c r="G77" t="s">
         <v>299</v>
-      </c>
-[...4 lines deleted...]
-        <v>300</v>
       </c>
       <c r="H77"/>
       <c r="I77"/>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>300</v>
+      </c>
+      <c r="B78" t="s">
         <v>301</v>
       </c>
-      <c r="B78" t="s">
+      <c r="C78" t="s">
+        <v>297</v>
+      </c>
+      <c r="D78">
+        <v>86</v>
+      </c>
+      <c r="E78" t="s">
         <v>302</v>
       </c>
-      <c r="C78" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F78">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G78" t="s">
         <v>303</v>
       </c>
-      <c r="H78">
-[...1 lines deleted...]
-      </c>
+      <c r="H78"/>
       <c r="I78">
-        <v>0.55</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
         <v>304</v>
       </c>
       <c r="B79" t="s">
         <v>305</v>
       </c>
       <c r="C79" t="s">
-        <v>232</v>
+        <v>297</v>
       </c>
       <c r="D79">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>223301</v>
+        <v>86</v>
+      </c>
+      <c r="E79" t="s">
+        <v>306</v>
       </c>
       <c r="F79">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G79" t="s">
-        <v>306</v>
-[...3 lines deleted...]
-      </c>
+        <v>307</v>
+      </c>
+      <c r="H79"/>
       <c r="I79">
-        <v>1.03</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B80" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C80" t="s">
-        <v>309</v>
+        <v>67</v>
       </c>
       <c r="D80"/>
-      <c r="E80">
-[...1 lines deleted...]
-      </c>
+      <c r="E80"/>
       <c r="F80">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G80" t="s">
         <v>310</v>
       </c>
-      <c r="H80"/>
-      <c r="I80"/>
+      <c r="H80">
+        <v>18.03</v>
+      </c>
+      <c r="I80">
+        <v>4.61</v>
+      </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
         <v>311</v>
       </c>
       <c r="B81" t="s">
         <v>312</v>
       </c>
       <c r="C81" t="s">
-        <v>211</v>
+        <v>313</v>
       </c>
       <c r="D81">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>3916</v>
+        <v>15</v>
+      </c>
+      <c r="E81" t="s">
+        <v>314</v>
       </c>
       <c r="F81">
         <v>2022</v>
       </c>
       <c r="G81" t="s">
-        <v>313</v>
-[...6 lines deleted...]
-      </c>
+        <v>315</v>
+      </c>
+      <c r="H81"/>
+      <c r="I81"/>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B82" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C82" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E82"/>
+        <v>24</v>
+      </c>
+      <c r="D82">
+        <v>53</v>
+      </c>
+      <c r="E82">
+        <v>101103</v>
+      </c>
       <c r="F82">
         <v>2022</v>
       </c>
       <c r="G82" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="H82">
-        <v>12.26</v>
+        <v>3.01</v>
       </c>
       <c r="I82">
-        <v>3.76</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="B83" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="C83" t="s">
-        <v>319</v>
+        <v>248</v>
       </c>
       <c r="D83">
-        <v>23</v>
+        <v>121</v>
       </c>
       <c r="E83">
-        <v>13375</v>
+        <v>223301</v>
       </c>
       <c r="F83">
         <v>2022</v>
       </c>
       <c r="G83" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="H83">
-        <v>5.92</v>
+        <v>3.97</v>
       </c>
       <c r="I83">
-        <v>1.46</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B84" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C84" t="s">
-        <v>132</v>
+        <v>324</v>
       </c>
       <c r="D84"/>
       <c r="E84">
-        <v>2200295</v>
+        <v>100214</v>
       </c>
       <c r="F84">
         <v>2022</v>
       </c>
       <c r="G84" t="s">
-        <v>323</v>
-[...6 lines deleted...]
-      </c>
+        <v>325</v>
+      </c>
+      <c r="H84"/>
+      <c r="I84"/>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B85" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="C85" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-      <c r="E85"/>
+        <v>227</v>
+      </c>
+      <c r="D85">
+        <v>12</v>
+      </c>
+      <c r="E85">
+        <v>3916</v>
+      </c>
       <c r="F85">
         <v>2022</v>
       </c>
       <c r="G85" t="s">
-        <v>327</v>
-[...2 lines deleted...]
-      <c r="I85"/>
+        <v>328</v>
+      </c>
+      <c r="H85">
+        <v>5.72</v>
+      </c>
+      <c r="I85">
+        <v>0.84</v>
+      </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B86" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C86" t="s">
-        <v>330</v>
+        <v>91</v>
       </c>
       <c r="D86"/>
       <c r="E86"/>
       <c r="F86">
         <v>2022</v>
       </c>
       <c r="G86" t="s">
         <v>331</v>
       </c>
       <c r="H86">
-        <v>4.15</v>
+        <v>12.26</v>
       </c>
       <c r="I86">
-        <v>0.83</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>332</v>
       </c>
       <c r="B87" t="s">
         <v>333</v>
       </c>
       <c r="C87" t="s">
-        <v>115</v>
+        <v>334</v>
       </c>
       <c r="D87">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>334</v>
+        <v>23</v>
+      </c>
+      <c r="E87">
+        <v>13375</v>
       </c>
       <c r="F87">
         <v>2022</v>
       </c>
       <c r="G87" t="s">
         <v>335</v>
       </c>
       <c r="H87">
-        <v>6.14</v>
+        <v>5.92</v>
       </c>
       <c r="I87">
-        <v>1.18</v>
+        <v>1.46</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>336</v>
       </c>
       <c r="B88" t="s">
         <v>337</v>
       </c>
       <c r="C88" t="s">
-        <v>338</v>
-[...3 lines deleted...]
-      </c>
+        <v>148</v>
+      </c>
+      <c r="D88"/>
       <c r="E88">
-        <v>101545</v>
+        <v>2200295</v>
       </c>
       <c r="F88">
         <v>2022</v>
       </c>
       <c r="G88" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="H88">
-        <v>8.66</v>
+        <v>10.95</v>
       </c>
       <c r="I88">
-        <v>1.62</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
+        <v>339</v>
+      </c>
+      <c r="B89" t="s">
         <v>340</v>
       </c>
-      <c r="B89" t="s">
+      <c r="C89" t="s">
         <v>341</v>
       </c>
-      <c r="C89" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D89"/>
+      <c r="E89"/>
       <c r="F89">
         <v>2022</v>
       </c>
       <c r="G89" t="s">
         <v>342</v>
       </c>
-      <c r="H89">
-[...4 lines deleted...]
-      </c>
+      <c r="H89"/>
+      <c r="I89"/>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
         <v>343</v>
       </c>
       <c r="B90" t="s">
         <v>344</v>
       </c>
       <c r="C90" t="s">
         <v>345</v>
       </c>
       <c r="D90"/>
-      <c r="E90">
-[...1 lines deleted...]
-      </c>
+      <c r="E90"/>
       <c r="F90">
         <v>2022</v>
       </c>
       <c r="G90" t="s">
         <v>346</v>
       </c>
-      <c r="H90"/>
-      <c r="I90"/>
+      <c r="H90">
+        <v>4.15</v>
+      </c>
+      <c r="I90">
+        <v>0.83</v>
+      </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
         <v>347</v>
       </c>
       <c r="B91" t="s">
         <v>348</v>
       </c>
       <c r="C91" t="s">
-        <v>92</v>
+        <v>131</v>
       </c>
       <c r="D91">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="E91"/>
+        <v>5</v>
+      </c>
+      <c r="E91" t="s">
+        <v>349</v>
+      </c>
       <c r="F91">
         <v>2022</v>
       </c>
       <c r="G91" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="H91">
-        <v>7.92</v>
+        <v>6.14</v>
       </c>
       <c r="I91">
-        <v>2.12</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B92" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C92" t="s">
-        <v>352</v>
-[...2 lines deleted...]
-      <c r="E92"/>
+        <v>353</v>
+      </c>
+      <c r="D92">
+        <v>28</v>
+      </c>
+      <c r="E92">
+        <v>101545</v>
+      </c>
       <c r="F92">
         <v>2022</v>
       </c>
       <c r="G92" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="H92">
-        <v>72.09</v>
+        <v>8.66</v>
       </c>
       <c r="I92">
-        <v>18.72</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B93" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C93" t="s">
-        <v>67</v>
+        <v>227</v>
       </c>
       <c r="D93">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>356</v>
+        <v>12</v>
+      </c>
+      <c r="E93">
+        <v>1756</v>
       </c>
       <c r="F93">
         <v>2022</v>
       </c>
       <c r="G93" t="s">
         <v>357</v>
       </c>
       <c r="H93">
-        <v>7.08</v>
+        <v>5.72</v>
       </c>
       <c r="I93">
-        <v>2.27</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
         <v>358</v>
       </c>
       <c r="B94" t="s">
         <v>359</v>
       </c>
       <c r="C94" t="s">
         <v>360</v>
       </c>
-      <c r="D94">
-[...3 lines deleted...]
-        <v>361</v>
+      <c r="D94"/>
+      <c r="E94">
+        <v>2100326</v>
       </c>
       <c r="F94">
         <v>2022</v>
       </c>
       <c r="G94" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="H94"/>
-      <c r="I94">
-[...1 lines deleted...]
-      </c>
+      <c r="I94"/>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
+        <v>362</v>
+      </c>
+      <c r="B95" t="s">
         <v>363</v>
       </c>
-      <c r="B95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95" t="s">
-        <v>232</v>
+        <v>108</v>
       </c>
       <c r="D95">
-        <v>120</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="E95"/>
       <c r="F95">
         <v>2022</v>
       </c>
       <c r="G95" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="H95">
-        <v>3.79</v>
+        <v>7.92</v>
       </c>
       <c r="I95">
-        <v>1.18</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
+        <v>365</v>
+      </c>
+      <c r="B96" t="s">
         <v>366</v>
       </c>
-      <c r="B96" t="s">
+      <c r="C96" t="s">
         <v>367</v>
       </c>
-      <c r="C96" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D96"/>
+      <c r="E96"/>
       <c r="F96">
         <v>2022</v>
       </c>
       <c r="G96" t="s">
         <v>368</v>
       </c>
       <c r="H96">
-        <v>10.95</v>
+        <v>72.09</v>
       </c>
       <c r="I96">
-        <v>3.17</v>
+        <v>18.72</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
         <v>369</v>
       </c>
       <c r="B97" t="s">
         <v>370</v>
       </c>
       <c r="C97" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-        <v>2109834</v>
+        <v>39</v>
+      </c>
+      <c r="D97">
+        <v>9</v>
+      </c>
+      <c r="E97" t="s">
+        <v>371</v>
       </c>
       <c r="F97">
         <v>2022</v>
       </c>
       <c r="G97" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="H97">
-        <v>19.92</v>
+        <v>7.08</v>
       </c>
       <c r="I97">
-        <v>5.0</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B98" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C98" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D98">
-        <v>2172</v>
+        <v>5</v>
       </c>
       <c r="E98" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="F98">
         <v>2022</v>
       </c>
       <c r="G98" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="H98"/>
       <c r="I98">
-        <v>0.21</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B99" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C99" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-      <c r="E99"/>
+        <v>248</v>
+      </c>
+      <c r="D99">
+        <v>120</v>
+      </c>
+      <c r="E99">
+        <v>151102</v>
+      </c>
       <c r="F99">
         <v>2022</v>
       </c>
       <c r="G99" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="H99">
-        <v>7.08</v>
+        <v>3.79</v>
       </c>
       <c r="I99">
-        <v>2.27</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B100" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C100" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-      <c r="E100"/>
+        <v>148</v>
+      </c>
+      <c r="D100">
+        <v>16</v>
+      </c>
+      <c r="E100">
+        <v>2100728</v>
+      </c>
       <c r="F100">
         <v>2022</v>
       </c>
       <c r="G100" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="H100">
-        <v>7.08</v>
+        <v>10.95</v>
       </c>
       <c r="I100">
-        <v>2.27</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B101" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C101" t="s">
-        <v>338</v>
-[...3 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="D101"/>
       <c r="E101">
-        <v>101289</v>
+        <v>2109834</v>
       </c>
       <c r="F101">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G101" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="H101">
-        <v>8.66</v>
+        <v>19.92</v>
       </c>
       <c r="I101">
-        <v>1.62</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B102" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C102" t="s">
-        <v>132</v>
-[...3 lines deleted...]
-        <v>2100253</v>
+        <v>389</v>
+      </c>
+      <c r="D102">
+        <v>2172</v>
+      </c>
+      <c r="E102" t="s">
+        <v>390</v>
       </c>
       <c r="F102">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G102" t="s">
-        <v>388</v>
-[...3 lines deleted...]
-      </c>
+        <v>391</v>
+      </c>
+      <c r="H102"/>
       <c r="I102">
-        <v>3.17</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="B103" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="C103" t="s">
-        <v>374</v>
-[...6 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="D103"/>
+      <c r="E103"/>
       <c r="F103">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G103" t="s">
-        <v>392</v>
-[...1 lines deleted...]
-      <c r="H103"/>
+        <v>394</v>
+      </c>
+      <c r="H103">
+        <v>7.08</v>
+      </c>
       <c r="I103">
-        <v>0.21</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="B104" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="C104" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="D104"/>
       <c r="E104"/>
       <c r="F104">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G104" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="H104">
-        <v>12.26</v>
+        <v>7.08</v>
       </c>
       <c r="I104">
-        <v>3.76</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="B105" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="C105" t="s">
-        <v>374</v>
+        <v>353</v>
       </c>
       <c r="D105">
-        <v>2015</v>
-[...2 lines deleted...]
-        <v>398</v>
+        <v>26</v>
+      </c>
+      <c r="E105">
+        <v>101289</v>
       </c>
       <c r="F105">
         <v>2021</v>
       </c>
       <c r="G105" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="H105">
-        <v>0.55</v>
+        <v>8.66</v>
       </c>
       <c r="I105">
-        <v>0.21</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B106" t="s">
-        <v>373</v>
+        <v>402</v>
       </c>
       <c r="C106" t="s">
-        <v>374</v>
-[...5 lines deleted...]
-        <v>401</v>
+        <v>148</v>
+      </c>
+      <c r="D106"/>
+      <c r="E106">
+        <v>2100253</v>
       </c>
       <c r="F106">
         <v>2021</v>
       </c>
       <c r="G106" t="s">
-        <v>402</v>
-[...1 lines deleted...]
-      <c r="H106"/>
+        <v>403</v>
+      </c>
+      <c r="H106">
+        <v>10.95</v>
+      </c>
       <c r="I106">
-        <v>0.21</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B107" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C107" t="s">
-        <v>374</v>
+        <v>389</v>
       </c>
       <c r="D107">
-        <v>2015</v>
+        <v>2086</v>
       </c>
       <c r="E107" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="F107">
         <v>2021</v>
       </c>
       <c r="G107" t="s">
-        <v>406</v>
-[...3 lines deleted...]
-      </c>
+        <v>407</v>
+      </c>
+      <c r="H107"/>
       <c r="I107">
         <v>0.21</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B108" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C108" t="s">
-        <v>374</v>
-[...6 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="D108"/>
+      <c r="E108"/>
       <c r="F108">
         <v>2021</v>
       </c>
       <c r="G108" t="s">
         <v>410</v>
       </c>
-      <c r="H108"/>
+      <c r="H108">
+        <v>12.26</v>
+      </c>
       <c r="I108">
-        <v>0.21</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
         <v>411</v>
       </c>
       <c r="B109" t="s">
         <v>412</v>
       </c>
       <c r="C109" t="s">
-        <v>374</v>
+        <v>389</v>
       </c>
       <c r="D109">
         <v>2015</v>
       </c>
       <c r="E109" t="s">
         <v>413</v>
       </c>
       <c r="F109">
         <v>2021</v>
       </c>
       <c r="G109" t="s">
         <v>414</v>
       </c>
-      <c r="H109"/>
+      <c r="H109">
+        <v>0.55</v>
+      </c>
       <c r="I109">
         <v>0.21</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
         <v>415</v>
       </c>
       <c r="B110" t="s">
-        <v>348</v>
+        <v>388</v>
       </c>
       <c r="C110" t="s">
-        <v>374</v>
+        <v>389</v>
       </c>
       <c r="D110">
         <v>2015</v>
       </c>
       <c r="E110" t="s">
         <v>416</v>
       </c>
       <c r="F110">
         <v>2021</v>
       </c>
       <c r="G110" t="s">
         <v>417</v>
       </c>
-      <c r="H110">
-[...1 lines deleted...]
-      </c>
+      <c r="H110"/>
       <c r="I110">
         <v>0.21</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
         <v>418</v>
       </c>
       <c r="B111" t="s">
         <v>419</v>
       </c>
       <c r="C111" t="s">
-        <v>374</v>
+        <v>389</v>
       </c>
       <c r="D111">
         <v>2015</v>
       </c>
       <c r="E111" t="s">
         <v>420</v>
       </c>
       <c r="F111">
         <v>2021</v>
       </c>
       <c r="G111" t="s">
         <v>421</v>
       </c>
       <c r="H111">
         <v>0.55</v>
       </c>
       <c r="I111">
         <v>0.21</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
         <v>422</v>
       </c>
       <c r="B112" t="s">
         <v>423</v>
       </c>
       <c r="C112" t="s">
-        <v>374</v>
+        <v>389</v>
       </c>
       <c r="D112">
         <v>2015</v>
       </c>
       <c r="E112" t="s">
         <v>424</v>
       </c>
       <c r="F112">
         <v>2021</v>
       </c>
       <c r="G112" t="s">
         <v>425</v>
       </c>
       <c r="H112"/>
       <c r="I112">
         <v>0.21</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
         <v>426</v>
       </c>
       <c r="B113" t="s">
         <v>427</v>
       </c>
       <c r="C113" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="D113"/>
+        <v>389</v>
+      </c>
+      <c r="D113">
+        <v>2015</v>
+      </c>
       <c r="E113" t="s">
         <v>428</v>
       </c>
       <c r="F113">
         <v>2021</v>
       </c>
       <c r="G113" t="s">
         <v>429</v>
       </c>
-      <c r="H113">
-[...1 lines deleted...]
-      </c>
+      <c r="H113"/>
       <c r="I113">
-        <v>2.98</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
         <v>430</v>
       </c>
       <c r="B114" t="s">
+        <v>363</v>
+      </c>
+      <c r="C114" t="s">
+        <v>389</v>
+      </c>
+      <c r="D114">
+        <v>2015</v>
+      </c>
+      <c r="E114" t="s">
         <v>431</v>
       </c>
-      <c r="C114" t="s">
-[...3 lines deleted...]
-      <c r="E114"/>
       <c r="F114">
         <v>2021</v>
       </c>
       <c r="G114" t="s">
-        <v>433</v>
-[...2 lines deleted...]
-      <c r="I114"/>
+        <v>432</v>
+      </c>
+      <c r="H114">
+        <v>0.55</v>
+      </c>
+      <c r="I114">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
+        <v>433</v>
+      </c>
+      <c r="B115" t="s">
         <v>434</v>
       </c>
-      <c r="B115" t="s">
+      <c r="C115" t="s">
+        <v>389</v>
+      </c>
+      <c r="D115">
+        <v>2015</v>
+      </c>
+      <c r="E115" t="s">
         <v>435</v>
       </c>
-      <c r="C115" t="s">
-[...3 lines deleted...]
-      <c r="E115"/>
       <c r="F115">
         <v>2021</v>
       </c>
       <c r="G115" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="H115">
-        <v>3.83</v>
+        <v>0.55</v>
       </c>
       <c r="I115">
-        <v>1.23</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
+        <v>437</v>
+      </c>
+      <c r="B116" t="s">
         <v>438</v>
       </c>
-      <c r="B116" t="s">
+      <c r="C116" t="s">
+        <v>389</v>
+      </c>
+      <c r="D116">
+        <v>2015</v>
+      </c>
+      <c r="E116" t="s">
         <v>439</v>
-      </c>
-[...5 lines deleted...]
-        <v>440</v>
       </c>
       <c r="F116">
         <v>2021</v>
       </c>
       <c r="G116" t="s">
-        <v>441</v>
-[...3 lines deleted...]
-      </c>
+        <v>440</v>
+      </c>
+      <c r="H116"/>
       <c r="I116">
-        <v>2.56</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
+        <v>441</v>
+      </c>
+      <c r="B117" t="s">
         <v>442</v>
       </c>
-      <c r="B117" t="s">
+      <c r="C117" t="s">
+        <v>53</v>
+      </c>
+      <c r="D117"/>
+      <c r="E117" t="s">
         <v>443</v>
-      </c>
-[...5 lines deleted...]
-        <v>106484</v>
       </c>
       <c r="F117">
         <v>2021</v>
       </c>
       <c r="G117" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H117">
-        <v>19.07</v>
+        <v>6.71</v>
       </c>
       <c r="I117">
-        <v>4.68</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
+        <v>445</v>
+      </c>
+      <c r="B118" t="s">
         <v>446</v>
       </c>
-      <c r="B118" t="s">
+      <c r="C118" t="s">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="D118"/>
       <c r="E118"/>
       <c r="F118">
         <v>2021</v>
       </c>
       <c r="G118" t="s">
         <v>448</v>
       </c>
-      <c r="H118">
-[...4 lines deleted...]
-      </c>
+      <c r="H118"/>
+      <c r="I118"/>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
         <v>449</v>
       </c>
       <c r="B119" t="s">
         <v>450</v>
       </c>
       <c r="C119" t="s">
         <v>451</v>
       </c>
-      <c r="D119">
-[...4 lines deleted...]
-      </c>
+      <c r="D119"/>
+      <c r="E119"/>
       <c r="F119">
         <v>2021</v>
       </c>
       <c r="G119" t="s">
         <v>452</v>
       </c>
       <c r="H119">
-        <v>24.75</v>
+        <v>3.83</v>
       </c>
       <c r="I119">
-        <v>7.47</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
         <v>453</v>
       </c>
       <c r="B120" t="s">
         <v>454</v>
       </c>
       <c r="C120" t="s">
-        <v>75</v>
+        <v>53</v>
       </c>
       <c r="D120"/>
-      <c r="E120"/>
+      <c r="E120" t="s">
+        <v>455</v>
+      </c>
       <c r="F120">
         <v>2021</v>
       </c>
       <c r="G120" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="H120">
-        <v>12.26</v>
+        <v>6.48</v>
       </c>
       <c r="I120">
-        <v>3.76</v>
+        <v>2.56</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B121" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C121" t="s">
-        <v>132</v>
+        <v>459</v>
       </c>
       <c r="D121"/>
       <c r="E121">
-        <v>2100094</v>
+        <v>106484</v>
       </c>
       <c r="F121">
         <v>2021</v>
       </c>
       <c r="G121" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H121">
-        <v>10.95</v>
+        <v>19.07</v>
       </c>
       <c r="I121">
-        <v>3.17</v>
+        <v>4.68</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B122" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="C122" t="s">
-        <v>461</v>
-[...6 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="D122"/>
+      <c r="E122"/>
       <c r="F122">
         <v>2021</v>
       </c>
       <c r="G122" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="H122">
-        <v>7.25</v>
+        <v>12.26</v>
       </c>
       <c r="I122">
-        <v>1.98</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B123" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C123" t="s">
-        <v>232</v>
+        <v>466</v>
       </c>
       <c r="D123">
-        <v>118</v>
+        <v>13</v>
       </c>
       <c r="E123">
-        <v>201101</v>
+        <v>643</v>
       </c>
       <c r="F123">
         <v>2021</v>
       </c>
       <c r="G123" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="H123">
-        <v>3.97</v>
+        <v>24.75</v>
       </c>
       <c r="I123">
-        <v>1.03</v>
+        <v>7.47</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B124" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="C124" t="s">
-        <v>120</v>
+        <v>91</v>
       </c>
       <c r="D124"/>
       <c r="E124"/>
       <c r="F124">
         <v>2021</v>
       </c>
       <c r="G124" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="H124">
-        <v>4.13</v>
+        <v>12.26</v>
       </c>
       <c r="I124">
-        <v>1.48</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B125" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="C125" t="s">
-        <v>471</v>
+        <v>148</v>
       </c>
       <c r="D125"/>
-      <c r="E125"/>
+      <c r="E125">
+        <v>2100094</v>
+      </c>
       <c r="F125">
         <v>2021</v>
       </c>
       <c r="G125" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="H125">
-        <v>10.51</v>
+        <v>10.95</v>
       </c>
       <c r="I125">
-        <v>2.93</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B126" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C126" t="s">
-        <v>475</v>
-[...2 lines deleted...]
-      <c r="E126"/>
+        <v>476</v>
+      </c>
+      <c r="D126">
+        <v>9</v>
+      </c>
+      <c r="E126">
+        <v>1462</v>
+      </c>
       <c r="F126">
         <v>2021</v>
       </c>
       <c r="G126" t="s">
-        <v>476</v>
-[...2 lines deleted...]
-      <c r="I126"/>
+        <v>477</v>
+      </c>
+      <c r="H126">
+        <v>7.25</v>
+      </c>
+      <c r="I126">
+        <v>1.98</v>
+      </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B127" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C127" t="s">
-        <v>232</v>
+        <v>248</v>
       </c>
       <c r="D127">
         <v>118</v>
       </c>
-      <c r="E127" t="s">
-        <v>479</v>
+      <c r="E127">
+        <v>201101</v>
       </c>
       <c r="F127">
         <v>2021</v>
       </c>
       <c r="G127" t="s">
         <v>480</v>
       </c>
       <c r="H127">
         <v>3.97</v>
       </c>
       <c r="I127">
         <v>1.03</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
         <v>481</v>
       </c>
       <c r="B128" t="s">
         <v>482</v>
       </c>
       <c r="C128" t="s">
-        <v>345</v>
+        <v>136</v>
       </c>
       <c r="D128"/>
-      <c r="E128">
-[...1 lines deleted...]
-      </c>
+      <c r="E128"/>
       <c r="F128">
         <v>2021</v>
       </c>
       <c r="G128" t="s">
         <v>483</v>
       </c>
-      <c r="H128"/>
-      <c r="I128"/>
+      <c r="H128">
+        <v>4.13</v>
+      </c>
+      <c r="I128">
+        <v>1.48</v>
+      </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
         <v>484</v>
       </c>
       <c r="B129" t="s">
         <v>485</v>
       </c>
       <c r="C129" t="s">
-        <v>211</v>
-[...6 lines deleted...]
-      </c>
+        <v>486</v>
+      </c>
+      <c r="D129"/>
+      <c r="E129"/>
       <c r="F129">
         <v>2021</v>
       </c>
       <c r="G129" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="H129">
-        <v>5.72</v>
+        <v>10.51</v>
       </c>
       <c r="I129">
-        <v>0.84</v>
+        <v>2.93</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B130" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C130" t="s">
-        <v>489</v>
-[...4 lines deleted...]
-      <c r="E130" t="s">
         <v>490</v>
       </c>
+      <c r="D130"/>
+      <c r="E130"/>
       <c r="F130">
         <v>2021</v>
       </c>
       <c r="G130" t="s">
         <v>491</v>
       </c>
-      <c r="H130">
-[...4 lines deleted...]
-      </c>
+      <c r="H130"/>
+      <c r="I130"/>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
         <v>492</v>
       </c>
       <c r="B131" t="s">
         <v>493</v>
       </c>
       <c r="C131" t="s">
-        <v>211</v>
+        <v>248</v>
       </c>
       <c r="D131">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>313</v>
+        <v>118</v>
+      </c>
+      <c r="E131" t="s">
+        <v>494</v>
       </c>
       <c r="F131">
         <v>2021</v>
       </c>
       <c r="G131" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="H131">
-        <v>5.72</v>
+        <v>3.97</v>
       </c>
       <c r="I131">
-        <v>0.84</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B132" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C132" t="s">
-        <v>211</v>
-[...3 lines deleted...]
-      </c>
+        <v>360</v>
+      </c>
+      <c r="D132"/>
       <c r="E132">
-        <v>45</v>
+        <v>2000139</v>
       </c>
       <c r="F132">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G132" t="s">
-        <v>497</v>
-[...6 lines deleted...]
-      </c>
+        <v>498</v>
+      </c>
+      <c r="H132"/>
+      <c r="I132"/>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B133" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C133" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="D133"/>
+        <v>227</v>
+      </c>
+      <c r="D133">
+        <v>11</v>
+      </c>
       <c r="E133">
-        <v>2001715</v>
+        <v>412</v>
       </c>
       <c r="F133">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G133" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="H133">
-        <v>9.93</v>
+        <v>5.72</v>
       </c>
       <c r="I133">
-        <v>2.89</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="B134" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="C134" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="D134">
-        <v>2300</v>
+        <v>13</v>
       </c>
       <c r="E134" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="F134">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G134" t="s">
-        <v>505</v>
-[...1 lines deleted...]
-      <c r="H134"/>
+        <v>506</v>
+      </c>
+      <c r="H134">
+        <v>9.23</v>
+      </c>
       <c r="I134">
-        <v>0.19</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B135" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C135" t="s">
-        <v>503</v>
+        <v>227</v>
       </c>
       <c r="D135">
-        <v>2300</v>
-[...2 lines deleted...]
-        <v>508</v>
+        <v>11</v>
+      </c>
+      <c r="E135">
+        <v>313</v>
       </c>
       <c r="F135">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G135" t="s">
         <v>509</v>
       </c>
-      <c r="H135"/>
+      <c r="H135">
+        <v>5.72</v>
+      </c>
       <c r="I135">
-        <v>0.19</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
         <v>510</v>
       </c>
       <c r="B136" t="s">
         <v>511</v>
       </c>
       <c r="C136" t="s">
-        <v>503</v>
+        <v>227</v>
       </c>
       <c r="D136">
-        <v>2300</v>
-[...2 lines deleted...]
-        <v>512</v>
+        <v>11</v>
+      </c>
+      <c r="E136">
+        <v>45</v>
       </c>
       <c r="F136">
         <v>2020</v>
       </c>
       <c r="G136" t="s">
-        <v>513</v>
-[...1 lines deleted...]
-      <c r="H136"/>
+        <v>512</v>
+      </c>
+      <c r="H136">
+        <v>5.08</v>
+      </c>
       <c r="I136">
-        <v>0.19</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
+        <v>513</v>
+      </c>
+      <c r="B137" t="s">
         <v>514</v>
       </c>
-      <c r="B137" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C137" t="s">
-        <v>503</v>
-[...5 lines deleted...]
-        <v>516</v>
+        <v>28</v>
+      </c>
+      <c r="D137"/>
+      <c r="E137">
+        <v>2001715</v>
       </c>
       <c r="F137">
         <v>2020</v>
       </c>
       <c r="G137" t="s">
-        <v>517</v>
-[...1 lines deleted...]
-      <c r="H137"/>
+        <v>515</v>
+      </c>
+      <c r="H137">
+        <v>9.93</v>
+      </c>
       <c r="I137">
-        <v>0.19</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
+        <v>516</v>
+      </c>
+      <c r="B138" t="s">
+        <v>517</v>
+      </c>
+      <c r="C138" t="s">
         <v>518</v>
-      </c>
-[...4 lines deleted...]
-        <v>503</v>
       </c>
       <c r="D138">
         <v>2300</v>
       </c>
       <c r="E138" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="F138">
         <v>2020</v>
       </c>
       <c r="G138" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="H138"/>
       <c r="I138">
         <v>0.19</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
+        <v>521</v>
+      </c>
+      <c r="B139" t="s">
         <v>522</v>
       </c>
-      <c r="B139" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C139" t="s">
-        <v>503</v>
+        <v>518</v>
       </c>
       <c r="D139">
         <v>2300</v>
       </c>
       <c r="E139" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="F139">
         <v>2020</v>
       </c>
       <c r="G139" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="H139"/>
       <c r="I139">
         <v>0.19</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
+        <v>525</v>
+      </c>
+      <c r="B140" t="s">
         <v>526</v>
       </c>
-      <c r="B140" t="s">
+      <c r="C140" t="s">
+        <v>518</v>
+      </c>
+      <c r="D140">
+        <v>2300</v>
+      </c>
+      <c r="E140" t="s">
         <v>527</v>
-      </c>
-[...7 lines deleted...]
-        <v>529</v>
       </c>
       <c r="F140">
         <v>2020</v>
       </c>
       <c r="G140" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="H140"/>
       <c r="I140">
-        <v>0.2</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" t="s">
+        <v>529</v>
+      </c>
+      <c r="B141" t="s">
+        <v>530</v>
+      </c>
+      <c r="C141" t="s">
+        <v>518</v>
+      </c>
+      <c r="D141">
+        <v>2300</v>
+      </c>
+      <c r="E141" t="s">
         <v>531</v>
-      </c>
-[...10 lines deleted...]
-        <v>533</v>
       </c>
       <c r="F141">
         <v>2020</v>
       </c>
       <c r="G141" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="H141"/>
       <c r="I141">
-        <v>0.2</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" t="s">
+        <v>533</v>
+      </c>
+      <c r="B142" t="s">
+        <v>534</v>
+      </c>
+      <c r="C142" t="s">
+        <v>518</v>
+      </c>
+      <c r="D142">
+        <v>2300</v>
+      </c>
+      <c r="E142" t="s">
         <v>535</v>
-      </c>
-[...8 lines deleted...]
-        <v>2000338</v>
       </c>
       <c r="F142">
         <v>2020</v>
       </c>
       <c r="G142" t="s">
-        <v>537</v>
-[...3 lines deleted...]
-      </c>
+        <v>536</v>
+      </c>
+      <c r="H142"/>
       <c r="I142">
-        <v>3.78</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
+        <v>537</v>
+      </c>
+      <c r="B143" t="s">
         <v>538</v>
       </c>
-      <c r="B143" t="s">
+      <c r="C143" t="s">
+        <v>518</v>
+      </c>
+      <c r="D143">
+        <v>2300</v>
+      </c>
+      <c r="E143" t="s">
         <v>539</v>
       </c>
-      <c r="C143" t="s">
-[...3 lines deleted...]
-      <c r="E143"/>
       <c r="F143">
         <v>2020</v>
       </c>
       <c r="G143" t="s">
         <v>540</v>
       </c>
-      <c r="H143">
-[...1 lines deleted...]
-      </c>
+      <c r="H143"/>
       <c r="I143">
-        <v>1.9</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
         <v>541</v>
       </c>
       <c r="B144" t="s">
         <v>542</v>
       </c>
       <c r="C144" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-      <c r="E144"/>
+        <v>543</v>
+      </c>
+      <c r="D144">
+        <v>312</v>
+      </c>
+      <c r="E144" t="s">
+        <v>544</v>
+      </c>
       <c r="F144">
         <v>2020</v>
       </c>
       <c r="G144" t="s">
-        <v>543</v>
-[...3 lines deleted...]
-      </c>
+        <v>545</v>
+      </c>
+      <c r="H144"/>
       <c r="I144">
-        <v>5.55</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="B145" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="C145" t="s">
-        <v>546</v>
-[...2 lines deleted...]
-      <c r="E145"/>
+        <v>543</v>
+      </c>
+      <c r="D145">
+        <v>312</v>
+      </c>
+      <c r="E145" t="s">
+        <v>548</v>
+      </c>
       <c r="F145">
         <v>2020</v>
       </c>
       <c r="G145" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="H145"/>
-      <c r="I145"/>
+      <c r="I145">
+        <v>0.2</v>
+      </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="B146" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="C146" t="s">
-        <v>211</v>
-[...3 lines deleted...]
-      </c>
+        <v>148</v>
+      </c>
+      <c r="D146"/>
       <c r="E146">
-        <v>1937</v>
+        <v>2000338</v>
       </c>
       <c r="F146">
         <v>2020</v>
       </c>
       <c r="G146" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="H146">
-        <v>5.08</v>
+        <v>13.14</v>
       </c>
       <c r="I146">
-        <v>0.92</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="B147" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="C147" t="s">
-        <v>553</v>
+        <v>63</v>
       </c>
       <c r="D147"/>
       <c r="E147"/>
       <c r="F147">
         <v>2020</v>
       </c>
       <c r="G147" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-      <c r="I147"/>
+        <v>555</v>
+      </c>
+      <c r="H147">
+        <v>7.39</v>
+      </c>
+      <c r="I147">
+        <v>1.9</v>
+      </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="B148" t="s">
-        <v>536</v>
+        <v>557</v>
       </c>
       <c r="C148" t="s">
-        <v>556</v>
+        <v>67</v>
       </c>
       <c r="D148"/>
       <c r="E148"/>
       <c r="F148">
         <v>2020</v>
       </c>
       <c r="G148" t="s">
-        <v>557</v>
-[...2 lines deleted...]
-      <c r="I148"/>
+        <v>558</v>
+      </c>
+      <c r="H148">
+        <v>15.88</v>
+      </c>
+      <c r="I148">
+        <v>5.55</v>
+      </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="B149" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C149" t="s">
-        <v>50</v>
-[...6 lines deleted...]
-      </c>
+        <v>561</v>
+      </c>
+      <c r="D149"/>
+      <c r="E149"/>
       <c r="F149">
         <v>2020</v>
       </c>
       <c r="G149" t="s">
-        <v>561</v>
-[...6 lines deleted...]
-      </c>
+        <v>562</v>
+      </c>
+      <c r="H149"/>
+      <c r="I149"/>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B150" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C150" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="D150">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>564</v>
+        <v>10</v>
+      </c>
+      <c r="E150">
+        <v>1937</v>
       </c>
       <c r="F150">
         <v>2020</v>
       </c>
       <c r="G150" t="s">
         <v>565</v>
       </c>
       <c r="H150">
-        <v>3.79</v>
+        <v>5.08</v>
       </c>
       <c r="I150">
-        <v>1.18</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" t="s">
         <v>566</v>
       </c>
       <c r="B151" t="s">
         <v>567</v>
       </c>
       <c r="C151" t="s">
-        <v>211</v>
-[...6 lines deleted...]
-      </c>
+        <v>568</v>
+      </c>
+      <c r="D151"/>
+      <c r="E151"/>
       <c r="F151">
         <v>2020</v>
       </c>
       <c r="G151" t="s">
-        <v>568</v>
-[...6 lines deleted...]
-      </c>
+        <v>569</v>
+      </c>
+      <c r="H151"/>
+      <c r="I151"/>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B152" t="s">
-        <v>570</v>
+        <v>551</v>
       </c>
       <c r="C152" t="s">
-        <v>92</v>
+        <v>571</v>
       </c>
       <c r="D152"/>
-      <c r="E152">
-[...1 lines deleted...]
-      </c>
+      <c r="E152"/>
       <c r="F152">
         <v>2020</v>
       </c>
       <c r="G152" t="s">
-        <v>571</v>
-[...6 lines deleted...]
-      </c>
+        <v>572</v>
+      </c>
+      <c r="H152"/>
+      <c r="I152"/>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="B153" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C153" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="D153">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E153" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="F153">
         <v>2020</v>
       </c>
       <c r="G153" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="H153">
-        <v>11.19</v>
+        <v>15.88</v>
       </c>
       <c r="I153">
-        <v>4.85</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="B154" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="C154" t="s">
-        <v>50</v>
+        <v>248</v>
       </c>
       <c r="D154">
-        <v>14</v>
+        <v>117</v>
       </c>
       <c r="E154" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="F154">
         <v>2020</v>
       </c>
       <c r="G154" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="H154">
-        <v>15.88</v>
+        <v>3.79</v>
       </c>
       <c r="I154">
-        <v>5.55</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="B155" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="C155" t="s">
-        <v>50</v>
+        <v>227</v>
       </c>
       <c r="D155">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>582</v>
+        <v>10</v>
+      </c>
+      <c r="E155">
+        <v>1306</v>
       </c>
       <c r="F155">
         <v>2020</v>
       </c>
       <c r="G155" t="s">
         <v>583</v>
       </c>
       <c r="H155">
-        <v>15.88</v>
+        <v>5.08</v>
       </c>
       <c r="I155">
-        <v>5.55</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" t="s">
         <v>584</v>
       </c>
       <c r="B156" t="s">
         <v>585</v>
       </c>
       <c r="C156" t="s">
-        <v>374</v>
-[...5 lines deleted...]
-        <v>586</v>
+        <v>108</v>
+      </c>
+      <c r="D156"/>
+      <c r="E156">
+        <v>20200207</v>
       </c>
       <c r="F156">
         <v>2020</v>
       </c>
       <c r="G156" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="H156"/>
+        <v>586</v>
+      </c>
+      <c r="H156">
+        <v>8.45</v>
+      </c>
       <c r="I156">
-        <v>0.23</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" t="s">
+        <v>587</v>
+      </c>
+      <c r="B157" t="s">
         <v>588</v>
       </c>
-      <c r="B157" t="s">
+      <c r="C157" t="s">
+        <v>91</v>
+      </c>
+      <c r="D157">
+        <v>20</v>
+      </c>
+      <c r="E157" t="s">
         <v>589</v>
-      </c>
-[...7 lines deleted...]
-        <v>590</v>
       </c>
       <c r="F157">
         <v>2020</v>
       </c>
       <c r="G157" t="s">
-        <v>591</v>
-[...1 lines deleted...]
-      <c r="H157"/>
+        <v>590</v>
+      </c>
+      <c r="H157">
+        <v>11.19</v>
+      </c>
       <c r="I157">
-        <v>0.23</v>
+        <v>4.85</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" t="s">
+        <v>591</v>
+      </c>
+      <c r="B158" t="s">
         <v>592</v>
       </c>
-      <c r="B158" t="s">
+      <c r="C158" t="s">
+        <v>67</v>
+      </c>
+      <c r="D158">
+        <v>14</v>
+      </c>
+      <c r="E158" t="s">
         <v>593</v>
-      </c>
-[...7 lines deleted...]
-        <v>594</v>
       </c>
       <c r="F158">
         <v>2020</v>
       </c>
       <c r="G158" t="s">
-        <v>595</v>
-[...1 lines deleted...]
-      <c r="H158"/>
+        <v>594</v>
+      </c>
+      <c r="H158">
+        <v>15.88</v>
+      </c>
       <c r="I158">
-        <v>0.23</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" t="s">
+        <v>595</v>
+      </c>
+      <c r="B159" t="s">
         <v>596</v>
       </c>
-      <c r="B159" t="s">
+      <c r="C159" t="s">
+        <v>67</v>
+      </c>
+      <c r="D159">
+        <v>14</v>
+      </c>
+      <c r="E159" t="s">
         <v>597</v>
-      </c>
-[...7 lines deleted...]
-        <v>598</v>
       </c>
       <c r="F159">
         <v>2020</v>
       </c>
       <c r="G159" t="s">
-        <v>599</v>
-[...1 lines deleted...]
-      <c r="H159"/>
+        <v>598</v>
+      </c>
+      <c r="H159">
+        <v>15.88</v>
+      </c>
       <c r="I159">
-        <v>0.23</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" t="s">
+        <v>599</v>
+      </c>
+      <c r="B160" t="s">
         <v>600</v>
       </c>
-      <c r="B160" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C160" t="s">
-        <v>374</v>
+        <v>389</v>
       </c>
       <c r="D160">
         <v>1461</v>
       </c>
       <c r="E160" t="s">
-        <v>602</v>
+        <v>601</v>
       </c>
       <c r="F160">
         <v>2020</v>
       </c>
       <c r="G160" t="s">
-        <v>603</v>
+        <v>602</v>
       </c>
       <c r="H160"/>
       <c r="I160">
-        <v>0.21</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" t="s">
+        <v>603</v>
+      </c>
+      <c r="B161" t="s">
         <v>604</v>
       </c>
-      <c r="B161" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C161" t="s">
-        <v>374</v>
+        <v>389</v>
       </c>
       <c r="D161">
         <v>1461</v>
       </c>
       <c r="E161" t="s">
-        <v>606</v>
+        <v>605</v>
       </c>
       <c r="F161">
         <v>2020</v>
       </c>
       <c r="G161" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="H161"/>
       <c r="I161">
         <v>0.23</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" t="s">
+        <v>607</v>
+      </c>
+      <c r="B162" t="s">
         <v>608</v>
       </c>
-      <c r="B162" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C162" t="s">
-        <v>374</v>
+        <v>389</v>
       </c>
       <c r="D162">
         <v>1461</v>
       </c>
       <c r="E162" t="s">
-        <v>610</v>
+        <v>609</v>
       </c>
       <c r="F162">
         <v>2020</v>
       </c>
       <c r="G162" t="s">
-        <v>611</v>
+        <v>610</v>
       </c>
       <c r="H162"/>
       <c r="I162">
         <v>0.23</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" t="s">
+        <v>611</v>
+      </c>
+      <c r="B163" t="s">
         <v>612</v>
       </c>
-      <c r="B163" t="s">
+      <c r="C163" t="s">
+        <v>389</v>
+      </c>
+      <c r="D163">
+        <v>1461</v>
+      </c>
+      <c r="E163" t="s">
         <v>613</v>
-      </c>
-[...7 lines deleted...]
-        <v>2000410</v>
       </c>
       <c r="F163">
         <v>2020</v>
       </c>
       <c r="G163" t="s">
         <v>614</v>
       </c>
-      <c r="H163">
-[...1 lines deleted...]
-      </c>
+      <c r="H163"/>
       <c r="I163">
-        <v>3.79</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" t="s">
         <v>615</v>
       </c>
       <c r="B164" t="s">
         <v>616</v>
       </c>
       <c r="C164" t="s">
-        <v>36</v>
+        <v>389</v>
       </c>
       <c r="D164">
-        <v>11</v>
+        <v>1461</v>
       </c>
       <c r="E164" t="s">
         <v>617</v>
       </c>
       <c r="F164">
         <v>2020</v>
       </c>
       <c r="G164" t="s">
         <v>618</v>
       </c>
-      <c r="H164">
-[...1 lines deleted...]
-      </c>
+      <c r="H164"/>
       <c r="I164">
-        <v>2.98</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" t="s">
         <v>619</v>
       </c>
       <c r="B165" t="s">
         <v>620</v>
       </c>
       <c r="C165" t="s">
-        <v>132</v>
+        <v>389</v>
       </c>
       <c r="D165">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>1900082</v>
+        <v>1461</v>
+      </c>
+      <c r="E165" t="s">
+        <v>621</v>
       </c>
       <c r="F165">
         <v>2020</v>
       </c>
       <c r="G165" t="s">
-        <v>621</v>
-[...3 lines deleted...]
-      </c>
+        <v>622</v>
+      </c>
+      <c r="H165"/>
       <c r="I165">
-        <v>3.78</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="B166" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="C166" t="s">
-        <v>92</v>
+        <v>389</v>
       </c>
       <c r="D166">
-        <v>9</v>
+        <v>1461</v>
       </c>
       <c r="E166" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="F166">
         <v>2020</v>
       </c>
       <c r="G166" t="s">
-        <v>625</v>
-[...3 lines deleted...]
-      </c>
+        <v>626</v>
+      </c>
+      <c r="H166"/>
       <c r="I166">
-        <v>2.72</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="B167" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C167" t="s">
-        <v>628</v>
+        <v>80</v>
       </c>
       <c r="D167">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>629</v>
+        <v>16</v>
+      </c>
+      <c r="E167">
+        <v>2000410</v>
       </c>
       <c r="F167">
         <v>2020</v>
       </c>
       <c r="G167" t="s">
-        <v>630</v>
+        <v>629</v>
       </c>
       <c r="H167">
-        <v>4.99</v>
+        <v>13.28</v>
       </c>
       <c r="I167">
-        <v>1.88</v>
+        <v>3.79</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" t="s">
+        <v>630</v>
+      </c>
+      <c r="B168" t="s">
         <v>631</v>
       </c>
-      <c r="B168" t="s">
+      <c r="C168" t="s">
+        <v>53</v>
+      </c>
+      <c r="D168">
+        <v>11</v>
+      </c>
+      <c r="E168" t="s">
         <v>632</v>
       </c>
-      <c r="C168" t="s">
-[...5 lines deleted...]
-      <c r="E168" t="s">
+      <c r="F168">
+        <v>2020</v>
+      </c>
+      <c r="G168" t="s">
         <v>633</v>
       </c>
-      <c r="F168">
-[...4 lines deleted...]
-      </c>
       <c r="H168">
-        <v>7.49</v>
+        <v>6.71</v>
       </c>
       <c r="I168">
-        <v>2.62</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" t="s">
+        <v>634</v>
+      </c>
+      <c r="B169" t="s">
         <v>635</v>
       </c>
-      <c r="B169" t="s">
+      <c r="C169" t="s">
+        <v>148</v>
+      </c>
+      <c r="D169">
+        <v>14</v>
+      </c>
+      <c r="E169">
+        <v>1900082</v>
+      </c>
+      <c r="F169">
+        <v>2020</v>
+      </c>
+      <c r="G169" t="s">
         <v>636</v>
       </c>
-      <c r="C169" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H169">
-        <v>3.28</v>
+        <v>13.14</v>
       </c>
       <c r="I169">
-        <v>0.63</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" t="s">
+        <v>637</v>
+      </c>
+      <c r="B170" t="s">
+        <v>638</v>
+      </c>
+      <c r="C170" t="s">
+        <v>108</v>
+      </c>
+      <c r="D170">
+        <v>9</v>
+      </c>
+      <c r="E170" t="s">
         <v>639</v>
       </c>
-      <c r="B170" t="s">
+      <c r="F170">
+        <v>2020</v>
+      </c>
+      <c r="G170" t="s">
         <v>640</v>
       </c>
-      <c r="C170" t="s">
-[...14 lines deleted...]
-      <c r="H170"/>
+      <c r="H170">
+        <v>8.45</v>
+      </c>
       <c r="I170">
-        <v>0.22</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" t="s">
+        <v>641</v>
+      </c>
+      <c r="B171" t="s">
         <v>642</v>
       </c>
-      <c r="B171" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C171" t="s">
-        <v>374</v>
+        <v>643</v>
       </c>
       <c r="D171">
-        <v>1410</v>
+        <v>13</v>
       </c>
       <c r="E171" t="s">
-        <v>401</v>
+        <v>644</v>
       </c>
       <c r="F171">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G171" t="s">
-        <v>643</v>
-[...1 lines deleted...]
-      <c r="H171"/>
+        <v>645</v>
+      </c>
+      <c r="H171">
+        <v>4.99</v>
+      </c>
       <c r="I171">
-        <v>0.22</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="B172" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="C172" t="s">
-        <v>59</v>
+        <v>108</v>
       </c>
       <c r="D172">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E172" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="F172">
         <v>2019</v>
       </c>
       <c r="G172" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="H172">
-        <v>6.9</v>
+        <v>7.49</v>
       </c>
       <c r="I172">
-        <v>2.18</v>
+        <v>2.62</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="B173" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="C173" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="D173">
-        <v>10</v>
+        <v>220</v>
       </c>
       <c r="E173">
-        <v>29</v>
+        <v>116985</v>
       </c>
       <c r="F173">
         <v>2019</v>
       </c>
       <c r="G173" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="H173">
-        <v>3.06</v>
+        <v>3.28</v>
       </c>
       <c r="I173">
-        <v>0.95</v>
+        <v>0.63</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="B174" t="s">
-        <v>653</v>
+        <v>538</v>
       </c>
       <c r="C174" t="s">
-        <v>654</v>
+        <v>389</v>
       </c>
       <c r="D174">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>122001</v>
+        <v>1410</v>
+      </c>
+      <c r="E174" t="s">
+        <v>416</v>
       </c>
       <c r="F174">
         <v>2019</v>
       </c>
       <c r="G174" t="s">
         <v>655</v>
       </c>
-      <c r="H174">
-[...1 lines deleted...]
-      </c>
+      <c r="H174"/>
       <c r="I174">
-        <v>0.96</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" t="s">
         <v>656</v>
       </c>
       <c r="B175" t="s">
         <v>657</v>
       </c>
       <c r="C175" t="s">
-        <v>658</v>
+        <v>389</v>
       </c>
       <c r="D175">
-        <v>6</v>
+        <v>1410</v>
       </c>
       <c r="E175" t="s">
-        <v>659</v>
+        <v>424</v>
       </c>
       <c r="F175">
         <v>2019</v>
       </c>
       <c r="G175" t="s">
-        <v>660</v>
-[...3 lines deleted...]
-      </c>
+        <v>658</v>
+      </c>
+      <c r="H175"/>
       <c r="I175">
-        <v>3.98</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" t="s">
+        <v>659</v>
+      </c>
+      <c r="B176" t="s">
+        <v>660</v>
+      </c>
+      <c r="C176" t="s">
+        <v>76</v>
+      </c>
+      <c r="D176">
+        <v>12</v>
+      </c>
+      <c r="E176" t="s">
         <v>661</v>
-      </c>
-[...10 lines deleted...]
-        <v>1900877</v>
       </c>
       <c r="F176">
         <v>2019</v>
       </c>
       <c r="G176" t="s">
-        <v>663</v>
+        <v>662</v>
       </c>
       <c r="H176">
-        <v>3.4</v>
+        <v>6.9</v>
       </c>
       <c r="I176">
-        <v>0.85</v>
+        <v>2.18</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" t="s">
+        <v>663</v>
+      </c>
+      <c r="B177" t="s">
         <v>664</v>
       </c>
-      <c r="B177" t="s">
+      <c r="C177" t="s">
         <v>665</v>
       </c>
-      <c r="C177" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D177">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>666</v>
+        <v>10</v>
+      </c>
+      <c r="E177">
+        <v>29</v>
       </c>
       <c r="F177">
         <v>2019</v>
       </c>
       <c r="G177" t="s">
-        <v>667</v>
+        <v>666</v>
       </c>
       <c r="H177">
-        <v>6.9</v>
+        <v>3.06</v>
       </c>
       <c r="I177">
-        <v>2.18</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" t="s">
+        <v>667</v>
+      </c>
+      <c r="B178" t="s">
         <v>668</v>
       </c>
-      <c r="B178" t="s">
+      <c r="C178" t="s">
         <v>669</v>
       </c>
-      <c r="C178" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D178">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>671</v>
+        <v>12</v>
+      </c>
+      <c r="E178">
+        <v>122001</v>
       </c>
       <c r="F178">
         <v>2019</v>
       </c>
       <c r="G178" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="H178">
-        <v>3.43</v>
+        <v>3.09</v>
       </c>
       <c r="I178">
-        <v>1.14</v>
+        <v>0.96</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" t="s">
+        <v>671</v>
+      </c>
+      <c r="B179" t="s">
+        <v>672</v>
+      </c>
+      <c r="C179" t="s">
         <v>673</v>
       </c>
-      <c r="B179" t="s">
+      <c r="D179">
+        <v>6</v>
+      </c>
+      <c r="E179" t="s">
         <v>674</v>
-      </c>
-[...7 lines deleted...]
-        <v>676</v>
       </c>
       <c r="F179">
         <v>2019</v>
       </c>
       <c r="G179" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="H179">
-        <v>1.4</v>
+        <v>17.05</v>
       </c>
       <c r="I179">
-        <v>0.58</v>
+        <v>3.98</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" t="s">
-        <v>678</v>
+        <v>676</v>
       </c>
       <c r="B180" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C180" t="s">
-        <v>680</v>
+        <v>345</v>
       </c>
       <c r="D180">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>681</v>
+        <v>8</v>
+      </c>
+      <c r="E180">
+        <v>1900877</v>
       </c>
       <c r="F180">
         <v>2019</v>
       </c>
       <c r="G180" t="s">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="H180">
-        <v>0.6</v>
+        <v>3.4</v>
       </c>
       <c r="I180">
-        <v>0.38</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" t="s">
-        <v>683</v>
+        <v>679</v>
       </c>
       <c r="B181" t="s">
-        <v>684</v>
+        <v>680</v>
       </c>
       <c r="C181" t="s">
-        <v>59</v>
+        <v>76</v>
       </c>
       <c r="D181">
         <v>11</v>
       </c>
       <c r="E181" t="s">
-        <v>685</v>
+        <v>681</v>
       </c>
       <c r="F181">
         <v>2019</v>
       </c>
       <c r="G181" t="s">
-        <v>686</v>
+        <v>682</v>
       </c>
       <c r="H181">
         <v>6.9</v>
       </c>
       <c r="I181">
         <v>2.18</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" t="s">
-        <v>687</v>
+        <v>683</v>
       </c>
       <c r="B182" t="s">
-        <v>688</v>
+        <v>684</v>
       </c>
       <c r="C182" t="s">
-        <v>59</v>
+        <v>685</v>
       </c>
       <c r="D182">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E182" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="F182">
         <v>2019</v>
       </c>
       <c r="G182" t="s">
-        <v>690</v>
+        <v>687</v>
       </c>
       <c r="H182">
-        <v>6.9</v>
+        <v>3.43</v>
       </c>
       <c r="I182">
-        <v>2.18</v>
+        <v>1.14</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" t="s">
+        <v>688</v>
+      </c>
+      <c r="B183" t="s">
+        <v>689</v>
+      </c>
+      <c r="C183" t="s">
+        <v>690</v>
+      </c>
+      <c r="D183">
+        <v>110</v>
+      </c>
+      <c r="E183" t="s">
         <v>691</v>
-      </c>
-[...10 lines deleted...]
-        <v>4140</v>
       </c>
       <c r="F183">
         <v>2019</v>
       </c>
       <c r="G183" t="s">
-        <v>693</v>
+        <v>692</v>
       </c>
       <c r="H183">
-        <v>14.59</v>
+        <v>1.4</v>
       </c>
       <c r="I183">
-        <v>6.13</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" t="s">
+        <v>693</v>
+      </c>
+      <c r="B184" t="s">
         <v>694</v>
       </c>
-      <c r="B184" t="s">
+      <c r="C184" t="s">
         <v>695</v>
       </c>
-      <c r="C184" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D184">
-        <v>476</v>
+        <v>64</v>
       </c>
       <c r="E184" t="s">
         <v>696</v>
       </c>
       <c r="F184">
         <v>2019</v>
       </c>
       <c r="G184" t="s">
         <v>697</v>
       </c>
       <c r="H184">
-        <v>6.18</v>
+        <v>0.6</v>
       </c>
       <c r="I184">
-        <v>1.23</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" t="s">
         <v>698</v>
       </c>
       <c r="B185" t="s">
         <v>699</v>
       </c>
       <c r="C185" t="s">
-        <v>132</v>
+        <v>76</v>
       </c>
       <c r="D185">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>1800274</v>
+        <v>11</v>
+      </c>
+      <c r="E185" t="s">
+        <v>700</v>
       </c>
       <c r="F185">
         <v>2019</v>
       </c>
       <c r="G185" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="H185">
-        <v>10.66</v>
+        <v>6.9</v>
       </c>
       <c r="I185">
-        <v>4.01</v>
+        <v>2.18</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="B186" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="C186" t="s">
-        <v>374</v>
+        <v>76</v>
       </c>
       <c r="D186">
-        <v>1124</v>
+        <v>11</v>
       </c>
       <c r="E186" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="F186">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G186" t="s">
-        <v>704</v>
-[...1 lines deleted...]
-      <c r="H186"/>
+        <v>705</v>
+      </c>
+      <c r="H186">
+        <v>6.9</v>
+      </c>
       <c r="I186">
-        <v>0.24</v>
+        <v>2.18</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="B187" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="C187" t="s">
-        <v>489</v>
+        <v>67</v>
       </c>
       <c r="D187">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>707</v>
+        <v>13</v>
+      </c>
+      <c r="E187">
+        <v>4140</v>
       </c>
       <c r="F187">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G187" t="s">
         <v>708</v>
       </c>
       <c r="H187">
-        <v>8.1</v>
+        <v>14.59</v>
       </c>
       <c r="I187">
-        <v>2.78</v>
+        <v>6.13</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" t="s">
         <v>709</v>
       </c>
       <c r="B188" t="s">
         <v>710</v>
       </c>
       <c r="C188" t="s">
-        <v>111</v>
+        <v>127</v>
       </c>
       <c r="D188">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="E188" t="s">
         <v>711</v>
       </c>
       <c r="F188">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G188" t="s">
         <v>712</v>
       </c>
       <c r="H188">
-        <v>5.16</v>
+        <v>6.18</v>
       </c>
       <c r="I188">
-        <v>1.12</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" t="s">
         <v>713</v>
       </c>
       <c r="B189" t="s">
         <v>714</v>
       </c>
       <c r="C189" t="s">
+        <v>148</v>
+      </c>
+      <c r="D189">
+        <v>13</v>
+      </c>
+      <c r="E189">
+        <v>1800274</v>
+      </c>
+      <c r="F189">
+        <v>2019</v>
+      </c>
+      <c r="G189" t="s">
         <v>715</v>
       </c>
-      <c r="D189"/>
-[...4 lines deleted...]
-      <c r="G189"/>
       <c r="H189">
-        <v>21.09</v>
+        <v>10.66</v>
       </c>
       <c r="I189">
-        <v>4.71</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" t="s">
         <v>716</v>
       </c>
       <c r="B190" t="s">
         <v>717</v>
       </c>
       <c r="C190" t="s">
-        <v>374</v>
-[...1 lines deleted...]
-      <c r="D190" t="s">
+        <v>389</v>
+      </c>
+      <c r="D190">
+        <v>1124</v>
+      </c>
+      <c r="E190" t="s">
         <v>718</v>
-      </c>
-[...1 lines deleted...]
-        <v>12009</v>
       </c>
       <c r="F190">
         <v>2018</v>
       </c>
       <c r="G190" t="s">
         <v>719</v>
       </c>
       <c r="H190"/>
       <c r="I190">
         <v>0.24</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" t="s">
         <v>720</v>
       </c>
       <c r="B191" t="s">
-        <v>665</v>
+        <v>721</v>
       </c>
       <c r="C191" t="s">
-        <v>374</v>
-[...5 lines deleted...]
-        <v>12179</v>
+        <v>504</v>
+      </c>
+      <c r="D191">
+        <v>11</v>
+      </c>
+      <c r="E191" t="s">
+        <v>722</v>
       </c>
       <c r="F191">
         <v>2018</v>
       </c>
       <c r="G191" t="s">
-        <v>721</v>
-[...1 lines deleted...]
-      <c r="H191"/>
+        <v>723</v>
+      </c>
+      <c r="H191">
+        <v>8.1</v>
+      </c>
       <c r="I191">
-        <v>0.24</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="B192" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="C192" t="s">
-        <v>374</v>
-[...5 lines deleted...]
-        <v>12171</v>
+        <v>127</v>
+      </c>
+      <c r="D192">
+        <v>473</v>
+      </c>
+      <c r="E192" t="s">
+        <v>726</v>
       </c>
       <c r="F192">
         <v>2018</v>
       </c>
       <c r="G192" t="s">
-        <v>724</v>
-[...1 lines deleted...]
-      <c r="H192"/>
+        <v>727</v>
+      </c>
+      <c r="H192">
+        <v>5.16</v>
+      </c>
       <c r="I192">
-        <v>0.24</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="B193" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="C193" t="s">
-        <v>374</v>
-[...6 lines deleted...]
-      </c>
+        <v>730</v>
+      </c>
+      <c r="D193"/>
+      <c r="E193"/>
       <c r="F193">
         <v>2018</v>
       </c>
-      <c r="G193" t="s">
-[...2 lines deleted...]
-      <c r="H193"/>
+      <c r="G193"/>
+      <c r="H193">
+        <v>21.09</v>
+      </c>
       <c r="I193">
-        <v>0.24</v>
+        <v>4.71</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="B194" t="s">
-        <v>684</v>
+        <v>732</v>
       </c>
       <c r="C194" t="s">
-        <v>374</v>
+        <v>389</v>
       </c>
       <c r="D194" t="s">
-        <v>718</v>
+        <v>733</v>
       </c>
       <c r="E194">
-        <v>12082</v>
+        <v>12009</v>
       </c>
       <c r="F194">
         <v>2018</v>
       </c>
       <c r="G194" t="s">
-        <v>729</v>
+        <v>734</v>
       </c>
       <c r="H194"/>
       <c r="I194">
         <v>0.24</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" t="s">
-        <v>730</v>
+        <v>735</v>
       </c>
       <c r="B195" t="s">
-        <v>731</v>
+        <v>680</v>
       </c>
       <c r="C195" t="s">
-        <v>374</v>
+        <v>389</v>
       </c>
       <c r="D195" t="s">
-        <v>718</v>
+        <v>733</v>
       </c>
       <c r="E195">
-        <v>12038</v>
+        <v>12179</v>
       </c>
       <c r="F195">
         <v>2018</v>
       </c>
       <c r="G195" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="H195"/>
       <c r="I195">
         <v>0.24</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" t="s">
+        <v>737</v>
+      </c>
+      <c r="B196" t="s">
+        <v>738</v>
+      </c>
+      <c r="C196" t="s">
+        <v>389</v>
+      </c>
+      <c r="D196" t="s">
         <v>733</v>
       </c>
-      <c r="B196" t="s">
-[...9 lines deleted...]
-        <v>735</v>
+      <c r="E196">
+        <v>12171</v>
       </c>
       <c r="F196">
         <v>2018</v>
       </c>
       <c r="G196" t="s">
-        <v>736</v>
-[...3 lines deleted...]
-      </c>
+        <v>739</v>
+      </c>
+      <c r="H196"/>
       <c r="I196">
-        <v>6.21</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" t="s">
-        <v>730</v>
+        <v>740</v>
       </c>
       <c r="B197" t="s">
-        <v>737</v>
+        <v>741</v>
       </c>
       <c r="C197" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>389</v>
+      </c>
+      <c r="D197" t="s">
+        <v>733</v>
       </c>
       <c r="E197">
-        <v>1800576</v>
+        <v>12122</v>
       </c>
       <c r="F197">
         <v>2018</v>
       </c>
       <c r="G197" t="s">
-        <v>738</v>
-[...3 lines deleted...]
-      </c>
+        <v>742</v>
+      </c>
+      <c r="H197"/>
       <c r="I197">
-        <v>2.71</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="B198" t="s">
-        <v>740</v>
+        <v>699</v>
       </c>
       <c r="C198" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>389</v>
+      </c>
+      <c r="D198" t="s">
+        <v>733</v>
       </c>
       <c r="E198">
-        <v>1800784</v>
+        <v>12082</v>
       </c>
       <c r="F198">
         <v>2018</v>
       </c>
       <c r="G198" t="s">
-        <v>741</v>
-[...3 lines deleted...]
-      </c>
+        <v>744</v>
+      </c>
+      <c r="H198"/>
       <c r="I198">
-        <v>2.71</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="B199" t="s">
-        <v>684</v>
+        <v>746</v>
       </c>
       <c r="C199" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>743</v>
+        <v>389</v>
+      </c>
+      <c r="D199" t="s">
+        <v>733</v>
+      </c>
+      <c r="E199">
+        <v>12038</v>
       </c>
       <c r="F199">
         <v>2018</v>
       </c>
       <c r="G199" t="s">
-        <v>744</v>
-[...3 lines deleted...]
-      </c>
+        <v>747</v>
+      </c>
+      <c r="H199"/>
       <c r="I199">
-        <v>2.4</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="B200" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="C200" t="s">
-        <v>747</v>
-[...2 lines deleted...]
-        <v>748</v>
+        <v>91</v>
+      </c>
+      <c r="D200">
+        <v>18</v>
       </c>
       <c r="E200" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="F200">
         <v>2018</v>
       </c>
       <c r="G200" t="s">
-        <v>750</v>
-[...2 lines deleted...]
-      <c r="I200"/>
+        <v>751</v>
+      </c>
+      <c r="H200">
+        <v>12.28</v>
+      </c>
+      <c r="I200">
+        <v>6.21</v>
+      </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201" t="s">
-        <v>751</v>
+        <v>745</v>
       </c>
       <c r="B201" t="s">
         <v>752</v>
       </c>
       <c r="C201" t="s">
-        <v>747</v>
-[...2 lines deleted...]
-      <c r="E201"/>
+        <v>28</v>
+      </c>
+      <c r="D201">
+        <v>6</v>
+      </c>
+      <c r="E201">
+        <v>1800576</v>
+      </c>
       <c r="F201">
         <v>2018</v>
       </c>
-      <c r="G201"/>
-[...1 lines deleted...]
-      <c r="I201"/>
+      <c r="G201" t="s">
+        <v>753</v>
+      </c>
+      <c r="H201">
+        <v>7.13</v>
+      </c>
+      <c r="I201">
+        <v>2.71</v>
+      </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="B202" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="C202" t="s">
-        <v>132</v>
+        <v>28</v>
       </c>
       <c r="D202">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E202">
-        <v>1700168</v>
+        <v>1800784</v>
       </c>
       <c r="F202">
         <v>2018</v>
       </c>
       <c r="G202" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="H202">
-        <v>9.06</v>
+        <v>7.13</v>
       </c>
       <c r="I202">
-        <v>3.82</v>
+        <v>2.71</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="B203" t="s">
-        <v>757</v>
+        <v>699</v>
       </c>
       <c r="C203" t="s">
-        <v>59</v>
+        <v>76</v>
       </c>
       <c r="D203">
         <v>10</v>
       </c>
       <c r="E203" t="s">
         <v>758</v>
       </c>
       <c r="F203">
         <v>2018</v>
       </c>
       <c r="G203" t="s">
         <v>759</v>
       </c>
       <c r="H203">
         <v>6.97</v>
       </c>
       <c r="I203">
         <v>2.4</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" t="s">
         <v>760</v>
       </c>
       <c r="B204" t="s">
         <v>761</v>
       </c>
       <c r="C204" t="s">
         <v>762</v>
       </c>
-      <c r="D204">
-[...3 lines deleted...]
-        <v>6107</v>
+      <c r="D204" t="s">
+        <v>763</v>
+      </c>
+      <c r="E204" t="s">
+        <v>764</v>
       </c>
       <c r="F204">
         <v>2018</v>
       </c>
       <c r="G204" t="s">
-        <v>763</v>
-[...6 lines deleted...]
-      </c>
+        <v>765</v>
+      </c>
+      <c r="H204"/>
+      <c r="I204"/>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="B205" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C205" t="s">
-        <v>766</v>
+        <v>762</v>
       </c>
       <c r="D205"/>
       <c r="E205"/>
       <c r="F205">
         <v>2018</v>
       </c>
-      <c r="G205" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G205"/>
       <c r="H205"/>
       <c r="I205"/>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" t="s">
         <v>768</v>
       </c>
       <c r="B206" t="s">
         <v>769</v>
       </c>
       <c r="C206" t="s">
-        <v>75</v>
+        <v>148</v>
       </c>
       <c r="D206">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>770</v>
+        <v>11</v>
+      </c>
+      <c r="E206">
+        <v>1700168</v>
       </c>
       <c r="F206">
         <v>2018</v>
       </c>
       <c r="G206" t="s">
-        <v>771</v>
+        <v>770</v>
       </c>
       <c r="H206">
-        <v>12.28</v>
+        <v>9.06</v>
       </c>
       <c r="I206">
-        <v>6.21</v>
+        <v>3.82</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207" t="s">
+        <v>771</v>
+      </c>
+      <c r="B207" t="s">
         <v>772</v>
       </c>
-      <c r="B207" t="s">
+      <c r="C207" t="s">
+        <v>76</v>
+      </c>
+      <c r="D207">
+        <v>10</v>
+      </c>
+      <c r="E207" t="s">
         <v>773</v>
       </c>
-      <c r="C207" t="s">
-[...3 lines deleted...]
-      <c r="E207"/>
       <c r="F207">
         <v>2018</v>
       </c>
       <c r="G207" t="s">
         <v>774</v>
       </c>
-      <c r="H207"/>
-      <c r="I207"/>
+      <c r="H207">
+        <v>6.97</v>
+      </c>
+      <c r="I207">
+        <v>2.4</v>
+      </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" t="s">
         <v>775</v>
       </c>
       <c r="B208" t="s">
         <v>776</v>
       </c>
       <c r="C208" t="s">
-        <v>766</v>
-[...2 lines deleted...]
-      <c r="E208" t="s">
         <v>777</v>
+      </c>
+      <c r="D208">
+        <v>8</v>
+      </c>
+      <c r="E208">
+        <v>6107</v>
       </c>
       <c r="F208">
         <v>2018</v>
       </c>
       <c r="G208" t="s">
         <v>778</v>
       </c>
-      <c r="H208"/>
-      <c r="I208"/>
+      <c r="H208">
+        <v>4.01</v>
+      </c>
+      <c r="I208">
+        <v>1.41</v>
+      </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" t="s">
         <v>779</v>
       </c>
       <c r="B209" t="s">
         <v>780</v>
       </c>
       <c r="C209" t="s">
-        <v>766</v>
+        <v>781</v>
       </c>
       <c r="D209"/>
       <c r="E209"/>
       <c r="F209">
         <v>2018</v>
       </c>
       <c r="G209" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="H209"/>
       <c r="I209"/>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="B210" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="C210" t="s">
-        <v>31</v>
+        <v>91</v>
       </c>
       <c r="D210">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>1701153</v>
+        <v>18</v>
+      </c>
+      <c r="E210" t="s">
+        <v>785</v>
       </c>
       <c r="F210">
         <v>2018</v>
       </c>
       <c r="G210" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="H210">
-        <v>7.13</v>
+        <v>12.28</v>
       </c>
       <c r="I210">
-        <v>2.71</v>
+        <v>6.21</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="B211" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="C211" t="s">
-        <v>787</v>
+        <v>781</v>
       </c>
       <c r="D211"/>
       <c r="E211"/>
       <c r="F211">
         <v>2018</v>
       </c>
       <c r="G211" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="H211"/>
       <c r="I211"/>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="B212" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="C212" t="s">
-        <v>787</v>
+        <v>781</v>
       </c>
       <c r="D212"/>
-      <c r="E212"/>
+      <c r="E212" t="s">
+        <v>792</v>
+      </c>
       <c r="F212">
         <v>2018</v>
       </c>
       <c r="G212" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="H212"/>
       <c r="I212"/>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="B213" t="s">
-        <v>684</v>
+        <v>795</v>
       </c>
       <c r="C213" t="s">
-        <v>489</v>
-[...6 lines deleted...]
-      </c>
+        <v>781</v>
+      </c>
+      <c r="D213"/>
+      <c r="E213"/>
       <c r="F213">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G213" t="s">
-        <v>795</v>
-[...6 lines deleted...]
-      </c>
+        <v>796</v>
+      </c>
+      <c r="H213"/>
+      <c r="I213"/>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="B214" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="C214" t="s">
-        <v>75</v>
-[...4 lines deleted...]
-      <c r="E214" t="s">
         <v>799</v>
       </c>
+      <c r="D214"/>
+      <c r="E214"/>
       <c r="F214">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G214" t="s">
         <v>800</v>
       </c>
-      <c r="H214">
-[...4 lines deleted...]
-      </c>
+      <c r="H214"/>
+      <c r="I214"/>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" t="s">
         <v>801</v>
       </c>
       <c r="B215" t="s">
         <v>802</v>
       </c>
       <c r="C215" t="s">
+        <v>28</v>
+      </c>
+      <c r="D215">
+        <v>6</v>
+      </c>
+      <c r="E215">
+        <v>1701153</v>
+      </c>
+      <c r="F215">
+        <v>2018</v>
+      </c>
+      <c r="G215" t="s">
         <v>803</v>
       </c>
-      <c r="D215"/>
-[...8 lines deleted...]
-      <c r="I215"/>
+      <c r="H215">
+        <v>7.13</v>
+      </c>
+      <c r="I215">
+        <v>2.71</v>
+      </c>
     </row>
     <row r="216" spans="1:9">
       <c r="A216" t="s">
+        <v>804</v>
+      </c>
+      <c r="B216" t="s">
         <v>805</v>
       </c>
-      <c r="B216" t="s">
+      <c r="C216" t="s">
+        <v>799</v>
+      </c>
+      <c r="D216"/>
+      <c r="E216"/>
+      <c r="F216">
+        <v>2018</v>
+      </c>
+      <c r="G216" t="s">
         <v>806</v>
-      </c>
-[...11 lines deleted...]
-        <v>809</v>
       </c>
       <c r="H216"/>
       <c r="I216"/>
     </row>
     <row r="217" spans="1:9">
       <c r="A217" t="s">
-        <v>810</v>
+        <v>807</v>
       </c>
       <c r="B217" t="s">
-        <v>811</v>
+        <v>699</v>
       </c>
       <c r="C217" t="s">
-        <v>503</v>
-[...5 lines deleted...]
-        <v>40030</v>
+        <v>504</v>
+      </c>
+      <c r="D217" t="s">
+        <v>808</v>
+      </c>
+      <c r="E217" t="s">
+        <v>809</v>
       </c>
       <c r="F217">
         <v>2017</v>
       </c>
       <c r="G217" t="s">
-        <v>812</v>
-[...1 lines deleted...]
-      <c r="H217"/>
+        <v>810</v>
+      </c>
+      <c r="H217">
+        <v>7.5</v>
+      </c>
       <c r="I217">
-        <v>0.17</v>
+        <v>2.56</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218" t="s">
+        <v>811</v>
+      </c>
+      <c r="B218" t="s">
+        <v>812</v>
+      </c>
+      <c r="C218" t="s">
+        <v>91</v>
+      </c>
+      <c r="D218" t="s">
         <v>813</v>
       </c>
-      <c r="B218" t="s">
+      <c r="E218" t="s">
         <v>814</v>
-      </c>
-[...7 lines deleted...]
-        <v>62017</v>
       </c>
       <c r="F218">
         <v>2017</v>
       </c>
       <c r="G218" t="s">
         <v>815</v>
       </c>
-      <c r="H218"/>
+      <c r="H218">
+        <v>12.08</v>
+      </c>
       <c r="I218">
-        <v>0.24</v>
+        <v>7.45</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" t="s">
         <v>816</v>
       </c>
       <c r="B219" t="s">
         <v>817</v>
       </c>
       <c r="C219" t="s">
-        <v>374</v>
-[...6 lines deleted...]
-      </c>
+        <v>818</v>
+      </c>
+      <c r="D219"/>
+      <c r="E219"/>
       <c r="F219">
         <v>2017</v>
       </c>
       <c r="G219" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="H219"/>
-      <c r="I219">
-[...1 lines deleted...]
-      </c>
+      <c r="I219"/>
     </row>
     <row r="220" spans="1:9">
       <c r="A220" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="B220" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="C220" t="s">
-        <v>232</v>
-[...5 lines deleted...]
-        <v>243103</v>
+        <v>822</v>
+      </c>
+      <c r="D220"/>
+      <c r="E220" t="s">
+        <v>823</v>
       </c>
       <c r="F220">
         <v>2017</v>
       </c>
       <c r="G220" t="s">
-        <v>821</v>
-[...6 lines deleted...]
-      </c>
+        <v>824</v>
+      </c>
+      <c r="H220"/>
+      <c r="I220"/>
     </row>
     <row r="221" spans="1:9">
       <c r="A221" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="B221" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="C221" t="s">
-        <v>374</v>
+        <v>518</v>
       </c>
       <c r="D221">
-        <v>917</v>
-[...2 lines deleted...]
-        <v>824</v>
+        <v>1874</v>
+      </c>
+      <c r="E221">
+        <v>40030</v>
       </c>
       <c r="F221">
         <v>2017</v>
       </c>
       <c r="G221" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="H221"/>
       <c r="I221">
-        <v>0.24</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="B222" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="C222" t="s">
-        <v>132</v>
+        <v>389</v>
       </c>
       <c r="D222">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>828</v>
+        <v>917</v>
+      </c>
+      <c r="E222">
+        <v>62017</v>
       </c>
       <c r="F222">
         <v>2017</v>
       </c>
       <c r="G222" t="s">
-        <v>829</v>
-[...3 lines deleted...]
-      </c>
+        <v>830</v>
+      </c>
+      <c r="H222"/>
       <c r="I222">
-        <v>4.23</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="B223" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="C223" t="s">
-        <v>503</v>
+        <v>389</v>
       </c>
       <c r="D223">
-        <v>1874</v>
+        <v>929</v>
       </c>
       <c r="E223">
-        <v>40005</v>
+        <v>12053</v>
       </c>
       <c r="F223">
         <v>2017</v>
       </c>
       <c r="G223" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="H223"/>
       <c r="I223">
-        <v>0.17</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="B224" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="C224" t="s">
-        <v>503</v>
+        <v>248</v>
       </c>
       <c r="D224">
-        <v>1874</v>
+        <v>111</v>
       </c>
       <c r="E224">
-        <v>30043</v>
+        <v>243103</v>
       </c>
       <c r="F224">
         <v>2017</v>
       </c>
       <c r="G224" t="s">
-        <v>835</v>
-[...1 lines deleted...]
-      <c r="H224"/>
+        <v>836</v>
+      </c>
+      <c r="H224">
+        <v>3.5</v>
+      </c>
       <c r="I224">
-        <v>0.17</v>
+        <v>1.38</v>
       </c>
     </row>
     <row r="225" spans="1:9">
       <c r="A225" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="B225" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="C225" t="s">
-        <v>503</v>
+        <v>389</v>
       </c>
       <c r="D225">
-        <v>1874</v>
-[...2 lines deleted...]
-        <v>40059</v>
+        <v>917</v>
+      </c>
+      <c r="E225" t="s">
+        <v>839</v>
       </c>
       <c r="F225">
         <v>2017</v>
       </c>
       <c r="G225" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="H225"/>
       <c r="I225">
-        <v>0.17</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="226" spans="1:9">
       <c r="A226" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="B226" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C226" t="s">
-        <v>503</v>
+        <v>148</v>
       </c>
       <c r="D226">
-        <v>1874</v>
-[...2 lines deleted...]
-        <v>40027</v>
+        <v>12</v>
+      </c>
+      <c r="E226" t="s">
+        <v>843</v>
       </c>
       <c r="F226">
         <v>2017</v>
       </c>
       <c r="G226" t="s">
-        <v>841</v>
-[...1 lines deleted...]
-      <c r="H226"/>
+        <v>844</v>
+      </c>
+      <c r="H226">
+        <v>8.53</v>
+      </c>
       <c r="I226">
-        <v>0.17</v>
+        <v>4.23</v>
       </c>
     </row>
     <row r="227" spans="1:9">
       <c r="A227" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="B227" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
       <c r="C227" t="s">
-        <v>503</v>
+        <v>518</v>
       </c>
       <c r="D227">
         <v>1874</v>
       </c>
       <c r="E227">
-        <v>30025</v>
+        <v>30006</v>
       </c>
       <c r="F227">
         <v>2017</v>
       </c>
       <c r="G227" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
       <c r="H227"/>
       <c r="I227">
         <v>0.17</v>
       </c>
     </row>
     <row r="228" spans="1:9">
       <c r="A228" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
       <c r="B228" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="C228" t="s">
-        <v>503</v>
+        <v>518</v>
       </c>
       <c r="D228">
         <v>1874</v>
       </c>
       <c r="E228">
-        <v>40049</v>
+        <v>30029</v>
       </c>
       <c r="F228">
         <v>2017</v>
       </c>
       <c r="G228" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="H228"/>
       <c r="I228">
         <v>0.17</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="B229" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
       <c r="C229" t="s">
-        <v>503</v>
+        <v>518</v>
       </c>
       <c r="D229">
         <v>1874</v>
       </c>
       <c r="E229">
-        <v>40031</v>
+        <v>40005</v>
       </c>
       <c r="F229">
         <v>2017</v>
       </c>
       <c r="G229" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="H229"/>
       <c r="I229">
         <v>0.17</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="B230" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="C230" t="s">
-        <v>503</v>
+        <v>518</v>
       </c>
       <c r="D230">
         <v>1874</v>
       </c>
       <c r="E230">
-        <v>40058</v>
+        <v>30043</v>
       </c>
       <c r="F230">
         <v>2017</v>
       </c>
       <c r="G230" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="H230"/>
       <c r="I230">
         <v>0.17</v>
       </c>
     </row>
     <row r="231" spans="1:9">
       <c r="A231" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="B231" t="s">
-        <v>684</v>
+        <v>858</v>
       </c>
       <c r="C231" t="s">
-        <v>503</v>
+        <v>518</v>
       </c>
       <c r="D231">
         <v>1874</v>
       </c>
       <c r="E231">
-        <v>30022</v>
+        <v>40059</v>
       </c>
       <c r="F231">
         <v>2017</v>
       </c>
       <c r="G231" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
       <c r="H231"/>
       <c r="I231">
         <v>0.17</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232" t="s">
-        <v>856</v>
+        <v>860</v>
       </c>
       <c r="B232" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="C232" t="s">
-        <v>503</v>
+        <v>518</v>
       </c>
       <c r="D232">
         <v>1874</v>
       </c>
       <c r="E232">
-        <v>30006</v>
+        <v>40027</v>
       </c>
       <c r="F232">
         <v>2017</v>
       </c>
       <c r="G232" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="H232"/>
       <c r="I232">
         <v>0.17</v>
       </c>
     </row>
     <row r="233" spans="1:9">
       <c r="A233" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="B233" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="C233" t="s">
-        <v>503</v>
+        <v>518</v>
       </c>
       <c r="D233">
         <v>1874</v>
       </c>
       <c r="E233">
-        <v>30029</v>
+        <v>30025</v>
       </c>
       <c r="F233">
         <v>2017</v>
       </c>
       <c r="G233" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="H233"/>
       <c r="I233">
         <v>0.17</v>
       </c>
     </row>
     <row r="234" spans="1:9">
       <c r="A234" t="s">
-        <v>862</v>
+        <v>866</v>
       </c>
       <c r="B234" t="s">
-        <v>684</v>
+        <v>867</v>
       </c>
       <c r="C234" t="s">
-        <v>863</v>
+        <v>518</v>
       </c>
       <c r="D234">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>864</v>
+        <v>1874</v>
+      </c>
+      <c r="E234">
+        <v>40049</v>
       </c>
       <c r="F234">
         <v>2017</v>
       </c>
       <c r="G234" t="s">
-        <v>865</v>
-[...3 lines deleted...]
-      </c>
+        <v>868</v>
+      </c>
+      <c r="H234"/>
       <c r="I234">
-        <v>1.77</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="235" spans="1:9">
       <c r="A235" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="B235" t="s">
-        <v>684</v>
+        <v>870</v>
       </c>
       <c r="C235" t="s">
-        <v>867</v>
+        <v>518</v>
       </c>
       <c r="D235">
-        <v>123</v>
+        <v>1874</v>
       </c>
       <c r="E235">
-        <v>252</v>
+        <v>40031</v>
       </c>
       <c r="F235">
         <v>2017</v>
       </c>
       <c r="G235" t="s">
-        <v>868</v>
-[...3 lines deleted...]
-      </c>
+        <v>871</v>
+      </c>
+      <c r="H235"/>
       <c r="I235">
-        <v>0.75</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="236" spans="1:9">
       <c r="A236" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="B236" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="C236" t="s">
-        <v>503</v>
+        <v>518</v>
       </c>
       <c r="D236">
         <v>1874</v>
       </c>
       <c r="E236">
-        <v>30035</v>
+        <v>40058</v>
       </c>
       <c r="F236">
         <v>2017</v>
       </c>
       <c r="G236" t="s">
-        <v>871</v>
+        <v>874</v>
       </c>
       <c r="H236"/>
       <c r="I236">
         <v>0.17</v>
       </c>
     </row>
     <row r="237" spans="1:9">
       <c r="A237" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
       <c r="B237" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
       <c r="C237" t="s">
-        <v>111</v>
+        <v>518</v>
       </c>
       <c r="D237">
-        <v>427</v>
-[...2 lines deleted...]
-        <v>873</v>
+        <v>1874</v>
+      </c>
+      <c r="E237">
+        <v>30022</v>
       </c>
       <c r="F237">
         <v>2017</v>
       </c>
       <c r="G237" t="s">
-        <v>874</v>
-[...3 lines deleted...]
-      </c>
+        <v>876</v>
+      </c>
+      <c r="H237"/>
       <c r="I237">
-        <v>1.09</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="B238" t="s">
-        <v>876</v>
+        <v>699</v>
       </c>
       <c r="C238" t="s">
-        <v>132</v>
+        <v>878</v>
       </c>
       <c r="D238">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>877</v>
+        <v>123</v>
+      </c>
+      <c r="E238">
+        <v>252</v>
       </c>
       <c r="F238">
         <v>2017</v>
       </c>
       <c r="G238" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="H238">
-        <v>8.53</v>
+        <v>1.7</v>
       </c>
       <c r="I238">
-        <v>4.23</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="239" spans="1:9">
       <c r="A239" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="B239" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
       <c r="C239" t="s">
-        <v>650</v>
+        <v>881</v>
       </c>
       <c r="D239">
-        <v>7</v>
+        <v>142</v>
       </c>
       <c r="E239" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="F239">
         <v>2017</v>
       </c>
       <c r="G239" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="H239">
-        <v>2.57</v>
+        <v>2.53</v>
       </c>
       <c r="I239">
-        <v>0.95</v>
+        <v>1.77</v>
       </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="B240" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="C240" t="s">
-        <v>75</v>
+        <v>518</v>
       </c>
       <c r="D240">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>884</v>
+        <v>1874</v>
+      </c>
+      <c r="E240">
+        <v>30035</v>
       </c>
       <c r="F240">
         <v>2017</v>
       </c>
       <c r="G240" t="s">
-        <v>885</v>
-[...3 lines deleted...]
-      </c>
+        <v>886</v>
+      </c>
+      <c r="H240"/>
       <c r="I240">
-        <v>7.45</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="B241" t="s">
-        <v>887</v>
+        <v>699</v>
       </c>
       <c r="C241" t="s">
-        <v>75</v>
+        <v>127</v>
       </c>
       <c r="D241">
-        <v>17</v>
+        <v>427</v>
       </c>
       <c r="E241" t="s">
         <v>888</v>
       </c>
       <c r="F241">
         <v>2017</v>
       </c>
       <c r="G241" t="s">
         <v>889</v>
       </c>
       <c r="H241">
-        <v>12.08</v>
+        <v>4.44</v>
       </c>
       <c r="I241">
-        <v>7.45</v>
+        <v>1.09</v>
       </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242" t="s">
         <v>890</v>
       </c>
       <c r="B242" t="s">
         <v>891</v>
       </c>
       <c r="C242" t="s">
-        <v>67</v>
+        <v>148</v>
       </c>
       <c r="D242">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="E242" t="s">
         <v>892</v>
       </c>
       <c r="F242">
         <v>2017</v>
       </c>
       <c r="G242" t="s">
         <v>893</v>
       </c>
       <c r="H242">
-        <v>6.88</v>
+        <v>8.53</v>
       </c>
       <c r="I242">
-        <v>3.38</v>
+        <v>4.23</v>
       </c>
     </row>
     <row r="243" spans="1:9">
       <c r="A243" t="s">
         <v>894</v>
       </c>
       <c r="B243" t="s">
+        <v>699</v>
+      </c>
+      <c r="C243" t="s">
+        <v>665</v>
+      </c>
+      <c r="D243">
+        <v>7</v>
+      </c>
+      <c r="E243" t="s">
         <v>895</v>
-      </c>
-[...7 lines deleted...]
-        <v>896</v>
       </c>
       <c r="F243">
         <v>2017</v>
       </c>
       <c r="G243" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="H243">
-        <v>1.71</v>
+        <v>2.57</v>
       </c>
       <c r="I243">
-        <v>0.54</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="244" spans="1:9">
       <c r="A244" t="s">
+        <v>897</v>
+      </c>
+      <c r="B244" t="s">
         <v>898</v>
       </c>
-      <c r="B244" t="s">
+      <c r="C244" t="s">
+        <v>91</v>
+      </c>
+      <c r="D244">
+        <v>17</v>
+      </c>
+      <c r="E244" t="s">
         <v>899</v>
-      </c>
-[...7 lines deleted...]
-        <v>43709</v>
       </c>
       <c r="F244">
         <v>2017</v>
       </c>
       <c r="G244" t="s">
-        <v>901</v>
+        <v>900</v>
       </c>
       <c r="H244">
-        <v>21.95</v>
+        <v>12.08</v>
       </c>
       <c r="I244">
-        <v>10.58</v>
+        <v>7.45</v>
       </c>
     </row>
     <row r="245" spans="1:9">
       <c r="A245" t="s">
+        <v>901</v>
+      </c>
+      <c r="B245" t="s">
         <v>902</v>
       </c>
-      <c r="B245" t="s">
+      <c r="C245" t="s">
+        <v>91</v>
+      </c>
+      <c r="D245">
+        <v>17</v>
+      </c>
+      <c r="E245" t="s">
         <v>903</v>
-      </c>
-[...7 lines deleted...]
-        <v>904</v>
       </c>
       <c r="F245">
         <v>2017</v>
       </c>
       <c r="G245" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
       <c r="H245">
-        <v>7.23</v>
+        <v>12.08</v>
       </c>
       <c r="I245">
-        <v>2.93</v>
+        <v>7.45</v>
       </c>
     </row>
     <row r="246" spans="1:9">
       <c r="A246" t="s">
+        <v>905</v>
+      </c>
+      <c r="B246" t="s">
         <v>906</v>
       </c>
-      <c r="B246" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C246" t="s">
+        <v>39</v>
+      </c>
+      <c r="D246">
+        <v>4</v>
+      </c>
+      <c r="E246" t="s">
         <v>907</v>
       </c>
-      <c r="D246"/>
-      <c r="E246" t="s">
+      <c r="F246">
+        <v>2017</v>
+      </c>
+      <c r="G246" t="s">
         <v>908</v>
       </c>
-      <c r="F246">
-[...4 lines deleted...]
-      <c r="I246"/>
+      <c r="H246">
+        <v>6.88</v>
+      </c>
+      <c r="I246">
+        <v>3.38</v>
+      </c>
     </row>
     <row r="247" spans="1:9">
       <c r="A247" t="s">
         <v>909</v>
       </c>
       <c r="B247" t="s">
         <v>910</v>
       </c>
       <c r="C247" t="s">
+        <v>24</v>
+      </c>
+      <c r="D247">
+        <v>24</v>
+      </c>
+      <c r="E247" t="s">
         <v>911</v>
       </c>
-      <c r="D247"/>
-      <c r="E247" t="s">
+      <c r="F247">
+        <v>2017</v>
+      </c>
+      <c r="G247" t="s">
         <v>912</v>
       </c>
-      <c r="F247">
-[...6 lines deleted...]
-      <c r="I247"/>
+      <c r="H247">
+        <v>1.71</v>
+      </c>
+      <c r="I247">
+        <v>0.54</v>
+      </c>
     </row>
     <row r="248" spans="1:9">
       <c r="A248" t="s">
+        <v>913</v>
+      </c>
+      <c r="B248" t="s">
         <v>914</v>
       </c>
-      <c r="B248" t="s">
+      <c r="C248" t="s">
         <v>915</v>
       </c>
-      <c r="C248" t="s">
-[...3 lines deleted...]
-      <c r="E248" t="s">
+      <c r="D248">
+        <v>1606034</v>
+      </c>
+      <c r="E248">
+        <v>43709</v>
+      </c>
+      <c r="F248">
+        <v>2017</v>
+      </c>
+      <c r="G248" t="s">
         <v>916</v>
       </c>
-      <c r="F248">
-[...6 lines deleted...]
-      <c r="I248"/>
+      <c r="H248">
+        <v>21.95</v>
+      </c>
+      <c r="I248">
+        <v>10.58</v>
+      </c>
     </row>
     <row r="249" spans="1:9">
       <c r="A249" t="s">
+        <v>917</v>
+      </c>
+      <c r="B249" t="s">
         <v>918</v>
       </c>
-      <c r="B249" t="s">
+      <c r="C249" t="s">
+        <v>76</v>
+      </c>
+      <c r="D249">
+        <v>9</v>
+      </c>
+      <c r="E249" t="s">
         <v>919</v>
       </c>
-      <c r="C249" t="s">
-[...3 lines deleted...]
-      <c r="E249" t="s">
+      <c r="F249">
+        <v>2017</v>
+      </c>
+      <c r="G249" t="s">
         <v>920</v>
       </c>
-      <c r="F249">
-[...6 lines deleted...]
-      <c r="I249"/>
+      <c r="H249">
+        <v>7.23</v>
+      </c>
+      <c r="I249">
+        <v>2.93</v>
+      </c>
     </row>
     <row r="250" spans="1:9">
       <c r="A250" t="s">
+        <v>921</v>
+      </c>
+      <c r="B250" t="s">
+        <v>910</v>
+      </c>
+      <c r="C250" t="s">
         <v>922</v>
-      </c>
-[...4 lines deleted...]
-        <v>911</v>
       </c>
       <c r="D250"/>
       <c r="E250" t="s">
-        <v>924</v>
+        <v>923</v>
       </c>
       <c r="F250">
         <v>2016</v>
       </c>
-      <c r="G250" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G250"/>
       <c r="H250"/>
       <c r="I250"/>
     </row>
     <row r="251" spans="1:9">
       <c r="A251" t="s">
+        <v>924</v>
+      </c>
+      <c r="B251" t="s">
+        <v>925</v>
+      </c>
+      <c r="C251" t="s">
         <v>926</v>
       </c>
-      <c r="B251" t="s">
+      <c r="D251"/>
+      <c r="E251" t="s">
         <v>927</v>
       </c>
-      <c r="C251" t="s">
-[...3 lines deleted...]
-      <c r="E251"/>
       <c r="F251">
         <v>2016</v>
       </c>
       <c r="G251" t="s">
-        <v>929</v>
+        <v>928</v>
       </c>
       <c r="H251"/>
       <c r="I251"/>
     </row>
     <row r="252" spans="1:9">
       <c r="A252" t="s">
+        <v>929</v>
+      </c>
+      <c r="B252" t="s">
         <v>930</v>
       </c>
-      <c r="B252" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C252" t="s">
-        <v>932</v>
+        <v>926</v>
       </c>
       <c r="D252"/>
       <c r="E252" t="s">
-        <v>933</v>
+        <v>931</v>
       </c>
       <c r="F252">
         <v>2016</v>
       </c>
       <c r="G252" t="s">
-        <v>934</v>
+        <v>932</v>
       </c>
       <c r="H252"/>
       <c r="I252"/>
     </row>
     <row r="253" spans="1:9">
       <c r="A253" t="s">
+        <v>933</v>
+      </c>
+      <c r="B253" t="s">
+        <v>934</v>
+      </c>
+      <c r="C253" t="s">
+        <v>926</v>
+      </c>
+      <c r="D253"/>
+      <c r="E253" t="s">
         <v>935</v>
-      </c>
-[...10 lines deleted...]
-        <v>936</v>
       </c>
       <c r="F253">
         <v>2016</v>
       </c>
       <c r="G253" t="s">
-        <v>937</v>
-[...6 lines deleted...]
-      </c>
+        <v>936</v>
+      </c>
+      <c r="H253"/>
+      <c r="I253"/>
     </row>
     <row r="254" spans="1:9">
       <c r="A254" t="s">
+        <v>937</v>
+      </c>
+      <c r="B254" t="s">
         <v>938</v>
       </c>
-      <c r="B254" t="s">
+      <c r="C254" t="s">
+        <v>926</v>
+      </c>
+      <c r="D254"/>
+      <c r="E254" t="s">
         <v>939</v>
-      </c>
-[...7 lines deleted...]
-        <v>941</v>
       </c>
       <c r="F254">
         <v>2016</v>
       </c>
       <c r="G254" t="s">
-        <v>942</v>
+        <v>940</v>
       </c>
       <c r="H254"/>
       <c r="I254"/>
     </row>
     <row r="255" spans="1:9">
       <c r="A255" t="s">
+        <v>941</v>
+      </c>
+      <c r="B255" t="s">
+        <v>942</v>
+      </c>
+      <c r="C255" t="s">
         <v>943</v>
       </c>
-      <c r="B255" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="D255"/>
+      <c r="E255"/>
       <c r="F255">
         <v>2016</v>
       </c>
       <c r="G255" t="s">
-        <v>945</v>
+        <v>944</v>
       </c>
       <c r="H255"/>
-      <c r="I255">
-[...1 lines deleted...]
-      </c>
+      <c r="I255"/>
     </row>
     <row r="256" spans="1:9">
       <c r="A256" t="s">
+        <v>945</v>
+      </c>
+      <c r="B256" t="s">
         <v>946</v>
       </c>
-      <c r="B256" t="s">
+      <c r="C256" t="s">
         <v>947</v>
       </c>
-      <c r="C256" t="s">
-[...6 lines deleted...]
-        <v>12119</v>
+      <c r="D256"/>
+      <c r="E256" t="s">
+        <v>948</v>
       </c>
       <c r="F256">
         <v>2016</v>
       </c>
       <c r="G256" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="H256"/>
-      <c r="I256">
-[...1 lines deleted...]
-      </c>
+      <c r="I256"/>
     </row>
     <row r="257" spans="1:9">
       <c r="A257" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="B257" t="s">
-        <v>950</v>
+        <v>910</v>
       </c>
       <c r="C257" t="s">
+        <v>148</v>
+      </c>
+      <c r="D257">
+        <v>10</v>
+      </c>
+      <c r="E257" t="s">
         <v>951</v>
       </c>
-      <c r="D257"/>
-      <c r="E257"/>
       <c r="F257">
         <v>2016</v>
       </c>
       <c r="G257" t="s">
         <v>952</v>
       </c>
-      <c r="H257"/>
-      <c r="I257"/>
+      <c r="H257">
+        <v>8.43</v>
+      </c>
+      <c r="I257">
+        <v>4.01</v>
+      </c>
     </row>
     <row r="258" spans="1:9">
       <c r="A258" t="s">
         <v>953</v>
       </c>
       <c r="B258" t="s">
         <v>954</v>
       </c>
       <c r="C258" t="s">
-        <v>59</v>
+        <v>955</v>
       </c>
       <c r="D258">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E258" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="F258">
         <v>2016</v>
       </c>
       <c r="G258" t="s">
-        <v>956</v>
-[...6 lines deleted...]
-      </c>
+        <v>957</v>
+      </c>
+      <c r="H258"/>
+      <c r="I258"/>
     </row>
     <row r="259" spans="1:9">
       <c r="A259" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="B259" t="s">
-        <v>684</v>
+        <v>959</v>
       </c>
       <c r="C259" t="s">
-        <v>958</v>
+        <v>389</v>
       </c>
       <c r="D259">
-        <v>307</v>
-[...2 lines deleted...]
-        <v>959</v>
+        <v>741</v>
+      </c>
+      <c r="E259">
+        <v>12112</v>
       </c>
       <c r="F259">
         <v>2016</v>
       </c>
       <c r="G259" t="s">
         <v>960</v>
       </c>
-      <c r="H259">
-[...1 lines deleted...]
-      </c>
+      <c r="H259"/>
       <c r="I259">
-        <v>0.85</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260" t="s">
         <v>961</v>
       </c>
       <c r="B260" t="s">
         <v>962</v>
       </c>
       <c r="C260" t="s">
-        <v>67</v>
+        <v>389</v>
       </c>
       <c r="D260">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>963</v>
+        <v>741</v>
+      </c>
+      <c r="E260">
+        <v>12119</v>
       </c>
       <c r="F260">
         <v>2016</v>
       </c>
       <c r="G260" t="s">
-        <v>964</v>
-[...3 lines deleted...]
-      </c>
+        <v>963</v>
+      </c>
+      <c r="H260"/>
       <c r="I260">
-        <v>3.47</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="261" spans="1:9">
       <c r="A261" t="s">
+        <v>964</v>
+      </c>
+      <c r="B261" t="s">
         <v>965</v>
       </c>
-      <c r="B261" t="s">
+      <c r="C261" t="s">
         <v>966</v>
       </c>
-      <c r="C261" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D261"/>
+      <c r="E261"/>
       <c r="F261">
         <v>2016</v>
       </c>
       <c r="G261" t="s">
         <v>967</v>
       </c>
       <c r="H261"/>
-      <c r="I261">
-[...1 lines deleted...]
-      </c>
+      <c r="I261"/>
     </row>
     <row r="262" spans="1:9">
       <c r="A262" t="s">
         <v>968</v>
       </c>
       <c r="B262" t="s">
         <v>969</v>
       </c>
       <c r="C262" t="s">
-        <v>374</v>
+        <v>76</v>
       </c>
       <c r="D262">
-        <v>741</v>
-[...2 lines deleted...]
-        <v>12152</v>
+        <v>8</v>
+      </c>
+      <c r="E262" t="s">
+        <v>970</v>
       </c>
       <c r="F262">
         <v>2016</v>
       </c>
       <c r="G262" t="s">
-        <v>970</v>
-[...1 lines deleted...]
-      <c r="H262"/>
+        <v>971</v>
+      </c>
+      <c r="H262">
+        <v>7.37</v>
+      </c>
       <c r="I262">
-        <v>0.25</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="263" spans="1:9">
       <c r="A263" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="B263" t="s">
-        <v>972</v>
+        <v>699</v>
       </c>
       <c r="C263" t="s">
-        <v>503</v>
+        <v>973</v>
       </c>
       <c r="D263">
-        <v>1748</v>
-[...2 lines deleted...]
-        <v>30001</v>
+        <v>307</v>
+      </c>
+      <c r="E263" t="s">
+        <v>974</v>
       </c>
       <c r="F263">
         <v>2016</v>
       </c>
       <c r="G263" t="s">
-        <v>973</v>
-[...1 lines deleted...]
-      <c r="H263"/>
+        <v>975</v>
+      </c>
+      <c r="H263">
+        <v>2.14</v>
+      </c>
       <c r="I263">
-        <v>0.18</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="264" spans="1:9">
       <c r="A264" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="B264" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="C264" t="s">
-        <v>232</v>
+        <v>39</v>
       </c>
       <c r="D264">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>211105</v>
+        <v>3</v>
+      </c>
+      <c r="E264" t="s">
+        <v>978</v>
       </c>
       <c r="F264">
         <v>2016</v>
       </c>
       <c r="G264" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="H264">
-        <v>3.41</v>
+        <v>6.76</v>
       </c>
       <c r="I264">
-        <v>1.67</v>
+        <v>3.47</v>
       </c>
     </row>
     <row r="265" spans="1:9">
       <c r="A265" t="s">
-        <v>977</v>
+        <v>980</v>
       </c>
       <c r="B265" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
       <c r="C265" t="s">
-        <v>59</v>
+        <v>389</v>
       </c>
       <c r="D265">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>979</v>
+        <v>741</v>
+      </c>
+      <c r="E265">
+        <v>12140</v>
       </c>
       <c r="F265">
         <v>2016</v>
       </c>
       <c r="G265" t="s">
-        <v>980</v>
-[...3 lines deleted...]
-      </c>
+        <v>982</v>
+      </c>
+      <c r="H265"/>
       <c r="I265">
-        <v>2.79</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="266" spans="1:9">
       <c r="A266" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="B266" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="C266" t="s">
-        <v>59</v>
+        <v>389</v>
       </c>
       <c r="D266">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>983</v>
+        <v>741</v>
+      </c>
+      <c r="E266">
+        <v>12152</v>
       </c>
       <c r="F266">
         <v>2016</v>
       </c>
       <c r="G266" t="s">
-        <v>984</v>
-[...3 lines deleted...]
-      </c>
+        <v>985</v>
+      </c>
+      <c r="H266"/>
       <c r="I266">
-        <v>2.79</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="267" spans="1:9">
       <c r="A267" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="B267" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="C267" t="s">
-        <v>374</v>
+        <v>518</v>
       </c>
       <c r="D267">
-        <v>690</v>
+        <v>1748</v>
       </c>
       <c r="E267">
-        <v>12020</v>
+        <v>30001</v>
       </c>
       <c r="F267">
         <v>2016</v>
       </c>
       <c r="G267" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="H267"/>
       <c r="I267">
-        <v>0.25</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="268" spans="1:9">
       <c r="A268" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="B268" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="C268" t="s">
-        <v>374</v>
+        <v>248</v>
       </c>
       <c r="D268">
-        <v>690</v>
+        <v>108</v>
       </c>
       <c r="E268">
-        <v>12021</v>
+        <v>211105</v>
       </c>
       <c r="F268">
         <v>2016</v>
       </c>
       <c r="G268" t="s">
-        <v>990</v>
-[...1 lines deleted...]
-      <c r="H268"/>
+        <v>991</v>
+      </c>
+      <c r="H268">
+        <v>3.41</v>
+      </c>
       <c r="I268">
-        <v>0.25</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="269" spans="1:9">
       <c r="A269" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="B269" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="C269" t="s">
-        <v>900</v>
+        <v>76</v>
       </c>
       <c r="D269">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E269" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="F269">
         <v>2016</v>
       </c>
       <c r="G269" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="H269">
-        <v>19.79</v>
+        <v>7.37</v>
       </c>
       <c r="I269">
-        <v>9.18</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="270" spans="1:9">
       <c r="A270" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="B270" t="s">
-        <v>989</v>
+        <v>997</v>
       </c>
       <c r="C270" t="s">
-        <v>59</v>
+        <v>76</v>
       </c>
       <c r="D270">
         <v>8</v>
       </c>
       <c r="E270" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="F270">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G270" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="H270">
-        <v>7.76</v>
+        <v>7.37</v>
       </c>
       <c r="I270">
-        <v>2.77</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="271" spans="1:9">
       <c r="A271" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="B271" t="s">
-        <v>811</v>
+        <v>1001</v>
       </c>
       <c r="C271" t="s">
-        <v>762</v>
+        <v>389</v>
       </c>
       <c r="D271">
-        <v>6</v>
+        <v>690</v>
       </c>
       <c r="E271">
-        <v>19410</v>
+        <v>12020</v>
       </c>
       <c r="F271">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G271" t="s">
-        <v>999</v>
-[...3 lines deleted...]
-      </c>
+        <v>1002</v>
+      </c>
+      <c r="H271"/>
       <c r="I271">
-        <v>2.03</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="272" spans="1:9">
       <c r="A272" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
       <c r="B272" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="C272" t="s">
-        <v>132</v>
+        <v>389</v>
       </c>
       <c r="D272">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>1002</v>
+        <v>690</v>
+      </c>
+      <c r="E272">
+        <v>12021</v>
       </c>
       <c r="F272">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G272" t="s">
-        <v>1003</v>
-[...3 lines deleted...]
-      </c>
+        <v>1005</v>
+      </c>
+      <c r="H272"/>
       <c r="I272">
-        <v>4.21</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="273" spans="1:9">
       <c r="A273" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="B273" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="C273" t="s">
-        <v>1006</v>
-[...2 lines deleted...]
-      <c r="E273"/>
+        <v>915</v>
+      </c>
+      <c r="D273">
+        <v>28</v>
+      </c>
+      <c r="E273" t="s">
+        <v>1008</v>
+      </c>
       <c r="F273">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G273" t="s">
-        <v>1007</v>
-[...2 lines deleted...]
-      <c r="I273"/>
+        <v>1009</v>
+      </c>
+      <c r="H273">
+        <v>19.79</v>
+      </c>
+      <c r="I273">
+        <v>9.18</v>
+      </c>
     </row>
     <row r="274" spans="1:9">
       <c r="A274" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="B274" t="s">
-        <v>684</v>
+        <v>1004</v>
       </c>
       <c r="C274" t="s">
-        <v>1009</v>
+        <v>76</v>
       </c>
       <c r="D274">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="E274" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="F274">
         <v>2015</v>
       </c>
       <c r="G274" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="H274">
-        <v>3.04</v>
+        <v>7.76</v>
       </c>
       <c r="I274">
-        <v>2.01</v>
+        <v>2.77</v>
       </c>
     </row>
     <row r="275" spans="1:9">
       <c r="A275" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="B275" t="s">
-        <v>1013</v>
+        <v>826</v>
       </c>
       <c r="C275" t="s">
-        <v>1014</v>
+        <v>777</v>
       </c>
       <c r="D275">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>1015</v>
+        <v>6</v>
+      </c>
+      <c r="E275">
+        <v>19410</v>
       </c>
       <c r="F275">
         <v>2015</v>
       </c>
       <c r="G275" t="s">
-        <v>1016</v>
+        <v>1014</v>
       </c>
       <c r="H275">
-        <v>0.64</v>
+        <v>5.23</v>
       </c>
       <c r="I275">
-        <v>0.27</v>
+        <v>2.03</v>
       </c>
     </row>
     <row r="276" spans="1:9">
       <c r="A276" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B276" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C276" t="s">
+        <v>148</v>
+      </c>
+      <c r="D276">
+        <v>10</v>
+      </c>
+      <c r="E276" t="s">
         <v>1017</v>
-      </c>
-[...10 lines deleted...]
-        <v>1019</v>
       </c>
       <c r="F276">
         <v>2015</v>
       </c>
       <c r="G276" t="s">
-        <v>1020</v>
+        <v>1018</v>
       </c>
       <c r="H276">
-        <v>13.78</v>
+        <v>7.49</v>
       </c>
       <c r="I276">
-        <v>8.36</v>
+        <v>4.21</v>
       </c>
     </row>
     <row r="277" spans="1:9">
       <c r="A277" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B277" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C277" t="s">
         <v>1021</v>
       </c>
-      <c r="B277" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="D277"/>
+      <c r="E277"/>
       <c r="F277">
         <v>2015</v>
       </c>
       <c r="G277" t="s">
-        <v>1023</v>
-[...6 lines deleted...]
-      </c>
+        <v>1022</v>
+      </c>
+      <c r="H277"/>
+      <c r="I277"/>
     </row>
     <row r="278" spans="1:9">
       <c r="A278" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B278" t="s">
+        <v>699</v>
+      </c>
+      <c r="C278" t="s">
         <v>1024</v>
       </c>
-      <c r="B278" t="s">
+      <c r="D278">
+        <v>40</v>
+      </c>
+      <c r="E278" t="s">
         <v>1025</v>
-      </c>
-[...7 lines deleted...]
-        <v>950203</v>
       </c>
       <c r="F278">
         <v>2015</v>
       </c>
       <c r="G278" t="s">
-        <v>1027</v>
-[...1 lines deleted...]
-      <c r="H278"/>
+        <v>1026</v>
+      </c>
+      <c r="H278">
+        <v>3.04</v>
+      </c>
       <c r="I278">
-        <v>0.25</v>
+        <v>2.01</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B279" t="s">
         <v>1028</v>
       </c>
-      <c r="B279" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C279" t="s">
-        <v>1009</v>
+        <v>1029</v>
       </c>
       <c r="D279">
-        <v>40</v>
+        <v>119</v>
       </c>
       <c r="E279" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="F279">
         <v>2015</v>
       </c>
       <c r="G279" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="H279">
-        <v>3.04</v>
+        <v>0.64</v>
       </c>
       <c r="I279">
-        <v>2.01</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="B280" t="s">
-        <v>684</v>
+        <v>1033</v>
       </c>
       <c r="C280" t="s">
-        <v>1032</v>
+        <v>91</v>
       </c>
       <c r="D280">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>46005</v>
+        <v>15</v>
+      </c>
+      <c r="E280" t="s">
+        <v>1034</v>
       </c>
       <c r="F280">
         <v>2015</v>
       </c>
       <c r="G280" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="H280">
-        <v>2.39</v>
+        <v>13.78</v>
       </c>
       <c r="I280">
-        <v>1.25</v>
+        <v>8.36</v>
       </c>
     </row>
     <row r="281" spans="1:9">
       <c r="A281" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="B281" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
       <c r="C281" t="s">
-        <v>436</v>
+        <v>690</v>
       </c>
       <c r="D281">
-        <v>23</v>
+        <v>101</v>
       </c>
       <c r="E281" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="F281">
         <v>2015</v>
       </c>
       <c r="G281" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="H281">
-        <v>3.15</v>
+        <v>1.17</v>
       </c>
       <c r="I281">
-        <v>1.91</v>
+        <v>0.62</v>
       </c>
     </row>
     <row r="282" spans="1:9">
       <c r="A282" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="B282" t="s">
-        <v>684</v>
+        <v>1040</v>
       </c>
       <c r="C282" t="s">
-        <v>111</v>
+        <v>1041</v>
       </c>
       <c r="D282">
-        <v>337</v>
-[...2 lines deleted...]
-        <v>1038</v>
+        <v>9502</v>
+      </c>
+      <c r="E282">
+        <v>950203</v>
       </c>
       <c r="F282">
         <v>2015</v>
       </c>
       <c r="G282" t="s">
-        <v>1039</v>
-[...3 lines deleted...]
-      </c>
+        <v>1042</v>
+      </c>
+      <c r="H282"/>
       <c r="I282">
-        <v>0.89</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="283" spans="1:9">
       <c r="A283" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="B283" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
       <c r="C283" t="s">
-        <v>1032</v>
+        <v>1024</v>
       </c>
       <c r="D283">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>25902</v>
+        <v>40</v>
+      </c>
+      <c r="E283" t="s">
+        <v>1044</v>
       </c>
       <c r="F283">
         <v>2015</v>
       </c>
       <c r="G283" t="s">
-        <v>1041</v>
+        <v>1045</v>
       </c>
       <c r="H283">
-        <v>2.39</v>
+        <v>3.04</v>
       </c>
       <c r="I283">
-        <v>1.25</v>
+        <v>2.01</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284" t="s">
-        <v>1042</v>
+        <v>1046</v>
       </c>
       <c r="B284" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
       <c r="C284" t="s">
-        <v>675</v>
+        <v>1047</v>
       </c>
       <c r="D284">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>1043</v>
+        <v>12</v>
+      </c>
+      <c r="E284">
+        <v>46005</v>
       </c>
       <c r="F284">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G284" t="s">
-        <v>1044</v>
+        <v>1048</v>
       </c>
       <c r="H284">
-        <v>1.36</v>
+        <v>2.39</v>
       </c>
       <c r="I284">
-        <v>0.76</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285" t="s">
-        <v>1045</v>
+        <v>1049</v>
       </c>
       <c r="B285" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
       <c r="C285" t="s">
-        <v>1046</v>
+        <v>451</v>
       </c>
       <c r="D285">
-        <v>117</v>
+        <v>23</v>
       </c>
       <c r="E285" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="F285">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G285" t="s">
-        <v>1048</v>
+        <v>1051</v>
       </c>
       <c r="H285">
-        <v>1.69</v>
+        <v>3.15</v>
       </c>
       <c r="I285">
-        <v>0.51</v>
+        <v>1.91</v>
       </c>
     </row>
     <row r="286" spans="1:9">
       <c r="A286" t="s">
-        <v>1049</v>
+        <v>1052</v>
       </c>
       <c r="B286" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
       <c r="C286" t="s">
-        <v>1032</v>
+        <v>127</v>
       </c>
       <c r="D286">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>125602</v>
+        <v>337</v>
+      </c>
+      <c r="E286" t="s">
+        <v>1053</v>
       </c>
       <c r="F286">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G286" t="s">
-        <v>1050</v>
+        <v>1054</v>
       </c>
       <c r="H286">
-        <v>2.46</v>
+        <v>3.15</v>
       </c>
       <c r="I286">
-        <v>1.48</v>
+        <v>0.89</v>
       </c>
     </row>
     <row r="287" spans="1:9">
       <c r="A287" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
       <c r="B287" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
       <c r="C287" t="s">
-        <v>1052</v>
+        <v>1047</v>
       </c>
       <c r="D287">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>1053</v>
+        <v>12</v>
+      </c>
+      <c r="E287">
+        <v>25902</v>
       </c>
       <c r="F287">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G287" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="H287">
-        <v>0.9</v>
+        <v>2.39</v>
       </c>
       <c r="I287">
-        <v>0.55</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="288" spans="1:9">
       <c r="A288" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="B288" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
       <c r="C288" t="s">
-        <v>675</v>
+        <v>690</v>
       </c>
       <c r="D288">
         <v>100</v>
       </c>
       <c r="E288" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="F288">
         <v>2014</v>
       </c>
       <c r="G288" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="H288">
         <v>1.36</v>
       </c>
       <c r="I288">
         <v>0.76</v>
       </c>
     </row>
     <row r="289" spans="1:9">
       <c r="A289" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="B289" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
       <c r="C289" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="D289">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>23017</v>
+        <v>117</v>
+      </c>
+      <c r="E289" t="s">
+        <v>1062</v>
       </c>
       <c r="F289">
         <v>2014</v>
       </c>
       <c r="G289" t="s">
-        <v>1060</v>
+        <v>1063</v>
       </c>
       <c r="H289">
-        <v>2.29</v>
+        <v>1.69</v>
       </c>
       <c r="I289">
-        <v>1.24</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="290" spans="1:9">
       <c r="A290" t="s">
-        <v>1061</v>
+        <v>1064</v>
       </c>
       <c r="B290" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
       <c r="C290" t="s">
-        <v>1032</v>
+        <v>1047</v>
       </c>
       <c r="D290">
         <v>11</v>
       </c>
       <c r="E290">
-        <v>106101</v>
+        <v>125602</v>
       </c>
       <c r="F290">
         <v>2014</v>
       </c>
       <c r="G290" t="s">
-        <v>1062</v>
+        <v>1065</v>
       </c>
       <c r="H290">
         <v>2.46</v>
       </c>
       <c r="I290">
         <v>1.48</v>
       </c>
     </row>
     <row r="291" spans="1:9">
       <c r="A291" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
       <c r="B291" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
       <c r="C291" t="s">
-        <v>675</v>
+        <v>1067</v>
       </c>
       <c r="D291">
-        <v>99</v>
+        <v>44</v>
       </c>
       <c r="E291" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="F291">
         <v>2014</v>
       </c>
       <c r="G291" t="s">
-        <v>1065</v>
+        <v>1069</v>
       </c>
       <c r="H291">
-        <v>1.36</v>
+        <v>0.9</v>
       </c>
       <c r="I291">
-        <v>0.76</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="292" spans="1:9">
       <c r="A292" t="s">
-        <v>1066</v>
+        <v>1070</v>
       </c>
       <c r="B292" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
       <c r="C292" t="s">
-        <v>1052</v>
+        <v>690</v>
       </c>
       <c r="D292">
-        <v>44</v>
+        <v>100</v>
       </c>
       <c r="E292" t="s">
-        <v>1067</v>
+        <v>1071</v>
       </c>
       <c r="F292">
         <v>2014</v>
       </c>
       <c r="G292" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
       <c r="H292">
-        <v>0.9</v>
+        <v>1.36</v>
       </c>
       <c r="I292">
-        <v>0.55</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="293" spans="1:9">
       <c r="A293" t="s">
-        <v>1069</v>
+        <v>1073</v>
       </c>
       <c r="B293" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
       <c r="C293" t="s">
-        <v>1032</v>
+        <v>1074</v>
       </c>
       <c r="D293">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="E293">
-        <v>65301</v>
+        <v>23017</v>
       </c>
       <c r="F293">
         <v>2014</v>
       </c>
       <c r="G293" t="s">
-        <v>1070</v>
+        <v>1075</v>
       </c>
       <c r="H293">
-        <v>2.46</v>
+        <v>2.29</v>
       </c>
       <c r="I293">
-        <v>1.48</v>
+        <v>1.24</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294" t="s">
-        <v>1071</v>
+        <v>1076</v>
       </c>
       <c r="B294" t="s">
-        <v>1072</v>
+        <v>699</v>
       </c>
       <c r="C294" t="s">
-        <v>675</v>
+        <v>1047</v>
       </c>
       <c r="D294">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>1073</v>
+        <v>11</v>
+      </c>
+      <c r="E294">
+        <v>106101</v>
       </c>
       <c r="F294">
         <v>2014</v>
       </c>
       <c r="G294" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="H294">
-        <v>1.36</v>
+        <v>2.46</v>
       </c>
       <c r="I294">
-        <v>0.76</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="295" spans="1:9">
       <c r="A295" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="B295" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
       <c r="C295" t="s">
-        <v>111</v>
+        <v>690</v>
       </c>
       <c r="D295">
-        <v>292</v>
+        <v>99</v>
       </c>
       <c r="E295" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
       <c r="F295">
         <v>2014</v>
       </c>
       <c r="G295" t="s">
-        <v>1077</v>
+        <v>1080</v>
       </c>
       <c r="H295">
-        <v>2.71</v>
+        <v>1.36</v>
       </c>
       <c r="I295">
-        <v>0.95</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="296" spans="1:9">
       <c r="A296" t="s">
-        <v>1078</v>
+        <v>1081</v>
       </c>
       <c r="B296" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
       <c r="C296" t="s">
-        <v>1046</v>
+        <v>1067</v>
       </c>
       <c r="D296">
-        <v>116</v>
+        <v>44</v>
       </c>
       <c r="E296" t="s">
-        <v>1079</v>
+        <v>1082</v>
       </c>
       <c r="F296">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G296" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="H296">
-        <v>1.69</v>
+        <v>0.9</v>
       </c>
       <c r="I296">
-        <v>0.51</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="297" spans="1:9">
       <c r="A297" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="B297" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
       <c r="C297" t="s">
-        <v>111</v>
+        <v>1047</v>
       </c>
       <c r="D297">
-        <v>284</v>
-[...2 lines deleted...]
-        <v>1082</v>
+        <v>11</v>
+      </c>
+      <c r="E297">
+        <v>65301</v>
       </c>
       <c r="F297">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G297" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="H297">
-        <v>2.54</v>
+        <v>2.46</v>
       </c>
       <c r="I297">
-        <v>0.96</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="298" spans="1:9">
       <c r="A298" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="B298" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
       <c r="C298" t="s">
-        <v>1086</v>
+        <v>690</v>
       </c>
       <c r="D298">
-        <v>308</v>
+        <v>99</v>
       </c>
       <c r="E298" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="F298">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G298" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="H298">
-        <v>1.54</v>
+        <v>1.36</v>
       </c>
       <c r="I298">
-        <v>0.74</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="299" spans="1:9">
       <c r="A299" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="B299" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
       <c r="C299" t="s">
-        <v>675</v>
+        <v>127</v>
       </c>
       <c r="D299">
-        <v>97</v>
+        <v>292</v>
       </c>
       <c r="E299" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="F299">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G299" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="H299">
-        <v>1.36</v>
+        <v>2.71</v>
       </c>
       <c r="I299">
-        <v>0.8</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="300" spans="1:9">
       <c r="A300" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="B300" t="s">
-        <v>1093</v>
+        <v>699</v>
       </c>
       <c r="C300" t="s">
-        <v>1052</v>
+        <v>1061</v>
       </c>
       <c r="D300">
-        <v>43</v>
+        <v>116</v>
       </c>
       <c r="E300" t="s">
         <v>1094</v>
       </c>
       <c r="F300">
         <v>2013</v>
       </c>
       <c r="G300" t="s">
         <v>1095</v>
       </c>
       <c r="H300">
-        <v>0.89</v>
+        <v>1.69</v>
       </c>
       <c r="I300">
-        <v>0.59</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="301" spans="1:9">
       <c r="A301" t="s">
         <v>1096</v>
       </c>
       <c r="B301" t="s">
-        <v>684</v>
+        <v>1097</v>
       </c>
       <c r="C301" t="s">
-        <v>1009</v>
+        <v>1098</v>
       </c>
       <c r="D301">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>1452</v>
+        <v>308</v>
+      </c>
+      <c r="E301" t="s">
+        <v>1099</v>
       </c>
       <c r="F301">
         <v>2013</v>
       </c>
       <c r="G301" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="H301">
-        <v>3.18</v>
+        <v>1.54</v>
       </c>
       <c r="I301">
-        <v>2.44</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="302" spans="1:9">
       <c r="A302" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
       <c r="B302" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
       <c r="C302" t="s">
-        <v>1032</v>
+        <v>127</v>
       </c>
       <c r="D302">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>56004</v>
+        <v>284</v>
+      </c>
+      <c r="E302" t="s">
+        <v>1102</v>
       </c>
       <c r="F302">
         <v>2013</v>
       </c>
       <c r="G302" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
       <c r="H302">
-        <v>2.96</v>
+        <v>2.54</v>
       </c>
       <c r="I302">
-        <v>1.42</v>
+        <v>0.96</v>
       </c>
     </row>
     <row r="303" spans="1:9">
       <c r="A303" t="s">
-        <v>1100</v>
+        <v>1104</v>
       </c>
       <c r="B303" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
       <c r="C303" t="s">
-        <v>1032</v>
+        <v>690</v>
       </c>
       <c r="D303">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>45605</v>
+        <v>97</v>
+      </c>
+      <c r="E303" t="s">
+        <v>1105</v>
       </c>
       <c r="F303">
         <v>2013</v>
       </c>
       <c r="G303" t="s">
-        <v>1101</v>
+        <v>1106</v>
       </c>
       <c r="H303">
-        <v>2.96</v>
+        <v>1.36</v>
       </c>
       <c r="I303">
-        <v>1.42</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="304" spans="1:9">
       <c r="A304" t="s">
-        <v>1102</v>
+        <v>1107</v>
       </c>
       <c r="B304" t="s">
-        <v>684</v>
+        <v>1108</v>
       </c>
       <c r="C304" t="s">
-        <v>867</v>
+        <v>1067</v>
       </c>
       <c r="D304">
-        <v>111</v>
+        <v>43</v>
       </c>
       <c r="E304" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="F304">
         <v>2013</v>
       </c>
       <c r="G304" t="s">
-        <v>1104</v>
+        <v>1110</v>
       </c>
       <c r="H304">
-        <v>1.78</v>
+        <v>0.89</v>
       </c>
       <c r="I304">
-        <v>1.2</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="305" spans="1:9">
       <c r="A305" t="s">
-        <v>1105</v>
+        <v>1111</v>
       </c>
       <c r="B305" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
       <c r="C305" t="s">
-        <v>1106</v>
+        <v>1024</v>
       </c>
       <c r="D305">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>1107</v>
+        <v>38</v>
+      </c>
+      <c r="E305">
+        <v>1452</v>
       </c>
       <c r="F305">
         <v>2013</v>
       </c>
       <c r="G305" t="s">
-        <v>1108</v>
+        <v>1112</v>
       </c>
       <c r="H305">
-        <v>3.15</v>
+        <v>3.18</v>
       </c>
       <c r="I305">
-        <v>1.11</v>
+        <v>2.44</v>
       </c>
     </row>
     <row r="306" spans="1:9">
       <c r="A306" t="s">
-        <v>1109</v>
+        <v>1113</v>
       </c>
       <c r="B306" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
       <c r="C306" t="s">
-        <v>675</v>
+        <v>1047</v>
       </c>
       <c r="D306">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>1110</v>
+        <v>10</v>
+      </c>
+      <c r="E306">
+        <v>56004</v>
       </c>
       <c r="F306">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G306" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
       <c r="H306">
-        <v>1.52</v>
+        <v>2.96</v>
       </c>
       <c r="I306">
-        <v>1.03</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="307" spans="1:9">
       <c r="A307" t="s">
-        <v>1112</v>
+        <v>1115</v>
       </c>
       <c r="B307" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
       <c r="C307" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="D307">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>1113</v>
+        <v>10</v>
+      </c>
+      <c r="E307">
+        <v>45605</v>
       </c>
       <c r="F307">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G307" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="H307">
-        <v>1.69</v>
+        <v>2.96</v>
       </c>
       <c r="I307">
-        <v>0.51</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="308" spans="1:9">
       <c r="A308" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="B308" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
       <c r="C308" t="s">
-        <v>1116</v>
+        <v>878</v>
       </c>
       <c r="D308">
-        <v>38</v>
+        <v>111</v>
       </c>
       <c r="E308" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="F308">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="G308" t="s">
-        <v>1118</v>
-[...2 lines deleted...]
-      <c r="I308"/>
+        <v>1119</v>
+      </c>
+      <c r="H308">
+        <v>1.78</v>
+      </c>
+      <c r="I308">
+        <v>1.2</v>
+      </c>
     </row>
     <row r="309" spans="1:9">
       <c r="A309" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="B309" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
       <c r="C309" t="s">
-        <v>1052</v>
+        <v>1121</v>
       </c>
       <c r="D309">
-        <v>41</v>
+        <v>88</v>
       </c>
       <c r="E309" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="F309">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="G309" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="H309">
-        <v>0.83</v>
+        <v>3.15</v>
       </c>
       <c r="I309">
-        <v>0.49</v>
+        <v>1.11</v>
       </c>
     </row>
     <row r="310" spans="1:9">
       <c r="A310" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="B310" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
       <c r="C310" t="s">
-        <v>675</v>
+        <v>690</v>
       </c>
       <c r="D310">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E310" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="F310">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G310" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="H310">
-        <v>1.35</v>
+        <v>1.52</v>
       </c>
       <c r="I310">
-        <v>0.77</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="311" spans="1:9">
       <c r="A311" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="B311" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
       <c r="C311" t="s">
-        <v>1126</v>
+        <v>1061</v>
       </c>
       <c r="D311">
-        <v>6</v>
+        <v>107</v>
       </c>
       <c r="E311" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="F311">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G311" t="s">
-        <v>1128</v>
-[...2 lines deleted...]
-      <c r="I311"/>
+        <v>1129</v>
+      </c>
+      <c r="H311">
+        <v>1.69</v>
+      </c>
+      <c r="I311">
+        <v>0.51</v>
+      </c>
     </row>
     <row r="312" spans="1:9">
       <c r="A312" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="B312" t="s">
-        <v>1130</v>
+        <v>699</v>
       </c>
       <c r="C312" t="s">
         <v>1131</v>
       </c>
       <c r="D312">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>115426</v>
+        <v>38</v>
+      </c>
+      <c r="E312" t="s">
+        <v>1132</v>
       </c>
       <c r="F312">
         <v>2011</v>
       </c>
       <c r="G312" t="s">
-        <v>1132</v>
-[...3 lines deleted...]
-      </c>
+        <v>1133</v>
+      </c>
+      <c r="H312"/>
       <c r="I312"/>
     </row>
     <row r="313" spans="1:9">
       <c r="A313" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="B313" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
       <c r="C313" t="s">
-        <v>1046</v>
+        <v>1067</v>
       </c>
       <c r="D313">
-        <v>104</v>
+        <v>41</v>
       </c>
       <c r="E313" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="F313">
         <v>2011</v>
       </c>
       <c r="G313" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="H313">
-        <v>1.69</v>
+        <v>0.83</v>
       </c>
       <c r="I313">
-        <v>0.51</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="314" spans="1:9">
       <c r="A314" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="B314" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
       <c r="C314" t="s">
-        <v>675</v>
+        <v>690</v>
       </c>
       <c r="D314">
         <v>94</v>
       </c>
       <c r="E314" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="F314">
         <v>2011</v>
       </c>
       <c r="G314" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="H314">
         <v>1.35</v>
       </c>
       <c r="I314">
+        <v>0.77</v>
+      </c>
+    </row>
+    <row r="315" spans="1:9">
+      <c r="A315" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B315" t="s">
+        <v>699</v>
+      </c>
+      <c r="C315" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D315">
+        <v>6</v>
+      </c>
+      <c r="E315" t="s">
+        <v>1142</v>
+      </c>
+      <c r="F315">
+        <v>2011</v>
+      </c>
+      <c r="G315" t="s">
+        <v>1143</v>
+      </c>
+      <c r="H315"/>
+      <c r="I315"/>
+    </row>
+    <row r="316" spans="1:9">
+      <c r="A316" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B316" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C316" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D316">
+        <v>83</v>
+      </c>
+      <c r="E316">
+        <v>115426</v>
+      </c>
+      <c r="F316">
+        <v>2011</v>
+      </c>
+      <c r="G316" t="s">
+        <v>1147</v>
+      </c>
+      <c r="H316">
+        <v>3.69</v>
+      </c>
+      <c r="I316"/>
+    </row>
+    <row r="317" spans="1:9">
+      <c r="A317" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B317" t="s">
+        <v>699</v>
+      </c>
+      <c r="C317" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D317">
+        <v>104</v>
+      </c>
+      <c r="E317" t="s">
+        <v>1149</v>
+      </c>
+      <c r="F317">
+        <v>2011</v>
+      </c>
+      <c r="G317" t="s">
+        <v>1150</v>
+      </c>
+      <c r="H317">
+        <v>1.69</v>
+      </c>
+      <c r="I317">
+        <v>0.51</v>
+      </c>
+    </row>
+    <row r="318" spans="1:9">
+      <c r="A318" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B318" t="s">
+        <v>699</v>
+      </c>
+      <c r="C318" t="s">
+        <v>690</v>
+      </c>
+      <c r="D318">
+        <v>94</v>
+      </c>
+      <c r="E318" t="s">
+        <v>1152</v>
+      </c>
+      <c r="F318">
+        <v>2011</v>
+      </c>
+      <c r="G318" t="s">
+        <v>1153</v>
+      </c>
+      <c r="H318">
+        <v>1.35</v>
+      </c>
+      <c r="I318">
         <v>0.77</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>