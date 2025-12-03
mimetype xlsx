--- v0 (2025-10-21)
+++ v1 (2025-12-03)
@@ -12,91 +12,205 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1154">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Heterostructured perovskite nanocrystals for water stable plasmon-enhanced photoelectrocatalysis</t>
+  </si>
+  <si>
+    <t>Yuan Yuan, Anastasiia P. Dmitrieva, Stepan Pozdnyakov, Lev Zelenkov, Pavel Krasnov, Yangyang Ju, Ruslan Azizov, Ivan V. Moskalenko, Elena F. Krivoshapkina, Pavel V. Krivoshapkin, Pavel Talianov, Sergey Makarov, Soslan A. Khubezhov</t>
+  </si>
+  <si>
+    <t>Light: Advanced Manufacturing</t>
+  </si>
+  <si>
+    <t>10.37188/lam.2025.080</t>
+  </si>
+  <si>
+    <t>Ionic Liquid-Mediated Crystallization of 3D Perovskite Films for High-Performance Light-Emitting Diodes</t>
+  </si>
+  <si>
+    <t>Wenjun Yuan, Kun Zhang, Haoqi Li, Xingle Shang, Yifei Wang, Xinrui Chen, Xingyu Ye, Jun Chen, Stepan Pozdnyakov, Maria Sandzhieva, Hengyang Xiang, Sergey Makarov, Haibo Zeng</t>
+  </si>
+  <si>
+    <t>ACS Applied Materials &amp;amp; Interfaces</t>
+  </si>
+  <si>
+    <t>59553-59562</t>
+  </si>
+  <si>
+    <t>10.1021/acsami.5c14039</t>
+  </si>
+  <si>
+    <t>Halide perovskite volatile unipolar nanomemristor</t>
+  </si>
+  <si>
+    <t>Abolfazl Mahmudpur, Prokhor Alekseev, Ksenia A. Gasnikova, Kuzmenko Natalia, Artem Larin, Sergey Makarov, Aleksandra Furasova</t>
+  </si>
+  <si>
+    <t>Opto-Electronic Advances</t>
+  </si>
+  <si>
+    <t>10.29026/oea.2025.250110</t>
+  </si>
+  <si>
     <t>Resonant mode crossing in hybrid structures for effective light-emission</t>
   </si>
   <si>
     <t>Martin Rojas Bustamante, Ruslan Azizov, Ravshanjon Nazarov, Mingzhao Song, Pavel S. Pankin, Dmitrii N. Maksimov, Sergey Makarov, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2025.101436</t>
   </si>
   <si>
+    <t>Strongly‐Confined Small‐Size Perovskite Quantum Dots for Pure‐Color Light Emitting Diodes</t>
+  </si>
+  <si>
+    <t>Yuqin Su, Ying Zhou, Hengyang Xiang, Maria Sandzhieva, Sergey Makarov, Zhesheng Chen, Haibo Zeng</t>
+  </si>
+  <si>
+    <t>Advanced Optical Materials</t>
+  </si>
+  <si>
+    <t>10.1002/adom.202502048</t>
+  </si>
+  <si>
+    <t>Structural colouring and luminescence anisotropy of perovskite thin films via laser-induced periodic surface structure formation</t>
+  </si>
+  <si>
+    <t>Александра Фурасова, Yaroslava Andreeva, Xiaohan Chen, Valeriy Kondratev, Сун Цинхао, Иван Важенин, Evgeniia Stepanidenko, Vyacheslav Goncharov, Sergei Cherevkov, Дмитрий Пермяков, Дмитрий Жирихин, Сергей Макаров</t>
+  </si>
+  <si>
+    <t>10.37188/lam.2025.062</t>
+  </si>
+  <si>
+    <t>Electroluminescence Enhancement with Gold Nanorods in Eu-Based Emission Organic Layer</t>
+  </si>
+  <si>
+    <t>Arseny Yu. Gladkikh, Abolfazl Mahmudpur, Oleksii Peltek, Maria Sandzhieva, Sergey Makarov, Valentina V. Utochnikova</t>
+  </si>
+  <si>
+    <t>e00702</t>
+  </si>
+  <si>
+    <t>10.1002/adom.202500702</t>
+  </si>
+  <si>
+    <t>The Hybrid Metasurface Lights a Fire in Silicon: The Role of Plasmonic Nanogap Cavities in Multiphoton-Induced Broadband Photoluminescence</t>
+  </si>
+  <si>
+    <t>Artem Larin, Egor Kurganov, Yali Sun, Marco Esposito, Mariachiara Manoccio, Massimo Cuscuna’, Adriana Passaseo, Fabio Quaranta, Alessanndro Pecora, Sergey Makarov, Vittorianna Tasco, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>ACS Photonics</t>
+  </si>
+  <si>
+    <t>4323-4330</t>
+  </si>
+  <si>
+    <t>10.1021/acsphotonics.5c00609</t>
+  </si>
+  <si>
+    <t>Efficient Unbalanced Absorption Organic-Perovskite Nonmonolithic Tandem Solar Cells in Parallel Connection</t>
+  </si>
+  <si>
+    <t>Daniel Sapori, Maria Sandzhieva, Vladimir Ivanov, Sergey Makarov, Anvar A. Zakhidov</t>
+  </si>
+  <si>
+    <t>ACS Applied Energy Materials</t>
+  </si>
+  <si>
+    <t>8160-8168</t>
+  </si>
+  <si>
+    <t>10.1021/acsaem.5c00684</t>
+  </si>
+  <si>
+    <t>Volatile additive for selective tuning of non-fullerene acceptor morphology in the active layer of organic solar cells</t>
+  </si>
+  <si>
+    <t>Denis S. Baranov, Ivan A. Molchanov, Natalia V. Kravets, Elena S. Kobeleva, Mikhail N. Uvarov, Maria Sandzhieva, Danil K. Aleshin, Sergey Makarov, Xingjian Jiang, Yong Zhang, Vladimir A. Zinov'ev, Yuri V. Gatilov, Aleksandr S. Sukhikh, Alexander E. Kurtsevich, Konstantin M. Degtyarenko, Leonid V. Kulik</t>
+  </si>
+  <si>
+    <t>Organic Electronics</t>
+  </si>
+  <si>
+    <t>10.1016/j.orgel.2025.107283</t>
+  </si>
+  <si>
     <t>Template-Assisted Synthesis of CsPbBr3 Nanocrystals with a Humidity-Induced Fluorescent Response: Mechanism and Sensing Applications</t>
   </si>
   <si>
     <t>Pavel Talianov, Daria Mikushina, Sergei Rzhevskii, Konstantin Arabuli, Lev Zelenkov, Soslan Khubezhov, Lev Logunov, Dmitry Gets,  Oleksii O. Peltek, Mikhail Zyuzin, Sergey Makarov</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry Letters</t>
   </si>
   <si>
     <t>4205-4213</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.5c00151</t>
   </si>
   <si>
     <t>Amphiphilic Carbon Dots Suppress Iodide Ion Migration in Perovskite Solar Cells</t>
   </si>
   <si>
     <t>Igor Margaryan , Egor Ogorodnikov, Mikhail D. Miruschenko, Anastasiia V. Sokolova, Vladimir Ivanov, Guangbo Zhou, Aleksandra V. Koroleva, Evgeniy V. Zhizhin, Sergey Makarov, Aleksandr P. Litvin, Elena V. Ushakova, Andrey L. Rogach</t>
   </si>
   <si>
     <t>Energy &amp;amp; Fuels</t>
   </si>
   <si>
     <t>8261-8272</t>
@@ -152,119 +266,110 @@
   <si>
     <t>Nanoscale</t>
   </si>
   <si>
     <t>10.1039/d5nr00097a</t>
   </si>
   <si>
     <t>Controllable Transition Metal Cations Doping Enable Efficient and Spectral Stable Pure‐Red Perovskite QLED</t>
   </si>
   <si>
     <t>Yuqin Su, Qunqing Lin, Xinyi Lv, Yan Li, Kun Zhang, Xiuting Wu, Ying Zhou, Yashuang Guo, Maria Sandzhieva, Sergey Makarov, Hengyang Xiang, Haibo Zeng</t>
   </si>
   <si>
     <t>Small</t>
   </si>
   <si>
     <t>10.1002/smll.202412227</t>
   </si>
   <si>
     <t>Stimulated Exciton–Polariton Scattering in Hybrid Halide Perovskites</t>
   </si>
   <si>
     <t>Igor Chestnov, Mikhail Masharin, Valeriy Kondratiev, Ivan Iorsh, Anton Samusev, Anatoly Pushkarev, Sergey Makarov, Ivan Shelykh, Vanik Shahnazaryan</t>
   </si>
   <si>
-    <t>ACS Photonics</t>
-[...1 lines deleted...]
-  <si>
     <t>801-808</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.4c01756</t>
   </si>
   <si>
     <t>Bio‐Inspired Giant Refractive Index Gradient Lenses Based on Ionic Polymers</t>
   </si>
   <si>
     <t>Tatiana G. Statsenko, Georgy A. Ermolaev, Dmitry Gets, Denis S. Kolchanov, Ivan Yu Chernyshev, Alexander V. Polezhaev, Igor E. Eliseev, Victor Ukleev, Jochen Stahn, Alexey S. Taradin, Aleksey V. Arsenin, Sergey Makarov, Aleksandr Vinogradov, Sofia M. Morozova, Valentyn S. Volkov</t>
   </si>
   <si>
-    <t>Advanced Optical Materials</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1002/adom.202402488</t>
   </si>
   <si>
     <t>Interferometric Near-field Fano Spectroscopy of Single Halide Perovskite Nanoparticles</t>
   </si>
   <si>
     <t>Jinxin Zhan, Tom Jehle, Sven Stephan, Ekaterina Tiguntseva, Sam S. Nochowitz, Petra Groß, Juanmei Duan, Sergey Makarov, Christoph Lienau</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.4c04491</t>
   </si>
   <si>
     <t>Fluorescent Sensing for the Detection and Quantification of Sulfur-Containing Gases</t>
   </si>
   <si>
     <t>Kehang Wang, Chenghao Bi, Lev Zelenkov, Xiuzhen Liu, Mingzhao Song, Wenxin Wang, Sergey Makarov, Wenping Yin</t>
   </si>
   <si>
     <t>ACS Sensors</t>
   </si>
   <si>
     <t>5708-5727</t>
   </si>
   <si>
     <t>10.1021/acssensors.4c02033</t>
   </si>
   <si>
     <t>All‐Electronic Memristor Based on Charge Carrier Confinement in Bulk Semiconductor of Metal–Semiconductor–Metal Structure</t>
   </si>
   <si>
     <t>Abolfazl Mahmudpur, Alexandr Marunchenko, Sergey Makarov</t>
   </si>
   <si>
     <t>Advanced Electronic Materials</t>
   </si>
   <si>
     <t>10.1002/aelm.202400396</t>
   </si>
   <si>
     <t>Interface Engineering by Unsubstituted Pristine Nickel Phthalocyanine as Hole Transport Material for Efficient and Stable Perovskite Solar Cells</t>
   </si>
   <si>
     <t>Mustafa Haider, Farhan Mudasar, Junliang Yang, Sergey Makarov</t>
   </si>
   <si>
-    <t>ACS Applied Materials &amp;amp; Interfaces</t>
-[...1 lines deleted...]
-  <si>
     <t>49465-49473</t>
   </si>
   <si>
     <t>10.1021/acsami.4c11544</t>
   </si>
   <si>
     <t>New frontiers in nonlinear nanophotonics</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Sergey Makarov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Nanophotonics</t>
   </si>
   <si>
     <t>3175-3179</t>
   </si>
   <si>
     <t>10.1515/nanoph-2024-0396</t>
   </si>
   <si>
     <t>Second harmonic generation and broad-band photoluminescence in mesoporous Si/SiO2 nanoparticles</t>
   </si>
   <si>
     <t>Viktoriia Mastalieva, Vladimir Neplokh, Arseniy Aybush, Ekaterina Stovpiaga, Daniil Eurov, Maksim Vinnichenko, Danila Karaulov, Demid Kirillenko, Alexey Mozharov, Vladislav Sharov, Denis Kolchanov, Andrey Machnev, Valery Golubev, Alexander Smirnov, Pavel Ginzburg, Sergey Makarov, Dmitry Kurdyukov, Ivan Mukhin</t>
@@ -365,53 +470,50 @@
   <si>
     <t>Chemical Engineering Journal</t>
   </si>
   <si>
     <t>10.1016/j.cej.2024.152771</t>
   </si>
   <si>
     <t>Subwavelength Raman Laser Driven by Quasi Bound State in the Continuum</t>
   </si>
   <si>
     <t>Daniil Ryabov, Ruslan Gladkov, Olesya Pashina, Andrey Bogdanov, Sergey Makarov</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202300829</t>
   </si>
   <si>
     <t>Polariton lasing in Mie-resonant perovskite nanocavity</t>
   </si>
   <si>
     <t>Mikhail Masharin, Daria Khmelevskaia, Valeriy Kondratiev, Daria Markina, Anton Utyushev, Dmitriy Dolgintsev, Alexey Dmitriev, Vanik Shahnazaryan, Anatoly Pushkarev, Furkan Işık, Ivan Iorsh, Ivan Shelykh, Anton Samusev, Sergey Makarov</t>
   </si>
   <si>
-    <t>Opto-Electronic Advances</t>
-[...1 lines deleted...]
-  <si>
     <t>230148-230148</t>
   </si>
   <si>
     <t>10.29026/oea.2024.230148</t>
   </si>
   <si>
     <t>Photo-thermo-optical modulation of Raman scattering from Mie-resonant silicon nanostructures</t>
   </si>
   <si>
     <t>Mor Pal Vikram, Kentaro Nishida, Chien-Hsuan Li, Daniil Ryabov, Olesya Pashina, Yu-Lung Tang, Sergey Makarov, Junichi Takahara, Mihail Petrov, Shi-Wei Chu</t>
   </si>
   <si>
     <t>10.1515/nanoph-2023-0922</t>
   </si>
   <si>
     <t>Multiscale Supercrystal Meta-atoms</t>
   </si>
   <si>
     <t>Pavel Tonkaev, Evgeniia Grechaninova, Ivan Iorsh, Federico Montanarella, Yuri Kivshar, Maksym V. Kovalenko, Sergey Makarov</t>
   </si>
   <si>
     <t>2758-2764</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.3c04580</t>
@@ -455,71 +557,71 @@
   <si>
     <t>Giant Ultrafast All-Optical Modulation Based on Exceptional Points in Exciton–Polariton Perovskite Metasurfaces</t>
   </si>
   <si>
     <t>Mikhail Masharin, Tatyana Oskolkova, Furkan Işık, Hilmi Volkan Demir, Anton Samusev, Sergey Makarov</t>
   </si>
   <si>
     <t>3447-3455</t>
   </si>
   <si>
     <t>10.1021/acsnano.3c10636</t>
   </si>
   <si>
     <t>Photoinduced Transition from Quasi-Two-Dimensional Ruddlesden–Popper to Three-Dimensional Halide Perovskites for the Optical Writing of Multicolor and Light-Erasable Images</t>
   </si>
   <si>
     <t>Sergey Anoshkin, Ivan Shishkin, Daria Markina, Lev Logunov, Hilmi Volkan Demir, Andrey L. Rogach, Anatoly Pushkarev, Sergey Makarov</t>
   </si>
   <si>
     <t>540-548</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.3c03151</t>
   </si>
   <si>
+    <t>Temperature Dependence of Photoinduced Phase Segregation in Bromide-Rich Mixed Halide Perovskites</t>
+  </si>
+  <si>
+    <t>Grigorii Verkhogliadov	, Ross Haroldson, Dmitry Gets, Anvar Zakhidov, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>10.1021/acs.jpcc.3c04887</t>
+  </si>
+  <si>
     <t>Three-dimensional perovskite-based photonic structures made by two-step crystallization</t>
   </si>
   <si>
     <t>Artem Sinelnik, Elena  Bodyago, Olga Kushchenko, Ivan Shishkin, N.K. Kuzmenko, Dmitry Gets, Sergey Makarov</t>
   </si>
   <si>
     <t>Optics &amp; Laser Technology</t>
   </si>
   <si>
     <t>10.1016/j.optlastec.2023.110411</t>
   </si>
   <si>
-    <t>Temperature Dependence of Photoinduced Phase Segregation in Bromide-Rich Mixed Halide Perovskites</t>
-[...7 lines deleted...]
-  <si>
     <t>Numerical analysis of charge carriers injection in a light emitter or detector device based on a metal-semiconductor-metal structure</t>
   </si>
   <si>
     <t>Abolfazl Mahmudpur, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2023.101213</t>
   </si>
   <si>
     <t>Single-Step Fabrication of Resonant Silicon–Gold Hybrid Nanoparticles for Efficient Optical Heating and Nanothermometry in Cells</t>
   </si>
   <si>
     <t>Elena Gerasimova, Egor Uvarov, Vitaly Yaroshenko, Olga Epifanovskaya, Alena Shakirova, Lev Logunov, Olga Vlasova, Alessandro Parodi, Andrey A. Zamyatnin, Alexander Timin, Sergey Makarov, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>10.1021/acsanm.3c03189</t>
   </si>
   <si>
     <t>All-optical generation of static electric field in a single metal-semiconductor nanoantenna</t>
   </si>
   <si>
     <t>Yali Sun, Artem Larin, Alexey Mozharov, Eduard Ageev, Olesya Pashina, Filipp Komissarenko, Ivan Mukhin, Mihail Petrov, Sergey Makarov, Pavel Belov, Dmitry Zuev</t>
   </si>
   <si>
     <t>Light: Science &amp;amp; Applications</t>
@@ -668,53 +770,50 @@
   <si>
     <t>ACS Materials Au</t>
   </si>
   <si>
     <t>10.1021/acsmaterialsau.3c00006</t>
   </si>
   <si>
     <t>Mechanical scanning probe lithography of perovskites for fabrication of high-Q planar polaritonic cavities</t>
   </si>
   <si>
     <t>Nikita Glebov, Mikhail Masharin, B. Borodin, Prokhor Alekseev, Fedor Benimetskiy, Sergey Makarov, Anton Samusev</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/5.0142570</t>
   </si>
   <si>
     <t>Enhancing Photovoltaic Performance of Hybrid Perovskite Solar Cells Utilizing GaP Nanowires</t>
   </si>
   <si>
     <t>Aleksandra Furasova, Maria Baeva, Alexey Mozharov, Pavel Tonkaev, Sergey Raudik, Vladimir Neplokh, Vladimir Fedorov, Francesco Di Giacomo, Ivan Mukhin, Sergey Makarov, Aldo Di Carlo</t>
   </si>
   <si>
-    <t>ACS Applied Energy Materials</t>
-[...1 lines deleted...]
-  <si>
     <t>3696-3704</t>
   </si>
   <si>
     <t>10.1021/acsaem.2c03246</t>
   </si>
   <si>
     <t>Light-Controlled Multiphase Structuring of Perovskite Crystal Enabled by Thermoplasmonic Metasurface</t>
   </si>
   <si>
     <t>Sergey S. Kharintsev, Elina I. Battalova, Timur A. Mukhametzyanov, Anatoly Pushkarev, Ivan G. Scheblykin, Sergey Makarov, Eric O. Potma, Dmitry A. Fishman</t>
   </si>
   <si>
     <t>10.1021/acsnano.3c00373</t>
   </si>
   <si>
     <t>Ligand-free template-assisted synthesis of stable perovskite nanocrystals with near-unity photoluminescence quantum yield within pores of vaterite spheres</t>
   </si>
   <si>
     <t>Oleksii Peltek, Pavel Talianov, Anna Krylova, Artem Polushkin, Elizaveta Anastasova, Daria D. Mikushina, Dmitry Gets, Lev Zelenkov, Soslan Khubezhov, Anatoly Pushkarev, Mikhail Zyuzin, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1039/d3nr00214d</t>
   </si>
   <si>
     <t>Droplet Microfluidic Synthesis of Halide Perovskites Affords Upconversion Lasing in Mie-Resonant Cuboids</t>
@@ -800,122 +899,122 @@
   <si>
     <t>10.3390/pharmaceutics15020534</t>
   </si>
   <si>
     <t>High‐Quality CsPbBr3 Perovskite Films with Modal Gain above 10 000 cm           −1            at Room Temperature</t>
   </si>
   <si>
     <t>Dmitry Tatarinov, Sergey Anoshkin, Ivan Tzibizov, Volodymyr Sheremet, Furkan Işık, Alexey Y. Zhizhchenko, Artem Cherepakhin, Aleksandr A. Kuchmizhak, Anatoly Pushkarev, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1002/adom.202202407</t>
   </si>
   <si>
     <t>Solution-Processed OLED Based on a Mixed-Ligand Europium Complex</t>
   </si>
   <si>
     <t>Makarii I. Kozlov, Kirill M. Kuznetsov, Alexander S. Goloveshkin, Andrei Burlakin, Maria Sandzhieva, Sergey Makarov, Elena Ilina, Valentina V. Utochnikova</t>
   </si>
   <si>
     <t>Materials</t>
   </si>
   <si>
     <t>10.3390/ma16030959</t>
   </si>
   <si>
+    <t>Carbon Nanotube Electrodes for Semitransparent Perovskite Light-Emitting Electrochemical Cells</t>
+  </si>
+  <si>
+    <t>Elena  Bodyago, Dmitry Gets, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>Bulletin of the Russian Academy of Sciences: Physics</t>
+  </si>
+  <si>
+    <t>S24-S27</t>
+  </si>
+  <si>
+    <t>10.3103/s1062873822700320</t>
+  </si>
+  <si>
     <t>Free-Standing Carbon Nanotube Thin Film for Multifunctional Halide-Perovskite Optoelectronics</t>
   </si>
   <si>
     <t>Alexandr Marunchenko, Alexey Yulin, Mikhail Baranov, A. G. Nasibulin, Sergey Makarov</t>
   </si>
   <si>
-    <t>Bulletin of the Russian Academy of Sciences: Physics</t>
-[...1 lines deleted...]
-  <si>
     <t>S127-S130</t>
   </si>
   <si>
     <t>10.3103/s1062873822700538</t>
   </si>
   <si>
     <t>Up-Conversion Films and Polymer Matrices with CsPbBr3 Perovskite Micro and Nanostructures</t>
   </si>
   <si>
     <t>Artem Polushkin, S. A. Cherevkov, Dmitry Gets, Lev Zelenkov, Sergey Makarov</t>
   </si>
   <si>
     <t>S179-S182</t>
   </si>
   <si>
     <t>10.3103/s1062873822700642</t>
   </si>
   <si>
-    <t>Carbon Nanotube Electrodes for Semitransparent Perovskite Light-Emitting Electrochemical Cells</t>
-[...10 lines deleted...]
-  <si>
     <t>Perovskite Nanowire Laser for Hydrogen Chloride Gas Sensing</t>
   </si>
   <si>
     <t>Daria Markina, Sergey Anoshkin, Mikhail Masharin, Soslan Khubezhov, Ivan Tzibizov, Dmitriy Dolgintsev, Ivan Terterov , Sergey Makarov, Anatoly Pushkarev</t>
   </si>
   <si>
     <t>10.1021/acsnano.2c11013</t>
   </si>
   <si>
+    <t>Temperature-dependent exciton-polaritons in perovskite photonic crystal slab</t>
+  </si>
+  <si>
+    <t>Mikhail Masharin, Sergey Makarov, Anton Samusev</t>
+  </si>
+  <si>
+    <t>St. Petersburg Polytechnic University Journal - Physics and Mathematics</t>
+  </si>
+  <si>
+    <t>306-310</t>
+  </si>
+  <si>
+    <t>10.18721/JPM.153.360</t>
+  </si>
+  <si>
     <t>Nanoimprinted halide perovskite nanowires with directly-written gratings</t>
   </si>
   <si>
     <t>Anatoly Pushkarev, Ekaterina Tiguntseva, Ivan Sinev, Konstantin Ladutenko, Mingzhao Song, H.V. Demir, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2022.101103</t>
   </si>
   <si>
-    <t>Temperature-dependent exciton-polaritons in perovskite photonic crystal slab</t>
-[...13 lines deleted...]
-  <si>
     <t>Direct laser writing of resonant periodic nanostructures in thin light-emitting films of CdSe/CdZnS core/shell nanoplatelets</t>
   </si>
   <si>
     <t>Ruslan Azizov, Ivan Sinev, Furkan Işık, Farzan Shabani, Anatoly Pushkarev, Iklim Yurdakul, Savas Delikanli, Hilmi Volkan Demir, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1063/5.0106895</t>
   </si>
   <si>
     <t>Roadmap on perovskite nanophotonics</t>
   </si>
   <si>
     <t>Cesare Soci, Giorgio Adamo, Daniele Cortecchia, Kaiyang Wang, Shumin Xiao, Qinghai Song, Anna Lena Giesecke, Piotr J. Cegielski, Max C. Lemme, Dario Gerace, Daniele Sanvitto, Jingyi Tian, Pavel Tonkaev, Sergey Makarov, Yuri Kivshar, Oscar A. Jimenez Gordillo, Andrea Melloni, Anatoly Pushkarev, Marianna D'Amato, Emmanuel Lhuillier, Alberto Bramati</t>
   </si>
   <si>
     <t>Optical Materials: X</t>
   </si>
   <si>
     <t>10.1016/j.omx.2022.100214</t>
   </si>
   <si>
     <t>Organic Solar Cells Improved by Optically Resonant Silicon Nanoparticles</t>
   </si>
   <si>
     <t>Maria Sandzhieva, Daria Khmelevskaia, Dmitry Tatarinov, Lev Logunov, Kirill Samusev, Alexander Kuchmizhak, Sergey Makarov</t>
@@ -1148,50 +1247,62 @@
   <si>
     <t>10.1002/lpor.202100253</t>
   </si>
   <si>
     <t>Encapsulation of Recrystallized Inorganic Perovskite Quantum Dots in Nonwoven Fluoropolymer Fibers</t>
   </si>
   <si>
     <t>Maria Baeva, V Neplokh, Daria Markina, A M Pavlov, D A Kirilenko, I S Mukhin, Anatoly Pushkarev, Sergey Makarov, A A Serdobintsev</t>
   </si>
   <si>
     <t>012131</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2086/1/012131</t>
   </si>
   <si>
     <t>Directional Lasing from Nanopatterned Halide Perovskite Nanowire</t>
   </si>
   <si>
     <t>Alexey Yu. Zhizhchenko, Artem Cherepakhin, Mikhail Masharin, Anatoly Pushkarev, Sergei A. Kulinich, Aleksandr A. Kuchmizhak, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.1c03656</t>
   </si>
   <si>
+    <t>Semitransparent visualizers of infrared lasers based on perovskite quantum dots</t>
+  </si>
+  <si>
+    <t>Artem Polushkin, Lev Zelenkov, Daria Khmelevskaia, Daria Markina, A L Rogach, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>012112</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012112</t>
+  </si>
+  <si>
     <t>Ultrafast laser heating of non-plasmonic nanocylinders</t>
   </si>
   <si>
     <t>Olesya Pashina, Daniil Ryabov, Georgiy Zograf, Sergey Makarov, Mihail Petrov</t>
   </si>
   <si>
     <t>012104</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012104</t>
   </si>
   <si>
     <t>Theoretical study of perovskite nanowires optical response to hydrogen halides vapor exposure</t>
   </si>
   <si>
     <t>012087</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012087</t>
   </si>
   <si>
     <t>ITO-free Perovskite Light-Emitting Electrochemical Cell</t>
   </si>
   <si>
     <t>Maria Baeva, Dmitry Gets, Elena  Bodyago, A Mozharov, V Neplokh, A Nasibulin, Ivan Mukhin, Sergey Makarov</t>
@@ -1226,86 +1337,74 @@
   <si>
     <t>10.1088/1742-6596/2015/1/012115</t>
   </si>
   <si>
     <t>Optical heating of doped semiconductor nanocylinders supporting quasi-BIC modes</t>
   </si>
   <si>
     <t>012129</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012129</t>
   </si>
   <si>
     <t>Multi wall carbon nanotubes as a top electrode for perovskite light-emitting electrochemical cells</t>
   </si>
   <si>
     <t>Elena  Bodyago, Dmitry Gets, Maria Baeva, Ivan Mukhin, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>012019</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012019</t>
   </si>
   <si>
-    <t>Semitransparent visualizers of infrared lasers based on perovskite quantum dots</t>
-[...8 lines deleted...]
-    <t>10.1088/1742-6596/2015/1/012112</t>
+    <t>Generation of High Harmonics in Silicon Metasurfaces Boosted by Bound States in the Continuum</t>
+  </si>
+  <si>
+    <t>Georgiy Zograf, Viacheslav Korolev, Anastasia Zalogina, Duk-Yong Choi, Richard Hollinger, Michael Zurch, Daniil Kartashov, Christian Spielmann, Sergey Makarov, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>2021 Conference on Lasers and Electro-Optics Europe &amp; European Quantum Electronics Conference (CLEO/Europe-EQEC)</t>
+  </si>
+  <si>
+    <t>10.1109/cleo/europe-eqec52157.2021.9542035</t>
   </si>
   <si>
     <t>Flexible Perovskite CsPbBr3 Light Emitting Devices Integrated with GaP Nanowire Arrays in Highly Transparent and Durable Functionalized Silicones</t>
   </si>
   <si>
     <t>Anna S. Miroshnichenko, Konstantin V. Deriabin, Maria Baeva, Fedor M. Kochetkov, Vladimir Neplokh, Vladimir V. Fedorov, Olga Yu. Koval, Dmitry V. Krasnikov, Vlad A. Sharov, Nikita A. Filatov, Dmitry Gets, Albert G. Nasibulin, Sergey Makarov, Ivan Mukhin, Vadim Yu. Kukushkin, Regina M. Islamova</t>
   </si>
   <si>
     <t>9672-9676</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.1c02611</t>
   </si>
   <si>
-    <t>Generation of High Harmonics in Silicon Metasurfaces Boosted by Bound States in the Continuum</t>
-[...10 lines deleted...]
-  <si>
     <t>Opto-thermally controlled beam steering in nonlinear all-dielectric metastructures</t>
   </si>
   <si>
     <t>Davide Rocco, marco gandolfi, Andrea Tognazzi, Olesya Pashina, Georgiy Zograf, Kristina Frizyuk, Carlo Gigli, Giuseppe Leo, Sergey Makarov, Mihail Petrov, Costantino De Angelis</t>
   </si>
   <si>
     <t>Optics Express</t>
   </si>
   <si>
     <t>10.1364/oe.440564</t>
   </si>
   <si>
     <t>Halide Perovskite Nanocrystals with Enhanced Water Stability for Upconversion Imaging in a Living Cell</t>
   </si>
   <si>
     <t>Pavel Talianov, Oleksii Peltek, Mikhail Masharin, Soslan Khubezhov, Mikhail Baranov, Audrius Drabavičius, Alexander Timin, Lev Zelenkov, Anatoly Pushkarev, Sergey Makarov, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>8991-8998</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.1c01968</t>
   </si>
   <si>
     <t>Mie-resonant mesoporous electron transport layer for highly efficient perovskite solar cells</t>
@@ -1463,125 +1562,125 @@
   <si>
     <t>Petr A. Obraztsov, Vladislava V. Bulgakova, Pavel A. Chizhov, Alexander A. Ushakov, Dmitry Gets, Sergey Makarov, Vladimir V. Bukin</t>
   </si>
   <si>
     <t>10.3390/nano11020313</t>
   </si>
   <si>
     <t>Giant Enhancement of Radiative Recombination in Perovskite Light-Emitting Diodes with Plasmonic Core-Shell Nanoparticles</t>
   </si>
   <si>
     <t>Mikhail Masharin, Aleksander Berestennikov, Daniele Barettin, Pavel Voroshilov, Konstantin Ladutenko, Aldo Di Carlo, Sergey Makarov</t>
   </si>
   <si>
     <t>10.3390/nano11010045</t>
   </si>
   <si>
     <t>Reconfigurable Perovskite LEC: Effects of Ionic Additives and Dual Function Devices</t>
   </si>
   <si>
     <t>Dmitry Gets, Masoud Alahbakhshi, Aditya Mishra, Alexious Papadimitratos, Sergey Anoshkin, Anatoly Pushkarev, Eduard Danilovskiy, Sergey Makarov, Jason D. Slinker, Anvar Zakhidov</t>
   </si>
   <si>
     <t>10.1002/adom.202001715</t>
   </si>
   <si>
+    <t>Theoretical study of nonlinear photoluminescence from perovskite quantum dots enhanced by resonant silicon nanoparticles</t>
+  </si>
+  <si>
+    <t>Daria Khmelevskaia, Pavel Tonkaev, Daria Markina, Anatoly Pushkarev, A. Rogach, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020051</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031811</t>
+  </si>
+  <si>
+    <t>Numerical study of purcell effect enhancement for CsPbBr3 perovskite cubic particle</t>
+  </si>
+  <si>
+    <t>Pavel Tonkaev, Pavel Voroshilov, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>020128</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031764</t>
+  </si>
+  <si>
     <t>Evaluating the performance of a single-layer blue light-emitting electrochemical cell based on a perovskite-polymer composite</t>
   </si>
   <si>
     <t>Sergey Anoshkin, Anatoly Pushkarev, Anvar Zakhidov, Sergey Makarov</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020002</t>
   </si>
   <si>
     <t>10.1063/5.0031747</t>
   </si>
   <si>
     <t>Microfluidics-based synthesis of lead cesium bromide perovskite microcrystals</t>
   </si>
   <si>
     <t>Irina Koryakina, Daria Markina, Anatoly Evstrapov, Anatoly Pushkarev, Sergey Makarov, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>020065</t>
   </si>
   <si>
     <t>10.1063/5.0032230</t>
   </si>
   <si>
     <t>Improvement of methylammonium lead iodide based perovskite solar cells by phosphorus doped silicon nanoparticles</t>
   </si>
   <si>
     <t>Aleksandra Furasova, Pavel Voroshilov, Sergey Makarov, Anvar Zakhidov, Aldo Di Carlo</t>
   </si>
   <si>
     <t>020034</t>
   </si>
   <si>
     <t>10.1063/5.0031779</t>
   </si>
   <si>
     <t>Polymer modification of perovskite solar cells to increase open-circuit voltage</t>
   </si>
   <si>
     <t>Mikhail Masharin, Dmitry Gets, Grigorii Verkhogliadov	, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>020084</t>
   </si>
   <si>
     <t>10.1063/5.0031984</t>
   </si>
   <si>
-    <t>Theoretical study of nonlinear photoluminescence from perovskite quantum dots enhanced by resonant silicon nanoparticles</t>
-[...22 lines deleted...]
-  <si>
     <t>Effect of Solvent Annealing on Optical Properties of Perovskite Dualfunctional Devices</t>
   </si>
   <si>
     <t>Grigorii Verkhogliadov	, Mikhail Masharin, Dmitry Gets, Eduard Danilovskiy, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>Solid State Phenomena</t>
   </si>
   <si>
     <t>185-191</t>
   </si>
   <si>
     <t>10.4028/www.scientific.net/ssp.312.185</t>
   </si>
   <si>
     <t>Defects and Morphology Contribution to Photoluminescence of CH3NH3PbI3 Nanostructured by Femtosecond Laser Pulses</t>
   </si>
   <si>
     <t>Pavel Tonkaev, Aleksey Y. Zhizhchenko, Dmitry Gets, Artem Larin, Dmitry Zuev, Alexander M. Zakharenko, Aleksandr A. Kuchmizhak, Sergey Makarov</t>
   </si>
   <si>
     <t>179-184</t>
   </si>
   <si>
     <t>10.4028/www.scientific.net/ssp.312.179</t>
@@ -1712,50 +1811,62 @@
   <si>
     <t>Perovskite - Gallium Phosphide Platform for Reconfigurable Visible-Light Nanophotonic Chip</t>
   </si>
   <si>
     <t>Pavel Trofimov, Anatoly Pushkarev, Ivan Sinev, Vladimir V. Fedorov, Stéphanie Bruyère, Alexey Bolshakov, Ivan Mukhin, Sergey Makarov</t>
   </si>
   <si>
     <t>8126–8134</t>
   </si>
   <si>
     <t>10.1021/acsnano.0c01104</t>
   </si>
   <si>
     <t>Room-Temperature Lasing from Mie-Resonant Non-Plasmonic Nanoparticles</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Aleksandra Furasova, Pavel Tonkaev, Vladimir Mikhailovskii, Elena V. Ushakova,  Denis G. Baranov, Timur Shegai, Anvar Zakhidov, Yuri Kivshar, Sergey Makarov</t>
   </si>
   <si>
     <t>8149–8156</t>
   </si>
   <si>
     <t>10.1021/acsnano.0c01468</t>
   </si>
   <si>
+    <t>Synthesis of perovskite nanoparticles in microfluidic chips</t>
+  </si>
+  <si>
+    <t>Irina Koryakina, Anatoly Pushkarev, Sergey Makarov, Mikhail Zyuzin, A A Evstrapov</t>
+  </si>
+  <si>
+    <t>012071</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012071</t>
+  </si>
+  <si>
     <t>Rapid synthesis and optical properties of CsPbBr2Cl perovskite nanolasers</t>
   </si>
   <si>
     <t>Daria Markina, Anatoly Pushkarev, Ivan Shishkin, Dmitry Zuev, Sergey Makarov</t>
   </si>
   <si>
     <t>012091</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012091</t>
   </si>
   <si>
     <t>Nonlinear optical properties of Sponge Si/Au nanoparticle</t>
   </si>
   <si>
     <t>Artem Larin, Eduard Ageev, Anna Shiker, Alexandre Nomine, Sergey Makarov, Dmitry Zuev</t>
   </si>
   <si>
     <t>012081</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012081</t>
   </si>
   <si>
     <t>Optical modes in perovskite nanowire with shallow bi-periodic grating</t>
@@ -1784,62 +1895,50 @@
   <si>
     <t>Fabrication of halide-perovskite resonant microcylinders by nanoimprint lithography</t>
   </si>
   <si>
     <t>Artem Polushkin, S Kruk, R Malurean, Ekaterina Tiguntseva, Anvar Zakhidov, Andrey Bogdanov, Yuri Kivshar, Sergey Makarov</t>
   </si>
   <si>
     <t>012178</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012178</t>
   </si>
   <si>
     <t>Light induced temperature decrease of semiconductor nanoparticle</t>
   </si>
   <si>
     <t>Pavel Tonkaev, Georgiy Zograf, Mihail Petrov, Sergey Makarov</t>
   </si>
   <si>
     <t>012179</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012179</t>
   </si>
   <si>
-    <t>Synthesis of perovskite nanoparticles in microfluidic chips</t>
-[...10 lines deleted...]
-  <si>
     <t>Light‐Emitting Nanophotonic Designs Enabled by Ultrafast Laser Processing of Halide Perovskites</t>
   </si>
   <si>
     <t>Alexey Y. Zhizhchenko, Pavel Tonkaev, Dmitry Gets, Artem Larin, Dmitry Zuev, Sergey Starikov, Eugeny V. Pustovalov, Alexander M. Zakharenko, Sergei A. Kulinich, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1002/smll.202000410</t>
   </si>
   <si>
     <t>Tunable Mie Resonances of Tin-based Iodide Perovskite Islandlike Films with Enhanced Infrared Photoluminescence</t>
   </si>
   <si>
     <t>Shuai Chang, Elena V. Ushakova, Aleksandr P. Litvin, Sergei A. Cherevkov, Anastasiia V. Sokolova, Dmitry Gets, Alexander Berestennikov, Sergey Makarov, Tao Chen, Andrey L. Rogach, Hai-Zheng Zhong</t>
   </si>
   <si>
     <t>3332-3338</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.0c00745</t>
   </si>
   <si>
     <t>All‐Optical Nanoscale Heating and Thermometry with Resonant Dielectric Nanoparticles for Controllable Drug Release in Living Cells</t>
   </si>
   <si>
     <t>George Zograf, Albert R. Muslimov, Ivan Shishkin, Alexandre Nomine, Jaafar Ghanbaja, Pintu Ghosh, Qiang Li, Mikhail Zyuzin, Sergey Makarov</t>
@@ -1877,65 +1976,65 @@
   <si>
     <t>Enhanced terahertz emission from imprinted halide perovskite nanostructures</t>
   </si>
   <si>
     <t>Viacheslav Korolev, Anatoly Pushkarev, Petr A. Obraztsov, Anton N. Tsypkin, Anvar Zakhidov, Sergey Makarov</t>
   </si>
   <si>
     <t>187-194</t>
   </si>
   <si>
     <t>10.1515/nanoph-2019-0377</t>
   </si>
   <si>
     <t>Photophysical properties of halide perovskite CsPb(Br1-xIx)3 thin films and nanowires</t>
   </si>
   <si>
     <t>Daria Markina, Ekaterina Tiguntseva, Anatoly Pushkarev, M. Vengris, G.B. Hix, Anvar Zakhidov, Sergey Makarov</t>
   </si>
   <si>
     <t>Journal of Luminescence</t>
   </si>
   <si>
     <t>10.1016/j.jlumin.2019.116985</t>
   </si>
   <si>
+    <t>Memristive properties of solar cells based on perovskite and polymer composite</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1410/1/012087</t>
+  </si>
+  <si>
     <t>Semiconductor resonant all-optical temperature sensor and thermal release trigger of encapsulated anti-cancer drugs for in vitro studies</t>
   </si>
   <si>
     <t>Georgiy Zograf, Margarita Chursina, Mihail Petrov, Pavel Belov, Filipp Komissarenko, Katherine Makarova, Anatoly Pushkarev, Yali Sun, P Ghosh, M Qiu, Sergey Makarov, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1410/1/012077</t>
   </si>
   <si>
-    <t>Memristive properties of solar cells based on perovskite and polymer composite</t>
-[...4 lines deleted...]
-  <si>
     <t>Plasmonic nanosponges filled with silicon for enhanced white light emission</t>
   </si>
   <si>
     <t>Artem Larin, Alexandre Nomine, Eduard Ageev, J. Ghanbaja, L. N. Kolotova, S. V. Starikov, S. Bruyère, T. Belmonte, Sergey Makarov, Dmitry Zuev</t>
   </si>
   <si>
     <t>1013-1021</t>
   </si>
   <si>
     <t>10.1039/c9nr08952g</t>
   </si>
   <si>
     <t>Metal-dielectric nanoantenna for radiation control of a single-photon emitter</t>
   </si>
   <si>
     <t>Yali Sun, Vitaly Yaroshenko, Alexander Chebykin, Eduard Ageev, Sergey Makarov, Dmitry Zuev</t>
   </si>
   <si>
     <t>Optical Materials Express</t>
   </si>
   <si>
     <t>10.1364/ome.10.000029</t>
   </si>
   <si>
     <t>Single-step direct laser writing of halide perovskite microlasers</t>
@@ -2108,101 +2207,101 @@
   <si>
     <t>10.1021/acsami.8b17396</t>
   </si>
   <si>
     <t>Enhanced Temperature-Tunable Narrow-Band Photoluminescence from Resonant Perovskite Nanograting</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Zarina Sadrieva, Filipp Komissarenko, Anvar Zakhidov, Andrey Bogdanov, Sergey Makarov</t>
   </si>
   <si>
     <t>419-424</t>
   </si>
   <si>
     <t>10.1016/j.apsusc.2018.12.084</t>
   </si>
   <si>
     <t>Dewetting Mechanisms and Their Exploitation for the Large-scale Fabrication of Advanced Nanophotonic Systems</t>
   </si>
   <si>
     <t>Dmitry Zuev, Sergey Makarov</t>
   </si>
   <si>
     <t>International Materials Reviews</t>
   </si>
   <si>
+    <t>Femtosecond laser nanostructuring of reinforcement bars surface for improvement of its interaction with concrete</t>
+  </si>
+  <si>
+    <t>1092 (1)</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012082</t>
+  </si>
+  <si>
+    <t>Resonant Silicon Nanoparticles for Enhanced Light Harvesting in Halide Perovskite Solar Cells</t>
+  </si>
+  <si>
+    <t>Aleksandra Furasova, Anvar Zakhidov, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012038</t>
+  </si>
+  <si>
     <t>Optical properties of spatially dispersive Mie-resonant halide perovskite nanoparticles</t>
   </si>
   <si>
     <t>Aleksander Berestennikov, Ivan Iorsh, Sergey Makarov</t>
   </si>
   <si>
-    <t>1092 (1)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1088/1742-6596/1092/1/012009</t>
   </si>
   <si>
     <t>Photoluminescence spectral position shift governed by optical heating of perovskite resonant nanoparticles</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012179</t>
   </si>
   <si>
     <t>Emission rate studying through nanodiamonds with embedded nitrogen vacancy centers</t>
   </si>
   <si>
     <t>Anastasia Zalogina, Fedor Benimetskiy, Dmitry Pidgayko, Polina Kapitanova, Vitaly Yaroshenko, Sergey Makarov, Dmitry Zuev</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012171</t>
   </si>
   <si>
     <t>Cesium lead mixed-halide perovskites in polymer matrix</t>
   </si>
   <si>
     <t>Anatoly Pushkarev, Viacheslav Korolev, Sergey Anoshkin, Filipp Komissarenko, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012122</t>
   </si>
   <si>
-    <t>Femtosecond laser nanostructuring of reinforcement bars surface for improvement of its interaction with concrete</t>
-[...13 lines deleted...]
-  <si>
     <t>Tunable Hybrid Fano Resonances in Halide Perovskite Nanoparticles</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Anatoly Pushkarev, Filipp Komissarenko, Anvar Zakhidov, Sergey Makarov</t>
   </si>
   <si>
     <t>5522-5529</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.8b01912</t>
   </si>
   <si>
     <t>Aleksandra Furasova, Ekaterina Tiguntseva, Anvar Zakhidov, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1002/adom.201800576</t>
   </si>
   <si>
     <t>Halide-Perovskite Resonant Nanophotonics</t>
   </si>
   <si>
     <t>Sergey Makarov, Aleksandra Furasova, Ekaterina Tiguntseva, Andreas Hemmetter, Aleksander Berestennikov, Anatoly Pushkarev, Anvar Zakhidov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1002/adom.201800784</t>
@@ -2252,134 +2351,134 @@
   <si>
     <t>Purcell effect in active diamond nanoantennas</t>
   </si>
   <si>
     <t>Anastasia Zalogina, Roman Savelev, Georgiy Zograf, Filipp Komissarenko, Valentin Milichko, Sergey Makarov, Dmitry Zuev</t>
   </si>
   <si>
     <t>8721-8727</t>
   </si>
   <si>
     <t>10.1039/C7NR07953B</t>
   </si>
   <si>
     <t>Photoluminescence quenching of dye molecules near a resonant silicon nanoparticle</t>
   </si>
   <si>
     <t>Mikhail Zyuzin, Sergey Makarov</t>
   </si>
   <si>
     <t>Scientific Reports</t>
   </si>
   <si>
     <t>10.1038/s41598-018-24492-y</t>
   </si>
   <si>
+    <t>Nanoimprinted hybrid perovskite metasurfaces</t>
+  </si>
+  <si>
+    <t>Sergey Makarov, Valentin Milichko, Yuri Kivshar, Anvar Zakhidov</t>
+  </si>
+  <si>
+    <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
+  </si>
+  <si>
+    <t>10.1109/piers.2017.8261891</t>
+  </si>
+  <si>
     <t>Light-Emitting Halide Perovskite Nanoantennas</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Georgiy Zograf, Filipp Komissarenko, Dmitry Zuev, Anvar Zakhidov, Sergey Makarov, Yuri Kivshar</t>
   </si>
   <si>
     <t>1185-1190</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.7b04727</t>
   </si>
   <si>
     <t>Highly efficient optical heating of non-plasmonic nananoparticles</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Dmitry Zuev, Valentin Milichko, Sergey Makarov</t>
   </si>
   <si>
-    <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/piers.2017.8261981</t>
   </si>
   <si>
     <t>Multifunctional sensing with hybrid nanophotonic structures</t>
   </si>
   <si>
     <t>Dmitry Zuev,  Baranov D. G., Georgiy Zograf, Sergey Makarov, K. V. Volodina, Andrey Krasilin, Ivan Mukhin, Pavel Dmitriev, Valentin Milichko, E. A. Pidko</t>
   </si>
   <si>
     <t>1491-1493</t>
   </si>
   <si>
     <t>10.1109/piers.2017.8261982</t>
   </si>
   <si>
     <t>Nanocrystalline resonant silicon nanoparticle for highly efficient second harmonic generation</t>
   </si>
   <si>
     <t>Sergey Makarov, Mihail Petrov, Tim Fischer, Valentin Milichko, Dmitry Zuev, Georgiy Zograf, Daria A. Smirnova, Sergey V. Starikov, Boris N. Chichkov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1109/piers.2017.8262339</t>
   </si>
   <si>
-    <t>Nanoimprinted hybrid perovskite metasurfaces</t>
-[...5 lines deleted...]
-    <t>10.1109/piers.2017.8261891</t>
+    <t>Hybrid nanocavity for molecular sensing</t>
+  </si>
+  <si>
+    <t>Valentin Milichko, Kristina Frizyuk, Pavel Dmitriev, Dmitry Zuev, Georgiy Zograf, Sergey Makarov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2017 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
+  </si>
+  <si>
+    <t>10.1109/comcas.2017.8244858</t>
   </si>
   <si>
     <t>Photo-generated free carrier-induced symmetry breaking in spherical silicon nanoparticle</t>
   </si>
   <si>
     <t>Konstantin Ladutenko, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1002/adom.201701153</t>
   </si>
   <si>
     <t>Nanoscale optical high-temperature sensor</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Ivan Sinev, Anton Samusev, Dmitry Zuev, Valentin Milichko, Sergey Makarov</t>
   </si>
   <si>
-    <t>2017 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/comcas.2017.8244856</t>
   </si>
   <si>
-    <t>Hybrid nanocavity for molecular sensing</t>
-[...7 lines deleted...]
-  <si>
     <t>Single-step laser plasmonic coloration of metal films</t>
   </si>
   <si>
     <t>10 (1)</t>
   </si>
   <si>
     <t>1422–1427</t>
   </si>
   <si>
     <t>10.1021/acsami.7b16339</t>
   </si>
   <si>
     <t>Nanoscale generation of white light for ultrabroadband nanospectroscopy</t>
   </si>
   <si>
     <t>Sergey Makarov, Ivan Sinev, Valentin Milichko, Filipp Komissarenko, Dmitry Zuev, Ivan Mukhin, Pavel Belov, Ivan Iorsh, Alexander Poddubny, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>18 (1)</t>
   </si>
   <si>
     <t>535–539</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.7b04542</t>
@@ -2450,50 +2549,74 @@
   <si>
     <t>Laser post-processing of halide perovskites for enhanced photoluminescence and absorbance</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Filipp Komissarenko, Arthur Ishteev, Valentin Milichko, Dmitry Zuev, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>062002</t>
   </si>
   <si>
     <t>10.1088/1742-6596/917/6/062002</t>
   </si>
   <si>
     <t>Metal-Dielectric Nanocavity for Real-Time Tracing Molecular Events with Temperature Feedback</t>
   </si>
   <si>
     <t>Valentin Milichko, Dmitry Zuev, Georgiy Zograf, Andrey Krasilin, Ivan Mukhin, Pavel Dmitriev, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>UNSP 1700227</t>
   </si>
   <si>
     <t>10.1002/lpor.201700227</t>
   </si>
   <si>
+    <t>Direct femtosecond laser printing of plasmonic colors and functional sensing elements</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998051</t>
+  </si>
+  <si>
+    <t>Reconfigurable c-Si/Au hybrid nanoantenna</t>
+  </si>
+  <si>
+    <t>Alexander Chebykin, Anastasia Zalogina, Dmitry Zuev, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998035</t>
+  </si>
+  <si>
+    <t>Photoluminescence behavior of nanoimprinted halide perovskite at low temperatures</t>
+  </si>
+  <si>
+    <t>Zarina Sadrieva, Sergey Makarov, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998058</t>
+  </si>
+  <si>
     <t>Resonant optical properties of crystalline silicon nanoparticles fabricated by laser ablation-based methods</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Baranov, Valentin Milichko, Ivan Mukhin, Sergey Makarov, Anton Samusev, Georgiy Zograf, Dmitry Zuev, Katherine Makarova, Mihail Petrov, Ivan Sinev, Maxim Gorlach, Kristina Frizyuk, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998078</t>
   </si>
   <si>
     <t>Gap size impact on metal-dielectric nanocavity heater properties</t>
   </si>
   <si>
     <t>Georgiy Zograf, Dmitry Zuev, Valentin Milichko, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1063/1.4998072</t>
   </si>
   <si>
     <t>Enhancement of second harmonic generation in chiral metal-organic frameworks with silicon nanoparticles</t>
   </si>
   <si>
     <t>Anastasia Zalogina, Dmitry Zuev, Sergey Makarov, Valentin Milichko, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998132</t>
@@ -2522,95 +2645,71 @@
   <si>
     <t>Ekaterina Tiguntseva, Filipp Komissarenko, Dmitry Zuev, Valentin Milichko, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>10.1063/1.4998122</t>
   </si>
   <si>
     <t>Second harmonic splitting in silicon nanoparticles under ultrashot-pulse excitation</t>
   </si>
   <si>
     <t>Valentin Milichko, Dmitry Zuev, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1063/1.4998104</t>
   </si>
   <si>
     <t>Effect of dipole orientation on Purcell factor for the quantum emitter near silicon nanoparticle</t>
   </si>
   <si>
     <t>Anastasia Zalogina, Dmitry Zuev, Roman Savelev, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998131</t>
   </si>
   <si>
-    <t>Direct femtosecond laser printing of plasmonic colors and functional sensing elements</t>
-[...20 lines deleted...]
-    <t>10.1063/1.4998058</t>
+    <t>Nanostructured plasmas for enhanced gamma emission at relativistic laser interaction with solids</t>
+  </si>
+  <si>
+    <t>Applied Physics B</t>
+  </si>
+  <si>
+    <t>10.1007/s00340-017-6826-4</t>
   </si>
   <si>
     <t>Atomistic simulation of Si-Au melt crystallization with novel interatomic potential</t>
   </si>
   <si>
     <t>Computational Materials Science</t>
   </si>
   <si>
     <t>303-311</t>
   </si>
   <si>
     <t>10.1016/j.commatsci.2017.09.054</t>
   </si>
   <si>
-    <t>Nanostructured plasmas for enhanced gamma emission at relativistic laser interaction with solids</t>
-[...7 lines deleted...]
-  <si>
     <t>Demultiplexing surface waves with silicon nanoantennas</t>
   </si>
   <si>
     <t>Ivan Sinev, Andrey Bogdanov, Filipp Komissarenko, Mihail Petrov, Kristina Frizyuk, Sergey Makarov, Ivan Mukhin, Anton Samusev, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1063/1.4998064</t>
   </si>
   <si>
     <t>Ultrafast photoionization and excitation of surface-plasmon-polaritons on diamond surfaces</t>
   </si>
   <si>
     <t>334-343</t>
   </si>
   <si>
     <t>10.1016/j.apsusc.2017.07.263</t>
   </si>
   <si>
     <t>Light-induced tuning and reconfiguration of nanophotonic structures</t>
   </si>
   <si>
     <t>Sergey Makarov, Anastasia Zalogina, Mohammad Tajik, Dmitry Zuev, Mikhail Rybin, Yuri Kivshar</t>
   </si>
   <si>
     <t>UNSP 1700108</t>
@@ -2687,101 +2786,101 @@
   <si>
     <t>10.1002/adma.201606034</t>
   </si>
   <si>
     <t>Resonant Silicon Nanoparticles for Enhancement of Light Absorption and Photoluminescence from Hybrid Perovskite Films and Metasurfaces</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Alexander Chebykin, Arthur Ishteev, Filipp Komissarenko, Valentin Milichko, Dmitry Zuev, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>12486-12493</t>
   </si>
   <si>
     <t>10.1039/c7nr01631j</t>
   </si>
   <si>
     <t>Nonlinear all-dielectric nanoantenna reconfigured by electron-hole plasma</t>
   </si>
   <si>
     <t>2016 10th International Congress on Adv. Electromagnetic Mat. in Microwaves and Optics (METAMAT.)</t>
   </si>
   <si>
     <t>217-219</t>
   </si>
   <si>
+    <t>Modeling of formation mechanism and optical properties of Si/Au core-shell nanoparticles</t>
+  </si>
+  <si>
+    <t>Georgiy Zograf, Mikhail Rybin, Dmitry Zuev, Sergey Makarov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2016 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>460-464</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756894</t>
+  </si>
+  <si>
     <t>Polarization and angle dependent enhancement of Raman scattering from silicon nanodisks</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Permyakov, Sergey Makarov, Mihail Petrov, Valentin Milichko, Pavel Belov, Ivan Mukhin</t>
   </si>
   <si>
-    <t>2016 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>123-126</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756826</t>
   </si>
   <si>
     <t>Reversible and non-reversible tuning of hybrid optical nanoresonators</t>
   </si>
   <si>
     <t>Dmitry Zuev, Sergey Makarov, Valentin Milichko, Pavel Belov, Ivan Mukhin</t>
   </si>
   <si>
     <t>464-467</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756895</t>
   </si>
   <si>
     <t>Raman scattering governed by dark resonant modes in silicon nanoparticles</t>
   </si>
   <si>
     <t>Kristina Frizyuk, Valentin Milichko, Mihail Petrov, Dmitry Zuev, Sergey Makarov, Pavel Belov, Ivan Mukhin</t>
   </si>
   <si>
     <t>155-160</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756833</t>
   </si>
   <si>
-    <t>Modeling of formation mechanism and optical properties of Si/Au core-shell nanoparticles</t>
-[...10 lines deleted...]
-  <si>
     <t>Reconfigurable metal-dielectric nanodimers as component of hybrid nanophotonics</t>
   </si>
   <si>
     <t>Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Pavel Belov</t>
   </si>
   <si>
     <t>2016 10th International Congress on Advanced Electromagnetic Materials in Microwaves and Optics (METAMATERIALS)</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2016.7746426</t>
   </si>
   <si>
     <t>Ultrafast magnetic light</t>
   </si>
   <si>
     <t>Sergey Makarov, Pavel Belov, Dmitry Baranov</t>
   </si>
   <si>
     <t>2016 IEEE International Symposium on Antennas and Propagation (APSURSI)</t>
   </si>
   <si>
     <t>19-20</t>
   </si>
   <si>
     <t>10.1109/APS.2016.7695718</t>
@@ -2915,68 +3014,68 @@
   <si>
     <t>Laser printing of resonant plasmonic nanovoids</t>
   </si>
   <si>
     <t>Sergey Makarov, Valentin Milichko</t>
   </si>
   <si>
     <t>12352-12361</t>
   </si>
   <si>
     <t>10.1039/C6NR01317A</t>
   </si>
   <si>
     <t>Resonant Raman scattering from silicon nanopar ticles enhanced by magnetic response</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Valentin Milichko, Sergey Makarov, Ivan Mukhin, Anton Samusev, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>9721-9726</t>
   </si>
   <si>
     <t>10.1039/C5NR07965A</t>
   </si>
   <si>
+    <t>Single-stage fabrication of low-loss dielectric nanoresonators from high-loss material</t>
+  </si>
+  <si>
+    <t>Pavel Dmitriev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Alexey Mozharov, Anton Samusev, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/690/1/012020</t>
+  </si>
+  <si>
     <t>Direct Femtosecond Laser Writing of Optical Nanoresonators</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/690/1/012021</t>
   </si>
   <si>
-    <t>Single-stage fabrication of low-loss dielectric nanoresonators from high-loss material</t>
-[...7 lines deleted...]
-  <si>
     <t>Fabrication of Hybrid Nanostructures via Nanoscale Laser-Induced Reshaping for Advanced Light Manipulation</t>
   </si>
   <si>
     <t>Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Ivan Shishkin, Pavel Belov</t>
   </si>
   <si>
     <t>3087–3093</t>
   </si>
   <si>
     <t>10.1002/adma.201505346</t>
   </si>
   <si>
     <t>Laser fabrication of crystalline silicon nanoresonators from an amorphous film for low-loss all-dielectric nanophotonics</t>
   </si>
   <si>
     <t>5043-5048</t>
   </si>
   <si>
     <t>10.1039/C5NR06742A</t>
   </si>
   <si>
     <t>Ion-beam assisted laser fabrication of sensing plasmonic nanostructures</t>
   </si>
   <si>
     <t>10.1038/srep19410</t>
@@ -3203,72 +3302,72 @@
   <si>
     <t>51-55</t>
   </si>
   <si>
     <t>10.1134/S0021364014010020</t>
   </si>
   <si>
     <t>Femtosecond laser fabrication of sub-diffraction nanoripples on wet Al surface in multi-filamentation regime: High optical harmonics effects?</t>
   </si>
   <si>
     <t>678-681</t>
   </si>
   <si>
     <t>10.1016/j.apsusc.2013.12.032</t>
   </si>
   <si>
     <t>“Heterogeneous” versus “homogeneous” nucleation and growth of microcones on titanium surface under UV femtosecond-laser irradiation</t>
   </si>
   <si>
     <t>1133-1139</t>
   </si>
   <si>
     <t>10.1007/s00339-013-8196-z</t>
   </si>
   <si>
+    <t>Optical apertureless fiber microprobe for surface laser modification of metal films with sub-100nm resolution</t>
+  </si>
+  <si>
+    <t>Sergey Makarov,  Ionin A. A.</t>
+  </si>
+  <si>
+    <t>Optics Communications</t>
+  </si>
+  <si>
+    <t>125-129</t>
+  </si>
+  <si>
+    <t>10.1016/j.optcom.2013.06.051</t>
+  </si>
+  <si>
     <t>Beam spatial profile effect on femtosecond laser surface structuring of titanium in scanning regime</t>
   </si>
   <si>
     <t>634-637</t>
   </si>
   <si>
     <t>10.1016/j.apsusc.2013.07.144</t>
-  </si>
-[...13 lines deleted...]
-    <t>10.1016/j.optcom.2013.06.051</t>
   </si>
   <si>
     <t>Focusing of intense femtosecond surface plasmon-polaritons</t>
   </si>
   <si>
     <t>599-603</t>
   </si>
   <si>
     <t>10.1134/S0021364013100056</t>
   </si>
   <si>
     <t>Local field enhancement on metallic periodic surface structures produced by femtosecond laser pulses</t>
   </si>
   <si>
     <t>Ionin A. A.,  Kudryashov S. I.,  Ligachev A. E., Sergey Makarov,  Mel'nik N. N.,  Rudenko A. A.,  Seleznev L. V.,  Sinitsyn D. V.,  Khmelnitsky R. A.</t>
   </si>
   <si>
     <t>304-307</t>
   </si>
   <si>
     <t>10.1070/QE2013v043n04ABEH015105</t>
   </si>
   <si>
     <t>Through nanohole formation in thin metallic film by single nanosecond laser pulses using optical dielectric apertureless probe</t>
   </si>
@@ -3722,51 +3821,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I309"/>
+  <dimension ref="A1:I318"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="212.234" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="411.614" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="133.253" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -3781,8412 +3880,8671 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>66</v>
+        <v>6</v>
       </c>
       <c r="E2">
-        <v>101436</v>
+        <v>1</v>
       </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
-        <v>3.01</v>
+        <v>9.44</v>
       </c>
       <c r="I2">
-        <v>0.55</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3">
-        <v>6.89</v>
+        <v>9.44</v>
       </c>
       <c r="I3">
-        <v>1.85</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>8</v>
+      </c>
+      <c r="E4">
+        <v>250110</v>
       </c>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H4">
-        <v>4.32</v>
+        <v>9.64</v>
       </c>
       <c r="I4">
-        <v>0.86</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
         <v>23</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>24</v>
       </c>
-      <c r="C5" t="s">
-[...3 lines deleted...]
-      <c r="E5"/>
+      <c r="D5">
+        <v>66</v>
+      </c>
+      <c r="E5">
+        <v>101436</v>
+      </c>
       <c r="F5">
         <v>2025</v>
       </c>
       <c r="G5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H5">
-        <v>7.39</v>
+        <v>3.01</v>
       </c>
       <c r="I5">
-        <v>1.9</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" t="s">
         <v>27</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>28</v>
       </c>
-      <c r="C6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="E6"/>
       <c r="F6">
         <v>2025</v>
       </c>
       <c r="G6" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H6">
-        <v>15.88</v>
+        <v>9.93</v>
       </c>
       <c r="I6">
-        <v>5.55</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B7" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C7" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="D7">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="E7"/>
+        <v>6</v>
+      </c>
+      <c r="E7">
+        <v>1</v>
+      </c>
       <c r="F7">
         <v>2025</v>
       </c>
       <c r="G7" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-      <c r="I7"/>
+        <v>32</v>
+      </c>
+      <c r="H7">
+        <v>13.3</v>
+      </c>
+      <c r="I7">
+        <v>3.18</v>
+      </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B8" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="C8" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-      <c r="E8"/>
+        <v>28</v>
+      </c>
+      <c r="D8">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>35</v>
+      </c>
       <c r="F8">
         <v>2025</v>
       </c>
       <c r="G8" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="H8">
-        <v>8.31</v>
+        <v>9.93</v>
       </c>
       <c r="I8">
-        <v>1.74</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>37</v>
+      </c>
+      <c r="B9" t="s">
+        <v>38</v>
+      </c>
+      <c r="C9" t="s">
+        <v>39</v>
+      </c>
+      <c r="D9">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
         <v>40</v>
       </c>
-      <c r="B9" t="s">
-[...6 lines deleted...]
-      <c r="E9"/>
       <c r="F9">
         <v>2025</v>
       </c>
       <c r="G9" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="H9">
-        <v>13.28</v>
+        <v>7.53</v>
       </c>
       <c r="I9">
-        <v>3.79</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" t="s">
         <v>44</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10">
+        <v>8</v>
+      </c>
+      <c r="E10" t="s">
         <v>45</v>
-      </c>
-[...7 lines deleted...]
-        <v>47</v>
       </c>
       <c r="F10">
         <v>2025</v>
       </c>
       <c r="G10" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="H10">
-        <v>7.53</v>
+        <v>6.35</v>
       </c>
       <c r="I10">
-        <v>2.74</v>
+        <v>1.38</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>47</v>
+      </c>
+      <c r="B11" t="s">
+        <v>48</v>
+      </c>
+      <c r="C11" t="s">
         <v>49</v>
       </c>
-      <c r="B11" t="s">
+      <c r="D11">
+        <v>144</v>
+      </c>
+      <c r="E11">
+        <v>107283</v>
+      </c>
+      <c r="F11">
+        <v>2025</v>
+      </c>
+      <c r="G11" t="s">
         <v>50</v>
       </c>
-      <c r="C11" t="s">
-[...11 lines deleted...]
-      </c>
       <c r="H11">
-        <v>9.93</v>
+        <v>3.72</v>
       </c>
       <c r="I11">
-        <v>2.89</v>
+        <v>0.89</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>51</v>
+      </c>
+      <c r="B12" t="s">
+        <v>52</v>
+      </c>
+      <c r="C12" t="s">
         <v>53</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12">
+        <v>16</v>
+      </c>
+      <c r="E12" t="s">
         <v>54</v>
       </c>
-      <c r="C12" t="s">
+      <c r="F12">
+        <v>2025</v>
+      </c>
+      <c r="G12" t="s">
         <v>55</v>
       </c>
-      <c r="D12"/>
-[...6 lines deleted...]
-      </c>
       <c r="H12">
-        <v>11.19</v>
+        <v>6.89</v>
       </c>
       <c r="I12">
-        <v>4.85</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" t="s">
         <v>57</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>58</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13">
+        <v>39</v>
+      </c>
+      <c r="E13" t="s">
         <v>59</v>
       </c>
-      <c r="D13">
-[...2 lines deleted...]
-      <c r="E13" t="s">
+      <c r="F13">
+        <v>2025</v>
+      </c>
+      <c r="G13" t="s">
         <v>60</v>
       </c>
-      <c r="F13">
-[...4 lines deleted...]
-      </c>
       <c r="H13">
-        <v>8.57</v>
+        <v>4.32</v>
       </c>
       <c r="I13">
-        <v>2.06</v>
+        <v>0.86</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>61</v>
+      </c>
+      <c r="B14" t="s">
         <v>62</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G14" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="H14">
-        <v>7.07</v>
+        <v>7.39</v>
       </c>
       <c r="I14">
-        <v>2.25</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>65</v>
+      </c>
+      <c r="B15" t="s">
         <v>66</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>67</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
         <v>68</v>
       </c>
-      <c r="D15">
-[...2 lines deleted...]
-      <c r="E15" t="s">
+      <c r="F15">
+        <v>2025</v>
+      </c>
+      <c r="G15" t="s">
         <v>69</v>
       </c>
-      <c r="F15">
-[...4 lines deleted...]
-      </c>
       <c r="H15">
-        <v>9.44</v>
+        <v>15.88</v>
       </c>
       <c r="I15">
-        <v>2.54</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>70</v>
+      </c>
+      <c r="B16" t="s">
         <v>71</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>72</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16">
+        <v>27</v>
+      </c>
+      <c r="E16"/>
+      <c r="F16">
+        <v>2025</v>
+      </c>
+      <c r="G16" t="s">
         <v>73</v>
       </c>
-      <c r="D16">
-[...16 lines deleted...]
-      </c>
+      <c r="H16"/>
+      <c r="I16"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>74</v>
+      </c>
+      <c r="B17" t="s">
+        <v>75</v>
+      </c>
+      <c r="C17" t="s">
         <v>76</v>
       </c>
-      <c r="B17" t="s">
+      <c r="D17"/>
+      <c r="E17"/>
+      <c r="F17">
+        <v>2025</v>
+      </c>
+      <c r="G17" t="s">
         <v>77</v>
       </c>
-      <c r="C17" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H17">
-        <v>8.45</v>
+        <v>8.31</v>
       </c>
       <c r="I17">
-        <v>2.72</v>
+        <v>1.74</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>78</v>
+      </c>
+      <c r="B18" t="s">
+        <v>79</v>
+      </c>
+      <c r="C18" t="s">
         <v>80</v>
       </c>
-      <c r="B18" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D18"/>
       <c r="E18"/>
       <c r="F18">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G18" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H18">
-        <v>8.45</v>
+        <v>13.28</v>
       </c>
       <c r="I18">
-        <v>2.72</v>
+        <v>3.79</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>82</v>
+      </c>
+      <c r="B19" t="s">
         <v>83</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
+        <v>39</v>
+      </c>
+      <c r="D19">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
         <v>84</v>
       </c>
-      <c r="C19" t="s">
+      <c r="F19">
+        <v>2025</v>
+      </c>
+      <c r="G19" t="s">
         <v>85</v>
       </c>
-      <c r="D19"/>
-[...6 lines deleted...]
-      </c>
       <c r="H19">
-        <v>18.81</v>
+        <v>7.53</v>
       </c>
       <c r="I19">
-        <v>6.07</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>86</v>
+      </c>
+      <c r="B20" t="s">
         <v>87</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="D20">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E20"/>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H20">
         <v>9.93</v>
       </c>
       <c r="I20">
         <v>2.89</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>89</v>
+      </c>
+      <c r="B21" t="s">
         <v>90</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>91</v>
       </c>
-      <c r="C21" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D21"/>
+      <c r="E21"/>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="H21">
-        <v>6.71</v>
+        <v>11.19</v>
       </c>
       <c r="I21">
-        <v>1.3</v>
+        <v>4.85</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>93</v>
+      </c>
+      <c r="B22" t="s">
         <v>94</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>95</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22">
+        <v>9</v>
+      </c>
+      <c r="E22" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="H22">
-        <v>5.9</v>
+        <v>8.57</v>
       </c>
       <c r="I22">
-        <v>1.19</v>
+        <v>2.06</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>98</v>
+      </c>
+      <c r="B23" t="s">
         <v>99</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>100</v>
       </c>
-      <c r="C23" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D23"/>
+      <c r="E23"/>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="H23">
-        <v>4.19</v>
+        <v>7.07</v>
       </c>
       <c r="I23">
-        <v>1.48</v>
+        <v>2.25</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>102</v>
+      </c>
+      <c r="B24" t="s">
+        <v>103</v>
+      </c>
+      <c r="C24" t="s">
+        <v>15</v>
+      </c>
+      <c r="D24">
+        <v>16</v>
+      </c>
+      <c r="E24" t="s">
         <v>104</v>
       </c>
-      <c r="B24" t="s">
-[...6 lines deleted...]
-      <c r="E24"/>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="H24">
-        <v>9.93</v>
+        <v>9.44</v>
       </c>
       <c r="I24">
-        <v>2.89</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>106</v>
+      </c>
+      <c r="B25" t="s">
         <v>107</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>108</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
         <v>109</v>
-      </c>
-[...2 lines deleted...]
-        <v>152771</v>
       </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25" t="s">
         <v>110</v>
       </c>
       <c r="H25">
-        <v>14.66</v>
+        <v>8.45</v>
       </c>
       <c r="I25">
-        <v>2.53</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>111</v>
       </c>
       <c r="B26" t="s">
         <v>112</v>
       </c>
       <c r="C26" t="s">
+        <v>108</v>
+      </c>
+      <c r="D26">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
         <v>113</v>
       </c>
-      <c r="D26">
-[...2 lines deleted...]
-      <c r="E26"/>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26" t="s">
         <v>114</v>
       </c>
       <c r="H26">
-        <v>13.14</v>
+        <v>8.45</v>
       </c>
       <c r="I26">
-        <v>3.78</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>115</v>
       </c>
       <c r="B27" t="s">
         <v>116</v>
       </c>
       <c r="C27" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="D27">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="E27"/>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="H27">
-        <v>9.64</v>
+        <v>8.45</v>
       </c>
       <c r="I27">
-        <v>0.12</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>118</v>
+      </c>
+      <c r="B28" t="s">
+        <v>119</v>
+      </c>
+      <c r="C28" t="s">
         <v>120</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H28">
-        <v>7.92</v>
+        <v>18.81</v>
       </c>
       <c r="I28">
-        <v>2.12</v>
+        <v>6.07</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>122</v>
+      </c>
+      <c r="B29" t="s">
         <v>123</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" t="s">
-        <v>55</v>
+        <v>28</v>
       </c>
       <c r="D29">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E29"/>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="H29">
-        <v>12.26</v>
+        <v>9.93</v>
       </c>
       <c r="I29">
-        <v>3.76</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>125</v>
+      </c>
+      <c r="B30" t="s">
+        <v>126</v>
+      </c>
+      <c r="C30" t="s">
         <v>127</v>
       </c>
-      <c r="B30" t="s">
-[...5 lines deleted...]
-      <c r="D30"/>
+      <c r="D30">
+        <v>670</v>
+      </c>
       <c r="E30">
-        <v>101239</v>
+        <v>160669</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H30">
-        <v>3.16</v>
+        <v>6.71</v>
       </c>
       <c r="I30">
-        <v>0.47</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>129</v>
+      </c>
+      <c r="B31" t="s">
         <v>130</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>131</v>
       </c>
-      <c r="C31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D31">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E31"/>
+        <v>7</v>
+      </c>
+      <c r="E31" t="s">
+        <v>132</v>
+      </c>
       <c r="F31">
         <v>2024</v>
       </c>
       <c r="G31" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="H31">
-        <v>9.93</v>
+        <v>5.9</v>
       </c>
       <c r="I31">
-        <v>2.89</v>
+        <v>1.19</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B32" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C32" t="s">
-        <v>51</v>
+        <v>136</v>
       </c>
       <c r="D32">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E32"/>
+        <v>128</v>
+      </c>
+      <c r="E32" t="s">
+        <v>137</v>
+      </c>
       <c r="F32">
         <v>2024</v>
       </c>
       <c r="G32" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="H32">
-        <v>9.93</v>
+        <v>4.19</v>
       </c>
       <c r="I32">
-        <v>2.89</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="B33" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="C33" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="D33"/>
+      <c r="E33"/>
       <c r="F33">
         <v>2024</v>
       </c>
       <c r="G33" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="H33">
-        <v>3.16</v>
+        <v>9.93</v>
       </c>
       <c r="I33">
-        <v>0.47</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B34" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C34" t="s">
-        <v>29</v>
-[...5 lines deleted...]
-        <v>141</v>
+        <v>144</v>
+      </c>
+      <c r="D34"/>
+      <c r="E34">
+        <v>152771</v>
       </c>
       <c r="F34">
         <v>2024</v>
       </c>
       <c r="G34" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="H34">
-        <v>15.88</v>
+        <v>14.66</v>
       </c>
       <c r="I34">
-        <v>5.55</v>
+        <v>2.53</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B35" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="C35" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="D35">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="E35"/>
       <c r="F35">
         <v>2024</v>
       </c>
       <c r="G35" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="H35">
-        <v>6.89</v>
+        <v>13.14</v>
       </c>
       <c r="I35">
-        <v>1.85</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="B36" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C36" t="s">
-        <v>149</v>
+        <v>20</v>
       </c>
       <c r="D36">
-        <v>171</v>
-[...2 lines deleted...]
-        <v>110411</v>
+        <v>7</v>
+      </c>
+      <c r="E36" t="s">
+        <v>152</v>
       </c>
       <c r="F36">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G36" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="H36">
-        <v>3.87</v>
+        <v>9.64</v>
       </c>
       <c r="I36">
-        <v>0.87</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B37" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C37" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="D37"/>
       <c r="E37"/>
       <c r="F37">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G37" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="H37">
-        <v>4.18</v>
+        <v>7.92</v>
       </c>
       <c r="I37">
-        <v>1.03</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B38" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C38" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-        <v>101213</v>
+        <v>91</v>
+      </c>
+      <c r="D38">
+        <v>24</v>
+      </c>
+      <c r="E38" t="s">
+        <v>159</v>
       </c>
       <c r="F38">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G38" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="H38">
-        <v>3.16</v>
+        <v>12.26</v>
       </c>
       <c r="I38">
-        <v>0.47</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="B39" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="C39" t="s">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="D39"/>
-      <c r="E39"/>
+      <c r="E39">
+        <v>101239</v>
+      </c>
       <c r="F39">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G39" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="H39">
-        <v>6.14</v>
+        <v>3.16</v>
       </c>
       <c r="I39">
-        <v>1.18</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="B40" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="C40" t="s">
-        <v>162</v>
+        <v>28</v>
       </c>
       <c r="D40">
         <v>12</v>
       </c>
       <c r="E40"/>
       <c r="F40">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G40" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="H40">
-        <v>17.46</v>
+        <v>9.93</v>
       </c>
       <c r="I40">
-        <v>5.5</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="B41" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="C41" t="s">
-        <v>166</v>
+        <v>28</v>
       </c>
       <c r="D41">
-        <v>968</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E41"/>
       <c r="F41">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G41" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-      <c r="I41"/>
+        <v>169</v>
+      </c>
+      <c r="H41">
+        <v>9.93</v>
+      </c>
+      <c r="I41">
+        <v>2.89</v>
+      </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B42" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C42" t="s">
-        <v>170</v>
+        <v>24</v>
       </c>
       <c r="D42">
-        <v>10</v>
+        <v>58</v>
       </c>
       <c r="E42">
-        <v>1322</v>
+        <v>101232</v>
       </c>
       <c r="F42">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G42" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="H42">
-        <v>10.64</v>
+        <v>3.16</v>
       </c>
       <c r="I42">
-        <v>4.16</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B43" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C43" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-      <c r="E43"/>
+        <v>67</v>
+      </c>
+      <c r="D43">
+        <v>18</v>
+      </c>
+      <c r="E43" t="s">
+        <v>175</v>
+      </c>
       <c r="F43">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G43" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="H43">
-        <v>9.93</v>
+        <v>15.88</v>
       </c>
       <c r="I43">
-        <v>2.89</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B44" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C44" t="s">
-        <v>177</v>
+        <v>53</v>
       </c>
       <c r="D44">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E44"/>
+        <v>15</v>
+      </c>
+      <c r="E44" t="s">
+        <v>179</v>
+      </c>
       <c r="F44">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G44" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-      <c r="I44"/>
+        <v>180</v>
+      </c>
+      <c r="H44">
+        <v>6.89</v>
+      </c>
+      <c r="I44">
+        <v>1.85</v>
+      </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B45" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C45" t="s">
-        <v>149</v>
-[...6 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="D45"/>
+      <c r="E45"/>
       <c r="F45">
         <v>2023</v>
       </c>
       <c r="G45" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="H45">
-        <v>3.87</v>
+        <v>4.18</v>
       </c>
       <c r="I45">
-        <v>0.87</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B46" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C46" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-      <c r="E46"/>
+        <v>186</v>
+      </c>
+      <c r="D46">
+        <v>171</v>
+      </c>
+      <c r="E46">
+        <v>110411</v>
+      </c>
       <c r="F46">
         <v>2023</v>
       </c>
       <c r="G46" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="H46">
-        <v>10.05</v>
+        <v>3.87</v>
       </c>
       <c r="I46">
-        <v>2.41</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="B47" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="C47" t="s">
-        <v>113</v>
+        <v>24</v>
       </c>
       <c r="D47"/>
-      <c r="E47"/>
+      <c r="E47">
+        <v>101213</v>
+      </c>
       <c r="F47">
         <v>2023</v>
       </c>
       <c r="G47" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="H47">
-        <v>10.95</v>
+        <v>3.16</v>
       </c>
       <c r="I47">
-        <v>3.17</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="B48" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="C48" t="s">
-        <v>113</v>
+        <v>131</v>
       </c>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48">
         <v>2023</v>
       </c>
       <c r="G48" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="H48">
-        <v>10.95</v>
+        <v>6.14</v>
       </c>
       <c r="I48">
-        <v>3.17</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B49" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C49" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="D49">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E49"/>
       <c r="F49">
         <v>2023</v>
       </c>
       <c r="G49" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="H49">
-        <v>5.08</v>
+        <v>17.46</v>
       </c>
       <c r="I49">
-        <v>0.92</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B50" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="C50" t="s">
-        <v>197</v>
-[...3 lines deleted...]
-        <v>198</v>
+        <v>200</v>
+      </c>
+      <c r="D50">
+        <v>968</v>
+      </c>
+      <c r="E50">
+        <v>172201</v>
       </c>
       <c r="F50">
         <v>2023</v>
       </c>
       <c r="G50" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="H50"/>
       <c r="I50"/>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B51" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C51" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="D51">
-        <v>216</v>
+        <v>10</v>
       </c>
       <c r="E51">
-        <v>111349</v>
+        <v>1322</v>
       </c>
       <c r="F51">
         <v>2023</v>
       </c>
       <c r="G51" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="H51">
-        <v>5.12</v>
+        <v>10.64</v>
       </c>
       <c r="I51">
-        <v>0.7</v>
+        <v>4.16</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B52" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C52" t="s">
-        <v>117</v>
-[...6 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="D52"/>
+      <c r="E52"/>
       <c r="F52">
         <v>2023</v>
       </c>
       <c r="G52" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="H52">
-        <v>8.93</v>
+        <v>9.93</v>
       </c>
       <c r="I52">
-        <v>2.2</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B53" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C53" t="s">
-        <v>210</v>
-[...1 lines deleted...]
-      <c r="D53"/>
+        <v>211</v>
+      </c>
+      <c r="D53">
+        <v>16</v>
+      </c>
       <c r="E53"/>
       <c r="F53">
         <v>2023</v>
       </c>
       <c r="G53" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H53"/>
       <c r="I53"/>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B54" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C54" t="s">
-        <v>214</v>
+        <v>186</v>
       </c>
       <c r="D54">
-        <v>122</v>
+        <v>167</v>
       </c>
       <c r="E54">
-        <v>141103</v>
+        <v>109777</v>
       </c>
       <c r="F54">
         <v>2023</v>
       </c>
       <c r="G54" t="s">
         <v>215</v>
       </c>
       <c r="H54">
-        <v>3.97</v>
+        <v>3.87</v>
       </c>
       <c r="I54">
-        <v>1.03</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>216</v>
       </c>
       <c r="B55" t="s">
         <v>217</v>
       </c>
       <c r="C55" t="s">
-        <v>218</v>
-[...6 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="D55"/>
+      <c r="E55"/>
       <c r="F55">
         <v>2023</v>
       </c>
       <c r="G55" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="H55">
-        <v>6.96</v>
+        <v>10.05</v>
       </c>
       <c r="I55">
-        <v>1.59</v>
+        <v>2.41</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="B56" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="C56" t="s">
-        <v>29</v>
+        <v>148</v>
       </c>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56">
         <v>2023</v>
       </c>
       <c r="G56" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="H56">
-        <v>18.03</v>
+        <v>10.95</v>
       </c>
       <c r="I56">
-        <v>4.61</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="B57" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="C57" t="s">
-        <v>38</v>
+        <v>148</v>
       </c>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57">
         <v>2023</v>
       </c>
       <c r="G57" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="H57">
-        <v>8.31</v>
+        <v>10.95</v>
       </c>
       <c r="I57">
-        <v>1.74</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>225</v>
+      </c>
+      <c r="B58" t="s">
+        <v>226</v>
+      </c>
+      <c r="C58" t="s">
         <v>227</v>
       </c>
-      <c r="B58" t="s">
-[...6 lines deleted...]
-      <c r="E58"/>
+      <c r="D58">
+        <v>13</v>
+      </c>
+      <c r="E58">
+        <v>1563</v>
+      </c>
       <c r="F58">
         <v>2023</v>
       </c>
       <c r="G58" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="H58">
-        <v>6.14</v>
+        <v>5.08</v>
       </c>
       <c r="I58">
-        <v>1.18</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>229</v>
+      </c>
+      <c r="B59" t="s">
         <v>230</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>231</v>
       </c>
-      <c r="C59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D59"/>
-      <c r="E59"/>
+      <c r="E59" t="s">
+        <v>232</v>
+      </c>
       <c r="F59">
         <v>2023</v>
       </c>
       <c r="G59" t="s">
-        <v>232</v>
-[...6 lines deleted...]
-      </c>
+        <v>233</v>
+      </c>
+      <c r="H59"/>
+      <c r="I59"/>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B60" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C60" t="s">
-        <v>193</v>
+        <v>236</v>
       </c>
       <c r="D60">
-        <v>13</v>
+        <v>216</v>
       </c>
       <c r="E60">
-        <v>965</v>
+        <v>111349</v>
       </c>
       <c r="F60">
         <v>2023</v>
       </c>
       <c r="G60" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="H60">
-        <v>5.08</v>
+        <v>5.12</v>
       </c>
       <c r="I60">
-        <v>0.92</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B61" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C61" t="s">
-        <v>85</v>
-[...3 lines deleted...]
-        <v>2215007</v>
+        <v>20</v>
+      </c>
+      <c r="D61">
+        <v>0</v>
+      </c>
+      <c r="E61" t="s">
+        <v>240</v>
       </c>
       <c r="F61">
         <v>2023</v>
       </c>
       <c r="G61" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="H61">
-        <v>19.92</v>
+        <v>8.93</v>
       </c>
       <c r="I61">
-        <v>5.0</v>
+        <v>2.2</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B62" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="C62" t="s">
-        <v>241</v>
-[...6 lines deleted...]
-      </c>
+        <v>244</v>
+      </c>
+      <c r="D62"/>
+      <c r="E62"/>
       <c r="F62">
         <v>2023</v>
       </c>
       <c r="G62" t="s">
-        <v>243</v>
-[...6 lines deleted...]
-      </c>
+        <v>245</v>
+      </c>
+      <c r="H62"/>
+      <c r="I62"/>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B63" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C63" t="s">
-        <v>29</v>
+        <v>248</v>
       </c>
       <c r="D63">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>246</v>
+        <v>122</v>
+      </c>
+      <c r="E63">
+        <v>141103</v>
       </c>
       <c r="F63">
         <v>2023</v>
       </c>
       <c r="G63" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="H63">
-        <v>18.03</v>
+        <v>3.97</v>
       </c>
       <c r="I63">
-        <v>4.61</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="B64" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C64" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-      <c r="E64"/>
+        <v>44</v>
+      </c>
+      <c r="D64">
+        <v>6</v>
+      </c>
+      <c r="E64" t="s">
+        <v>252</v>
+      </c>
       <c r="F64">
         <v>2023</v>
       </c>
       <c r="G64" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="H64">
-        <v>7.08</v>
+        <v>6.96</v>
       </c>
       <c r="I64">
-        <v>2.27</v>
+        <v>1.59</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="B65" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="C65" t="s">
-        <v>253</v>
-[...6 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="D65"/>
+      <c r="E65"/>
       <c r="F65">
         <v>2023</v>
       </c>
       <c r="G65" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="H65">
-        <v>6.53</v>
+        <v>18.03</v>
       </c>
       <c r="I65">
-        <v>0.92</v>
+        <v>4.61</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B66" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C66" t="s">
-        <v>51</v>
+        <v>76</v>
       </c>
       <c r="D66"/>
-      <c r="E66">
-[...1 lines deleted...]
-      </c>
+      <c r="E66"/>
       <c r="F66">
         <v>2023</v>
       </c>
       <c r="G66" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-      <c r="I66"/>
+        <v>259</v>
+      </c>
+      <c r="H66">
+        <v>8.31</v>
+      </c>
+      <c r="I66">
+        <v>1.74</v>
+      </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B67" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C67" t="s">
-        <v>260</v>
-[...6 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="D67"/>
+      <c r="E67"/>
       <c r="F67">
         <v>2023</v>
       </c>
       <c r="G67" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="H67">
-        <v>3.75</v>
+        <v>6.14</v>
       </c>
       <c r="I67">
-        <v>0.56</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B68" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C68" t="s">
-        <v>264</v>
-[...6 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="D68"/>
+      <c r="E68"/>
       <c r="F68">
         <v>2023</v>
       </c>
       <c r="G68" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-      <c r="I68"/>
+        <v>265</v>
+      </c>
+      <c r="H68">
+        <v>12.26</v>
+      </c>
+      <c r="I68">
+        <v>3.76</v>
+      </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>266</v>
+      </c>
+      <c r="B69" t="s">
         <v>267</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69" t="s">
-        <v>264</v>
+        <v>227</v>
       </c>
       <c r="D69">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>269</v>
+        <v>13</v>
+      </c>
+      <c r="E69">
+        <v>965</v>
       </c>
       <c r="F69">
         <v>2023</v>
       </c>
       <c r="G69" t="s">
-        <v>270</v>
-[...1 lines deleted...]
-      <c r="H69"/>
+        <v>268</v>
+      </c>
+      <c r="H69">
+        <v>5.08</v>
+      </c>
       <c r="I69">
-        <v>0.23</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="B70" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="C70" t="s">
-        <v>264</v>
-[...5 lines deleted...]
-        <v>273</v>
+        <v>120</v>
+      </c>
+      <c r="D70"/>
+      <c r="E70">
+        <v>2215007</v>
       </c>
       <c r="F70">
         <v>2023</v>
       </c>
       <c r="G70" t="s">
-        <v>274</v>
-[...1 lines deleted...]
-      <c r="H70"/>
+        <v>271</v>
+      </c>
+      <c r="H70">
+        <v>19.92</v>
+      </c>
       <c r="I70">
-        <v>0.23</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>272</v>
+      </c>
+      <c r="B71" t="s">
+        <v>273</v>
+      </c>
+      <c r="C71" t="s">
+        <v>274</v>
+      </c>
+      <c r="D71">
+        <v>52</v>
+      </c>
+      <c r="E71" t="s">
         <v>275</v>
       </c>
-      <c r="B71" t="s">
-[...6 lines deleted...]
-      <c r="E71"/>
       <c r="F71">
         <v>2023</v>
       </c>
       <c r="G71" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="H71">
-        <v>18.03</v>
+        <v>4.39</v>
       </c>
       <c r="I71">
-        <v>4.61</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>277</v>
+      </c>
+      <c r="B72" t="s">
         <v>278</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72" t="s">
+        <v>67</v>
+      </c>
+      <c r="D72">
+        <v>17</v>
+      </c>
+      <c r="E72" t="s">
         <v>279</v>
       </c>
-      <c r="C72" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F72">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G72" t="s">
         <v>280</v>
       </c>
       <c r="H72">
-        <v>3.01</v>
+        <v>18.03</v>
       </c>
       <c r="I72">
-        <v>0.55</v>
+        <v>4.61</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
         <v>281</v>
       </c>
       <c r="B73" t="s">
         <v>282</v>
       </c>
       <c r="C73" t="s">
+        <v>39</v>
+      </c>
+      <c r="D73"/>
+      <c r="E73"/>
+      <c r="F73">
+        <v>2023</v>
+      </c>
+      <c r="G73" t="s">
         <v>283</v>
       </c>
-      <c r="D73">
-[...12 lines deleted...]
-      <c r="I73"/>
+      <c r="H73">
+        <v>7.08</v>
+      </c>
+      <c r="I73">
+        <v>2.27</v>
+      </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>284</v>
+      </c>
+      <c r="B74" t="s">
+        <v>285</v>
+      </c>
+      <c r="C74" t="s">
         <v>286</v>
       </c>
-      <c r="B74" t="s">
+      <c r="D74">
+        <v>15</v>
+      </c>
+      <c r="E74">
+        <v>534</v>
+      </c>
+      <c r="F74">
+        <v>2023</v>
+      </c>
+      <c r="G74" t="s">
         <v>287</v>
       </c>
-      <c r="C74" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H74">
-        <v>3.97</v>
+        <v>6.53</v>
       </c>
       <c r="I74">
-        <v>1.03</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>288</v>
+      </c>
+      <c r="B75" t="s">
         <v>289</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" t="s">
-        <v>291</v>
+        <v>28</v>
       </c>
       <c r="D75"/>
       <c r="E75">
-        <v>100214</v>
+        <v>2202407</v>
       </c>
       <c r="F75">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G75" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="H75"/>
       <c r="I75"/>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>291</v>
+      </c>
+      <c r="B76" t="s">
+        <v>292</v>
+      </c>
+      <c r="C76" t="s">
         <v>293</v>
       </c>
-      <c r="B76" t="s">
+      <c r="D76">
+        <v>16</v>
+      </c>
+      <c r="E76">
+        <v>959</v>
+      </c>
+      <c r="F76">
+        <v>2023</v>
+      </c>
+      <c r="G76" t="s">
         <v>294</v>
       </c>
-      <c r="C76" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H76">
-        <v>5.72</v>
+        <v>3.75</v>
       </c>
       <c r="I76">
-        <v>0.84</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>295</v>
+      </c>
+      <c r="B77" t="s">
         <v>296</v>
       </c>
-      <c r="B77" t="s">
+      <c r="C77" t="s">
         <v>297</v>
       </c>
-      <c r="C77" t="s">
-[...3 lines deleted...]
-      <c r="E77"/>
+      <c r="D77">
+        <v>86</v>
+      </c>
+      <c r="E77" t="s">
+        <v>298</v>
+      </c>
       <c r="F77">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G77" t="s">
-        <v>298</v>
-[...3 lines deleted...]
-      </c>
+        <v>299</v>
+      </c>
+      <c r="H77"/>
       <c r="I77">
-        <v>3.76</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B78" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C78" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="D78">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>13375</v>
+        <v>86</v>
+      </c>
+      <c r="E78" t="s">
+        <v>302</v>
       </c>
       <c r="F78">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G78" t="s">
-        <v>302</v>
-[...6 lines deleted...]
-      </c>
+        <v>303</v>
+      </c>
+      <c r="H78"/>
+      <c r="I78"/>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B79" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C79" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-        <v>2200295</v>
+        <v>297</v>
+      </c>
+      <c r="D79">
+        <v>86</v>
+      </c>
+      <c r="E79" t="s">
+        <v>306</v>
       </c>
       <c r="F79">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G79" t="s">
-        <v>305</v>
-[...3 lines deleted...]
-      </c>
+        <v>307</v>
+      </c>
+      <c r="H79"/>
       <c r="I79">
-        <v>3.17</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B80" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C80" t="s">
-        <v>308</v>
+        <v>67</v>
       </c>
       <c r="D80"/>
       <c r="E80"/>
       <c r="F80">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G80" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-      <c r="I80"/>
+        <v>310</v>
+      </c>
+      <c r="H80">
+        <v>18.03</v>
+      </c>
+      <c r="I80">
+        <v>4.61</v>
+      </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B81" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C81" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-      <c r="E81"/>
+        <v>313</v>
+      </c>
+      <c r="D81">
+        <v>15</v>
+      </c>
+      <c r="E81" t="s">
+        <v>314</v>
+      </c>
       <c r="F81">
         <v>2022</v>
       </c>
       <c r="G81" t="s">
-        <v>313</v>
-[...6 lines deleted...]
-      </c>
+        <v>315</v>
+      </c>
+      <c r="H81"/>
+      <c r="I81"/>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B82" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C82" t="s">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="D82">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>316</v>
+        <v>53</v>
+      </c>
+      <c r="E82">
+        <v>101103</v>
       </c>
       <c r="F82">
         <v>2022</v>
       </c>
       <c r="G82" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="H82">
-        <v>6.14</v>
+        <v>3.01</v>
       </c>
       <c r="I82">
-        <v>1.18</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B83" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C83" t="s">
-        <v>320</v>
+        <v>248</v>
       </c>
       <c r="D83">
-        <v>28</v>
+        <v>121</v>
       </c>
       <c r="E83">
-        <v>101545</v>
+        <v>223301</v>
       </c>
       <c r="F83">
         <v>2022</v>
       </c>
       <c r="G83" t="s">
         <v>321</v>
       </c>
       <c r="H83">
-        <v>8.66</v>
+        <v>3.97</v>
       </c>
       <c r="I83">
-        <v>1.62</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
         <v>322</v>
       </c>
       <c r="B84" t="s">
         <v>323</v>
       </c>
       <c r="C84" t="s">
-        <v>193</v>
-[...3 lines deleted...]
-      </c>
+        <v>324</v>
+      </c>
+      <c r="D84"/>
       <c r="E84">
-        <v>1756</v>
+        <v>100214</v>
       </c>
       <c r="F84">
         <v>2022</v>
       </c>
       <c r="G84" t="s">
-        <v>324</v>
-[...6 lines deleted...]
-      </c>
+        <v>325</v>
+      </c>
+      <c r="H84"/>
+      <c r="I84"/>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B85" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C85" t="s">
-        <v>327</v>
-[...1 lines deleted...]
-      <c r="D85"/>
+        <v>227</v>
+      </c>
+      <c r="D85">
+        <v>12</v>
+      </c>
       <c r="E85">
-        <v>2100326</v>
+        <v>3916</v>
       </c>
       <c r="F85">
         <v>2022</v>
       </c>
       <c r="G85" t="s">
         <v>328</v>
       </c>
-      <c r="H85"/>
-      <c r="I85"/>
+      <c r="H85">
+        <v>5.72</v>
+      </c>
+      <c r="I85">
+        <v>0.84</v>
+      </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
         <v>329</v>
       </c>
       <c r="B86" t="s">
         <v>330</v>
       </c>
       <c r="C86" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="D86"/>
       <c r="E86"/>
       <c r="F86">
         <v>2022</v>
       </c>
       <c r="G86" t="s">
         <v>331</v>
       </c>
       <c r="H86">
-        <v>7.92</v>
+        <v>12.26</v>
       </c>
       <c r="I86">
-        <v>2.12</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>332</v>
       </c>
       <c r="B87" t="s">
         <v>333</v>
       </c>
       <c r="C87" t="s">
         <v>334</v>
       </c>
-      <c r="D87"/>
-      <c r="E87"/>
+      <c r="D87">
+        <v>23</v>
+      </c>
+      <c r="E87">
+        <v>13375</v>
+      </c>
       <c r="F87">
         <v>2022</v>
       </c>
       <c r="G87" t="s">
         <v>335</v>
       </c>
       <c r="H87">
-        <v>72.09</v>
+        <v>5.92</v>
       </c>
       <c r="I87">
-        <v>18.72</v>
+        <v>1.46</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>336</v>
       </c>
       <c r="B88" t="s">
         <v>337</v>
       </c>
       <c r="C88" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-        <v>338</v>
+        <v>148</v>
+      </c>
+      <c r="D88"/>
+      <c r="E88">
+        <v>2200295</v>
       </c>
       <c r="F88">
         <v>2022</v>
       </c>
       <c r="G88" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="H88">
-        <v>7.08</v>
+        <v>10.95</v>
       </c>
       <c r="I88">
-        <v>2.27</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
+        <v>339</v>
+      </c>
+      <c r="B89" t="s">
         <v>340</v>
       </c>
-      <c r="B89" t="s">
+      <c r="C89" t="s">
         <v>341</v>
       </c>
-      <c r="C89" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D89"/>
+      <c r="E89"/>
       <c r="F89">
         <v>2022</v>
       </c>
       <c r="G89" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="H89"/>
-      <c r="I89">
-[...1 lines deleted...]
-      </c>
+      <c r="I89"/>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
+        <v>343</v>
+      </c>
+      <c r="B90" t="s">
+        <v>344</v>
+      </c>
+      <c r="C90" t="s">
         <v>345</v>
       </c>
-      <c r="B90" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="D90"/>
+      <c r="E90"/>
       <c r="F90">
         <v>2022</v>
       </c>
       <c r="G90" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="H90">
-        <v>3.79</v>
+        <v>4.15</v>
       </c>
       <c r="I90">
-        <v>1.18</v>
+        <v>0.83</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
+        <v>347</v>
+      </c>
+      <c r="B91" t="s">
         <v>348</v>
       </c>
-      <c r="B91" t="s">
+      <c r="C91" t="s">
+        <v>131</v>
+      </c>
+      <c r="D91">
+        <v>5</v>
+      </c>
+      <c r="E91" t="s">
         <v>349</v>
-      </c>
-[...7 lines deleted...]
-        <v>2100728</v>
       </c>
       <c r="F91">
         <v>2022</v>
       </c>
       <c r="G91" t="s">
         <v>350</v>
       </c>
       <c r="H91">
-        <v>10.95</v>
+        <v>6.14</v>
       </c>
       <c r="I91">
-        <v>3.17</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
         <v>351</v>
       </c>
       <c r="B92" t="s">
         <v>352</v>
       </c>
       <c r="C92" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="D92"/>
+        <v>353</v>
+      </c>
+      <c r="D92">
+        <v>28</v>
+      </c>
       <c r="E92">
-        <v>2109834</v>
+        <v>101545</v>
       </c>
       <c r="F92">
         <v>2022</v>
       </c>
       <c r="G92" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="H92">
-        <v>19.92</v>
+        <v>8.66</v>
       </c>
       <c r="I92">
-        <v>5.0</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B93" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C93" t="s">
-        <v>356</v>
+        <v>227</v>
       </c>
       <c r="D93">
-        <v>2172</v>
-[...2 lines deleted...]
-        <v>357</v>
+        <v>12</v>
+      </c>
+      <c r="E93">
+        <v>1756</v>
       </c>
       <c r="F93">
         <v>2022</v>
       </c>
       <c r="G93" t="s">
-        <v>358</v>
-[...1 lines deleted...]
-      <c r="H93"/>
+        <v>357</v>
+      </c>
+      <c r="H93">
+        <v>5.72</v>
+      </c>
       <c r="I93">
-        <v>0.21</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
+        <v>358</v>
+      </c>
+      <c r="B94" t="s">
         <v>359</v>
       </c>
-      <c r="B94" t="s">
+      <c r="C94" t="s">
         <v>360</v>
       </c>
-      <c r="C94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D94"/>
-      <c r="E94"/>
+      <c r="E94">
+        <v>2100326</v>
+      </c>
       <c r="F94">
         <v>2022</v>
       </c>
       <c r="G94" t="s">
         <v>361</v>
       </c>
-      <c r="H94">
-[...4 lines deleted...]
-      </c>
+      <c r="H94"/>
+      <c r="I94"/>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
         <v>362</v>
       </c>
       <c r="B95" t="s">
         <v>363</v>
       </c>
       <c r="C95" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="D95"/>
+        <v>108</v>
+      </c>
+      <c r="D95">
+        <v>0</v>
+      </c>
       <c r="E95"/>
       <c r="F95">
         <v>2022</v>
       </c>
       <c r="G95" t="s">
         <v>364</v>
       </c>
       <c r="H95">
-        <v>7.08</v>
+        <v>7.92</v>
       </c>
       <c r="I95">
-        <v>2.27</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
         <v>365</v>
       </c>
       <c r="B96" t="s">
         <v>366</v>
       </c>
       <c r="C96" t="s">
-        <v>320</v>
-[...6 lines deleted...]
-      </c>
+        <v>367</v>
+      </c>
+      <c r="D96"/>
+      <c r="E96"/>
       <c r="F96">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G96" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="H96">
-        <v>8.66</v>
+        <v>72.09</v>
       </c>
       <c r="I96">
-        <v>1.62</v>
+        <v>18.72</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B97" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C97" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-        <v>2100253</v>
+        <v>39</v>
+      </c>
+      <c r="D97">
+        <v>9</v>
+      </c>
+      <c r="E97" t="s">
+        <v>371</v>
       </c>
       <c r="F97">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G97" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="H97">
-        <v>10.95</v>
+        <v>7.08</v>
       </c>
       <c r="I97">
-        <v>3.17</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B98" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C98" t="s">
-        <v>356</v>
+        <v>375</v>
       </c>
       <c r="D98">
-        <v>2086</v>
+        <v>5</v>
       </c>
       <c r="E98" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="F98">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G98" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="H98"/>
       <c r="I98">
-        <v>0.21</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B99" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="C99" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-      <c r="E99"/>
+        <v>248</v>
+      </c>
+      <c r="D99">
+        <v>120</v>
+      </c>
+      <c r="E99">
+        <v>151102</v>
+      </c>
       <c r="F99">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G99" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="H99">
-        <v>12.26</v>
+        <v>3.79</v>
       </c>
       <c r="I99">
-        <v>3.76</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="B100" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="C100" t="s">
-        <v>356</v>
+        <v>148</v>
       </c>
       <c r="D100">
-        <v>2015</v>
-[...2 lines deleted...]
-        <v>380</v>
+        <v>16</v>
+      </c>
+      <c r="E100">
+        <v>2100728</v>
       </c>
       <c r="F100">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G100" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="H100">
-        <v>0.55</v>
+        <v>10.95</v>
       </c>
       <c r="I100">
-        <v>0.21</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="B101" t="s">
-        <v>355</v>
+        <v>385</v>
       </c>
       <c r="C101" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>383</v>
+        <v>120</v>
+      </c>
+      <c r="D101"/>
+      <c r="E101">
+        <v>2109834</v>
       </c>
       <c r="F101">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G101" t="s">
-        <v>384</v>
-[...1 lines deleted...]
-      <c r="H101"/>
+        <v>386</v>
+      </c>
+      <c r="H101">
+        <v>19.92</v>
+      </c>
       <c r="I101">
-        <v>0.21</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="B102" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="C102" t="s">
-        <v>356</v>
+        <v>389</v>
       </c>
       <c r="D102">
-        <v>2015</v>
+        <v>2172</v>
       </c>
       <c r="E102" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="F102">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G102" t="s">
-        <v>388</v>
-[...3 lines deleted...]
-      </c>
+        <v>391</v>
+      </c>
+      <c r="H102"/>
       <c r="I102">
         <v>0.21</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="B103" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="C103" t="s">
-        <v>356</v>
-[...6 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="D103"/>
+      <c r="E103"/>
       <c r="F103">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G103" t="s">
-        <v>392</v>
-[...1 lines deleted...]
-      <c r="H103"/>
+        <v>394</v>
+      </c>
+      <c r="H103">
+        <v>7.08</v>
+      </c>
       <c r="I103">
-        <v>0.21</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="B104" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="C104" t="s">
-        <v>356</v>
-[...6 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="D104"/>
+      <c r="E104"/>
       <c r="F104">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G104" t="s">
-        <v>396</v>
-[...1 lines deleted...]
-      <c r="H104"/>
+        <v>397</v>
+      </c>
+      <c r="H104">
+        <v>7.08</v>
+      </c>
       <c r="I104">
-        <v>0.21</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B105" t="s">
-        <v>330</v>
+        <v>399</v>
       </c>
       <c r="C105" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="D105">
-        <v>2015</v>
-[...2 lines deleted...]
-        <v>398</v>
+        <v>26</v>
+      </c>
+      <c r="E105">
+        <v>101289</v>
       </c>
       <c r="F105">
         <v>2021</v>
       </c>
       <c r="G105" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="H105">
-        <v>0.55</v>
+        <v>8.66</v>
       </c>
       <c r="I105">
-        <v>0.21</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B106" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C106" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>402</v>
+        <v>148</v>
+      </c>
+      <c r="D106"/>
+      <c r="E106">
+        <v>2100253</v>
       </c>
       <c r="F106">
         <v>2021</v>
       </c>
       <c r="G106" t="s">
         <v>403</v>
       </c>
       <c r="H106">
-        <v>0.55</v>
+        <v>10.95</v>
       </c>
       <c r="I106">
-        <v>0.21</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
         <v>404</v>
       </c>
       <c r="B107" t="s">
         <v>405</v>
       </c>
       <c r="C107" t="s">
-        <v>356</v>
+        <v>389</v>
       </c>
       <c r="D107">
-        <v>2015</v>
+        <v>2086</v>
       </c>
       <c r="E107" t="s">
         <v>406</v>
       </c>
       <c r="F107">
         <v>2021</v>
       </c>
       <c r="G107" t="s">
         <v>407</v>
       </c>
       <c r="H107"/>
       <c r="I107">
         <v>0.21</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
         <v>408</v>
       </c>
       <c r="B108" t="s">
         <v>409</v>
       </c>
       <c r="C108" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="D108"/>
-      <c r="E108" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E108"/>
       <c r="F108">
         <v>2021</v>
       </c>
       <c r="G108" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="H108">
-        <v>6.71</v>
+        <v>12.26</v>
       </c>
       <c r="I108">
-        <v>2.98</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
+        <v>411</v>
+      </c>
+      <c r="B109" t="s">
         <v>412</v>
       </c>
-      <c r="B109" t="s">
+      <c r="C109" t="s">
+        <v>389</v>
+      </c>
+      <c r="D109">
+        <v>2015</v>
+      </c>
+      <c r="E109" t="s">
         <v>413</v>
       </c>
-      <c r="C109" t="s">
-[...3 lines deleted...]
-      <c r="E109"/>
       <c r="F109">
         <v>2021</v>
       </c>
       <c r="G109" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="H109"/>
-      <c r="I109"/>
+      <c r="I109">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
+        <v>415</v>
+      </c>
+      <c r="B110" t="s">
         <v>416</v>
       </c>
-      <c r="B110" t="s">
+      <c r="C110" t="s">
+        <v>389</v>
+      </c>
+      <c r="D110">
+        <v>2015</v>
+      </c>
+      <c r="E110" t="s">
         <v>417</v>
       </c>
-      <c r="C110" t="s">
-[...3 lines deleted...]
-      <c r="E110"/>
       <c r="F110">
         <v>2021</v>
       </c>
       <c r="G110" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="H110">
-        <v>3.83</v>
+        <v>0.55</v>
       </c>
       <c r="I110">
-        <v>1.23</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
+        <v>419</v>
+      </c>
+      <c r="B111" t="s">
+        <v>388</v>
+      </c>
+      <c r="C111" t="s">
+        <v>389</v>
+      </c>
+      <c r="D111">
+        <v>2015</v>
+      </c>
+      <c r="E111" t="s">
         <v>420</v>
-      </c>
-[...8 lines deleted...]
-        <v>422</v>
       </c>
       <c r="F111">
         <v>2021</v>
       </c>
       <c r="G111" t="s">
-        <v>423</v>
-[...3 lines deleted...]
-      </c>
+        <v>421</v>
+      </c>
+      <c r="H111"/>
       <c r="I111">
-        <v>2.56</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
+        <v>422</v>
+      </c>
+      <c r="B112" t="s">
+        <v>423</v>
+      </c>
+      <c r="C112" t="s">
+        <v>389</v>
+      </c>
+      <c r="D112">
+        <v>2015</v>
+      </c>
+      <c r="E112" t="s">
         <v>424</v>
-      </c>
-[...8 lines deleted...]
-        <v>106484</v>
       </c>
       <c r="F112">
         <v>2021</v>
       </c>
       <c r="G112" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="H112">
-        <v>19.07</v>
+        <v>0.55</v>
       </c>
       <c r="I112">
-        <v>4.68</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
+        <v>426</v>
+      </c>
+      <c r="B113" t="s">
+        <v>427</v>
+      </c>
+      <c r="C113" t="s">
+        <v>389</v>
+      </c>
+      <c r="D113">
+        <v>2015</v>
+      </c>
+      <c r="E113" t="s">
         <v>428</v>
       </c>
-      <c r="B113" t="s">
-[...6 lines deleted...]
-      <c r="E113"/>
       <c r="F113">
         <v>2021</v>
       </c>
       <c r="G113" t="s">
-        <v>430</v>
-[...3 lines deleted...]
-      </c>
+        <v>429</v>
+      </c>
+      <c r="H113"/>
       <c r="I113">
-        <v>3.76</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
+        <v>430</v>
+      </c>
+      <c r="B114" t="s">
         <v>431</v>
       </c>
-      <c r="B114" t="s">
+      <c r="C114" t="s">
+        <v>389</v>
+      </c>
+      <c r="D114">
+        <v>2015</v>
+      </c>
+      <c r="E114" t="s">
         <v>432</v>
-      </c>
-[...7 lines deleted...]
-        <v>643</v>
       </c>
       <c r="F114">
         <v>2021</v>
       </c>
       <c r="G114" t="s">
-        <v>434</v>
-[...3 lines deleted...]
-      </c>
+        <v>433</v>
+      </c>
+      <c r="H114"/>
       <c r="I114">
-        <v>7.47</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
+        <v>434</v>
+      </c>
+      <c r="B115" t="s">
+        <v>363</v>
+      </c>
+      <c r="C115" t="s">
+        <v>389</v>
+      </c>
+      <c r="D115">
+        <v>2015</v>
+      </c>
+      <c r="E115" t="s">
         <v>435</v>
       </c>
-      <c r="B115" t="s">
-[...6 lines deleted...]
-      <c r="E115"/>
       <c r="F115">
         <v>2021</v>
       </c>
       <c r="G115" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="H115">
-        <v>12.26</v>
+        <v>0.55</v>
       </c>
       <c r="I115">
-        <v>3.76</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
+        <v>437</v>
+      </c>
+      <c r="B116" t="s">
         <v>438</v>
       </c>
-      <c r="B116" t="s">
+      <c r="C116" t="s">
+        <v>389</v>
+      </c>
+      <c r="D116">
+        <v>2015</v>
+      </c>
+      <c r="E116" t="s">
         <v>439</v>
-      </c>
-[...5 lines deleted...]
-        <v>2100094</v>
       </c>
       <c r="F116">
         <v>2021</v>
       </c>
       <c r="G116" t="s">
         <v>440</v>
       </c>
       <c r="H116">
-        <v>10.95</v>
+        <v>0.55</v>
       </c>
       <c r="I116">
-        <v>3.17</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
         <v>441</v>
       </c>
       <c r="B117" t="s">
         <v>442</v>
       </c>
       <c r="C117" t="s">
         <v>443</v>
       </c>
-      <c r="D117">
-[...4 lines deleted...]
-      </c>
+      <c r="D117"/>
+      <c r="E117"/>
       <c r="F117">
         <v>2021</v>
       </c>
       <c r="G117" t="s">
         <v>444</v>
       </c>
-      <c r="H117">
-[...4 lines deleted...]
-      </c>
+      <c r="H117"/>
+      <c r="I117"/>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
         <v>445</v>
       </c>
       <c r="B118" t="s">
         <v>446</v>
       </c>
       <c r="C118" t="s">
-        <v>214</v>
-[...5 lines deleted...]
-        <v>201101</v>
+        <v>53</v>
+      </c>
+      <c r="D118"/>
+      <c r="E118" t="s">
+        <v>447</v>
       </c>
       <c r="F118">
         <v>2021</v>
       </c>
       <c r="G118" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="H118">
-        <v>3.97</v>
+        <v>6.71</v>
       </c>
       <c r="I118">
-        <v>1.03</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B119" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C119" t="s">
-        <v>101</v>
+        <v>451</v>
       </c>
       <c r="D119"/>
       <c r="E119"/>
       <c r="F119">
         <v>2021</v>
       </c>
       <c r="G119" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="H119">
-        <v>4.13</v>
+        <v>3.83</v>
       </c>
       <c r="I119">
-        <v>1.48</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B120" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="C120" t="s">
-        <v>453</v>
+        <v>53</v>
       </c>
       <c r="D120"/>
-      <c r="E120"/>
+      <c r="E120" t="s">
+        <v>455</v>
+      </c>
       <c r="F120">
         <v>2021</v>
       </c>
       <c r="G120" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="H120">
-        <v>10.51</v>
+        <v>6.48</v>
       </c>
       <c r="I120">
-        <v>2.93</v>
+        <v>2.56</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B121" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="C121" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="D121"/>
-      <c r="E121"/>
+      <c r="E121">
+        <v>106484</v>
+      </c>
       <c r="F121">
         <v>2021</v>
       </c>
       <c r="G121" t="s">
-        <v>458</v>
-[...2 lines deleted...]
-      <c r="I121"/>
+        <v>460</v>
+      </c>
+      <c r="H121">
+        <v>19.07</v>
+      </c>
+      <c r="I121">
+        <v>4.68</v>
+      </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B122" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="C122" t="s">
-        <v>214</v>
-[...6 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="D122"/>
+      <c r="E122"/>
       <c r="F122">
         <v>2021</v>
       </c>
       <c r="G122" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="H122">
-        <v>3.97</v>
+        <v>12.26</v>
       </c>
       <c r="I122">
-        <v>1.03</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B123" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C123" t="s">
-        <v>327</v>
-[...1 lines deleted...]
-      <c r="D123"/>
+        <v>466</v>
+      </c>
+      <c r="D123">
+        <v>13</v>
+      </c>
       <c r="E123">
-        <v>2000139</v>
+        <v>643</v>
       </c>
       <c r="F123">
         <v>2021</v>
       </c>
       <c r="G123" t="s">
-        <v>465</v>
-[...2 lines deleted...]
-      <c r="I123"/>
+        <v>467</v>
+      </c>
+      <c r="H123">
+        <v>24.75</v>
+      </c>
+      <c r="I123">
+        <v>7.47</v>
+      </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B124" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="C124" t="s">
-        <v>193</v>
-[...6 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="D124"/>
+      <c r="E124"/>
       <c r="F124">
         <v>2021</v>
       </c>
       <c r="G124" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="H124">
-        <v>5.72</v>
+        <v>12.26</v>
       </c>
       <c r="I124">
-        <v>0.84</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B125" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="C125" t="s">
-        <v>471</v>
-[...5 lines deleted...]
-        <v>472</v>
+        <v>148</v>
+      </c>
+      <c r="D125"/>
+      <c r="E125">
+        <v>2100094</v>
       </c>
       <c r="F125">
         <v>2021</v>
       </c>
       <c r="G125" t="s">
         <v>473</v>
       </c>
       <c r="H125">
-        <v>9.23</v>
+        <v>10.95</v>
       </c>
       <c r="I125">
-        <v>2.54</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
         <v>474</v>
       </c>
       <c r="B126" t="s">
         <v>475</v>
       </c>
       <c r="C126" t="s">
-        <v>193</v>
+        <v>476</v>
       </c>
       <c r="D126">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="E126">
-        <v>313</v>
+        <v>1462</v>
       </c>
       <c r="F126">
         <v>2021</v>
       </c>
       <c r="G126" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="H126">
-        <v>5.72</v>
+        <v>7.25</v>
       </c>
       <c r="I126">
-        <v>0.84</v>
+        <v>1.98</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B127" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C127" t="s">
-        <v>193</v>
+        <v>248</v>
       </c>
       <c r="D127">
-        <v>11</v>
+        <v>118</v>
       </c>
       <c r="E127">
-        <v>45</v>
+        <v>201101</v>
       </c>
       <c r="F127">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G127" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="H127">
-        <v>5.08</v>
+        <v>3.97</v>
       </c>
       <c r="I127">
-        <v>0.92</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="B128" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C128" t="s">
-        <v>51</v>
+        <v>136</v>
       </c>
       <c r="D128"/>
-      <c r="E128">
-[...1 lines deleted...]
-      </c>
+      <c r="E128"/>
       <c r="F128">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G128" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="H128">
-        <v>9.93</v>
+        <v>4.13</v>
       </c>
       <c r="I128">
-        <v>2.89</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B129" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C129" t="s">
-        <v>485</v>
-[...4 lines deleted...]
-      <c r="E129" t="s">
         <v>486</v>
       </c>
+      <c r="D129"/>
+      <c r="E129"/>
       <c r="F129">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G129" t="s">
         <v>487</v>
       </c>
-      <c r="H129"/>
+      <c r="H129">
+        <v>10.51</v>
+      </c>
       <c r="I129">
-        <v>0.19</v>
+        <v>2.93</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
         <v>488</v>
       </c>
       <c r="B130" t="s">
         <v>489</v>
       </c>
       <c r="C130" t="s">
-        <v>485</v>
-[...4 lines deleted...]
-      <c r="E130" t="s">
         <v>490</v>
       </c>
+      <c r="D130"/>
+      <c r="E130"/>
       <c r="F130">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G130" t="s">
         <v>491</v>
       </c>
       <c r="H130"/>
-      <c r="I130">
-[...1 lines deleted...]
-      </c>
+      <c r="I130"/>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
         <v>492</v>
       </c>
       <c r="B131" t="s">
         <v>493</v>
       </c>
       <c r="C131" t="s">
-        <v>485</v>
+        <v>248</v>
       </c>
       <c r="D131">
-        <v>2300</v>
+        <v>118</v>
       </c>
       <c r="E131" t="s">
         <v>494</v>
       </c>
       <c r="F131">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G131" t="s">
         <v>495</v>
       </c>
-      <c r="H131"/>
+      <c r="H131">
+        <v>3.97</v>
+      </c>
       <c r="I131">
-        <v>0.19</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
         <v>496</v>
       </c>
       <c r="B132" t="s">
         <v>497</v>
       </c>
       <c r="C132" t="s">
-        <v>485</v>
-[...4 lines deleted...]
-      <c r="E132" t="s">
+        <v>360</v>
+      </c>
+      <c r="D132"/>
+      <c r="E132">
+        <v>2000139</v>
+      </c>
+      <c r="F132">
+        <v>2021</v>
+      </c>
+      <c r="G132" t="s">
         <v>498</v>
       </c>
-      <c r="F132">
-[...4 lines deleted...]
-      </c>
       <c r="H132"/>
-      <c r="I132">
-[...1 lines deleted...]
-      </c>
+      <c r="I132"/>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
+        <v>499</v>
+      </c>
+      <c r="B133" t="s">
         <v>500</v>
       </c>
-      <c r="B133" t="s">
+      <c r="C133" t="s">
+        <v>227</v>
+      </c>
+      <c r="D133">
+        <v>11</v>
+      </c>
+      <c r="E133">
+        <v>412</v>
+      </c>
+      <c r="F133">
+        <v>2021</v>
+      </c>
+      <c r="G133" t="s">
         <v>501</v>
       </c>
-      <c r="C133" t="s">
-[...14 lines deleted...]
-      <c r="H133"/>
+      <c r="H133">
+        <v>5.72</v>
+      </c>
       <c r="I133">
-        <v>0.19</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
+        <v>502</v>
+      </c>
+      <c r="B134" t="s">
+        <v>503</v>
+      </c>
+      <c r="C134" t="s">
         <v>504</v>
       </c>
-      <c r="B134" t="s">
+      <c r="D134">
+        <v>13</v>
+      </c>
+      <c r="E134" t="s">
         <v>505</v>
       </c>
-      <c r="C134" t="s">
-[...5 lines deleted...]
-      <c r="E134" t="s">
+      <c r="F134">
+        <v>2021</v>
+      </c>
+      <c r="G134" t="s">
         <v>506</v>
       </c>
-      <c r="F134">
-[...5 lines deleted...]
-      <c r="H134"/>
+      <c r="H134">
+        <v>9.23</v>
+      </c>
       <c r="I134">
-        <v>0.19</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
+        <v>507</v>
+      </c>
+      <c r="B135" t="s">
         <v>508</v>
       </c>
-      <c r="B135" t="s">
+      <c r="C135" t="s">
+        <v>227</v>
+      </c>
+      <c r="D135">
+        <v>11</v>
+      </c>
+      <c r="E135">
+        <v>313</v>
+      </c>
+      <c r="F135">
+        <v>2021</v>
+      </c>
+      <c r="G135" t="s">
         <v>509</v>
       </c>
-      <c r="C135" t="s">
-[...14 lines deleted...]
-      <c r="H135"/>
+      <c r="H135">
+        <v>5.72</v>
+      </c>
       <c r="I135">
-        <v>0.2</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="B136" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="C136" t="s">
-        <v>510</v>
+        <v>227</v>
       </c>
       <c r="D136">
-        <v>312</v>
-[...2 lines deleted...]
-        <v>515</v>
+        <v>11</v>
+      </c>
+      <c r="E136">
+        <v>45</v>
       </c>
       <c r="F136">
         <v>2020</v>
       </c>
       <c r="G136" t="s">
-        <v>516</v>
-[...1 lines deleted...]
-      <c r="H136"/>
+        <v>512</v>
+      </c>
+      <c r="H136">
+        <v>5.08</v>
+      </c>
       <c r="I136">
-        <v>0.2</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="B137" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
       <c r="C137" t="s">
-        <v>113</v>
+        <v>28</v>
       </c>
       <c r="D137"/>
       <c r="E137">
-        <v>2000338</v>
+        <v>2001715</v>
       </c>
       <c r="F137">
         <v>2020</v>
       </c>
       <c r="G137" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="H137">
-        <v>13.14</v>
+        <v>9.93</v>
       </c>
       <c r="I137">
-        <v>3.78</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="B138" t="s">
-        <v>521</v>
+        <v>517</v>
       </c>
       <c r="C138" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-      <c r="E138"/>
+        <v>518</v>
+      </c>
+      <c r="D138">
+        <v>2300</v>
+      </c>
+      <c r="E138" t="s">
+        <v>519</v>
+      </c>
       <c r="F138">
         <v>2020</v>
       </c>
       <c r="G138" t="s">
-        <v>522</v>
-[...3 lines deleted...]
-      </c>
+        <v>520</v>
+      </c>
+      <c r="H138"/>
       <c r="I138">
-        <v>1.9</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
+        <v>521</v>
+      </c>
+      <c r="B139" t="s">
+        <v>522</v>
+      </c>
+      <c r="C139" t="s">
+        <v>518</v>
+      </c>
+      <c r="D139">
+        <v>2300</v>
+      </c>
+      <c r="E139" t="s">
         <v>523</v>
       </c>
-      <c r="B139" t="s">
-[...6 lines deleted...]
-      <c r="E139"/>
       <c r="F139">
         <v>2020</v>
       </c>
       <c r="G139" t="s">
-        <v>525</v>
-[...3 lines deleted...]
-      </c>
+        <v>524</v>
+      </c>
+      <c r="H139"/>
       <c r="I139">
-        <v>5.55</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
+        <v>525</v>
+      </c>
+      <c r="B140" t="s">
         <v>526</v>
       </c>
-      <c r="B140" t="s">
+      <c r="C140" t="s">
+        <v>518</v>
+      </c>
+      <c r="D140">
+        <v>2300</v>
+      </c>
+      <c r="E140" t="s">
         <v>527</v>
       </c>
-      <c r="C140" t="s">
-[...3 lines deleted...]
-      <c r="E140"/>
       <c r="F140">
         <v>2020</v>
       </c>
       <c r="G140" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="H140"/>
-      <c r="I140"/>
+      <c r="I140">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" t="s">
+        <v>529</v>
+      </c>
+      <c r="B141" t="s">
         <v>530</v>
       </c>
-      <c r="B141" t="s">
+      <c r="C141" t="s">
+        <v>518</v>
+      </c>
+      <c r="D141">
+        <v>2300</v>
+      </c>
+      <c r="E141" t="s">
         <v>531</v>
-      </c>
-[...7 lines deleted...]
-        <v>1937</v>
       </c>
       <c r="F141">
         <v>2020</v>
       </c>
       <c r="G141" t="s">
         <v>532</v>
       </c>
-      <c r="H141">
-[...1 lines deleted...]
-      </c>
+      <c r="H141"/>
       <c r="I141">
-        <v>0.92</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" t="s">
         <v>533</v>
       </c>
       <c r="B142" t="s">
         <v>534</v>
       </c>
       <c r="C142" t="s">
+        <v>518</v>
+      </c>
+      <c r="D142">
+        <v>2300</v>
+      </c>
+      <c r="E142" t="s">
         <v>535</v>
       </c>
-      <c r="D142"/>
-      <c r="E142"/>
       <c r="F142">
         <v>2020</v>
       </c>
       <c r="G142" t="s">
         <v>536</v>
       </c>
       <c r="H142"/>
-      <c r="I142"/>
+      <c r="I142">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
         <v>537</v>
       </c>
       <c r="B143" t="s">
+        <v>538</v>
+      </c>
+      <c r="C143" t="s">
         <v>518</v>
       </c>
-      <c r="C143" t="s">
-[...3 lines deleted...]
-      <c r="E143"/>
+      <c r="D143">
+        <v>2300</v>
+      </c>
+      <c r="E143" t="s">
+        <v>539</v>
+      </c>
       <c r="F143">
         <v>2020</v>
       </c>
       <c r="G143" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="H143"/>
-      <c r="I143"/>
+      <c r="I143">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B144" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C144" t="s">
-        <v>29</v>
+        <v>543</v>
       </c>
       <c r="D144">
-        <v>14</v>
+        <v>312</v>
       </c>
       <c r="E144" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="F144">
         <v>2020</v>
       </c>
       <c r="G144" t="s">
-        <v>543</v>
-[...3 lines deleted...]
-      </c>
+        <v>545</v>
+      </c>
+      <c r="H144"/>
       <c r="I144">
-        <v>5.55</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="B145" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="C145" t="s">
-        <v>214</v>
+        <v>543</v>
       </c>
       <c r="D145">
-        <v>117</v>
+        <v>312</v>
       </c>
       <c r="E145" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F145">
         <v>2020</v>
       </c>
       <c r="G145" t="s">
-        <v>547</v>
-[...3 lines deleted...]
-      </c>
+        <v>549</v>
+      </c>
+      <c r="H145"/>
       <c r="I145">
-        <v>1.18</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="B146" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="C146" t="s">
-        <v>193</v>
-[...3 lines deleted...]
-      </c>
+        <v>148</v>
+      </c>
+      <c r="D146"/>
       <c r="E146">
-        <v>1306</v>
+        <v>2000338</v>
       </c>
       <c r="F146">
         <v>2020</v>
       </c>
       <c r="G146" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="H146">
-        <v>5.08</v>
+        <v>13.14</v>
       </c>
       <c r="I146">
-        <v>0.92</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="B147" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="C147" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="D147"/>
-      <c r="E147">
-[...1 lines deleted...]
-      </c>
+      <c r="E147"/>
       <c r="F147">
         <v>2020</v>
       </c>
       <c r="G147" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="H147">
-        <v>8.45</v>
+        <v>7.39</v>
       </c>
       <c r="I147">
-        <v>2.72</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="B148" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="C148" t="s">
-        <v>55</v>
-[...6 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="D148"/>
+      <c r="E148"/>
       <c r="F148">
         <v>2020</v>
       </c>
       <c r="G148" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="H148">
-        <v>11.19</v>
+        <v>15.88</v>
       </c>
       <c r="I148">
-        <v>4.85</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="B149" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C149" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-      </c>
+        <v>561</v>
+      </c>
+      <c r="D149"/>
+      <c r="E149"/>
       <c r="F149">
         <v>2020</v>
       </c>
       <c r="G149" t="s">
-        <v>561</v>
-[...6 lines deleted...]
-      </c>
+        <v>562</v>
+      </c>
+      <c r="H149"/>
+      <c r="I149"/>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B150" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C150" t="s">
-        <v>29</v>
+        <v>227</v>
       </c>
       <c r="D150">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>564</v>
+        <v>10</v>
+      </c>
+      <c r="E150">
+        <v>1937</v>
       </c>
       <c r="F150">
         <v>2020</v>
       </c>
       <c r="G150" t="s">
         <v>565</v>
       </c>
       <c r="H150">
-        <v>15.88</v>
+        <v>5.08</v>
       </c>
       <c r="I150">
-        <v>5.55</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" t="s">
         <v>566</v>
       </c>
       <c r="B151" t="s">
         <v>567</v>
       </c>
       <c r="C151" t="s">
-        <v>356</v>
-[...4 lines deleted...]
-      <c r="E151" t="s">
         <v>568</v>
       </c>
+      <c r="D151"/>
+      <c r="E151"/>
       <c r="F151">
         <v>2020</v>
       </c>
       <c r="G151" t="s">
         <v>569</v>
       </c>
       <c r="H151"/>
-      <c r="I151">
-[...1 lines deleted...]
-      </c>
+      <c r="I151"/>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" t="s">
         <v>570</v>
       </c>
       <c r="B152" t="s">
+        <v>551</v>
+      </c>
+      <c r="C152" t="s">
         <v>571</v>
       </c>
-      <c r="C152" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D152"/>
+      <c r="E152"/>
       <c r="F152">
         <v>2020</v>
       </c>
       <c r="G152" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="H152"/>
-      <c r="I152">
-[...1 lines deleted...]
-      </c>
+      <c r="I152"/>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" t="s">
+        <v>573</v>
+      </c>
+      <c r="B153" t="s">
         <v>574</v>
       </c>
-      <c r="B153" t="s">
+      <c r="C153" t="s">
+        <v>67</v>
+      </c>
+      <c r="D153">
+        <v>14</v>
+      </c>
+      <c r="E153" t="s">
         <v>575</v>
-      </c>
-[...7 lines deleted...]
-        <v>576</v>
       </c>
       <c r="F153">
         <v>2020</v>
       </c>
       <c r="G153" t="s">
-        <v>577</v>
-[...1 lines deleted...]
-      <c r="H153"/>
+        <v>576</v>
+      </c>
+      <c r="H153">
+        <v>15.88</v>
+      </c>
       <c r="I153">
-        <v>0.23</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" t="s">
+        <v>577</v>
+      </c>
+      <c r="B154" t="s">
         <v>578</v>
       </c>
-      <c r="B154" t="s">
+      <c r="C154" t="s">
+        <v>248</v>
+      </c>
+      <c r="D154">
+        <v>117</v>
+      </c>
+      <c r="E154" t="s">
         <v>579</v>
-      </c>
-[...7 lines deleted...]
-        <v>580</v>
       </c>
       <c r="F154">
         <v>2020</v>
       </c>
       <c r="G154" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="H154"/>
+        <v>580</v>
+      </c>
+      <c r="H154">
+        <v>3.79</v>
+      </c>
       <c r="I154">
-        <v>0.23</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" t="s">
+        <v>581</v>
+      </c>
+      <c r="B155" t="s">
         <v>582</v>
       </c>
-      <c r="B155" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C155" t="s">
-        <v>356</v>
+        <v>227</v>
       </c>
       <c r="D155">
-        <v>1461</v>
-[...2 lines deleted...]
-        <v>584</v>
+        <v>10</v>
+      </c>
+      <c r="E155">
+        <v>1306</v>
       </c>
       <c r="F155">
         <v>2020</v>
       </c>
       <c r="G155" t="s">
-        <v>585</v>
-[...1 lines deleted...]
-      <c r="H155"/>
+        <v>583</v>
+      </c>
+      <c r="H155">
+        <v>5.08</v>
+      </c>
       <c r="I155">
-        <v>0.21</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="B156" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="C156" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>588</v>
+        <v>108</v>
+      </c>
+      <c r="D156"/>
+      <c r="E156">
+        <v>20200207</v>
       </c>
       <c r="F156">
         <v>2020</v>
       </c>
       <c r="G156" t="s">
-        <v>589</v>
-[...1 lines deleted...]
-      <c r="H156"/>
+        <v>586</v>
+      </c>
+      <c r="H156">
+        <v>8.45</v>
+      </c>
       <c r="I156">
-        <v>0.23</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" t="s">
-        <v>590</v>
+        <v>587</v>
       </c>
       <c r="B157" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="C157" t="s">
-        <v>356</v>
+        <v>91</v>
       </c>
       <c r="D157">
-        <v>1461</v>
+        <v>20</v>
       </c>
       <c r="E157" t="s">
-        <v>592</v>
+        <v>589</v>
       </c>
       <c r="F157">
         <v>2020</v>
       </c>
       <c r="G157" t="s">
-        <v>593</v>
-[...1 lines deleted...]
-      <c r="H157"/>
+        <v>590</v>
+      </c>
+      <c r="H157">
+        <v>11.19</v>
+      </c>
       <c r="I157">
-        <v>0.23</v>
+        <v>4.85</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" t="s">
-        <v>594</v>
+        <v>591</v>
       </c>
       <c r="B158" t="s">
-        <v>595</v>
+        <v>592</v>
       </c>
       <c r="C158" t="s">
-        <v>42</v>
+        <v>67</v>
       </c>
       <c r="D158">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>2000410</v>
+        <v>14</v>
+      </c>
+      <c r="E158" t="s">
+        <v>593</v>
       </c>
       <c r="F158">
         <v>2020</v>
       </c>
       <c r="G158" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="H158">
-        <v>13.28</v>
+        <v>15.88</v>
       </c>
       <c r="I158">
-        <v>3.79</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" t="s">
+        <v>595</v>
+      </c>
+      <c r="B159" t="s">
+        <v>596</v>
+      </c>
+      <c r="C159" t="s">
+        <v>67</v>
+      </c>
+      <c r="D159">
+        <v>14</v>
+      </c>
+      <c r="E159" t="s">
         <v>597</v>
-      </c>
-[...10 lines deleted...]
-        <v>599</v>
       </c>
       <c r="F159">
         <v>2020</v>
       </c>
       <c r="G159" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="H159">
-        <v>6.71</v>
+        <v>15.88</v>
       </c>
       <c r="I159">
-        <v>2.98</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" t="s">
+        <v>599</v>
+      </c>
+      <c r="B160" t="s">
+        <v>600</v>
+      </c>
+      <c r="C160" t="s">
+        <v>389</v>
+      </c>
+      <c r="D160">
+        <v>1461</v>
+      </c>
+      <c r="E160" t="s">
         <v>601</v>
-      </c>
-[...10 lines deleted...]
-        <v>1900082</v>
       </c>
       <c r="F160">
         <v>2020</v>
       </c>
       <c r="G160" t="s">
-        <v>603</v>
-[...3 lines deleted...]
-      </c>
+        <v>602</v>
+      </c>
+      <c r="H160"/>
       <c r="I160">
-        <v>3.78</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" t="s">
+        <v>603</v>
+      </c>
+      <c r="B161" t="s">
         <v>604</v>
       </c>
-      <c r="B161" t="s">
+      <c r="C161" t="s">
+        <v>389</v>
+      </c>
+      <c r="D161">
+        <v>1461</v>
+      </c>
+      <c r="E161" t="s">
         <v>605</v>
-      </c>
-[...7 lines deleted...]
-        <v>606</v>
       </c>
       <c r="F161">
         <v>2020</v>
       </c>
       <c r="G161" t="s">
-        <v>607</v>
-[...3 lines deleted...]
-      </c>
+        <v>606</v>
+      </c>
+      <c r="H161"/>
       <c r="I161">
-        <v>2.72</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" t="s">
+        <v>607</v>
+      </c>
+      <c r="B162" t="s">
         <v>608</v>
       </c>
-      <c r="B162" t="s">
+      <c r="C162" t="s">
+        <v>389</v>
+      </c>
+      <c r="D162">
+        <v>1461</v>
+      </c>
+      <c r="E162" t="s">
         <v>609</v>
-      </c>
-[...7 lines deleted...]
-        <v>611</v>
       </c>
       <c r="F162">
         <v>2020</v>
       </c>
       <c r="G162" t="s">
-        <v>612</v>
-[...3 lines deleted...]
-      </c>
+        <v>610</v>
+      </c>
+      <c r="H162"/>
       <c r="I162">
-        <v>1.88</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" t="s">
+        <v>611</v>
+      </c>
+      <c r="B163" t="s">
+        <v>612</v>
+      </c>
+      <c r="C163" t="s">
+        <v>389</v>
+      </c>
+      <c r="D163">
+        <v>1461</v>
+      </c>
+      <c r="E163" t="s">
         <v>613</v>
       </c>
-      <c r="B163" t="s">
+      <c r="F163">
+        <v>2020</v>
+      </c>
+      <c r="G163" t="s">
         <v>614</v>
       </c>
-      <c r="C163" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="H163"/>
       <c r="I163">
-        <v>2.62</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" t="s">
+        <v>615</v>
+      </c>
+      <c r="B164" t="s">
+        <v>616</v>
+      </c>
+      <c r="C164" t="s">
+        <v>389</v>
+      </c>
+      <c r="D164">
+        <v>1461</v>
+      </c>
+      <c r="E164" t="s">
         <v>617</v>
       </c>
-      <c r="B164" t="s">
+      <c r="F164">
+        <v>2020</v>
+      </c>
+      <c r="G164" t="s">
         <v>618</v>
       </c>
-      <c r="C164" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="H164"/>
       <c r="I164">
-        <v>0.63</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" t="s">
+        <v>619</v>
+      </c>
+      <c r="B165" t="s">
+        <v>620</v>
+      </c>
+      <c r="C165" t="s">
+        <v>389</v>
+      </c>
+      <c r="D165">
+        <v>1461</v>
+      </c>
+      <c r="E165" t="s">
         <v>621</v>
       </c>
-      <c r="B165" t="s">
+      <c r="F165">
+        <v>2020</v>
+      </c>
+      <c r="G165" t="s">
         <v>622</v>
-      </c>
-[...13 lines deleted...]
-        <v>623</v>
       </c>
       <c r="H165"/>
       <c r="I165">
-        <v>0.22</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" t="s">
+        <v>623</v>
+      </c>
+      <c r="B166" t="s">
         <v>624</v>
       </c>
-      <c r="B166" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C166" t="s">
-        <v>356</v>
+        <v>389</v>
       </c>
       <c r="D166">
-        <v>1410</v>
+        <v>1461</v>
       </c>
       <c r="E166" t="s">
-        <v>383</v>
+        <v>625</v>
       </c>
       <c r="F166">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G166" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="H166"/>
       <c r="I166">
-        <v>0.22</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="B167" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C167" t="s">
-        <v>38</v>
+        <v>80</v>
       </c>
       <c r="D167">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>628</v>
+        <v>16</v>
+      </c>
+      <c r="E167">
+        <v>2000410</v>
       </c>
       <c r="F167">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G167" t="s">
         <v>629</v>
       </c>
       <c r="H167">
-        <v>6.9</v>
+        <v>13.28</v>
       </c>
       <c r="I167">
-        <v>2.18</v>
+        <v>3.79</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" t="s">
         <v>630</v>
       </c>
       <c r="B168" t="s">
         <v>631</v>
       </c>
       <c r="C168" t="s">
+        <v>53</v>
+      </c>
+      <c r="D168">
+        <v>11</v>
+      </c>
+      <c r="E168" t="s">
         <v>632</v>
       </c>
-      <c r="D168">
-[...4 lines deleted...]
-      </c>
       <c r="F168">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G168" t="s">
         <v>633</v>
       </c>
       <c r="H168">
-        <v>3.06</v>
+        <v>6.71</v>
       </c>
       <c r="I168">
-        <v>0.95</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" t="s">
         <v>634</v>
       </c>
       <c r="B169" t="s">
         <v>635</v>
       </c>
       <c r="C169" t="s">
+        <v>148</v>
+      </c>
+      <c r="D169">
+        <v>14</v>
+      </c>
+      <c r="E169">
+        <v>1900082</v>
+      </c>
+      <c r="F169">
+        <v>2020</v>
+      </c>
+      <c r="G169" t="s">
         <v>636</v>
       </c>
-      <c r="D169">
-[...10 lines deleted...]
-      </c>
       <c r="H169">
-        <v>3.09</v>
+        <v>13.14</v>
       </c>
       <c r="I169">
-        <v>0.96</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" t="s">
+        <v>637</v>
+      </c>
+      <c r="B170" t="s">
         <v>638</v>
       </c>
-      <c r="B170" t="s">
+      <c r="C170" t="s">
+        <v>108</v>
+      </c>
+      <c r="D170">
+        <v>9</v>
+      </c>
+      <c r="E170" t="s">
         <v>639</v>
       </c>
-      <c r="C170" t="s">
+      <c r="F170">
+        <v>2020</v>
+      </c>
+      <c r="G170" t="s">
         <v>640</v>
       </c>
-      <c r="D170">
-[...10 lines deleted...]
-      </c>
       <c r="H170">
-        <v>17.05</v>
+        <v>8.45</v>
       </c>
       <c r="I170">
-        <v>3.98</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" t="s">
+        <v>641</v>
+      </c>
+      <c r="B171" t="s">
+        <v>642</v>
+      </c>
+      <c r="C171" t="s">
         <v>643</v>
       </c>
-      <c r="B171" t="s">
+      <c r="D171">
+        <v>13</v>
+      </c>
+      <c r="E171" t="s">
         <v>644</v>
       </c>
-      <c r="C171" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F171">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G171" t="s">
         <v>645</v>
       </c>
       <c r="H171">
-        <v>3.4</v>
+        <v>4.99</v>
       </c>
       <c r="I171">
-        <v>0.85</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" t="s">
         <v>646</v>
       </c>
       <c r="B172" t="s">
         <v>647</v>
       </c>
       <c r="C172" t="s">
-        <v>38</v>
+        <v>108</v>
       </c>
       <c r="D172">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="E172" t="s">
         <v>648</v>
       </c>
       <c r="F172">
         <v>2019</v>
       </c>
       <c r="G172" t="s">
         <v>649</v>
       </c>
       <c r="H172">
-        <v>6.9</v>
+        <v>7.49</v>
       </c>
       <c r="I172">
-        <v>2.18</v>
+        <v>2.62</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" t="s">
         <v>650</v>
       </c>
       <c r="B173" t="s">
         <v>651</v>
       </c>
       <c r="C173" t="s">
         <v>652</v>
       </c>
       <c r="D173">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>653</v>
+        <v>220</v>
+      </c>
+      <c r="E173">
+        <v>116985</v>
       </c>
       <c r="F173">
         <v>2019</v>
       </c>
       <c r="G173" t="s">
-        <v>654</v>
+        <v>653</v>
       </c>
       <c r="H173">
-        <v>3.43</v>
+        <v>3.28</v>
       </c>
       <c r="I173">
-        <v>1.14</v>
+        <v>0.63</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" t="s">
-        <v>655</v>
+        <v>654</v>
       </c>
       <c r="B174" t="s">
-        <v>656</v>
+        <v>538</v>
       </c>
       <c r="C174" t="s">
-        <v>657</v>
+        <v>389</v>
       </c>
       <c r="D174">
-        <v>110</v>
+        <v>1410</v>
       </c>
       <c r="E174" t="s">
-        <v>658</v>
+        <v>420</v>
       </c>
       <c r="F174">
         <v>2019</v>
       </c>
       <c r="G174" t="s">
-        <v>659</v>
-[...3 lines deleted...]
-      </c>
+        <v>655</v>
+      </c>
+      <c r="H174"/>
       <c r="I174">
-        <v>0.58</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" t="s">
-        <v>660</v>
+        <v>656</v>
       </c>
       <c r="B175" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="C175" t="s">
-        <v>662</v>
+        <v>389</v>
       </c>
       <c r="D175">
-        <v>64</v>
+        <v>1410</v>
       </c>
       <c r="E175" t="s">
-        <v>663</v>
+        <v>428</v>
       </c>
       <c r="F175">
         <v>2019</v>
       </c>
       <c r="G175" t="s">
-        <v>664</v>
-[...3 lines deleted...]
-      </c>
+        <v>658</v>
+      </c>
+      <c r="H175"/>
       <c r="I175">
-        <v>0.38</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" t="s">
-        <v>665</v>
+        <v>659</v>
       </c>
       <c r="B176" t="s">
-        <v>666</v>
+        <v>660</v>
       </c>
       <c r="C176" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="D176">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E176" t="s">
-        <v>667</v>
+        <v>661</v>
       </c>
       <c r="F176">
         <v>2019</v>
       </c>
       <c r="G176" t="s">
-        <v>668</v>
+        <v>662</v>
       </c>
       <c r="H176">
         <v>6.9</v>
       </c>
       <c r="I176">
         <v>2.18</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" t="s">
-        <v>669</v>
+        <v>663</v>
       </c>
       <c r="B177" t="s">
-        <v>670</v>
+        <v>664</v>
       </c>
       <c r="C177" t="s">
-        <v>38</v>
+        <v>665</v>
       </c>
       <c r="D177">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>671</v>
+        <v>10</v>
+      </c>
+      <c r="E177">
+        <v>29</v>
       </c>
       <c r="F177">
         <v>2019</v>
       </c>
       <c r="G177" t="s">
-        <v>672</v>
+        <v>666</v>
       </c>
       <c r="H177">
-        <v>6.9</v>
+        <v>3.06</v>
       </c>
       <c r="I177">
-        <v>2.18</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B178" t="s">
-        <v>674</v>
+        <v>668</v>
       </c>
       <c r="C178" t="s">
-        <v>29</v>
+        <v>669</v>
       </c>
       <c r="D178">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E178">
-        <v>4140</v>
+        <v>122001</v>
       </c>
       <c r="F178">
         <v>2019</v>
       </c>
       <c r="G178" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="H178">
-        <v>14.59</v>
+        <v>3.09</v>
       </c>
       <c r="I178">
-        <v>6.13</v>
+        <v>0.96</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" t="s">
-        <v>676</v>
+        <v>671</v>
       </c>
       <c r="B179" t="s">
-        <v>677</v>
+        <v>672</v>
       </c>
       <c r="C179" t="s">
-        <v>92</v>
+        <v>673</v>
       </c>
       <c r="D179">
-        <v>476</v>
+        <v>6</v>
       </c>
       <c r="E179" t="s">
-        <v>678</v>
+        <v>674</v>
       </c>
       <c r="F179">
         <v>2019</v>
       </c>
       <c r="G179" t="s">
-        <v>679</v>
+        <v>675</v>
       </c>
       <c r="H179">
-        <v>6.18</v>
+        <v>17.05</v>
       </c>
       <c r="I179">
-        <v>1.23</v>
+        <v>3.98</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" t="s">
-        <v>680</v>
+        <v>676</v>
       </c>
       <c r="B180" t="s">
-        <v>681</v>
+        <v>677</v>
       </c>
       <c r="C180" t="s">
-        <v>113</v>
+        <v>345</v>
       </c>
       <c r="D180">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="E180">
-        <v>1800274</v>
+        <v>1900877</v>
       </c>
       <c r="F180">
         <v>2019</v>
       </c>
       <c r="G180" t="s">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="H180">
-        <v>10.66</v>
+        <v>3.4</v>
       </c>
       <c r="I180">
-        <v>4.01</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" t="s">
-        <v>683</v>
+        <v>679</v>
       </c>
       <c r="B181" t="s">
-        <v>684</v>
+        <v>680</v>
       </c>
       <c r="C181" t="s">
-        <v>356</v>
+        <v>76</v>
       </c>
       <c r="D181">
-        <v>1124</v>
+        <v>11</v>
       </c>
       <c r="E181" t="s">
-        <v>685</v>
+        <v>681</v>
       </c>
       <c r="F181">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G181" t="s">
-        <v>686</v>
-[...1 lines deleted...]
-      <c r="H181"/>
+        <v>682</v>
+      </c>
+      <c r="H181">
+        <v>6.9</v>
+      </c>
       <c r="I181">
-        <v>0.24</v>
+        <v>2.18</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" t="s">
+        <v>683</v>
+      </c>
+      <c r="B182" t="s">
+        <v>684</v>
+      </c>
+      <c r="C182" t="s">
+        <v>685</v>
+      </c>
+      <c r="D182">
+        <v>21</v>
+      </c>
+      <c r="E182" t="s">
+        <v>686</v>
+      </c>
+      <c r="F182">
+        <v>2019</v>
+      </c>
+      <c r="G182" t="s">
         <v>687</v>
       </c>
-      <c r="B182" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H182">
-        <v>8.1</v>
+        <v>3.43</v>
       </c>
       <c r="I182">
-        <v>2.78</v>
+        <v>1.14</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" t="s">
+        <v>688</v>
+      </c>
+      <c r="B183" t="s">
+        <v>689</v>
+      </c>
+      <c r="C183" t="s">
+        <v>690</v>
+      </c>
+      <c r="D183">
+        <v>110</v>
+      </c>
+      <c r="E183" t="s">
         <v>691</v>
       </c>
-      <c r="B183" t="s">
+      <c r="F183">
+        <v>2019</v>
+      </c>
+      <c r="G183" t="s">
         <v>692</v>
       </c>
-      <c r="C183" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H183">
-        <v>5.16</v>
+        <v>1.4</v>
       </c>
       <c r="I183">
-        <v>1.12</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" t="s">
+        <v>693</v>
+      </c>
+      <c r="B184" t="s">
+        <v>694</v>
+      </c>
+      <c r="C184" t="s">
         <v>695</v>
       </c>
-      <c r="B184" t="s">
+      <c r="D184">
+        <v>64</v>
+      </c>
+      <c r="E184" t="s">
         <v>696</v>
       </c>
-      <c r="C184" t="s">
+      <c r="F184">
+        <v>2019</v>
+      </c>
+      <c r="G184" t="s">
         <v>697</v>
       </c>
-      <c r="D184"/>
-[...4 lines deleted...]
-      <c r="G184"/>
       <c r="H184">
-        <v>21.09</v>
+        <v>0.6</v>
       </c>
       <c r="I184">
-        <v>4.71</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" t="s">
         <v>698</v>
       </c>
       <c r="B185" t="s">
         <v>699</v>
       </c>
       <c r="C185" t="s">
-        <v>356</v>
-[...1 lines deleted...]
-      <c r="D185" t="s">
+        <v>76</v>
+      </c>
+      <c r="D185">
+        <v>11</v>
+      </c>
+      <c r="E185" t="s">
         <v>700</v>
       </c>
-      <c r="E185">
-[...1 lines deleted...]
-      </c>
       <c r="F185">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G185" t="s">
         <v>701</v>
       </c>
-      <c r="H185"/>
+      <c r="H185">
+        <v>6.9</v>
+      </c>
       <c r="I185">
-        <v>0.24</v>
+        <v>2.18</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" t="s">
         <v>702</v>
       </c>
       <c r="B186" t="s">
-        <v>647</v>
+        <v>703</v>
       </c>
       <c r="C186" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>12179</v>
+        <v>76</v>
+      </c>
+      <c r="D186">
+        <v>11</v>
+      </c>
+      <c r="E186" t="s">
+        <v>704</v>
       </c>
       <c r="F186">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G186" t="s">
-        <v>703</v>
-[...1 lines deleted...]
-      <c r="H186"/>
+        <v>705</v>
+      </c>
+      <c r="H186">
+        <v>6.9</v>
+      </c>
       <c r="I186">
-        <v>0.24</v>
+        <v>2.18</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="B187" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="C187" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-        <v>700</v>
+        <v>67</v>
+      </c>
+      <c r="D187">
+        <v>13</v>
       </c>
       <c r="E187">
-        <v>12171</v>
+        <v>4140</v>
       </c>
       <c r="F187">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G187" t="s">
-        <v>706</v>
-[...1 lines deleted...]
-      <c r="H187"/>
+        <v>708</v>
+      </c>
+      <c r="H187">
+        <v>14.59</v>
+      </c>
       <c r="I187">
-        <v>0.24</v>
+        <v>6.13</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="B188" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="C188" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>12122</v>
+        <v>127</v>
+      </c>
+      <c r="D188">
+        <v>476</v>
+      </c>
+      <c r="E188" t="s">
+        <v>711</v>
       </c>
       <c r="F188">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G188" t="s">
-        <v>709</v>
-[...1 lines deleted...]
-      <c r="H188"/>
+        <v>712</v>
+      </c>
+      <c r="H188">
+        <v>6.18</v>
+      </c>
       <c r="I188">
-        <v>0.24</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="B189" t="s">
-        <v>666</v>
+        <v>714</v>
       </c>
       <c r="C189" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-        <v>700</v>
+        <v>148</v>
+      </c>
+      <c r="D189">
+        <v>13</v>
       </c>
       <c r="E189">
-        <v>12082</v>
+        <v>1800274</v>
       </c>
       <c r="F189">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G189" t="s">
-        <v>711</v>
-[...1 lines deleted...]
-      <c r="H189"/>
+        <v>715</v>
+      </c>
+      <c r="H189">
+        <v>10.66</v>
+      </c>
       <c r="I189">
-        <v>0.24</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="B190" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="C190" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>12038</v>
+        <v>389</v>
+      </c>
+      <c r="D190">
+        <v>1124</v>
+      </c>
+      <c r="E190" t="s">
+        <v>718</v>
       </c>
       <c r="F190">
         <v>2018</v>
       </c>
       <c r="G190" t="s">
-        <v>714</v>
+        <v>719</v>
       </c>
       <c r="H190"/>
       <c r="I190">
         <v>0.24</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
       <c r="B191" t="s">
-        <v>716</v>
+        <v>721</v>
       </c>
       <c r="C191" t="s">
-        <v>55</v>
+        <v>504</v>
       </c>
       <c r="D191">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E191" t="s">
-        <v>717</v>
+        <v>722</v>
       </c>
       <c r="F191">
         <v>2018</v>
       </c>
       <c r="G191" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
       <c r="H191">
-        <v>12.28</v>
+        <v>8.1</v>
       </c>
       <c r="I191">
-        <v>6.21</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" t="s">
-        <v>712</v>
+        <v>724</v>
       </c>
       <c r="B192" t="s">
-        <v>719</v>
+        <v>725</v>
       </c>
       <c r="C192" t="s">
-        <v>51</v>
+        <v>127</v>
       </c>
       <c r="D192">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>1800576</v>
+        <v>473</v>
+      </c>
+      <c r="E192" t="s">
+        <v>726</v>
       </c>
       <c r="F192">
         <v>2018</v>
       </c>
       <c r="G192" t="s">
-        <v>720</v>
+        <v>727</v>
       </c>
       <c r="H192">
-        <v>7.13</v>
+        <v>5.16</v>
       </c>
       <c r="I192">
-        <v>2.71</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" t="s">
-        <v>721</v>
+        <v>728</v>
       </c>
       <c r="B193" t="s">
-        <v>722</v>
+        <v>729</v>
       </c>
       <c r="C193" t="s">
-        <v>51</v>
-[...6 lines deleted...]
-      </c>
+        <v>730</v>
+      </c>
+      <c r="D193"/>
+      <c r="E193"/>
       <c r="F193">
         <v>2018</v>
       </c>
-      <c r="G193" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G193"/>
       <c r="H193">
-        <v>7.13</v>
+        <v>21.09</v>
       </c>
       <c r="I193">
-        <v>2.71</v>
+        <v>4.71</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" t="s">
-        <v>724</v>
+        <v>731</v>
       </c>
       <c r="B194" t="s">
-        <v>666</v>
+        <v>699</v>
       </c>
       <c r="C194" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>725</v>
+        <v>389</v>
+      </c>
+      <c r="D194" t="s">
+        <v>732</v>
+      </c>
+      <c r="E194">
+        <v>12082</v>
       </c>
       <c r="F194">
         <v>2018</v>
       </c>
       <c r="G194" t="s">
-        <v>726</v>
-[...3 lines deleted...]
-      </c>
+        <v>733</v>
+      </c>
+      <c r="H194"/>
       <c r="I194">
-        <v>2.4</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
       <c r="B195" t="s">
-        <v>728</v>
+        <v>735</v>
       </c>
       <c r="C195" t="s">
-        <v>729</v>
+        <v>389</v>
       </c>
       <c r="D195" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-        <v>731</v>
+        <v>732</v>
+      </c>
+      <c r="E195">
+        <v>12038</v>
       </c>
       <c r="F195">
         <v>2018</v>
       </c>
       <c r="G195" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="H195"/>
-      <c r="I195"/>
+      <c r="I195">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="B196" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
       <c r="C196" t="s">
-        <v>729</v>
-[...2 lines deleted...]
-      <c r="E196"/>
+        <v>389</v>
+      </c>
+      <c r="D196" t="s">
+        <v>732</v>
+      </c>
+      <c r="E196">
+        <v>12009</v>
+      </c>
       <c r="F196">
         <v>2018</v>
       </c>
-      <c r="G196"/>
+      <c r="G196" t="s">
+        <v>739</v>
+      </c>
       <c r="H196"/>
-      <c r="I196"/>
+      <c r="I196">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" t="s">
-        <v>735</v>
+        <v>740</v>
       </c>
       <c r="B197" t="s">
-        <v>736</v>
+        <v>680</v>
       </c>
       <c r="C197" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>389</v>
+      </c>
+      <c r="D197" t="s">
+        <v>732</v>
       </c>
       <c r="E197">
-        <v>1700168</v>
+        <v>12179</v>
       </c>
       <c r="F197">
         <v>2018</v>
       </c>
       <c r="G197" t="s">
-        <v>737</v>
-[...3 lines deleted...]
-      </c>
+        <v>741</v>
+      </c>
+      <c r="H197"/>
       <c r="I197">
-        <v>3.82</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" t="s">
-        <v>738</v>
+        <v>742</v>
       </c>
       <c r="B198" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="C198" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>740</v>
+        <v>389</v>
+      </c>
+      <c r="D198" t="s">
+        <v>732</v>
+      </c>
+      <c r="E198">
+        <v>12171</v>
       </c>
       <c r="F198">
         <v>2018</v>
       </c>
       <c r="G198" t="s">
-        <v>741</v>
-[...3 lines deleted...]
-      </c>
+        <v>744</v>
+      </c>
+      <c r="H198"/>
       <c r="I198">
-        <v>2.4</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="B199" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="C199" t="s">
-        <v>744</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>389</v>
+      </c>
+      <c r="D199" t="s">
+        <v>732</v>
       </c>
       <c r="E199">
-        <v>6107</v>
+        <v>12122</v>
       </c>
       <c r="F199">
         <v>2018</v>
       </c>
       <c r="G199" t="s">
-        <v>745</v>
-[...3 lines deleted...]
-      </c>
+        <v>747</v>
+      </c>
+      <c r="H199"/>
       <c r="I199">
-        <v>1.41</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="B200" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="C200" t="s">
-        <v>55</v>
+        <v>91</v>
       </c>
       <c r="D200">
         <v>18</v>
       </c>
       <c r="E200" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="F200">
         <v>2018</v>
       </c>
       <c r="G200" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="H200">
         <v>12.28</v>
       </c>
       <c r="I200">
         <v>6.21</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201" t="s">
-        <v>750</v>
+        <v>734</v>
       </c>
       <c r="B201" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="C201" t="s">
-        <v>752</v>
-[...2 lines deleted...]
-      <c r="E201"/>
+        <v>28</v>
+      </c>
+      <c r="D201">
+        <v>6</v>
+      </c>
+      <c r="E201">
+        <v>1800576</v>
+      </c>
       <c r="F201">
         <v>2018</v>
       </c>
       <c r="G201" t="s">
         <v>753</v>
       </c>
-      <c r="H201"/>
-      <c r="I201"/>
+      <c r="H201">
+        <v>7.13</v>
+      </c>
+      <c r="I201">
+        <v>2.71</v>
+      </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202" t="s">
         <v>754</v>
       </c>
       <c r="B202" t="s">
         <v>755</v>
       </c>
       <c r="C202" t="s">
-        <v>752</v>
-[...3 lines deleted...]
-        <v>756</v>
+        <v>28</v>
+      </c>
+      <c r="D202">
+        <v>7</v>
+      </c>
+      <c r="E202">
+        <v>1800784</v>
       </c>
       <c r="F202">
         <v>2018</v>
       </c>
       <c r="G202" t="s">
-        <v>757</v>
-[...2 lines deleted...]
-      <c r="I202"/>
+        <v>756</v>
+      </c>
+      <c r="H202">
+        <v>7.13</v>
+      </c>
+      <c r="I202">
+        <v>2.71</v>
+      </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" t="s">
+        <v>757</v>
+      </c>
+      <c r="B203" t="s">
+        <v>699</v>
+      </c>
+      <c r="C203" t="s">
+        <v>76</v>
+      </c>
+      <c r="D203">
+        <v>10</v>
+      </c>
+      <c r="E203" t="s">
         <v>758</v>
       </c>
-      <c r="B203" t="s">
-[...6 lines deleted...]
-      <c r="E203"/>
       <c r="F203">
         <v>2018</v>
       </c>
       <c r="G203" t="s">
-        <v>760</v>
-[...2 lines deleted...]
-      <c r="I203"/>
+        <v>759</v>
+      </c>
+      <c r="H203">
+        <v>6.97</v>
+      </c>
+      <c r="I203">
+        <v>2.4</v>
+      </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" t="s">
+        <v>760</v>
+      </c>
+      <c r="B204" t="s">
         <v>761</v>
       </c>
-      <c r="B204" t="s">
+      <c r="C204" t="s">
         <v>762</v>
       </c>
-      <c r="C204" t="s">
-[...3 lines deleted...]
-      <c r="E204"/>
+      <c r="D204" t="s">
+        <v>763</v>
+      </c>
+      <c r="E204" t="s">
+        <v>764</v>
+      </c>
       <c r="F204">
         <v>2018</v>
       </c>
       <c r="G204" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="H204"/>
       <c r="I204"/>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="B205" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C205" t="s">
-        <v>51</v>
-[...6 lines deleted...]
-      </c>
+        <v>762</v>
+      </c>
+      <c r="D205"/>
+      <c r="E205"/>
       <c r="F205">
         <v>2018</v>
       </c>
-      <c r="G205" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G205"/>
+      <c r="H205"/>
+      <c r="I205"/>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="B206" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="C206" t="s">
-        <v>769</v>
-[...2 lines deleted...]
-      <c r="E206"/>
+        <v>148</v>
+      </c>
+      <c r="D206">
+        <v>11</v>
+      </c>
+      <c r="E206">
+        <v>1700168</v>
+      </c>
       <c r="F206">
         <v>2018</v>
       </c>
       <c r="G206" t="s">
         <v>770</v>
       </c>
-      <c r="H206"/>
-      <c r="I206"/>
+      <c r="H206">
+        <v>9.06</v>
+      </c>
+      <c r="I206">
+        <v>3.82</v>
+      </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207" t="s">
         <v>771</v>
       </c>
       <c r="B207" t="s">
         <v>772</v>
       </c>
       <c r="C207" t="s">
-        <v>769</v>
-[...2 lines deleted...]
-      <c r="E207"/>
+        <v>76</v>
+      </c>
+      <c r="D207">
+        <v>10</v>
+      </c>
+      <c r="E207" t="s">
+        <v>773</v>
+      </c>
       <c r="F207">
         <v>2018</v>
       </c>
       <c r="G207" t="s">
-        <v>773</v>
-[...2 lines deleted...]
-      <c r="I207"/>
+        <v>774</v>
+      </c>
+      <c r="H207">
+        <v>6.97</v>
+      </c>
+      <c r="I207">
+        <v>2.4</v>
+      </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="B208" t="s">
-        <v>666</v>
+        <v>776</v>
       </c>
       <c r="C208" t="s">
-        <v>471</v>
-[...5 lines deleted...]
-        <v>776</v>
+        <v>777</v>
+      </c>
+      <c r="D208">
+        <v>8</v>
+      </c>
+      <c r="E208">
+        <v>6107</v>
       </c>
       <c r="F208">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G208" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="H208">
-        <v>7.5</v>
+        <v>4.01</v>
       </c>
       <c r="I208">
-        <v>2.56</v>
+        <v>1.41</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="B209" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="C209" t="s">
-        <v>55</v>
-[...4 lines deleted...]
-      <c r="E209" t="s">
         <v>781</v>
       </c>
+      <c r="D209"/>
+      <c r="E209"/>
       <c r="F209">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G209" t="s">
         <v>782</v>
       </c>
-      <c r="H209">
-[...4 lines deleted...]
-      </c>
+      <c r="H209"/>
+      <c r="I209"/>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" t="s">
         <v>783</v>
       </c>
       <c r="B210" t="s">
         <v>784</v>
       </c>
       <c r="C210" t="s">
+        <v>91</v>
+      </c>
+      <c r="D210">
+        <v>18</v>
+      </c>
+      <c r="E210" t="s">
         <v>785</v>
       </c>
-      <c r="D210"/>
-      <c r="E210"/>
       <c r="F210">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G210" t="s">
         <v>786</v>
       </c>
-      <c r="H210"/>
-      <c r="I210"/>
+      <c r="H210">
+        <v>12.28</v>
+      </c>
+      <c r="I210">
+        <v>6.21</v>
+      </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" t="s">
         <v>787</v>
       </c>
       <c r="B211" t="s">
         <v>788</v>
       </c>
       <c r="C211" t="s">
+        <v>781</v>
+      </c>
+      <c r="D211"/>
+      <c r="E211"/>
+      <c r="F211">
+        <v>2018</v>
+      </c>
+      <c r="G211" t="s">
         <v>789</v>
-      </c>
-[...8 lines deleted...]
-        <v>791</v>
       </c>
       <c r="H211"/>
       <c r="I211"/>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" t="s">
+        <v>790</v>
+      </c>
+      <c r="B212" t="s">
+        <v>791</v>
+      </c>
+      <c r="C212" t="s">
+        <v>781</v>
+      </c>
+      <c r="D212"/>
+      <c r="E212" t="s">
         <v>792</v>
       </c>
-      <c r="B212" t="s">
+      <c r="F212">
+        <v>2018</v>
+      </c>
+      <c r="G212" t="s">
         <v>793</v>
       </c>
-      <c r="C212" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H212"/>
-      <c r="I212">
-[...1 lines deleted...]
-      </c>
+      <c r="I212"/>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" t="s">
+        <v>794</v>
+      </c>
+      <c r="B213" t="s">
         <v>795</v>
       </c>
-      <c r="B213" t="s">
+      <c r="C213" t="s">
+        <v>781</v>
+      </c>
+      <c r="D213"/>
+      <c r="E213"/>
+      <c r="F213">
+        <v>2018</v>
+      </c>
+      <c r="G213" t="s">
         <v>796</v>
       </c>
-      <c r="C213" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H213"/>
-      <c r="I213">
-[...1 lines deleted...]
-      </c>
+      <c r="I213"/>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" t="s">
+        <v>797</v>
+      </c>
+      <c r="B214" t="s">
         <v>798</v>
       </c>
-      <c r="B214" t="s">
+      <c r="C214" t="s">
         <v>799</v>
       </c>
-      <c r="C214" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D214"/>
+      <c r="E214"/>
       <c r="F214">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G214" t="s">
         <v>800</v>
       </c>
       <c r="H214"/>
-      <c r="I214">
-[...1 lines deleted...]
-      </c>
+      <c r="I214"/>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" t="s">
         <v>801</v>
       </c>
       <c r="B215" t="s">
         <v>802</v>
       </c>
       <c r="C215" t="s">
-        <v>214</v>
+        <v>28</v>
       </c>
       <c r="D215">
-        <v>111</v>
+        <v>6</v>
       </c>
       <c r="E215">
-        <v>243103</v>
+        <v>1701153</v>
       </c>
       <c r="F215">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G215" t="s">
         <v>803</v>
       </c>
       <c r="H215">
-        <v>3.5</v>
+        <v>7.13</v>
       </c>
       <c r="I215">
-        <v>1.38</v>
+        <v>2.71</v>
       </c>
     </row>
     <row r="216" spans="1:9">
       <c r="A216" t="s">
         <v>804</v>
       </c>
       <c r="B216" t="s">
         <v>805</v>
       </c>
       <c r="C216" t="s">
-        <v>356</v>
-[...4 lines deleted...]
-      <c r="E216" t="s">
+        <v>799</v>
+      </c>
+      <c r="D216"/>
+      <c r="E216"/>
+      <c r="F216">
+        <v>2018</v>
+      </c>
+      <c r="G216" t="s">
         <v>806</v>
       </c>
-      <c r="F216">
-[...4 lines deleted...]
-      </c>
       <c r="H216"/>
-      <c r="I216">
-[...1 lines deleted...]
-      </c>
+      <c r="I216"/>
     </row>
     <row r="217" spans="1:9">
       <c r="A217" t="s">
+        <v>807</v>
+      </c>
+      <c r="B217" t="s">
+        <v>699</v>
+      </c>
+      <c r="C217" t="s">
+        <v>504</v>
+      </c>
+      <c r="D217" t="s">
         <v>808</v>
       </c>
-      <c r="B217" t="s">
+      <c r="E217" t="s">
         <v>809</v>
-      </c>
-[...7 lines deleted...]
-        <v>810</v>
       </c>
       <c r="F217">
         <v>2017</v>
       </c>
       <c r="G217" t="s">
-        <v>811</v>
+        <v>810</v>
       </c>
       <c r="H217">
-        <v>8.53</v>
+        <v>7.5</v>
       </c>
       <c r="I217">
-        <v>4.23</v>
+        <v>2.56</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218" t="s">
+        <v>811</v>
+      </c>
+      <c r="B218" t="s">
         <v>812</v>
       </c>
-      <c r="B218" t="s">
+      <c r="C218" t="s">
+        <v>91</v>
+      </c>
+      <c r="D218" t="s">
         <v>813</v>
       </c>
-      <c r="C218" t="s">
-[...6 lines deleted...]
-        <v>40005</v>
+      <c r="E218" t="s">
+        <v>814</v>
       </c>
       <c r="F218">
         <v>2017</v>
       </c>
       <c r="G218" t="s">
-        <v>814</v>
-[...1 lines deleted...]
-      <c r="H218"/>
+        <v>815</v>
+      </c>
+      <c r="H218">
+        <v>12.08</v>
+      </c>
       <c r="I218">
-        <v>0.17</v>
+        <v>7.45</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="B219" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C219" t="s">
-        <v>485</v>
-[...6 lines deleted...]
-      </c>
+        <v>818</v>
+      </c>
+      <c r="D219"/>
+      <c r="E219"/>
       <c r="F219">
         <v>2017</v>
       </c>
       <c r="G219" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="H219"/>
-      <c r="I219">
-[...1 lines deleted...]
-      </c>
+      <c r="I219"/>
     </row>
     <row r="220" spans="1:9">
       <c r="A220" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="B220" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="C220" t="s">
-        <v>485</v>
-[...5 lines deleted...]
-        <v>40059</v>
+        <v>822</v>
+      </c>
+      <c r="D220"/>
+      <c r="E220" t="s">
+        <v>823</v>
       </c>
       <c r="F220">
         <v>2017</v>
       </c>
       <c r="G220" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="H220"/>
-      <c r="I220">
-[...1 lines deleted...]
-      </c>
+      <c r="I220"/>
     </row>
     <row r="221" spans="1:9">
       <c r="A221" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="B221" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="C221" t="s">
-        <v>485</v>
+        <v>518</v>
       </c>
       <c r="D221">
         <v>1874</v>
       </c>
       <c r="E221">
-        <v>40027</v>
+        <v>40030</v>
       </c>
       <c r="F221">
         <v>2017</v>
       </c>
       <c r="G221" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="H221"/>
       <c r="I221">
         <v>0.17</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="B222" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="C222" t="s">
-        <v>485</v>
+        <v>389</v>
       </c>
       <c r="D222">
-        <v>1874</v>
+        <v>917</v>
       </c>
       <c r="E222">
-        <v>30025</v>
+        <v>62017</v>
       </c>
       <c r="F222">
         <v>2017</v>
       </c>
       <c r="G222" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="H222"/>
       <c r="I222">
-        <v>0.17</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="B223" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="C223" t="s">
-        <v>485</v>
+        <v>389</v>
       </c>
       <c r="D223">
-        <v>1874</v>
+        <v>929</v>
       </c>
       <c r="E223">
-        <v>40049</v>
+        <v>12053</v>
       </c>
       <c r="F223">
         <v>2017</v>
       </c>
       <c r="G223" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="H223"/>
       <c r="I223">
-        <v>0.17</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="B224" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="C224" t="s">
-        <v>485</v>
+        <v>248</v>
       </c>
       <c r="D224">
-        <v>1874</v>
+        <v>111</v>
       </c>
       <c r="E224">
-        <v>40031</v>
+        <v>243103</v>
       </c>
       <c r="F224">
         <v>2017</v>
       </c>
       <c r="G224" t="s">
-        <v>832</v>
-[...1 lines deleted...]
-      <c r="H224"/>
+        <v>836</v>
+      </c>
+      <c r="H224">
+        <v>3.5</v>
+      </c>
       <c r="I224">
-        <v>0.17</v>
+        <v>1.38</v>
       </c>
     </row>
     <row r="225" spans="1:9">
       <c r="A225" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
       <c r="B225" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="C225" t="s">
-        <v>485</v>
+        <v>389</v>
       </c>
       <c r="D225">
-        <v>1874</v>
-[...2 lines deleted...]
-        <v>40058</v>
+        <v>917</v>
+      </c>
+      <c r="E225" t="s">
+        <v>839</v>
       </c>
       <c r="F225">
         <v>2017</v>
       </c>
       <c r="G225" t="s">
-        <v>835</v>
+        <v>840</v>
       </c>
       <c r="H225"/>
       <c r="I225">
-        <v>0.17</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="226" spans="1:9">
       <c r="A226" t="s">
-        <v>836</v>
+        <v>841</v>
       </c>
       <c r="B226" t="s">
-        <v>666</v>
+        <v>842</v>
       </c>
       <c r="C226" t="s">
-        <v>485</v>
+        <v>148</v>
       </c>
       <c r="D226">
-        <v>1874</v>
-[...2 lines deleted...]
-        <v>30022</v>
+        <v>12</v>
+      </c>
+      <c r="E226" t="s">
+        <v>843</v>
       </c>
       <c r="F226">
         <v>2017</v>
       </c>
       <c r="G226" t="s">
-        <v>837</v>
-[...1 lines deleted...]
-      <c r="H226"/>
+        <v>844</v>
+      </c>
+      <c r="H226">
+        <v>8.53</v>
+      </c>
       <c r="I226">
-        <v>0.17</v>
+        <v>4.23</v>
       </c>
     </row>
     <row r="227" spans="1:9">
       <c r="A227" t="s">
-        <v>838</v>
+        <v>845</v>
       </c>
       <c r="B227" t="s">
-        <v>839</v>
+        <v>699</v>
       </c>
       <c r="C227" t="s">
-        <v>485</v>
+        <v>518</v>
       </c>
       <c r="D227">
         <v>1874</v>
       </c>
       <c r="E227">
-        <v>30006</v>
+        <v>30022</v>
       </c>
       <c r="F227">
         <v>2017</v>
       </c>
       <c r="G227" t="s">
-        <v>840</v>
+        <v>846</v>
       </c>
       <c r="H227"/>
       <c r="I227">
         <v>0.17</v>
       </c>
     </row>
     <row r="228" spans="1:9">
       <c r="A228" t="s">
-        <v>841</v>
+        <v>847</v>
       </c>
       <c r="B228" t="s">
-        <v>842</v>
+        <v>848</v>
       </c>
       <c r="C228" t="s">
-        <v>485</v>
+        <v>518</v>
       </c>
       <c r="D228">
         <v>1874</v>
       </c>
       <c r="E228">
-        <v>30029</v>
+        <v>30006</v>
       </c>
       <c r="F228">
         <v>2017</v>
       </c>
       <c r="G228" t="s">
-        <v>843</v>
+        <v>849</v>
       </c>
       <c r="H228"/>
       <c r="I228">
         <v>0.17</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" t="s">
-        <v>844</v>
+        <v>850</v>
       </c>
       <c r="B229" t="s">
-        <v>666</v>
+        <v>851</v>
       </c>
       <c r="C229" t="s">
-        <v>845</v>
+        <v>518</v>
       </c>
       <c r="D229">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>846</v>
+        <v>1874</v>
+      </c>
+      <c r="E229">
+        <v>30029</v>
       </c>
       <c r="F229">
         <v>2017</v>
       </c>
       <c r="G229" t="s">
-        <v>847</v>
-[...3 lines deleted...]
-      </c>
+        <v>852</v>
+      </c>
+      <c r="H229"/>
       <c r="I229">
-        <v>1.77</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" t="s">
-        <v>848</v>
+        <v>853</v>
       </c>
       <c r="B230" t="s">
-        <v>666</v>
+        <v>854</v>
       </c>
       <c r="C230" t="s">
-        <v>849</v>
+        <v>518</v>
       </c>
       <c r="D230">
-        <v>123</v>
+        <v>1874</v>
       </c>
       <c r="E230">
-        <v>252</v>
+        <v>40005</v>
       </c>
       <c r="F230">
         <v>2017</v>
       </c>
       <c r="G230" t="s">
-        <v>850</v>
-[...3 lines deleted...]
-      </c>
+        <v>855</v>
+      </c>
+      <c r="H230"/>
       <c r="I230">
-        <v>0.75</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="231" spans="1:9">
       <c r="A231" t="s">
-        <v>851</v>
+        <v>856</v>
       </c>
       <c r="B231" t="s">
-        <v>852</v>
+        <v>857</v>
       </c>
       <c r="C231" t="s">
-        <v>485</v>
+        <v>518</v>
       </c>
       <c r="D231">
         <v>1874</v>
       </c>
       <c r="E231">
-        <v>30035</v>
+        <v>30043</v>
       </c>
       <c r="F231">
         <v>2017</v>
       </c>
       <c r="G231" t="s">
-        <v>853</v>
+        <v>858</v>
       </c>
       <c r="H231"/>
       <c r="I231">
         <v>0.17</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232" t="s">
-        <v>854</v>
+        <v>859</v>
       </c>
       <c r="B232" t="s">
-        <v>666</v>
+        <v>860</v>
       </c>
       <c r="C232" t="s">
-        <v>92</v>
+        <v>518</v>
       </c>
       <c r="D232">
-        <v>427</v>
-[...2 lines deleted...]
-        <v>855</v>
+        <v>1874</v>
+      </c>
+      <c r="E232">
+        <v>40059</v>
       </c>
       <c r="F232">
         <v>2017</v>
       </c>
       <c r="G232" t="s">
-        <v>856</v>
-[...3 lines deleted...]
-      </c>
+        <v>861</v>
+      </c>
+      <c r="H232"/>
       <c r="I232">
-        <v>1.09</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="233" spans="1:9">
       <c r="A233" t="s">
-        <v>857</v>
+        <v>862</v>
       </c>
       <c r="B233" t="s">
-        <v>858</v>
+        <v>863</v>
       </c>
       <c r="C233" t="s">
-        <v>113</v>
+        <v>518</v>
       </c>
       <c r="D233">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>859</v>
+        <v>1874</v>
+      </c>
+      <c r="E233">
+        <v>40027</v>
       </c>
       <c r="F233">
         <v>2017</v>
       </c>
       <c r="G233" t="s">
-        <v>860</v>
-[...3 lines deleted...]
-      </c>
+        <v>864</v>
+      </c>
+      <c r="H233"/>
       <c r="I233">
-        <v>4.23</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="234" spans="1:9">
       <c r="A234" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="B234" t="s">
-        <v>666</v>
+        <v>866</v>
       </c>
       <c r="C234" t="s">
-        <v>632</v>
+        <v>518</v>
       </c>
       <c r="D234">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>862</v>
+        <v>1874</v>
+      </c>
+      <c r="E234">
+        <v>30025</v>
       </c>
       <c r="F234">
         <v>2017</v>
       </c>
       <c r="G234" t="s">
-        <v>863</v>
-[...3 lines deleted...]
-      </c>
+        <v>867</v>
+      </c>
+      <c r="H234"/>
       <c r="I234">
-        <v>0.95</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="235" spans="1:9">
       <c r="A235" t="s">
-        <v>864</v>
+        <v>868</v>
       </c>
       <c r="B235" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
       <c r="C235" t="s">
-        <v>55</v>
+        <v>518</v>
       </c>
       <c r="D235">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>866</v>
+        <v>1874</v>
+      </c>
+      <c r="E235">
+        <v>40049</v>
       </c>
       <c r="F235">
         <v>2017</v>
       </c>
       <c r="G235" t="s">
-        <v>867</v>
-[...3 lines deleted...]
-      </c>
+        <v>870</v>
+      </c>
+      <c r="H235"/>
       <c r="I235">
-        <v>7.45</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="236" spans="1:9">
       <c r="A236" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="B236" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="C236" t="s">
-        <v>55</v>
+        <v>518</v>
       </c>
       <c r="D236">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>870</v>
+        <v>1874</v>
+      </c>
+      <c r="E236">
+        <v>40031</v>
       </c>
       <c r="F236">
         <v>2017</v>
       </c>
       <c r="G236" t="s">
-        <v>871</v>
-[...3 lines deleted...]
-      </c>
+        <v>873</v>
+      </c>
+      <c r="H236"/>
       <c r="I236">
-        <v>7.45</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="237" spans="1:9">
       <c r="A237" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="B237" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="C237" t="s">
-        <v>46</v>
+        <v>518</v>
       </c>
       <c r="D237">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>874</v>
+        <v>1874</v>
+      </c>
+      <c r="E237">
+        <v>40058</v>
       </c>
       <c r="F237">
         <v>2017</v>
       </c>
       <c r="G237" t="s">
-        <v>875</v>
-[...3 lines deleted...]
-      </c>
+        <v>876</v>
+      </c>
+      <c r="H237"/>
       <c r="I237">
-        <v>3.38</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="B238" t="s">
-        <v>877</v>
+        <v>699</v>
       </c>
       <c r="C238" t="s">
-        <v>11</v>
+        <v>878</v>
       </c>
       <c r="D238">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>878</v>
+        <v>123</v>
+      </c>
+      <c r="E238">
+        <v>252</v>
       </c>
       <c r="F238">
         <v>2017</v>
       </c>
       <c r="G238" t="s">
         <v>879</v>
       </c>
       <c r="H238">
-        <v>1.71</v>
+        <v>1.7</v>
       </c>
       <c r="I238">
-        <v>0.54</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="239" spans="1:9">
       <c r="A239" t="s">
         <v>880</v>
       </c>
       <c r="B239" t="s">
+        <v>699</v>
+      </c>
+      <c r="C239" t="s">
         <v>881</v>
       </c>
-      <c r="C239" t="s">
+      <c r="D239">
+        <v>142</v>
+      </c>
+      <c r="E239" t="s">
         <v>882</v>
-      </c>
-[...4 lines deleted...]
-        <v>43709</v>
       </c>
       <c r="F239">
         <v>2017</v>
       </c>
       <c r="G239" t="s">
         <v>883</v>
       </c>
       <c r="H239">
-        <v>21.95</v>
+        <v>2.53</v>
       </c>
       <c r="I239">
-        <v>10.58</v>
+        <v>1.77</v>
       </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240" t="s">
         <v>884</v>
       </c>
       <c r="B240" t="s">
         <v>885</v>
       </c>
       <c r="C240" t="s">
-        <v>38</v>
+        <v>518</v>
       </c>
       <c r="D240">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>886</v>
+        <v>1874</v>
+      </c>
+      <c r="E240">
+        <v>30035</v>
       </c>
       <c r="F240">
         <v>2017</v>
       </c>
       <c r="G240" t="s">
-        <v>887</v>
-[...3 lines deleted...]
-      </c>
+        <v>886</v>
+      </c>
+      <c r="H240"/>
       <c r="I240">
-        <v>2.93</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241" t="s">
+        <v>887</v>
+      </c>
+      <c r="B241" t="s">
+        <v>699</v>
+      </c>
+      <c r="C241" t="s">
+        <v>127</v>
+      </c>
+      <c r="D241">
+        <v>427</v>
+      </c>
+      <c r="E241" t="s">
         <v>888</v>
       </c>
-      <c r="B241" t="s">
-[...2 lines deleted...]
-      <c r="C241" t="s">
+      <c r="F241">
+        <v>2017</v>
+      </c>
+      <c r="G241" t="s">
         <v>889</v>
       </c>
-      <c r="D241"/>
-[...8 lines deleted...]
-      <c r="I241"/>
+      <c r="H241">
+        <v>4.44</v>
+      </c>
+      <c r="I241">
+        <v>1.09</v>
+      </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242" t="s">
+        <v>890</v>
+      </c>
+      <c r="B242" t="s">
         <v>891</v>
       </c>
-      <c r="B242" t="s">
+      <c r="C242" t="s">
+        <v>148</v>
+      </c>
+      <c r="D242">
+        <v>11</v>
+      </c>
+      <c r="E242" t="s">
         <v>892</v>
       </c>
-      <c r="C242" t="s">
+      <c r="F242">
+        <v>2017</v>
+      </c>
+      <c r="G242" t="s">
         <v>893</v>
       </c>
-      <c r="D242"/>
-[...10 lines deleted...]
-      <c r="I242"/>
+      <c r="H242">
+        <v>8.53</v>
+      </c>
+      <c r="I242">
+        <v>4.23</v>
+      </c>
     </row>
     <row r="243" spans="1:9">
       <c r="A243" t="s">
+        <v>894</v>
+      </c>
+      <c r="B243" t="s">
+        <v>699</v>
+      </c>
+      <c r="C243" t="s">
+        <v>665</v>
+      </c>
+      <c r="D243">
+        <v>7</v>
+      </c>
+      <c r="E243" t="s">
+        <v>895</v>
+      </c>
+      <c r="F243">
+        <v>2017</v>
+      </c>
+      <c r="G243" t="s">
         <v>896</v>
       </c>
-      <c r="B243" t="s">
-[...16 lines deleted...]
-      <c r="I243"/>
+      <c r="H243">
+        <v>2.57</v>
+      </c>
+      <c r="I243">
+        <v>0.95</v>
+      </c>
     </row>
     <row r="244" spans="1:9">
       <c r="A244" t="s">
+        <v>897</v>
+      </c>
+      <c r="B244" t="s">
+        <v>898</v>
+      </c>
+      <c r="C244" t="s">
+        <v>91</v>
+      </c>
+      <c r="D244">
+        <v>17</v>
+      </c>
+      <c r="E244" t="s">
+        <v>899</v>
+      </c>
+      <c r="F244">
+        <v>2017</v>
+      </c>
+      <c r="G244" t="s">
         <v>900</v>
       </c>
-      <c r="B244" t="s">
-[...16 lines deleted...]
-      <c r="I244"/>
+      <c r="H244">
+        <v>12.08</v>
+      </c>
+      <c r="I244">
+        <v>7.45</v>
+      </c>
     </row>
     <row r="245" spans="1:9">
       <c r="A245" t="s">
+        <v>901</v>
+      </c>
+      <c r="B245" t="s">
+        <v>902</v>
+      </c>
+      <c r="C245" t="s">
+        <v>91</v>
+      </c>
+      <c r="D245">
+        <v>17</v>
+      </c>
+      <c r="E245" t="s">
+        <v>903</v>
+      </c>
+      <c r="F245">
+        <v>2017</v>
+      </c>
+      <c r="G245" t="s">
         <v>904</v>
       </c>
-      <c r="B245" t="s">
-[...16 lines deleted...]
-      <c r="I245"/>
+      <c r="H245">
+        <v>12.08</v>
+      </c>
+      <c r="I245">
+        <v>7.45</v>
+      </c>
     </row>
     <row r="246" spans="1:9">
       <c r="A246" t="s">
+        <v>905</v>
+      </c>
+      <c r="B246" t="s">
+        <v>906</v>
+      </c>
+      <c r="C246" t="s">
+        <v>39</v>
+      </c>
+      <c r="D246">
+        <v>4</v>
+      </c>
+      <c r="E246" t="s">
+        <v>907</v>
+      </c>
+      <c r="F246">
+        <v>2017</v>
+      </c>
+      <c r="G246" t="s">
         <v>908</v>
       </c>
-      <c r="B246" t="s">
-[...14 lines deleted...]
-      <c r="I246"/>
+      <c r="H246">
+        <v>6.88</v>
+      </c>
+      <c r="I246">
+        <v>3.38</v>
+      </c>
     </row>
     <row r="247" spans="1:9">
       <c r="A247" t="s">
+        <v>909</v>
+      </c>
+      <c r="B247" t="s">
+        <v>910</v>
+      </c>
+      <c r="C247" t="s">
+        <v>24</v>
+      </c>
+      <c r="D247">
+        <v>24</v>
+      </c>
+      <c r="E247" t="s">
+        <v>911</v>
+      </c>
+      <c r="F247">
+        <v>2017</v>
+      </c>
+      <c r="G247" t="s">
         <v>912</v>
       </c>
-      <c r="B247" t="s">
-[...16 lines deleted...]
-      <c r="I247"/>
+      <c r="H247">
+        <v>1.71</v>
+      </c>
+      <c r="I247">
+        <v>0.54</v>
+      </c>
     </row>
     <row r="248" spans="1:9">
       <c r="A248" t="s">
-        <v>917</v>
+        <v>913</v>
       </c>
       <c r="B248" t="s">
-        <v>877</v>
+        <v>914</v>
       </c>
       <c r="C248" t="s">
-        <v>113</v>
+        <v>915</v>
       </c>
       <c r="D248">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>918</v>
+        <v>1606034</v>
+      </c>
+      <c r="E248">
+        <v>43709</v>
       </c>
       <c r="F248">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G248" t="s">
-        <v>919</v>
+        <v>916</v>
       </c>
       <c r="H248">
-        <v>8.43</v>
+        <v>21.95</v>
       </c>
       <c r="I248">
-        <v>4.01</v>
+        <v>10.58</v>
       </c>
     </row>
     <row r="249" spans="1:9">
       <c r="A249" t="s">
+        <v>917</v>
+      </c>
+      <c r="B249" t="s">
+        <v>918</v>
+      </c>
+      <c r="C249" t="s">
+        <v>76</v>
+      </c>
+      <c r="D249">
+        <v>9</v>
+      </c>
+      <c r="E249" t="s">
+        <v>919</v>
+      </c>
+      <c r="F249">
+        <v>2017</v>
+      </c>
+      <c r="G249" t="s">
         <v>920</v>
       </c>
-      <c r="B249" t="s">
-[...18 lines deleted...]
-      <c r="I249"/>
+      <c r="H249">
+        <v>7.23</v>
+      </c>
+      <c r="I249">
+        <v>2.93</v>
+      </c>
     </row>
     <row r="250" spans="1:9">
       <c r="A250" t="s">
-        <v>925</v>
+        <v>921</v>
       </c>
       <c r="B250" t="s">
-        <v>926</v>
+        <v>910</v>
       </c>
       <c r="C250" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>12112</v>
+        <v>922</v>
+      </c>
+      <c r="D250"/>
+      <c r="E250" t="s">
+        <v>923</v>
       </c>
       <c r="F250">
         <v>2016</v>
       </c>
-      <c r="G250" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G250"/>
       <c r="H250"/>
-      <c r="I250">
-[...1 lines deleted...]
-      </c>
+      <c r="I250"/>
     </row>
     <row r="251" spans="1:9">
       <c r="A251" t="s">
-        <v>928</v>
+        <v>924</v>
       </c>
       <c r="B251" t="s">
-        <v>929</v>
+        <v>925</v>
       </c>
       <c r="C251" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-        <v>12119</v>
+        <v>926</v>
+      </c>
+      <c r="D251"/>
+      <c r="E251" t="s">
+        <v>927</v>
       </c>
       <c r="F251">
         <v>2016</v>
       </c>
       <c r="G251" t="s">
-        <v>930</v>
+        <v>928</v>
       </c>
       <c r="H251"/>
-      <c r="I251">
-[...1 lines deleted...]
-      </c>
+      <c r="I251"/>
     </row>
     <row r="252" spans="1:9">
       <c r="A252" t="s">
+        <v>929</v>
+      </c>
+      <c r="B252" t="s">
+        <v>930</v>
+      </c>
+      <c r="C252" t="s">
+        <v>926</v>
+      </c>
+      <c r="D252"/>
+      <c r="E252" t="s">
         <v>931</v>
       </c>
-      <c r="B252" t="s">
-[...6 lines deleted...]
-      <c r="E252"/>
       <c r="F252">
         <v>2016</v>
       </c>
       <c r="G252" t="s">
-        <v>934</v>
+        <v>932</v>
       </c>
       <c r="H252"/>
       <c r="I252"/>
     </row>
     <row r="253" spans="1:9">
       <c r="A253" t="s">
+        <v>933</v>
+      </c>
+      <c r="B253" t="s">
+        <v>934</v>
+      </c>
+      <c r="C253" t="s">
+        <v>926</v>
+      </c>
+      <c r="D253"/>
+      <c r="E253" t="s">
         <v>935</v>
-      </c>
-[...10 lines deleted...]
-        <v>937</v>
       </c>
       <c r="F253">
         <v>2016</v>
       </c>
       <c r="G253" t="s">
-        <v>938</v>
-[...6 lines deleted...]
-      </c>
+        <v>936</v>
+      </c>
+      <c r="H253"/>
+      <c r="I253"/>
     </row>
     <row r="254" spans="1:9">
       <c r="A254" t="s">
+        <v>937</v>
+      </c>
+      <c r="B254" t="s">
+        <v>938</v>
+      </c>
+      <c r="C254" t="s">
+        <v>926</v>
+      </c>
+      <c r="D254"/>
+      <c r="E254" t="s">
         <v>939</v>
-      </c>
-[...10 lines deleted...]
-        <v>941</v>
       </c>
       <c r="F254">
         <v>2016</v>
       </c>
       <c r="G254" t="s">
-        <v>942</v>
-[...6 lines deleted...]
-      </c>
+        <v>940</v>
+      </c>
+      <c r="H254"/>
+      <c r="I254"/>
     </row>
     <row r="255" spans="1:9">
       <c r="A255" t="s">
+        <v>941</v>
+      </c>
+      <c r="B255" t="s">
+        <v>942</v>
+      </c>
+      <c r="C255" t="s">
         <v>943</v>
       </c>
-      <c r="B255" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="D255"/>
+      <c r="E255"/>
       <c r="F255">
         <v>2016</v>
       </c>
       <c r="G255" t="s">
-        <v>946</v>
-[...6 lines deleted...]
-      </c>
+        <v>944</v>
+      </c>
+      <c r="H255"/>
+      <c r="I255"/>
     </row>
     <row r="256" spans="1:9">
       <c r="A256" t="s">
+        <v>945</v>
+      </c>
+      <c r="B256" t="s">
+        <v>946</v>
+      </c>
+      <c r="C256" t="s">
         <v>947</v>
       </c>
-      <c r="B256" t="s">
+      <c r="D256"/>
+      <c r="E256" t="s">
         <v>948</v>
-      </c>
-[...7 lines deleted...]
-        <v>12140</v>
       </c>
       <c r="F256">
         <v>2016</v>
       </c>
       <c r="G256" t="s">
         <v>949</v>
       </c>
       <c r="H256"/>
-      <c r="I256">
-[...1 lines deleted...]
-      </c>
+      <c r="I256"/>
     </row>
     <row r="257" spans="1:9">
       <c r="A257" t="s">
         <v>950</v>
       </c>
       <c r="B257" t="s">
+        <v>910</v>
+      </c>
+      <c r="C257" t="s">
+        <v>148</v>
+      </c>
+      <c r="D257">
+        <v>10</v>
+      </c>
+      <c r="E257" t="s">
         <v>951</v>
-      </c>
-[...7 lines deleted...]
-        <v>12152</v>
       </c>
       <c r="F257">
         <v>2016</v>
       </c>
       <c r="G257" t="s">
         <v>952</v>
       </c>
-      <c r="H257"/>
+      <c r="H257">
+        <v>8.43</v>
+      </c>
       <c r="I257">
-        <v>0.25</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="258" spans="1:9">
       <c r="A258" t="s">
         <v>953</v>
       </c>
       <c r="B258" t="s">
         <v>954</v>
       </c>
       <c r="C258" t="s">
-        <v>485</v>
+        <v>955</v>
       </c>
       <c r="D258">
-        <v>1748</v>
-[...2 lines deleted...]
-        <v>30001</v>
+        <v>7</v>
+      </c>
+      <c r="E258" t="s">
+        <v>956</v>
       </c>
       <c r="F258">
         <v>2016</v>
       </c>
       <c r="G258" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="H258"/>
-      <c r="I258">
-[...1 lines deleted...]
-      </c>
+      <c r="I258"/>
     </row>
     <row r="259" spans="1:9">
       <c r="A259" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="B259" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="C259" t="s">
-        <v>214</v>
+        <v>389</v>
       </c>
       <c r="D259">
-        <v>108</v>
+        <v>741</v>
       </c>
       <c r="E259">
-        <v>211105</v>
+        <v>12112</v>
       </c>
       <c r="F259">
         <v>2016</v>
       </c>
       <c r="G259" t="s">
-        <v>958</v>
-[...3 lines deleted...]
-      </c>
+        <v>960</v>
+      </c>
+      <c r="H259"/>
       <c r="I259">
-        <v>1.67</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="B260" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="C260" t="s">
-        <v>38</v>
+        <v>389</v>
       </c>
       <c r="D260">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>961</v>
+        <v>741</v>
+      </c>
+      <c r="E260">
+        <v>12119</v>
       </c>
       <c r="F260">
         <v>2016</v>
       </c>
       <c r="G260" t="s">
-        <v>962</v>
-[...3 lines deleted...]
-      </c>
+        <v>963</v>
+      </c>
+      <c r="H260"/>
       <c r="I260">
-        <v>2.79</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="261" spans="1:9">
       <c r="A261" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="B261" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="C261" t="s">
-        <v>38</v>
-[...6 lines deleted...]
-      </c>
+        <v>966</v>
+      </c>
+      <c r="D261"/>
+      <c r="E261"/>
       <c r="F261">
         <v>2016</v>
       </c>
       <c r="G261" t="s">
-        <v>966</v>
-[...6 lines deleted...]
-      </c>
+        <v>967</v>
+      </c>
+      <c r="H261"/>
+      <c r="I261"/>
     </row>
     <row r="262" spans="1:9">
       <c r="A262" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="B262" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="C262" t="s">
-        <v>356</v>
+        <v>76</v>
       </c>
       <c r="D262">
-        <v>690</v>
-[...2 lines deleted...]
-        <v>12021</v>
+        <v>8</v>
+      </c>
+      <c r="E262" t="s">
+        <v>970</v>
       </c>
       <c r="F262">
         <v>2016</v>
       </c>
       <c r="G262" t="s">
-        <v>969</v>
-[...1 lines deleted...]
-      <c r="H262"/>
+        <v>971</v>
+      </c>
+      <c r="H262">
+        <v>7.37</v>
+      </c>
       <c r="I262">
-        <v>0.25</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="263" spans="1:9">
       <c r="A263" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="B263" t="s">
-        <v>971</v>
+        <v>699</v>
       </c>
       <c r="C263" t="s">
-        <v>356</v>
+        <v>973</v>
       </c>
       <c r="D263">
-        <v>690</v>
-[...2 lines deleted...]
-        <v>12020</v>
+        <v>307</v>
+      </c>
+      <c r="E263" t="s">
+        <v>974</v>
       </c>
       <c r="F263">
         <v>2016</v>
       </c>
       <c r="G263" t="s">
-        <v>972</v>
-[...1 lines deleted...]
-      <c r="H263"/>
+        <v>975</v>
+      </c>
+      <c r="H263">
+        <v>2.14</v>
+      </c>
       <c r="I263">
-        <v>0.25</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="264" spans="1:9">
       <c r="A264" t="s">
-        <v>973</v>
+        <v>976</v>
       </c>
       <c r="B264" t="s">
-        <v>974</v>
+        <v>977</v>
       </c>
       <c r="C264" t="s">
-        <v>882</v>
+        <v>39</v>
       </c>
       <c r="D264">
-        <v>28</v>
+        <v>3</v>
       </c>
       <c r="E264" t="s">
-        <v>975</v>
+        <v>978</v>
       </c>
       <c r="F264">
         <v>2016</v>
       </c>
       <c r="G264" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="H264">
-        <v>19.79</v>
+        <v>6.76</v>
       </c>
       <c r="I264">
-        <v>9.18</v>
+        <v>3.47</v>
       </c>
     </row>
     <row r="265" spans="1:9">
       <c r="A265" t="s">
-        <v>977</v>
+        <v>980</v>
       </c>
       <c r="B265" t="s">
-        <v>968</v>
+        <v>981</v>
       </c>
       <c r="C265" t="s">
-        <v>38</v>
+        <v>389</v>
       </c>
       <c r="D265">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>978</v>
+        <v>741</v>
+      </c>
+      <c r="E265">
+        <v>12140</v>
       </c>
       <c r="F265">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G265" t="s">
-        <v>979</v>
-[...3 lines deleted...]
-      </c>
+        <v>982</v>
+      </c>
+      <c r="H265"/>
       <c r="I265">
-        <v>2.77</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="266" spans="1:9">
       <c r="A266" t="s">
-        <v>980</v>
+        <v>983</v>
       </c>
       <c r="B266" t="s">
-        <v>793</v>
+        <v>984</v>
       </c>
       <c r="C266" t="s">
-        <v>744</v>
+        <v>389</v>
       </c>
       <c r="D266">
-        <v>6</v>
+        <v>741</v>
       </c>
       <c r="E266">
-        <v>19410</v>
+        <v>12152</v>
       </c>
       <c r="F266">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G266" t="s">
-        <v>981</v>
-[...3 lines deleted...]
-      </c>
+        <v>985</v>
+      </c>
+      <c r="H266"/>
       <c r="I266">
-        <v>2.03</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="267" spans="1:9">
       <c r="A267" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B267" t="s">
-        <v>983</v>
+        <v>987</v>
       </c>
       <c r="C267" t="s">
-        <v>113</v>
+        <v>518</v>
       </c>
       <c r="D267">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>984</v>
+        <v>1748</v>
+      </c>
+      <c r="E267">
+        <v>30001</v>
       </c>
       <c r="F267">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G267" t="s">
-        <v>985</v>
-[...3 lines deleted...]
-      </c>
+        <v>988</v>
+      </c>
+      <c r="H267"/>
       <c r="I267">
-        <v>4.21</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="268" spans="1:9">
       <c r="A268" t="s">
-        <v>986</v>
+        <v>989</v>
       </c>
       <c r="B268" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="C268" t="s">
-        <v>988</v>
-[...2 lines deleted...]
-      <c r="E268"/>
+        <v>248</v>
+      </c>
+      <c r="D268">
+        <v>108</v>
+      </c>
+      <c r="E268">
+        <v>211105</v>
+      </c>
       <c r="F268">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G268" t="s">
-        <v>989</v>
-[...2 lines deleted...]
-      <c r="I268"/>
+        <v>991</v>
+      </c>
+      <c r="H268">
+        <v>3.41</v>
+      </c>
+      <c r="I268">
+        <v>1.67</v>
+      </c>
     </row>
     <row r="269" spans="1:9">
       <c r="A269" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="B269" t="s">
-        <v>666</v>
+        <v>993</v>
       </c>
       <c r="C269" t="s">
-        <v>991</v>
+        <v>76</v>
       </c>
       <c r="D269">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="E269" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="F269">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G269" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="H269">
-        <v>3.04</v>
+        <v>7.37</v>
       </c>
       <c r="I269">
-        <v>2.01</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="270" spans="1:9">
       <c r="A270" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="B270" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="C270" t="s">
-        <v>996</v>
+        <v>76</v>
       </c>
       <c r="D270">
-        <v>119</v>
+        <v>8</v>
       </c>
       <c r="E270" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="F270">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G270" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="H270">
-        <v>0.64</v>
+        <v>7.37</v>
       </c>
       <c r="I270">
-        <v>0.27</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="271" spans="1:9">
       <c r="A271" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="B271" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="C271" t="s">
-        <v>55</v>
+        <v>389</v>
       </c>
       <c r="D271">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>1001</v>
+        <v>690</v>
+      </c>
+      <c r="E271">
+        <v>12020</v>
       </c>
       <c r="F271">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G271" t="s">
         <v>1002</v>
       </c>
-      <c r="H271">
-[...1 lines deleted...]
-      </c>
+      <c r="H271"/>
       <c r="I271">
-        <v>8.36</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="272" spans="1:9">
       <c r="A272" t="s">
         <v>1003</v>
       </c>
       <c r="B272" t="s">
-        <v>666</v>
+        <v>1004</v>
       </c>
       <c r="C272" t="s">
-        <v>657</v>
+        <v>389</v>
       </c>
       <c r="D272">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>1004</v>
+        <v>690</v>
+      </c>
+      <c r="E272">
+        <v>12021</v>
       </c>
       <c r="F272">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G272" t="s">
         <v>1005</v>
       </c>
-      <c r="H272">
-[...1 lines deleted...]
-      </c>
+      <c r="H272"/>
       <c r="I272">
-        <v>0.62</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="273" spans="1:9">
       <c r="A273" t="s">
         <v>1006</v>
       </c>
       <c r="B273" t="s">
         <v>1007</v>
       </c>
       <c r="C273" t="s">
+        <v>915</v>
+      </c>
+      <c r="D273">
+        <v>28</v>
+      </c>
+      <c r="E273" t="s">
         <v>1008</v>
       </c>
-      <c r="D273">
-[...4 lines deleted...]
-      </c>
       <c r="F273">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G273" t="s">
         <v>1009</v>
       </c>
-      <c r="H273"/>
+      <c r="H273">
+        <v>19.79</v>
+      </c>
       <c r="I273">
-        <v>0.25</v>
+        <v>9.18</v>
       </c>
     </row>
     <row r="274" spans="1:9">
       <c r="A274" t="s">
         <v>1010</v>
       </c>
       <c r="B274" t="s">
-        <v>666</v>
+        <v>1004</v>
       </c>
       <c r="C274" t="s">
-        <v>991</v>
+        <v>76</v>
       </c>
       <c r="D274">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="E274" t="s">
         <v>1011</v>
       </c>
       <c r="F274">
         <v>2015</v>
       </c>
       <c r="G274" t="s">
         <v>1012</v>
       </c>
       <c r="H274">
-        <v>3.04</v>
+        <v>7.76</v>
       </c>
       <c r="I274">
-        <v>2.01</v>
+        <v>2.77</v>
       </c>
     </row>
     <row r="275" spans="1:9">
       <c r="A275" t="s">
         <v>1013</v>
       </c>
       <c r="B275" t="s">
-        <v>666</v>
+        <v>826</v>
       </c>
       <c r="C275" t="s">
-        <v>1014</v>
+        <v>777</v>
       </c>
       <c r="D275">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="E275">
-        <v>46005</v>
+        <v>19410</v>
       </c>
       <c r="F275">
         <v>2015</v>
       </c>
       <c r="G275" t="s">
-        <v>1015</v>
+        <v>1014</v>
       </c>
       <c r="H275">
-        <v>2.39</v>
+        <v>5.23</v>
       </c>
       <c r="I275">
-        <v>1.25</v>
+        <v>2.03</v>
       </c>
     </row>
     <row r="276" spans="1:9">
       <c r="A276" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B276" t="s">
         <v>1016</v>
       </c>
-      <c r="B276" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C276" t="s">
-        <v>418</v>
+        <v>148</v>
       </c>
       <c r="D276">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="E276" t="s">
         <v>1017</v>
       </c>
       <c r="F276">
         <v>2015</v>
       </c>
       <c r="G276" t="s">
         <v>1018</v>
       </c>
       <c r="H276">
-        <v>3.15</v>
+        <v>7.49</v>
       </c>
       <c r="I276">
-        <v>1.91</v>
+        <v>4.21</v>
       </c>
     </row>
     <row r="277" spans="1:9">
       <c r="A277" t="s">
         <v>1019</v>
       </c>
       <c r="B277" t="s">
-        <v>666</v>
+        <v>1020</v>
       </c>
       <c r="C277" t="s">
-        <v>92</v>
-[...6 lines deleted...]
-      </c>
+        <v>1021</v>
+      </c>
+      <c r="D277"/>
+      <c r="E277"/>
       <c r="F277">
         <v>2015</v>
       </c>
       <c r="G277" t="s">
-        <v>1021</v>
-[...6 lines deleted...]
-      </c>
+        <v>1022</v>
+      </c>
+      <c r="H277"/>
+      <c r="I277"/>
     </row>
     <row r="278" spans="1:9">
       <c r="A278" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="B278" t="s">
-        <v>666</v>
+        <v>699</v>
       </c>
       <c r="C278" t="s">
-        <v>1014</v>
+        <v>1024</v>
       </c>
       <c r="D278">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>25902</v>
+        <v>40</v>
+      </c>
+      <c r="E278" t="s">
+        <v>1025</v>
       </c>
       <c r="F278">
         <v>2015</v>
       </c>
       <c r="G278" t="s">
-        <v>1023</v>
+        <v>1026</v>
       </c>
       <c r="H278">
-        <v>2.39</v>
+        <v>3.04</v>
       </c>
       <c r="I278">
-        <v>1.25</v>
+        <v>2.01</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" t="s">
-        <v>1024</v>
+        <v>1027</v>
       </c>
       <c r="B279" t="s">
-        <v>666</v>
+        <v>1028</v>
       </c>
       <c r="C279" t="s">
-        <v>657</v>
+        <v>1029</v>
       </c>
       <c r="D279">
-        <v>100</v>
+        <v>119</v>
       </c>
       <c r="E279" t="s">
-        <v>1025</v>
+        <v>1030</v>
       </c>
       <c r="F279">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G279" t="s">
-        <v>1026</v>
+        <v>1031</v>
       </c>
       <c r="H279">
-        <v>1.36</v>
+        <v>0.64</v>
       </c>
       <c r="I279">
-        <v>0.76</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="B280" t="s">
-        <v>666</v>
+        <v>1033</v>
       </c>
       <c r="C280" t="s">
-        <v>1028</v>
+        <v>91</v>
       </c>
       <c r="D280">
-        <v>117</v>
+        <v>15</v>
       </c>
       <c r="E280" t="s">
-        <v>1029</v>
+        <v>1034</v>
       </c>
       <c r="F280">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G280" t="s">
-        <v>1030</v>
+        <v>1035</v>
       </c>
       <c r="H280">
-        <v>1.69</v>
+        <v>13.78</v>
       </c>
       <c r="I280">
-        <v>0.51</v>
+        <v>8.36</v>
       </c>
     </row>
     <row r="281" spans="1:9">
       <c r="A281" t="s">
-        <v>1031</v>
+        <v>1036</v>
       </c>
       <c r="B281" t="s">
-        <v>666</v>
+        <v>699</v>
       </c>
       <c r="C281" t="s">
-        <v>1014</v>
+        <v>690</v>
       </c>
       <c r="D281">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>125602</v>
+        <v>101</v>
+      </c>
+      <c r="E281" t="s">
+        <v>1037</v>
       </c>
       <c r="F281">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G281" t="s">
-        <v>1032</v>
+        <v>1038</v>
       </c>
       <c r="H281">
-        <v>2.46</v>
+        <v>1.17</v>
       </c>
       <c r="I281">
-        <v>1.48</v>
+        <v>0.62</v>
       </c>
     </row>
     <row r="282" spans="1:9">
       <c r="A282" t="s">
-        <v>1033</v>
+        <v>1039</v>
       </c>
       <c r="B282" t="s">
-        <v>666</v>
+        <v>1040</v>
       </c>
       <c r="C282" t="s">
-        <v>1034</v>
+        <v>1041</v>
       </c>
       <c r="D282">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>1035</v>
+        <v>9502</v>
+      </c>
+      <c r="E282">
+        <v>950203</v>
       </c>
       <c r="F282">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G282" t="s">
-        <v>1036</v>
-[...3 lines deleted...]
-      </c>
+        <v>1042</v>
+      </c>
+      <c r="H282"/>
       <c r="I282">
-        <v>0.55</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="283" spans="1:9">
       <c r="A283" t="s">
-        <v>1037</v>
+        <v>1043</v>
       </c>
       <c r="B283" t="s">
-        <v>666</v>
+        <v>699</v>
       </c>
       <c r="C283" t="s">
-        <v>657</v>
+        <v>1024</v>
       </c>
       <c r="D283">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="E283" t="s">
-        <v>1038</v>
+        <v>1044</v>
       </c>
       <c r="F283">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G283" t="s">
-        <v>1039</v>
+        <v>1045</v>
       </c>
       <c r="H283">
-        <v>1.36</v>
+        <v>3.04</v>
       </c>
       <c r="I283">
-        <v>0.76</v>
+        <v>2.01</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284" t="s">
-        <v>1040</v>
+        <v>1046</v>
       </c>
       <c r="B284" t="s">
-        <v>666</v>
+        <v>699</v>
       </c>
       <c r="C284" t="s">
-        <v>1041</v>
+        <v>1047</v>
       </c>
       <c r="D284">
-        <v>90</v>
+        <v>12</v>
       </c>
       <c r="E284">
-        <v>23017</v>
+        <v>46005</v>
       </c>
       <c r="F284">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G284" t="s">
-        <v>1042</v>
+        <v>1048</v>
       </c>
       <c r="H284">
-        <v>2.29</v>
+        <v>2.39</v>
       </c>
       <c r="I284">
-        <v>1.24</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285" t="s">
-        <v>1043</v>
+        <v>1049</v>
       </c>
       <c r="B285" t="s">
-        <v>666</v>
+        <v>699</v>
       </c>
       <c r="C285" t="s">
-        <v>1014</v>
+        <v>451</v>
       </c>
       <c r="D285">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>106101</v>
+        <v>23</v>
+      </c>
+      <c r="E285" t="s">
+        <v>1050</v>
       </c>
       <c r="F285">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G285" t="s">
-        <v>1044</v>
+        <v>1051</v>
       </c>
       <c r="H285">
-        <v>2.46</v>
+        <v>3.15</v>
       </c>
       <c r="I285">
-        <v>1.48</v>
+        <v>1.91</v>
       </c>
     </row>
     <row r="286" spans="1:9">
       <c r="A286" t="s">
-        <v>1045</v>
+        <v>1052</v>
       </c>
       <c r="B286" t="s">
-        <v>666</v>
+        <v>699</v>
       </c>
       <c r="C286" t="s">
-        <v>657</v>
+        <v>127</v>
       </c>
       <c r="D286">
-        <v>99</v>
+        <v>337</v>
       </c>
       <c r="E286" t="s">
-        <v>1046</v>
+        <v>1053</v>
       </c>
       <c r="F286">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G286" t="s">
-        <v>1047</v>
+        <v>1054</v>
       </c>
       <c r="H286">
-        <v>1.36</v>
+        <v>3.15</v>
       </c>
       <c r="I286">
-        <v>0.76</v>
+        <v>0.89</v>
       </c>
     </row>
     <row r="287" spans="1:9">
       <c r="A287" t="s">
-        <v>1048</v>
+        <v>1055</v>
       </c>
       <c r="B287" t="s">
-        <v>666</v>
+        <v>699</v>
       </c>
       <c r="C287" t="s">
-        <v>1034</v>
+        <v>1047</v>
       </c>
       <c r="D287">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>1049</v>
+        <v>12</v>
+      </c>
+      <c r="E287">
+        <v>25902</v>
       </c>
       <c r="F287">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G287" t="s">
-        <v>1050</v>
+        <v>1056</v>
       </c>
       <c r="H287">
-        <v>0.9</v>
+        <v>2.39</v>
       </c>
       <c r="I287">
-        <v>0.55</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="288" spans="1:9">
       <c r="A288" t="s">
-        <v>1051</v>
+        <v>1057</v>
       </c>
       <c r="B288" t="s">
-        <v>666</v>
+        <v>699</v>
       </c>
       <c r="C288" t="s">
-        <v>1014</v>
+        <v>690</v>
       </c>
       <c r="D288">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>65301</v>
+        <v>100</v>
+      </c>
+      <c r="E288" t="s">
+        <v>1058</v>
       </c>
       <c r="F288">
         <v>2014</v>
       </c>
       <c r="G288" t="s">
-        <v>1052</v>
+        <v>1059</v>
       </c>
       <c r="H288">
-        <v>2.46</v>
+        <v>1.36</v>
       </c>
       <c r="I288">
-        <v>1.48</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="289" spans="1:9">
       <c r="A289" t="s">
-        <v>1053</v>
+        <v>1060</v>
       </c>
       <c r="B289" t="s">
-        <v>1054</v>
+        <v>699</v>
       </c>
       <c r="C289" t="s">
-        <v>657</v>
+        <v>1061</v>
       </c>
       <c r="D289">
-        <v>99</v>
+        <v>117</v>
       </c>
       <c r="E289" t="s">
-        <v>1055</v>
+        <v>1062</v>
       </c>
       <c r="F289">
         <v>2014</v>
       </c>
       <c r="G289" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="H289">
-        <v>1.36</v>
+        <v>1.69</v>
       </c>
       <c r="I289">
-        <v>0.76</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="290" spans="1:9">
       <c r="A290" t="s">
-        <v>1057</v>
+        <v>1064</v>
       </c>
       <c r="B290" t="s">
-        <v>666</v>
+        <v>699</v>
       </c>
       <c r="C290" t="s">
-        <v>92</v>
+        <v>1047</v>
       </c>
       <c r="D290">
-        <v>292</v>
-[...2 lines deleted...]
-        <v>1058</v>
+        <v>11</v>
+      </c>
+      <c r="E290">
+        <v>125602</v>
       </c>
       <c r="F290">
         <v>2014</v>
       </c>
       <c r="G290" t="s">
-        <v>1059</v>
+        <v>1065</v>
       </c>
       <c r="H290">
-        <v>2.71</v>
+        <v>2.46</v>
       </c>
       <c r="I290">
-        <v>0.95</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="291" spans="1:9">
       <c r="A291" t="s">
-        <v>1060</v>
+        <v>1066</v>
       </c>
       <c r="B291" t="s">
-        <v>666</v>
+        <v>699</v>
       </c>
       <c r="C291" t="s">
-        <v>1028</v>
+        <v>1067</v>
       </c>
       <c r="D291">
-        <v>116</v>
+        <v>44</v>
       </c>
       <c r="E291" t="s">
-        <v>1061</v>
+        <v>1068</v>
       </c>
       <c r="F291">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G291" t="s">
-        <v>1062</v>
+        <v>1069</v>
       </c>
       <c r="H291">
-        <v>1.69</v>
+        <v>0.9</v>
       </c>
       <c r="I291">
-        <v>0.51</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="292" spans="1:9">
       <c r="A292" t="s">
-        <v>1063</v>
+        <v>1070</v>
       </c>
       <c r="B292" t="s">
-        <v>666</v>
+        <v>699</v>
       </c>
       <c r="C292" t="s">
-        <v>92</v>
+        <v>690</v>
       </c>
       <c r="D292">
-        <v>284</v>
+        <v>100</v>
       </c>
       <c r="E292" t="s">
-        <v>1064</v>
+        <v>1071</v>
       </c>
       <c r="F292">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G292" t="s">
-        <v>1065</v>
+        <v>1072</v>
       </c>
       <c r="H292">
-        <v>2.54</v>
+        <v>1.36</v>
       </c>
       <c r="I292">
-        <v>0.96</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="293" spans="1:9">
       <c r="A293" t="s">
-        <v>1066</v>
+        <v>1073</v>
       </c>
       <c r="B293" t="s">
-        <v>1067</v>
+        <v>699</v>
       </c>
       <c r="C293" t="s">
-        <v>1068</v>
+        <v>1074</v>
       </c>
       <c r="D293">
-        <v>308</v>
-[...2 lines deleted...]
-        <v>1069</v>
+        <v>90</v>
+      </c>
+      <c r="E293">
+        <v>23017</v>
       </c>
       <c r="F293">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G293" t="s">
-        <v>1070</v>
+        <v>1075</v>
       </c>
       <c r="H293">
-        <v>1.54</v>
+        <v>2.29</v>
       </c>
       <c r="I293">
-        <v>0.74</v>
+        <v>1.24</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294" t="s">
-        <v>1071</v>
+        <v>1076</v>
       </c>
       <c r="B294" t="s">
-        <v>666</v>
+        <v>699</v>
       </c>
       <c r="C294" t="s">
-        <v>657</v>
+        <v>1047</v>
       </c>
       <c r="D294">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>1072</v>
+        <v>11</v>
+      </c>
+      <c r="E294">
+        <v>106101</v>
       </c>
       <c r="F294">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G294" t="s">
-        <v>1073</v>
+        <v>1077</v>
       </c>
       <c r="H294">
-        <v>1.36</v>
+        <v>2.46</v>
       </c>
       <c r="I294">
-        <v>0.8</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="295" spans="1:9">
       <c r="A295" t="s">
-        <v>1074</v>
+        <v>1078</v>
       </c>
       <c r="B295" t="s">
-        <v>1075</v>
+        <v>699</v>
       </c>
       <c r="C295" t="s">
-        <v>1034</v>
+        <v>690</v>
       </c>
       <c r="D295">
-        <v>43</v>
+        <v>99</v>
       </c>
       <c r="E295" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
       <c r="F295">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G295" t="s">
-        <v>1077</v>
+        <v>1080</v>
       </c>
       <c r="H295">
-        <v>0.89</v>
+        <v>1.36</v>
       </c>
       <c r="I295">
-        <v>0.59</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="296" spans="1:9">
       <c r="A296" t="s">
-        <v>1078</v>
+        <v>1081</v>
       </c>
       <c r="B296" t="s">
-        <v>666</v>
+        <v>699</v>
       </c>
       <c r="C296" t="s">
-        <v>991</v>
+        <v>1067</v>
       </c>
       <c r="D296">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>1452</v>
+        <v>44</v>
+      </c>
+      <c r="E296" t="s">
+        <v>1082</v>
       </c>
       <c r="F296">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G296" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="H296">
-        <v>3.18</v>
+        <v>0.9</v>
       </c>
       <c r="I296">
-        <v>2.44</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="297" spans="1:9">
       <c r="A297" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B297" t="s">
-        <v>666</v>
+        <v>699</v>
       </c>
       <c r="C297" t="s">
-        <v>1014</v>
+        <v>1047</v>
       </c>
       <c r="D297">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E297">
-        <v>56004</v>
+        <v>65301</v>
       </c>
       <c r="F297">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G297" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="H297">
-        <v>2.96</v>
+        <v>2.46</v>
       </c>
       <c r="I297">
-        <v>1.42</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="298" spans="1:9">
       <c r="A298" t="s">
-        <v>1082</v>
+        <v>1086</v>
       </c>
       <c r="B298" t="s">
-        <v>666</v>
+        <v>1087</v>
       </c>
       <c r="C298" t="s">
-        <v>1014</v>
+        <v>690</v>
       </c>
       <c r="D298">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>45605</v>
+        <v>99</v>
+      </c>
+      <c r="E298" t="s">
+        <v>1088</v>
       </c>
       <c r="F298">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G298" t="s">
-        <v>1083</v>
+        <v>1089</v>
       </c>
       <c r="H298">
-        <v>2.96</v>
+        <v>1.36</v>
       </c>
       <c r="I298">
-        <v>1.42</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="299" spans="1:9">
       <c r="A299" t="s">
-        <v>1084</v>
+        <v>1090</v>
       </c>
       <c r="B299" t="s">
-        <v>666</v>
+        <v>699</v>
       </c>
       <c r="C299" t="s">
-        <v>849</v>
+        <v>127</v>
       </c>
       <c r="D299">
-        <v>111</v>
+        <v>292</v>
       </c>
       <c r="E299" t="s">
-        <v>1085</v>
+        <v>1091</v>
       </c>
       <c r="F299">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G299" t="s">
-        <v>1086</v>
+        <v>1092</v>
       </c>
       <c r="H299">
-        <v>1.78</v>
+        <v>2.71</v>
       </c>
       <c r="I299">
-        <v>1.2</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="300" spans="1:9">
       <c r="A300" t="s">
-        <v>1087</v>
+        <v>1093</v>
       </c>
       <c r="B300" t="s">
-        <v>666</v>
+        <v>699</v>
       </c>
       <c r="C300" t="s">
-        <v>1088</v>
+        <v>1061</v>
       </c>
       <c r="D300">
-        <v>88</v>
+        <v>116</v>
       </c>
       <c r="E300" t="s">
-        <v>1089</v>
+        <v>1094</v>
       </c>
       <c r="F300">
         <v>2013</v>
       </c>
       <c r="G300" t="s">
-        <v>1090</v>
+        <v>1095</v>
       </c>
       <c r="H300">
-        <v>3.15</v>
+        <v>1.69</v>
       </c>
       <c r="I300">
-        <v>1.11</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="301" spans="1:9">
       <c r="A301" t="s">
-        <v>1091</v>
+        <v>1096</v>
       </c>
       <c r="B301" t="s">
-        <v>666</v>
+        <v>1097</v>
       </c>
       <c r="C301" t="s">
-        <v>657</v>
+        <v>1098</v>
       </c>
       <c r="D301">
-        <v>96</v>
+        <v>308</v>
       </c>
       <c r="E301" t="s">
-        <v>1092</v>
+        <v>1099</v>
       </c>
       <c r="F301">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G301" t="s">
-        <v>1093</v>
+        <v>1100</v>
       </c>
       <c r="H301">
-        <v>1.52</v>
+        <v>1.54</v>
       </c>
       <c r="I301">
-        <v>1.03</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="302" spans="1:9">
       <c r="A302" t="s">
-        <v>1094</v>
+        <v>1101</v>
       </c>
       <c r="B302" t="s">
-        <v>666</v>
+        <v>699</v>
       </c>
       <c r="C302" t="s">
-        <v>1028</v>
+        <v>127</v>
       </c>
       <c r="D302">
-        <v>107</v>
+        <v>284</v>
       </c>
       <c r="E302" t="s">
-        <v>1095</v>
+        <v>1102</v>
       </c>
       <c r="F302">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G302" t="s">
-        <v>1096</v>
+        <v>1103</v>
       </c>
       <c r="H302">
-        <v>1.69</v>
+        <v>2.54</v>
       </c>
       <c r="I302">
-        <v>0.51</v>
+        <v>0.96</v>
       </c>
     </row>
     <row r="303" spans="1:9">
       <c r="A303" t="s">
-        <v>1097</v>
+        <v>1104</v>
       </c>
       <c r="B303" t="s">
-        <v>666</v>
+        <v>699</v>
       </c>
       <c r="C303" t="s">
-        <v>1098</v>
+        <v>690</v>
       </c>
       <c r="D303">
-        <v>38</v>
+        <v>97</v>
       </c>
       <c r="E303" t="s">
-        <v>1099</v>
+        <v>1105</v>
       </c>
       <c r="F303">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="G303" t="s">
-        <v>1100</v>
-[...2 lines deleted...]
-      <c r="I303"/>
+        <v>1106</v>
+      </c>
+      <c r="H303">
+        <v>1.36</v>
+      </c>
+      <c r="I303">
+        <v>0.8</v>
+      </c>
     </row>
     <row r="304" spans="1:9">
       <c r="A304" t="s">
-        <v>1101</v>
+        <v>1107</v>
       </c>
       <c r="B304" t="s">
-        <v>666</v>
+        <v>1108</v>
       </c>
       <c r="C304" t="s">
-        <v>1034</v>
+        <v>1067</v>
       </c>
       <c r="D304">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E304" t="s">
-        <v>1102</v>
+        <v>1109</v>
       </c>
       <c r="F304">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="G304" t="s">
-        <v>1103</v>
+        <v>1110</v>
       </c>
       <c r="H304">
-        <v>0.83</v>
+        <v>0.89</v>
       </c>
       <c r="I304">
-        <v>0.49</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="305" spans="1:9">
       <c r="A305" t="s">
-        <v>1104</v>
+        <v>1111</v>
       </c>
       <c r="B305" t="s">
-        <v>666</v>
+        <v>699</v>
       </c>
       <c r="C305" t="s">
-        <v>657</v>
+        <v>1024</v>
       </c>
       <c r="D305">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>1105</v>
+        <v>38</v>
+      </c>
+      <c r="E305">
+        <v>1452</v>
       </c>
       <c r="F305">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="G305" t="s">
-        <v>1106</v>
+        <v>1112</v>
       </c>
       <c r="H305">
-        <v>1.35</v>
+        <v>3.18</v>
       </c>
       <c r="I305">
-        <v>0.77</v>
+        <v>2.44</v>
       </c>
     </row>
     <row r="306" spans="1:9">
       <c r="A306" t="s">
-        <v>1107</v>
+        <v>1113</v>
       </c>
       <c r="B306" t="s">
-        <v>666</v>
+        <v>699</v>
       </c>
       <c r="C306" t="s">
-        <v>1108</v>
+        <v>1047</v>
       </c>
       <c r="D306">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>1109</v>
+        <v>10</v>
+      </c>
+      <c r="E306">
+        <v>56004</v>
       </c>
       <c r="F306">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="G306" t="s">
-        <v>1110</v>
-[...2 lines deleted...]
-      <c r="I306"/>
+        <v>1114</v>
+      </c>
+      <c r="H306">
+        <v>2.96</v>
+      </c>
+      <c r="I306">
+        <v>1.42</v>
+      </c>
     </row>
     <row r="307" spans="1:9">
       <c r="A307" t="s">
-        <v>1111</v>
+        <v>1115</v>
       </c>
       <c r="B307" t="s">
-        <v>1112</v>
+        <v>699</v>
       </c>
       <c r="C307" t="s">
-        <v>1113</v>
+        <v>1047</v>
       </c>
       <c r="D307">
-        <v>83</v>
+        <v>10</v>
       </c>
       <c r="E307">
-        <v>115426</v>
+        <v>45605</v>
       </c>
       <c r="F307">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="G307" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="H307">
-        <v>3.69</v>
-[...1 lines deleted...]
-      <c r="I307"/>
+        <v>2.96</v>
+      </c>
+      <c r="I307">
+        <v>1.42</v>
+      </c>
     </row>
     <row r="308" spans="1:9">
       <c r="A308" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="B308" t="s">
-        <v>666</v>
+        <v>699</v>
       </c>
       <c r="C308" t="s">
-        <v>1028</v>
+        <v>878</v>
       </c>
       <c r="D308">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="E308" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="F308">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="G308" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="H308">
-        <v>1.69</v>
+        <v>1.78</v>
       </c>
       <c r="I308">
-        <v>0.51</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="309" spans="1:9">
       <c r="A309" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="B309" t="s">
-        <v>666</v>
+        <v>699</v>
       </c>
       <c r="C309" t="s">
-        <v>657</v>
+        <v>1121</v>
       </c>
       <c r="D309">
+        <v>88</v>
+      </c>
+      <c r="E309" t="s">
+        <v>1122</v>
+      </c>
+      <c r="F309">
+        <v>2013</v>
+      </c>
+      <c r="G309" t="s">
+        <v>1123</v>
+      </c>
+      <c r="H309">
+        <v>3.15</v>
+      </c>
+      <c r="I309">
+        <v>1.11</v>
+      </c>
+    </row>
+    <row r="310" spans="1:9">
+      <c r="A310" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B310" t="s">
+        <v>699</v>
+      </c>
+      <c r="C310" t="s">
+        <v>690</v>
+      </c>
+      <c r="D310">
+        <v>96</v>
+      </c>
+      <c r="E310" t="s">
+        <v>1125</v>
+      </c>
+      <c r="F310">
+        <v>2012</v>
+      </c>
+      <c r="G310" t="s">
+        <v>1126</v>
+      </c>
+      <c r="H310">
+        <v>1.52</v>
+      </c>
+      <c r="I310">
+        <v>1.03</v>
+      </c>
+    </row>
+    <row r="311" spans="1:9">
+      <c r="A311" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B311" t="s">
+        <v>699</v>
+      </c>
+      <c r="C311" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D311">
+        <v>107</v>
+      </c>
+      <c r="E311" t="s">
+        <v>1128</v>
+      </c>
+      <c r="F311">
+        <v>2012</v>
+      </c>
+      <c r="G311" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H311">
+        <v>1.69</v>
+      </c>
+      <c r="I311">
+        <v>0.51</v>
+      </c>
+    </row>
+    <row r="312" spans="1:9">
+      <c r="A312" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B312" t="s">
+        <v>699</v>
+      </c>
+      <c r="C312" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D312">
+        <v>38</v>
+      </c>
+      <c r="E312" t="s">
+        <v>1132</v>
+      </c>
+      <c r="F312">
+        <v>2011</v>
+      </c>
+      <c r="G312" t="s">
+        <v>1133</v>
+      </c>
+      <c r="H312"/>
+      <c r="I312"/>
+    </row>
+    <row r="313" spans="1:9">
+      <c r="A313" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B313" t="s">
+        <v>699</v>
+      </c>
+      <c r="C313" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D313">
+        <v>41</v>
+      </c>
+      <c r="E313" t="s">
+        <v>1135</v>
+      </c>
+      <c r="F313">
+        <v>2011</v>
+      </c>
+      <c r="G313" t="s">
+        <v>1136</v>
+      </c>
+      <c r="H313">
+        <v>0.83</v>
+      </c>
+      <c r="I313">
+        <v>0.49</v>
+      </c>
+    </row>
+    <row r="314" spans="1:9">
+      <c r="A314" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B314" t="s">
+        <v>699</v>
+      </c>
+      <c r="C314" t="s">
+        <v>690</v>
+      </c>
+      <c r="D314">
         <v>94</v>
       </c>
-      <c r="E309" t="s">
-[...2 lines deleted...]
-      <c r="F309">
+      <c r="E314" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F314">
         <v>2011</v>
       </c>
-      <c r="G309" t="s">
-[...2 lines deleted...]
-      <c r="H309">
+      <c r="G314" t="s">
+        <v>1139</v>
+      </c>
+      <c r="H314">
         <v>1.35</v>
       </c>
-      <c r="I309">
+      <c r="I314">
+        <v>0.77</v>
+      </c>
+    </row>
+    <row r="315" spans="1:9">
+      <c r="A315" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B315" t="s">
+        <v>699</v>
+      </c>
+      <c r="C315" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D315">
+        <v>6</v>
+      </c>
+      <c r="E315" t="s">
+        <v>1142</v>
+      </c>
+      <c r="F315">
+        <v>2011</v>
+      </c>
+      <c r="G315" t="s">
+        <v>1143</v>
+      </c>
+      <c r="H315"/>
+      <c r="I315"/>
+    </row>
+    <row r="316" spans="1:9">
+      <c r="A316" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B316" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C316" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D316">
+        <v>83</v>
+      </c>
+      <c r="E316">
+        <v>115426</v>
+      </c>
+      <c r="F316">
+        <v>2011</v>
+      </c>
+      <c r="G316" t="s">
+        <v>1147</v>
+      </c>
+      <c r="H316">
+        <v>3.69</v>
+      </c>
+      <c r="I316"/>
+    </row>
+    <row r="317" spans="1:9">
+      <c r="A317" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B317" t="s">
+        <v>699</v>
+      </c>
+      <c r="C317" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D317">
+        <v>104</v>
+      </c>
+      <c r="E317" t="s">
+        <v>1149</v>
+      </c>
+      <c r="F317">
+        <v>2011</v>
+      </c>
+      <c r="G317" t="s">
+        <v>1150</v>
+      </c>
+      <c r="H317">
+        <v>1.69</v>
+      </c>
+      <c r="I317">
+        <v>0.51</v>
+      </c>
+    </row>
+    <row r="318" spans="1:9">
+      <c r="A318" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B318" t="s">
+        <v>699</v>
+      </c>
+      <c r="C318" t="s">
+        <v>690</v>
+      </c>
+      <c r="D318">
+        <v>94</v>
+      </c>
+      <c r="E318" t="s">
+        <v>1152</v>
+      </c>
+      <c r="F318">
+        <v>2011</v>
+      </c>
+      <c r="G318" t="s">
+        <v>1153</v>
+      </c>
+      <c r="H318">
+        <v>1.35</v>
+      </c>
+      <c r="I318">
         <v>0.77</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>