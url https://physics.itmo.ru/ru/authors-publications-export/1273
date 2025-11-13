--- v0 (2025-10-11)
+++ v1 (2025-11-13)
@@ -119,72 +119,72 @@
   <si>
     <t>Fabian Heisler, Mehedi Hasan, Anton Samusev</t>
   </si>
   <si>
     <t>Journal of Physical Chemistry C</t>
   </si>
   <si>
     <t>26692-26697</t>
   </si>
   <si>
     <t>10.1021/acs.jpcc.5b09051</t>
   </si>
   <si>
     <t>Diamagnetism in wire medium metamaterials: Theory and experiment</t>
   </si>
   <si>
     <t>Ilya Yagupov, Dmitry Filonov, Alexander Ageyskiy, Mehedi Hasan, Ivan Iorsh, Pavel Belov</t>
   </si>
   <si>
     <t>041304(R)</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.92.041304</t>
   </si>
   <si>
+    <t>A Novel Hybrid Structure of Metamaterial</t>
+  </si>
+  <si>
+    <t>Mehedi Hasan</t>
+  </si>
+  <si>
+    <t>7th International Conference on Electrical and Computer Engineering (ICECE)</t>
+  </si>
+  <si>
+    <t>838-841</t>
+  </si>
+  <si>
+    <t>10.1109/ICECE.2012.6471681</t>
+  </si>
+  <si>
     <t>A Novel Miniaturized Triple-band Antenna</t>
   </si>
   <si>
-    <t>Mehedi Hasan</t>
-[...4 lines deleted...]
-  <si>
     <t>702-705</t>
   </si>
   <si>
     <t>10.1109/ICECE.2012.6471647</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1109/ICECE.2012.6471681</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>