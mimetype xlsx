--- v0 (2025-10-11)
+++ v1 (2025-12-18)
@@ -68,75 +68,75 @@
   <si>
     <t>Dmitry Zhirihin, Sergey Li, Denis Sokolov, Alexey Slobozhanyuk, Maxim Gorlach</t>
   </si>
   <si>
     <t>Optics Letters</t>
   </si>
   <si>
     <t>1694-1697</t>
   </si>
   <si>
     <t>10.1364/OL.44.001694</t>
   </si>
   <si>
     <t>All-Optical Switching and Unidirectional Plasmon Launching with Nonlinear Dielectric Nanoantennas</t>
   </si>
   <si>
     <t>Sergey Li, Sergey Lepeshov, Roman Savelev, Dmitry Baranov</t>
   </si>
   <si>
     <t>Physical Review Applied</t>
   </si>
   <si>
     <t>10.1103/PhysRevApplied.9.014015</t>
   </si>
   <si>
+    <t>Toward Silicon-Based Metamaterials</t>
+  </si>
+  <si>
+    <t>Sergey Li, Yuri Kivshar, Mikhail Rybin</t>
+  </si>
+  <si>
+    <t>ACS Photonics</t>
+  </si>
+  <si>
+    <t>4751-4757</t>
+  </si>
+  <si>
+    <t>10.1021/acsphotonics.8b01126</t>
+  </si>
+  <si>
     <t>Coherently Enhanced Wireless Power Transfer</t>
   </si>
   <si>
     <t>Sergey Li</t>
   </si>
   <si>
     <t>Physical Review Letters</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.120.143901</t>
-  </si>
-[...13 lines deleted...]
-    <t>10.1021/acsphotonics.8b01126</t>
   </si>
   <si>
     <t>Modifying magnetic dipole spontaneous emission with nanophotonic structures</t>
   </si>
   <si>
     <t>Roman Savelev, Sergey Li</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.201600268</t>
   </si>
   <si>
     <t>Dielectric Yagi-Uda nanoantennas driven by electron-hole plasma photoexcitation</t>
   </si>
   <si>
     <t>Sergey Li, Sergey Lepeshov, Roman Savelev, Dmitry Baranov, Pavel Belov</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>10.1088/1742-6596/917/6/062054</t>
   </si>
@@ -617,95 +617,95 @@
       </c>
       <c r="F3">
         <v>2018</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3">
         <v>4.53</v>
       </c>
       <c r="I3">
         <v>1.94</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>143901</v>
+        <v>5</v>
+      </c>
+      <c r="E4" t="s">
+        <v>21</v>
       </c>
       <c r="F4">
         <v>2018</v>
       </c>
       <c r="G4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H4">
-        <v>9.23</v>
+        <v>7.14</v>
       </c>
       <c r="I4">
-        <v>3.57</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D5">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>120</v>
+      </c>
+      <c r="E5">
+        <v>143901</v>
       </c>
       <c r="F5">
         <v>2018</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
-        <v>7.14</v>
+        <v>9.23</v>
       </c>
       <c r="I5">
-        <v>2.98</v>
+        <v>3.57</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>29</v>
       </c>
       <c r="D6">
         <v>11</v>
       </c>
       <c r="E6">
         <v>1600268</v>
       </c>
       <c r="F6">
         <v>2017</v>
       </c>
       <c r="G6" t="s">
         <v>30</v>
       </c>
       <c r="H6">