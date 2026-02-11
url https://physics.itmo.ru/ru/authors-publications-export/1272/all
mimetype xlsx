--- v1 (2025-12-18)
+++ v2 (2026-02-11)
@@ -68,108 +68,108 @@
   <si>
     <t>Dmitry Zhirihin, Sergey Li, Denis Sokolov, Alexey Slobozhanyuk, Maxim Gorlach</t>
   </si>
   <si>
     <t>Optics Letters</t>
   </si>
   <si>
     <t>1694-1697</t>
   </si>
   <si>
     <t>10.1364/OL.44.001694</t>
   </si>
   <si>
     <t>All-Optical Switching and Unidirectional Plasmon Launching with Nonlinear Dielectric Nanoantennas</t>
   </si>
   <si>
     <t>Sergey Li, Sergey Lepeshov, Roman Savelev, Dmitry Baranov</t>
   </si>
   <si>
     <t>Physical Review Applied</t>
   </si>
   <si>
     <t>10.1103/PhysRevApplied.9.014015</t>
   </si>
   <si>
+    <t>Coherently Enhanced Wireless Power Transfer</t>
+  </si>
+  <si>
+    <t>Sergey Li</t>
+  </si>
+  <si>
+    <t>Physical Review Letters</t>
+  </si>
+  <si>
+    <t>10.1103/PhysRevLett.120.143901</t>
+  </si>
+  <si>
     <t>Toward Silicon-Based Metamaterials</t>
   </si>
   <si>
     <t>Sergey Li, Yuri Kivshar, Mikhail Rybin</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>4751-4757</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.8b01126</t>
   </si>
   <si>
-    <t>Coherently Enhanced Wireless Power Transfer</t>
-[...10 lines deleted...]
-  <si>
     <t>Modifying magnetic dipole spontaneous emission with nanophotonic structures</t>
   </si>
   <si>
     <t>Roman Savelev, Sergey Li</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.201600268</t>
   </si>
   <si>
+    <t>Dielectric chain driven by electron-hole plasma photoexcitation</t>
+  </si>
+  <si>
+    <t>2017 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2017.8168026</t>
+  </si>
+  <si>
     <t>Dielectric Yagi-Uda nanoantennas driven by electron-hole plasma photoexcitation</t>
   </si>
   <si>
     <t>Sergey Li, Sergey Lepeshov, Roman Savelev, Dmitry Baranov, Pavel Belov</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>10.1088/1742-6596/917/6/062054</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1109/DD.2017.8168026</t>
   </si>
   <si>
     <t>Chiral near-field formation with all-dielectric nanoantennas</t>
   </si>
   <si>
     <t>Sergey Li, Pavel Belov</t>
   </si>
   <si>
     <t>2016 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>281-284</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756857</t>
   </si>
   <si>
     <t>All-dielectric nanoantennas for unidirectional excitation of electromagnetic guided modes</t>
   </si>
   <si>
     <t>Sergey Li,  Baranov Denis G., Pavel Belov</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
@@ -617,173 +617,173 @@
       </c>
       <c r="F3">
         <v>2018</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3">
         <v>4.53</v>
       </c>
       <c r="I3">
         <v>1.94</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>120</v>
+      </c>
+      <c r="E4">
+        <v>143901</v>
       </c>
       <c r="F4">
         <v>2018</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H4">
-        <v>7.14</v>
+        <v>9.23</v>
       </c>
       <c r="I4">
-        <v>2.98</v>
+        <v>3.57</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
         <v>23</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>24</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5">
+        <v>5</v>
+      </c>
+      <c r="E5" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>143901</v>
       </c>
       <c r="F5">
         <v>2018</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
-        <v>9.23</v>
+        <v>7.14</v>
       </c>
       <c r="I5">
-        <v>3.57</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>29</v>
       </c>
       <c r="D6">
         <v>11</v>
       </c>
       <c r="E6">
         <v>1600268</v>
       </c>
       <c r="F6">
         <v>2017</v>
       </c>
       <c r="G6" t="s">
         <v>30</v>
       </c>
       <c r="H6">
         <v>8.53</v>
       </c>
       <c r="I6">
         <v>4.23</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>31</v>
       </c>
       <c r="B7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C7" t="s">
         <v>32</v>
       </c>
-      <c r="C7" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D7"/>
+      <c r="E7"/>
       <c r="F7">
         <v>2017</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="H7"/>
-      <c r="I7">
-[...1 lines deleted...]
-      </c>
+      <c r="I7"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="C8" t="s">
         <v>36</v>
       </c>
-      <c r="D8"/>
-      <c r="E8"/>
+      <c r="D8">
+        <v>917</v>
+      </c>
+      <c r="E8">
+        <v>62054</v>
+      </c>
       <c r="F8">
         <v>2017</v>
       </c>
       <c r="G8" t="s">
         <v>37</v>
       </c>
       <c r="H8"/>
-      <c r="I8"/>
+      <c r="I8">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>38</v>
       </c>
       <c r="B9" t="s">
         <v>39</v>
       </c>
       <c r="C9" t="s">
         <v>40</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
         <v>41</v>
       </c>
       <c r="F9">
         <v>2016</v>
       </c>
       <c r="G9" t="s">
         <v>42</v>
       </c>
       <c r="H9"/>
       <c r="I9"/>
     </row>
     <row r="10" spans="1:9">