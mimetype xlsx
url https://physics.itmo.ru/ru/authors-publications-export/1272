--- v0 (2025-10-11)
+++ v1 (2025-11-28)
@@ -68,75 +68,75 @@
   <si>
     <t>Dmitry Zhirihin, Sergey Li, Denis Sokolov, Alexey Slobozhanyuk, Maxim Gorlach</t>
   </si>
   <si>
     <t>Optics Letters</t>
   </si>
   <si>
     <t>1694-1697</t>
   </si>
   <si>
     <t>10.1364/OL.44.001694</t>
   </si>
   <si>
     <t>All-Optical Switching and Unidirectional Plasmon Launching with Nonlinear Dielectric Nanoantennas</t>
   </si>
   <si>
     <t>Sergey Li, Sergey Lepeshov, Roman Savelev, Dmitry Baranov</t>
   </si>
   <si>
     <t>Physical Review Applied</t>
   </si>
   <si>
     <t>10.1103/PhysRevApplied.9.014015</t>
   </si>
   <si>
+    <t>Coherently Enhanced Wireless Power Transfer</t>
+  </si>
+  <si>
+    <t>Sergey Li</t>
+  </si>
+  <si>
+    <t>Physical Review Letters</t>
+  </si>
+  <si>
+    <t>10.1103/PhysRevLett.120.143901</t>
+  </si>
+  <si>
     <t>Toward Silicon-Based Metamaterials</t>
   </si>
   <si>
     <t>Sergey Li, Yuri Kivshar, Mikhail Rybin</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>4751-4757</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.8b01126</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1103/PhysRevLett.120.143901</t>
   </si>
   <si>
     <t>Modifying magnetic dipole spontaneous emission with nanophotonic structures</t>
   </si>
   <si>
     <t>Roman Savelev, Sergey Li</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.201600268</t>
   </si>
   <si>
     <t>Dielectric Yagi-Uda nanoantennas driven by electron-hole plasma photoexcitation</t>
   </si>
   <si>
     <t>Sergey Li, Sergey Lepeshov, Roman Savelev, Dmitry Baranov, Pavel Belov</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>10.1088/1742-6596/917/6/062054</t>
   </si>
@@ -617,95 +617,95 @@
       </c>
       <c r="F3">
         <v>2018</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3">
         <v>4.53</v>
       </c>
       <c r="I3">
         <v>1.94</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>120</v>
+      </c>
+      <c r="E4">
+        <v>143901</v>
       </c>
       <c r="F4">
         <v>2018</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H4">
-        <v>7.14</v>
+        <v>9.23</v>
       </c>
       <c r="I4">
-        <v>2.98</v>
+        <v>3.57</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
         <v>23</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>24</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5">
+        <v>5</v>
+      </c>
+      <c r="E5" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>143901</v>
       </c>
       <c r="F5">
         <v>2018</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
-        <v>9.23</v>
+        <v>7.14</v>
       </c>
       <c r="I5">
-        <v>3.57</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>29</v>
       </c>
       <c r="D6">
         <v>11</v>
       </c>
       <c r="E6">
         <v>1600268</v>
       </c>
       <c r="F6">
         <v>2017</v>
       </c>
       <c r="G6" t="s">
         <v>30</v>
       </c>
       <c r="H6">