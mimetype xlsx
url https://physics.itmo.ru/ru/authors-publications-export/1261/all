--- v0 (2025-10-08)
+++ v1 (2025-11-11)
@@ -12,103 +12,124 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="200">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="206">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Transverse instability of hybrid solitons in the strong light-matter coupling regime</t>
+  </si>
+  <si>
+    <t>Alexey Yulin, Dmitry Zezyulin</t>
+  </si>
+  <si>
+    <t>Physical Review B</t>
+  </si>
+  <si>
+    <t>10.1103/51pc-cv8b</t>
+  </si>
+  <si>
     <t>High‐Efficient Switchable Third Harmonic Generation on Thin Film Phase Change Materials</t>
   </si>
   <si>
     <t>Daniil Litvinov, Olga Kushchenko, Petr I. Lazarenko, Alexey O. Yakubov, Alexey Yulin, Artem Sinelnik</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202501669</t>
   </si>
   <si>
     <t>Quantum hydrodynamics of a polariton fluid: Pure energy relaxation terms</t>
   </si>
   <si>
     <t>Daria Saltykova, Alexey Yulin, Ivan Shelykh</t>
   </si>
   <si>
-    <t>Physical Review B</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1103/1m12-wvk8</t>
   </si>
   <si>
+    <t>Short‐Term Bienenstock‐Cooper‐Munro Learning in Optoelectrically‐Driven Flexible Halide Perovskite Single Crystal Memristors</t>
+  </si>
+  <si>
+    <t>Ivan Matchenya, Anton Khanas, Roman Podgornyi, Daniil Shirkin, Aleksei Ekgardt,  Sizykh Nikita, Sergey Anoshkin, Dmitry V. Krasnikov, Alexey Yulin, Albert G. Nasibulin, Ivan G. Scheblykin, Anatoly Pushkarev, Andrei Zenkevich, Juan Bisquert, Alexandr Marunchenko</t>
+  </si>
+  <si>
+    <t>Small Methods</t>
+  </si>
+  <si>
+    <t>10.1002/smtd.202500203</t>
+  </si>
+  <si>
     <t>Kerr nonlinearity effect on the stability of Wannier-Stark states in active optical systems</t>
   </si>
   <si>
     <t>Aleksei Verbitskii, Alexey Yulin</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2024.101316</t>
   </si>
   <si>
     <t>Charge Trapping and Defect Dynamics as Origin of Memory Effects in Metal Halide Perovskite Memlumors</t>
   </si>
   <si>
     <t>Alexandr Marunchenko, Jitendra Kumar, Alexander Kiligaridis, Shraddha M. Rao, Dmitry Tatarinov, Ivan Matchenya, Elizaveta Sapozhnikova, Ran Ji, Oscar Telschow, Julius Brunner, Alexey Yulin, Anatoly Pushkarev, Yana Vaynzof, Ivan G. Scheblykin</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry Letters</t>
   </si>
   <si>
     <t>6256-6265</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.4c00985</t>
@@ -239,53 +260,50 @@
   <si>
     <t>S127-S130</t>
   </si>
   <si>
     <t>10.3103/s1062873822700538</t>
   </si>
   <si>
     <t>Resonant Kushi-comb-like multi-frequency radiation of oscillating two-color soliton molecules</t>
   </si>
   <si>
     <t>O Melchert, S Willms, I Oreshnikov, Alexey Yulin, U Morgner, I Babushkin, A Demircan</t>
   </si>
   <si>
     <t>New Journal of Physics</t>
   </si>
   <si>
     <t>013003</t>
   </si>
   <si>
     <t>10.1088/1367-2630/acadff</t>
   </si>
   <si>
     <t>Bright and dark solitons in the systems with strong light-matter coupling: Exact solutions and numerical simulations</t>
   </si>
   <si>
-    <t>Alexey Yulin, Dmitry Zezyulin</t>
-[...1 lines deleted...]
-  <si>
     <t>Physical Review E</t>
   </si>
   <si>
     <t>10.1103/physreve.106.044202</t>
   </si>
   <si>
     <t>Guided exciton-polaritons in a subwavelength dielectric slab integrated with a 2D semiconductor</t>
   </si>
   <si>
     <t>Fedor Benimetskiy, Alexey Yulin, Vasily Kravtsov, Alexey Mikhin, Ivan Iorsh, Anton Samusev, D. N. Krizhanovskii</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>012014</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012014</t>
   </si>
   <si>
     <t>Dissipative Josephson vortices in annular polariton fluids</t>
   </si>
   <si>
     <t>Alexey Yulin, Ivan Shelykh</t>
@@ -332,86 +350,86 @@
   <si>
     <t>Excitation of a bound state in the continuum in nonlinear systems from the far field</t>
   </si>
   <si>
     <t>Sergei Krasikov, Alexander Chukhrov, Alexey Yulin, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Nonlinear Optics and Applications XII</t>
   </si>
   <si>
     <t>10.1117/12.2591938</t>
   </si>
   <si>
     <t>Propagative Oscillations in Codirectional Polariton Waveguide Couplers</t>
   </si>
   <si>
     <t>J. Beierlein, E. Rozas, O. A. Egorov, M. Klaas, Alexey Yulin, H. Suchomel, T. H. Harder, M. Emmerling, M. D. Martín, Ivan Shelykh, C. Schneider, L. Viña, S. Höfling, S. Klembt</t>
   </si>
   <si>
     <t>Physical Review Letters</t>
   </si>
   <si>
     <t>10.1103/physrevlett.126.075302</t>
   </si>
   <si>
+    <t>Probing of vortex States with polariton waves of low intensity</t>
+  </si>
+  <si>
+    <t>Alexey Yulin</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020135</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031848</t>
+  </si>
+  <si>
     <t>Spontaneous symmetry breaking and control of the radiation from microlaser          arrays</t>
   </si>
   <si>
     <t>Дарья Долинина, Алексей Юлин</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020024</t>
   </si>
   <si>
     <t>10.1063/5.0032057</t>
   </si>
   <si>
     <t>Dynamics of a dark mode excitation in nonlinear systems</t>
   </si>
   <si>
     <t>020068</t>
   </si>
   <si>
     <t>10.1063/5.0031923</t>
   </si>
   <si>
-    <t>Probing of vortex States with polariton waves of low intensity</t>
-[...10 lines deleted...]
-  <si>
     <t>Optical analogue of Dresselhaus spin–orbit interaction in photonic graphene</t>
   </si>
   <si>
     <t>C. E. Whittaker, T. Dowling, Alexey Yulin, B. Royall, E. Clarke, M. S. Skolnick, Ivan Shelykh</t>
   </si>
   <si>
     <t>Nature Photonics</t>
   </si>
   <si>
     <t>10.1038/s41566-020-00729-z</t>
   </si>
   <si>
     <t>Dynamics of Particles Trapped by Dissipative Domain Walls</t>
   </si>
   <si>
     <t>Daria Dolinina, Alexander Shalin, Alexey Yulin</t>
   </si>
   <si>
     <t>JETP Letters</t>
   </si>
   <si>
     <t>71-76</t>
   </si>
   <si>
     <t>10.1134/s0021364020140027</t>
@@ -578,75 +596,75 @@
   <si>
     <t>10.1109/DD.2016.7756875</t>
   </si>
   <si>
     <t>Laser-Induced Periodical Structures Fabrication for Third Harmonic Generation</t>
   </si>
   <si>
     <t>Sergey Makarov, Valentin Milichko, Ivan Mukhin, Alexey Yulin, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/741/1/012112</t>
   </si>
   <si>
     <t>Nonlinear band-structure of an exciton-polariton condensate in a one-dimensional lattice</t>
   </si>
   <si>
     <t>I. Yu. Chestnov, Alexey Yulin, A. P. Alodjants, Ivan Shelykh, O. A. Egorov</t>
   </si>
   <si>
     <t>2016 International Conference Laser Optics (LO)</t>
   </si>
   <si>
     <t>10.1109/lo.2016.7549882</t>
   </si>
   <si>
+    <t>Solitary Waves in Chains of High-index Dielectric Nanoparticles</t>
+  </si>
+  <si>
+    <t>3 (10)</t>
+  </si>
+  <si>
+    <t>1869–1876</t>
+  </si>
+  <si>
+    <t>10.1021/acsphotonics.6b00384</t>
+  </si>
+  <si>
     <t>Self-Adjusted All-Dielectric Metasurface for Deep Ultraviolet Femtosecond Pulses Generation</t>
   </si>
   <si>
     <t>Sergey Makarov, Tatiana Voytova, Valentin Milichko, Ivan Mukhin, Alexey Yulin, Pavel Belov</t>
   </si>
   <si>
     <t>Nanoscale</t>
   </si>
   <si>
     <t>17809-17814</t>
   </si>
   <si>
     <t>10.1039/C6NR04860A</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1021/acsphotonics.6b00384</t>
   </si>
   <si>
     <t>The role of Purcell effect for third harmonic generation</t>
   </si>
   <si>
     <t>Tatiana Voytova, Alexey Yulin, Kseniia Baryshnikova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/690/1/012034</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -959,1428 +977,1482 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I50"/>
+  <dimension ref="A1:I52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="155.676" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="285.359" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="308.925" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
-      <c r="D2"/>
+      <c r="D2">
+        <v>112</v>
+      </c>
       <c r="E2"/>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
-        <v>13.14</v>
+        <v>4.04</v>
       </c>
       <c r="I2">
-        <v>3.78</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="D3">
-[...1 lines deleted...]
-      </c>
+      <c r="D3"/>
       <c r="E3"/>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3">
-        <v>4.04</v>
+        <v>13.14</v>
       </c>
       <c r="I3">
-        <v>1.78</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4">
+        <v>112</v>
+      </c>
+      <c r="E4"/>
+      <c r="F4">
+        <v>2025</v>
+      </c>
+      <c r="G4" t="s">
         <v>19</v>
       </c>
-      <c r="D4">
-[...10 lines deleted...]
-      </c>
       <c r="H4">
-        <v>3.01</v>
+        <v>4.04</v>
       </c>
       <c r="I4">
-        <v>0.55</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" t="s">
         <v>21</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>22</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5">
+        <v>9</v>
+      </c>
+      <c r="E5"/>
+      <c r="F5">
+        <v>2025</v>
+      </c>
+      <c r="G5" t="s">
         <v>23</v>
       </c>
-      <c r="D5"/>
-[...8 lines deleted...]
-      </c>
       <c r="H5">
-        <v>6.89</v>
+        <v>14.19</v>
       </c>
       <c r="I5">
-        <v>1.85</v>
+        <v>4.66</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" t="s">
         <v>26</v>
       </c>
-      <c r="B6" t="s">
-[...7 lines deleted...]
-        <v>29</v>
+      <c r="D6">
+        <v>62</v>
+      </c>
+      <c r="E6">
+        <v>101316</v>
       </c>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="H6">
-        <v>4.54</v>
+        <v>3.01</v>
       </c>
       <c r="I6">
-        <v>1.13</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" t="s">
+        <v>29</v>
+      </c>
+      <c r="C7" t="s">
+        <v>30</v>
+      </c>
+      <c r="D7"/>
+      <c r="E7" t="s">
         <v>31</v>
       </c>
-      <c r="B7" t="s">
-[...8 lines deleted...]
-      <c r="E7"/>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-      <c r="I7"/>
+        <v>32</v>
+      </c>
+      <c r="H7">
+        <v>6.89</v>
+      </c>
+      <c r="I7">
+        <v>1.85</v>
+      </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>33</v>
+      </c>
+      <c r="B8" t="s">
+        <v>34</v>
+      </c>
+      <c r="C8" t="s">
         <v>35</v>
       </c>
-      <c r="B8" t="s">
+      <c r="D8"/>
+      <c r="E8" t="s">
         <v>36</v>
       </c>
-      <c r="C8" t="s">
-[...3 lines deleted...]
-      <c r="E8"/>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H8">
-        <v>10.38</v>
+        <v>4.54</v>
       </c>
       <c r="I8">
-        <v>2.14</v>
+        <v>1.13</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C9" t="s">
         <v>40</v>
       </c>
       <c r="D9">
-        <v>165</v>
-[...3 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="E9"/>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
-        <v>42</v>
-[...6 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" t="s">
         <v>43</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>44</v>
       </c>
-      <c r="C10" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D10"/>
       <c r="E10"/>
       <c r="F10">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>45</v>
       </c>
       <c r="H10">
-        <v>3.91</v>
+        <v>10.38</v>
       </c>
       <c r="I10">
-        <v>1.54</v>
+        <v>2.14</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>46</v>
       </c>
       <c r="B11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C11" t="s">
         <v>47</v>
       </c>
-      <c r="C11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="E11"/>
+        <v>165</v>
+      </c>
+      <c r="E11" t="s">
+        <v>48</v>
+      </c>
       <c r="F11">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H11">
-        <v>3.91</v>
+        <v>1.29</v>
       </c>
       <c r="I11">
-        <v>1.54</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C12" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="D12">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="E12"/>
       <c r="F12">
         <v>2023</v>
       </c>
       <c r="G12" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="H12">
-        <v>6.86</v>
+        <v>3.91</v>
       </c>
       <c r="I12">
-        <v>2.01</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>53</v>
+      </c>
+      <c r="B13" t="s">
         <v>54</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="D13">
         <v>108</v>
       </c>
       <c r="E13"/>
       <c r="F13">
         <v>2023</v>
       </c>
       <c r="G13" t="s">
         <v>55</v>
       </c>
       <c r="H13">
         <v>3.91</v>
       </c>
       <c r="I13">
         <v>1.54</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>56</v>
       </c>
       <c r="B14" t="s">
         <v>57</v>
       </c>
       <c r="C14" t="s">
         <v>58</v>
       </c>
       <c r="D14">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="E14"/>
+        <v>10</v>
+      </c>
+      <c r="E14" t="s">
+        <v>59</v>
+      </c>
       <c r="F14">
         <v>2023</v>
       </c>
       <c r="G14" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="H14">
-        <v>2.97</v>
+        <v>6.86</v>
       </c>
       <c r="I14">
-        <v>1.18</v>
+        <v>2.01</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B15" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="C15" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="D15">
-        <v>12</v>
+        <v>108</v>
       </c>
       <c r="E15"/>
       <c r="F15">
         <v>2023</v>
       </c>
       <c r="G15" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="H15">
-        <v>17.46</v>
+        <v>3.91</v>
       </c>
       <c r="I15">
-        <v>5.5</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>63</v>
+      </c>
+      <c r="B16" t="s">
         <v>64</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>65</v>
       </c>
-      <c r="C16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16">
-        <v>86</v>
-[...3 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="E16"/>
       <c r="F16">
         <v>2023</v>
       </c>
       <c r="G16" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-      <c r="I16"/>
+        <v>66</v>
+      </c>
+      <c r="H16">
+        <v>2.97</v>
+      </c>
+      <c r="I16">
+        <v>1.18</v>
+      </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>67</v>
+      </c>
+      <c r="B17" t="s">
+        <v>68</v>
+      </c>
+      <c r="C17" t="s">
         <v>69</v>
       </c>
-      <c r="B17" t="s">
+      <c r="D17">
+        <v>12</v>
+      </c>
+      <c r="E17"/>
+      <c r="F17">
+        <v>2023</v>
+      </c>
+      <c r="G17" t="s">
         <v>70</v>
       </c>
-      <c r="C17" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H17">
-        <v>3.73</v>
+        <v>17.46</v>
       </c>
       <c r="I17">
-        <v>1.58</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>71</v>
+      </c>
+      <c r="B18" t="s">
+        <v>72</v>
+      </c>
+      <c r="C18" t="s">
+        <v>73</v>
+      </c>
+      <c r="D18">
+        <v>86</v>
+      </c>
+      <c r="E18" t="s">
         <v>74</v>
       </c>
-      <c r="B18" t="s">
+      <c r="F18">
+        <v>2023</v>
+      </c>
+      <c r="G18" t="s">
         <v>75</v>
       </c>
-      <c r="C18" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="H18"/>
+      <c r="I18"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>76</v>
+      </c>
+      <c r="B19" t="s">
+        <v>77</v>
+      </c>
+      <c r="C19" t="s">
         <v>78</v>
       </c>
-      <c r="B19" t="s">
+      <c r="D19">
+        <v>25</v>
+      </c>
+      <c r="E19" t="s">
         <v>79</v>
       </c>
-      <c r="C19" t="s">
+      <c r="F19">
+        <v>2022</v>
+      </c>
+      <c r="G19" t="s">
         <v>80</v>
       </c>
-      <c r="D19">
-[...11 lines deleted...]
-      <c r="H19"/>
+      <c r="H19">
+        <v>3.73</v>
+      </c>
       <c r="I19">
-        <v>0.21</v>
+        <v>1.58</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="B20" t="s">
-        <v>84</v>
+        <v>10</v>
       </c>
       <c r="C20" t="s">
-        <v>15</v>
+        <v>82</v>
       </c>
       <c r="D20">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="E20"/>
       <c r="F20">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G20" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="H20">
-        <v>3.91</v>
+        <v>2.71</v>
       </c>
       <c r="I20">
-        <v>1.54</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>84</v>
+      </c>
+      <c r="B21" t="s">
+        <v>85</v>
+      </c>
+      <c r="C21" t="s">
         <v>86</v>
       </c>
-      <c r="B21" t="s">
+      <c r="D21">
+        <v>2015</v>
+      </c>
+      <c r="E21" t="s">
         <v>87</v>
-      </c>
-[...7 lines deleted...]
-        <v>89</v>
       </c>
       <c r="F21">
         <v>2021</v>
       </c>
       <c r="G21" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="H21"/>
       <c r="I21">
-        <v>2.27</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B22" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C22" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="D22">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E22"/>
       <c r="F22">
         <v>2021</v>
       </c>
       <c r="G22" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="H22">
         <v>3.91</v>
       </c>
       <c r="I22">
         <v>1.54</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>92</v>
+      </c>
+      <c r="B23" t="s">
+        <v>93</v>
+      </c>
+      <c r="C23" t="s">
         <v>94</v>
       </c>
-      <c r="B23" t="s">
+      <c r="D23">
+        <v>8</v>
+      </c>
+      <c r="E23" t="s">
         <v>95</v>
       </c>
-      <c r="C23" t="s">
-[...5 lines deleted...]
-      <c r="E23"/>
       <c r="F23">
         <v>2021</v>
       </c>
       <c r="G23" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H23">
-        <v>17.69</v>
+        <v>7.08</v>
       </c>
       <c r="I23">
-        <v>4.85</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>97</v>
+      </c>
+      <c r="B24" t="s">
         <v>98</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="D24"/>
+        <v>11</v>
+      </c>
+      <c r="D24">
+        <v>103</v>
+      </c>
       <c r="E24"/>
       <c r="F24">
         <v>2021</v>
       </c>
       <c r="G24" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-      <c r="I24"/>
+        <v>99</v>
+      </c>
+      <c r="H24">
+        <v>3.91</v>
+      </c>
+      <c r="I24">
+        <v>1.54</v>
+      </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>100</v>
+      </c>
+      <c r="B25" t="s">
+        <v>101</v>
+      </c>
+      <c r="C25" t="s">
         <v>102</v>
       </c>
-      <c r="B25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D25">
-        <v>126</v>
+        <v>12</v>
       </c>
       <c r="E25"/>
       <c r="F25">
         <v>2021</v>
       </c>
       <c r="G25" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="H25">
-        <v>9.19</v>
+        <v>17.69</v>
       </c>
       <c r="I25">
-        <v>3.25</v>
+        <v>4.85</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>104</v>
+      </c>
+      <c r="B26" t="s">
+        <v>105</v>
+      </c>
+      <c r="C26" t="s">
         <v>106</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26"/>
+      <c r="E26"/>
+      <c r="F26">
+        <v>2021</v>
+      </c>
+      <c r="G26" t="s">
         <v>107</v>
       </c>
-      <c r="C26" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H26"/>
-      <c r="I26">
-[...1 lines deleted...]
-      </c>
+      <c r="I26"/>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>108</v>
+      </c>
+      <c r="B27" t="s">
+        <v>109</v>
+      </c>
+      <c r="C27" t="s">
+        <v>110</v>
+      </c>
+      <c r="D27">
+        <v>126</v>
+      </c>
+      <c r="E27"/>
+      <c r="F27">
+        <v>2021</v>
+      </c>
+      <c r="G27" t="s">
         <v>111</v>
       </c>
-      <c r="B27" t="s">
-[...17 lines deleted...]
-      <c r="H27"/>
+      <c r="H27">
+        <v>9.19</v>
+      </c>
       <c r="I27">
-        <v>0.19</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>112</v>
+      </c>
+      <c r="B28" t="s">
+        <v>113</v>
+      </c>
+      <c r="C28" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>108</v>
       </c>
       <c r="D28">
         <v>2300</v>
       </c>
       <c r="E28" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="F28">
         <v>2020</v>
       </c>
       <c r="G28" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="H28"/>
       <c r="I28">
         <v>0.19</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>117</v>
+      </c>
+      <c r="B29" t="s">
         <v>118</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
+        <v>114</v>
+      </c>
+      <c r="D29">
+        <v>2300</v>
+      </c>
+      <c r="E29" t="s">
         <v>119</v>
       </c>
-      <c r="C29" t="s">
-[...3 lines deleted...]
-      <c r="E29"/>
       <c r="F29">
         <v>2020</v>
       </c>
       <c r="G29" t="s">
-        <v>121</v>
-[...3 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="H29"/>
       <c r="I29">
-        <v>13.67</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>121</v>
+      </c>
+      <c r="B30" t="s">
+        <v>105</v>
+      </c>
+      <c r="C30" t="s">
+        <v>114</v>
+      </c>
+      <c r="D30">
+        <v>2300</v>
+      </c>
+      <c r="E30" t="s">
         <v>122</v>
-      </c>
-[...10 lines deleted...]
-        <v>125</v>
       </c>
       <c r="F30">
         <v>2020</v>
       </c>
       <c r="G30" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="H30"/>
       <c r="I30">
-        <v>0.57</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B31" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="C31" t="s">
-        <v>129</v>
-[...6 lines deleted...]
-      </c>
+        <v>126</v>
+      </c>
+      <c r="D31"/>
+      <c r="E31"/>
       <c r="F31">
         <v>2020</v>
       </c>
       <c r="G31" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="H31">
-        <v>9.93</v>
+        <v>38.77</v>
       </c>
       <c r="I31">
-        <v>2.89</v>
+        <v>13.67</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>128</v>
+      </c>
+      <c r="B32" t="s">
+        <v>129</v>
+      </c>
+      <c r="C32" t="s">
+        <v>130</v>
+      </c>
+      <c r="D32">
+        <v>112</v>
+      </c>
+      <c r="E32" t="s">
         <v>131</v>
-      </c>
-[...10 lines deleted...]
-        <v>3781</v>
       </c>
       <c r="F32">
         <v>2020</v>
       </c>
       <c r="G32" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="H32">
-        <v>3.78</v>
+        <v>1.53</v>
       </c>
       <c r="I32">
-        <v>1.52</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>133</v>
+      </c>
+      <c r="B33" t="s">
+        <v>134</v>
+      </c>
+      <c r="C33" t="s">
         <v>135</v>
       </c>
-      <c r="B33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D33">
-        <v>1461</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>8</v>
+      </c>
+      <c r="E33">
+        <v>2000650</v>
       </c>
       <c r="F33">
         <v>2020</v>
       </c>
       <c r="G33" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="H33"/>
+        <v>136</v>
+      </c>
+      <c r="H33">
+        <v>9.93</v>
+      </c>
       <c r="I33">
-        <v>0.23</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>137</v>
+      </c>
+      <c r="B34" t="s">
         <v>138</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="D34">
         <v>45</v>
       </c>
       <c r="E34">
-        <v>2764</v>
+        <v>3781</v>
       </c>
       <c r="F34">
         <v>2020</v>
       </c>
       <c r="G34" t="s">
         <v>140</v>
       </c>
       <c r="H34">
         <v>3.78</v>
       </c>
       <c r="I34">
         <v>1.52</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>141</v>
       </c>
       <c r="B35" t="s">
-        <v>84</v>
+        <v>138</v>
       </c>
       <c r="C35" t="s">
-        <v>15</v>
+        <v>86</v>
       </c>
       <c r="D35">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="E35"/>
+        <v>1461</v>
+      </c>
+      <c r="E35" t="s">
+        <v>142</v>
+      </c>
       <c r="F35">
         <v>2020</v>
       </c>
       <c r="G35" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>143</v>
+      </c>
+      <c r="H35"/>
       <c r="I35">
-        <v>1.78</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B36" t="s">
-        <v>123</v>
+        <v>145</v>
       </c>
       <c r="C36" t="s">
-        <v>124</v>
+        <v>139</v>
       </c>
       <c r="D36">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>45</v>
+      </c>
+      <c r="E36">
+        <v>2764</v>
       </c>
       <c r="F36">
         <v>2020</v>
       </c>
       <c r="G36" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="H36">
-        <v>1.53</v>
+        <v>3.78</v>
       </c>
       <c r="I36">
-        <v>0.57</v>
+        <v>1.52</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B37" t="s">
-        <v>123</v>
+        <v>90</v>
       </c>
       <c r="C37" t="s">
-        <v>124</v>
+        <v>11</v>
       </c>
       <c r="D37">
-        <v>110</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="E37"/>
       <c r="F37">
         <v>2020</v>
       </c>
       <c r="G37" t="s">
         <v>148</v>
       </c>
       <c r="H37">
-        <v>1.53</v>
+        <v>4.04</v>
       </c>
       <c r="I37">
-        <v>0.57</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>149</v>
       </c>
       <c r="B38" t="s">
+        <v>129</v>
+      </c>
+      <c r="C38" t="s">
+        <v>130</v>
+      </c>
+      <c r="D38">
+        <v>111</v>
+      </c>
+      <c r="E38" t="s">
         <v>150</v>
       </c>
-      <c r="C38" t="s">
-[...5 lines deleted...]
-      <c r="E38" t="s">
+      <c r="F38">
+        <v>2020</v>
+      </c>
+      <c r="G38" t="s">
         <v>151</v>
       </c>
-      <c r="F38">
-[...5 lines deleted...]
-      <c r="H38"/>
+      <c r="H38">
+        <v>1.53</v>
+      </c>
       <c r="I38">
-        <v>0.22</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>152</v>
+      </c>
+      <c r="B39" t="s">
+        <v>129</v>
+      </c>
+      <c r="C39" t="s">
+        <v>130</v>
+      </c>
+      <c r="D39">
+        <v>110</v>
+      </c>
+      <c r="E39" t="s">
         <v>153</v>
       </c>
-      <c r="B39" t="s">
+      <c r="F39">
+        <v>2020</v>
+      </c>
+      <c r="G39" t="s">
         <v>154</v>
       </c>
-      <c r="C39" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H39">
-        <v>2.78</v>
+        <v>1.53</v>
       </c>
       <c r="I39">
-        <v>1.42</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>155</v>
+      </c>
+      <c r="B40" t="s">
+        <v>156</v>
+      </c>
+      <c r="C40" t="s">
+        <v>86</v>
+      </c>
+      <c r="D40">
+        <v>1331</v>
+      </c>
+      <c r="E40" t="s">
         <v>157</v>
-      </c>
-[...10 lines deleted...]
-        <v>10692</v>
       </c>
       <c r="F40">
         <v>2019</v>
       </c>
       <c r="G40" t="s">
-        <v>160</v>
-[...3 lines deleted...]
-      </c>
+        <v>158</v>
+      </c>
+      <c r="H40"/>
       <c r="I40">
-        <v>1.53</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>159</v>
+      </c>
+      <c r="B41" t="s">
+        <v>160</v>
+      </c>
+      <c r="C41" t="s">
+        <v>65</v>
+      </c>
+      <c r="D41">
+        <v>100</v>
+      </c>
+      <c r="E41" t="s">
         <v>161</v>
-      </c>
-[...10 lines deleted...]
-        <v>4140</v>
       </c>
       <c r="F41">
         <v>2019</v>
       </c>
       <c r="G41" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="H41">
-        <v>14.59</v>
+        <v>2.78</v>
       </c>
       <c r="I41">
-        <v>6.13</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>163</v>
+      </c>
+      <c r="B42" t="s">
+        <v>164</v>
+      </c>
+      <c r="C42" t="s">
         <v>165</v>
       </c>
-      <c r="B42" t="s">
+      <c r="D42">
+        <v>27</v>
+      </c>
+      <c r="E42">
+        <v>10692</v>
+      </c>
+      <c r="F42">
+        <v>2019</v>
+      </c>
+      <c r="G42" t="s">
         <v>166</v>
       </c>
-      <c r="C42" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H42">
-        <v>9.23</v>
+        <v>3.67</v>
       </c>
       <c r="I42">
-        <v>3.57</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>167</v>
+      </c>
+      <c r="B43" t="s">
         <v>168</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>169</v>
       </c>
-      <c r="C43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D43">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="E43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43">
+        <v>4140</v>
+      </c>
+      <c r="F43">
+        <v>2019</v>
+      </c>
+      <c r="G43" t="s">
         <v>170</v>
       </c>
-      <c r="F43">
-[...4 lines deleted...]
-      </c>
       <c r="H43">
-        <v>3.78</v>
+        <v>14.59</v>
       </c>
       <c r="I43">
-        <v>1.66</v>
+        <v>6.13</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>171</v>
+      </c>
+      <c r="B44" t="s">
         <v>172</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
+        <v>110</v>
+      </c>
+      <c r="D44">
+        <v>121</v>
+      </c>
+      <c r="E44">
+        <v>163901</v>
+      </c>
+      <c r="F44">
+        <v>2018</v>
+      </c>
+      <c r="G44" t="s">
         <v>173</v>
       </c>
-      <c r="C44" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H44">
-        <v>21.95</v>
+        <v>9.23</v>
       </c>
       <c r="I44">
-        <v>10.58</v>
+        <v>3.57</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>174</v>
+      </c>
+      <c r="B45" t="s">
+        <v>175</v>
+      </c>
+      <c r="C45" t="s">
+        <v>78</v>
+      </c>
+      <c r="D45">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
         <v>176</v>
       </c>
-      <c r="B45" t="s">
+      <c r="F45">
+        <v>2018</v>
+      </c>
+      <c r="G45" t="s">
         <v>177</v>
       </c>
-      <c r="C45" t="s">
-[...13 lines deleted...]
-      <c r="I45"/>
+      <c r="H45">
+        <v>3.78</v>
+      </c>
+      <c r="I45">
+        <v>1.66</v>
+      </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>178</v>
+      </c>
+      <c r="B46" t="s">
+        <v>179</v>
+      </c>
+      <c r="C46" t="s">
+        <v>180</v>
+      </c>
+      <c r="D46">
+        <v>1606034</v>
+      </c>
+      <c r="E46">
+        <v>43709</v>
+      </c>
+      <c r="F46">
+        <v>2017</v>
+      </c>
+      <c r="G46" t="s">
         <v>181</v>
       </c>
-      <c r="B46" t="s">
-[...17 lines deleted...]
-      <c r="H46"/>
+      <c r="H46">
+        <v>21.95</v>
+      </c>
       <c r="I46">
-        <v>0.25</v>
+        <v>10.58</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>182</v>
+      </c>
+      <c r="B47" t="s">
+        <v>183</v>
+      </c>
+      <c r="C47" t="s">
         <v>184</v>
       </c>
-      <c r="B47" t="s">
+      <c r="D47"/>
+      <c r="E47" t="s">
         <v>185</v>
       </c>
-      <c r="C47" t="s">
-[...3 lines deleted...]
-      <c r="E47"/>
       <c r="F47">
         <v>2016</v>
       </c>
       <c r="G47" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="H47"/>
       <c r="I47"/>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>187</v>
+      </c>
+      <c r="B48" t="s">
         <v>188</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" t="s">
-        <v>190</v>
+        <v>86</v>
       </c>
       <c r="D48">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>191</v>
+        <v>741</v>
+      </c>
+      <c r="E48">
+        <v>12112</v>
       </c>
       <c r="F48">
         <v>2016</v>
       </c>
       <c r="G48" t="s">
-        <v>192</v>
-[...3 lines deleted...]
-      </c>
+        <v>189</v>
+      </c>
+      <c r="H48"/>
       <c r="I48">
-        <v>2.79</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="B49" t="s">
-        <v>177</v>
+        <v>191</v>
       </c>
       <c r="C49" t="s">
-        <v>88</v>
-[...6 lines deleted...]
-      </c>
+        <v>192</v>
+      </c>
+      <c r="D49"/>
+      <c r="E49"/>
       <c r="F49">
         <v>2016</v>
       </c>
       <c r="G49" t="s">
-        <v>196</v>
-[...6 lines deleted...]
-      </c>
+        <v>193</v>
+      </c>
+      <c r="H49"/>
+      <c r="I49"/>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="B50" t="s">
-        <v>198</v>
+        <v>183</v>
       </c>
       <c r="C50" t="s">
-        <v>80</v>
-[...5 lines deleted...]
-        <v>12034</v>
+        <v>94</v>
+      </c>
+      <c r="D50" t="s">
+        <v>195</v>
+      </c>
+      <c r="E50" t="s">
+        <v>196</v>
       </c>
       <c r="F50">
         <v>2016</v>
       </c>
       <c r="G50" t="s">
+        <v>197</v>
+      </c>
+      <c r="H50">
+        <v>6.76</v>
+      </c>
+      <c r="I50">
+        <v>3.47</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
+      <c r="A51" t="s">
+        <v>198</v>
+      </c>
+      <c r="B51" t="s">
         <v>199</v>
       </c>
-      <c r="H50"/>
-      <c r="I50">
+      <c r="C51" t="s">
+        <v>200</v>
+      </c>
+      <c r="D51">
+        <v>8</v>
+      </c>
+      <c r="E51" t="s">
+        <v>201</v>
+      </c>
+      <c r="F51">
+        <v>2016</v>
+      </c>
+      <c r="G51" t="s">
+        <v>202</v>
+      </c>
+      <c r="H51">
+        <v>7.37</v>
+      </c>
+      <c r="I51">
+        <v>2.79</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9">
+      <c r="A52" t="s">
+        <v>203</v>
+      </c>
+      <c r="B52" t="s">
+        <v>204</v>
+      </c>
+      <c r="C52" t="s">
+        <v>86</v>
+      </c>
+      <c r="D52">
+        <v>690</v>
+      </c>
+      <c r="E52">
+        <v>12034</v>
+      </c>
+      <c r="F52">
+        <v>2016</v>
+      </c>
+      <c r="G52" t="s">
+        <v>205</v>
+      </c>
+      <c r="H52"/>
+      <c r="I52">
         <v>0.25</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>