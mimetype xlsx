--- v1 (2025-11-11)
+++ v2 (2025-12-03)
@@ -350,86 +350,86 @@
   <si>
     <t>Excitation of a bound state in the continuum in nonlinear systems from the far field</t>
   </si>
   <si>
     <t>Sergei Krasikov, Alexander Chukhrov, Alexey Yulin, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Nonlinear Optics and Applications XII</t>
   </si>
   <si>
     <t>10.1117/12.2591938</t>
   </si>
   <si>
     <t>Propagative Oscillations in Codirectional Polariton Waveguide Couplers</t>
   </si>
   <si>
     <t>J. Beierlein, E. Rozas, O. A. Egorov, M. Klaas, Alexey Yulin, H. Suchomel, T. H. Harder, M. Emmerling, M. D. Martín, Ivan Shelykh, C. Schneider, L. Viña, S. Höfling, S. Klembt</t>
   </si>
   <si>
     <t>Physical Review Letters</t>
   </si>
   <si>
     <t>10.1103/physrevlett.126.075302</t>
   </si>
   <si>
+    <t>Spontaneous symmetry breaking and control of the radiation from microlaser          arrays</t>
+  </si>
+  <si>
+    <t>Дарья Долинина, Алексей Юлин</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020024</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032057</t>
+  </si>
+  <si>
+    <t>Dynamics of a dark mode excitation in nonlinear systems</t>
+  </si>
+  <si>
+    <t>020068</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031923</t>
+  </si>
+  <si>
     <t>Probing of vortex States with polariton waves of low intensity</t>
   </si>
   <si>
     <t>Alexey Yulin</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020135</t>
   </si>
   <si>
     <t>10.1063/5.0031848</t>
   </si>
   <si>
-    <t>Spontaneous symmetry breaking and control of the radiation from microlaser          arrays</t>
-[...19 lines deleted...]
-  <si>
     <t>Optical analogue of Dresselhaus spin–orbit interaction in photonic graphene</t>
   </si>
   <si>
     <t>C. E. Whittaker, T. Dowling, Alexey Yulin, B. Royall, E. Clarke, M. S. Skolnick, Ivan Shelykh</t>
   </si>
   <si>
     <t>Nature Photonics</t>
   </si>
   <si>
     <t>10.1038/s41566-020-00729-z</t>
   </si>
   <si>
     <t>Dynamics of Particles Trapped by Dissipative Domain Walls</t>
   </si>
   <si>
     <t>Daria Dolinina, Alexander Shalin, Alexey Yulin</t>
   </si>
   <si>
     <t>JETP Letters</t>
   </si>
   <si>
     <t>71-76</t>
   </si>
   <si>
     <t>10.1134/s0021364020140027</t>
@@ -596,75 +596,75 @@
   <si>
     <t>10.1109/DD.2016.7756875</t>
   </si>
   <si>
     <t>Laser-Induced Periodical Structures Fabrication for Third Harmonic Generation</t>
   </si>
   <si>
     <t>Sergey Makarov, Valentin Milichko, Ivan Mukhin, Alexey Yulin, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/741/1/012112</t>
   </si>
   <si>
     <t>Nonlinear band-structure of an exciton-polariton condensate in a one-dimensional lattice</t>
   </si>
   <si>
     <t>I. Yu. Chestnov, Alexey Yulin, A. P. Alodjants, Ivan Shelykh, O. A. Egorov</t>
   </si>
   <si>
     <t>2016 International Conference Laser Optics (LO)</t>
   </si>
   <si>
     <t>10.1109/lo.2016.7549882</t>
   </si>
   <si>
+    <t>Self-Adjusted All-Dielectric Metasurface for Deep Ultraviolet Femtosecond Pulses Generation</t>
+  </si>
+  <si>
+    <t>Sergey Makarov, Tatiana Voytova, Valentin Milichko, Ivan Mukhin, Alexey Yulin, Pavel Belov</t>
+  </si>
+  <si>
+    <t>Nanoscale</t>
+  </si>
+  <si>
+    <t>17809-17814</t>
+  </si>
+  <si>
+    <t>10.1039/C6NR04860A</t>
+  </si>
+  <si>
     <t>Solitary Waves in Chains of High-index Dielectric Nanoparticles</t>
   </si>
   <si>
     <t>3 (10)</t>
   </si>
   <si>
     <t>1869–1876</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.6b00384</t>
-  </si>
-[...13 lines deleted...]
-    <t>10.1039/C6NR04860A</t>
   </si>
   <si>
     <t>The role of Purcell effect for third harmonic generation</t>
   </si>
   <si>
     <t>Tatiana Voytova, Alexey Yulin, Kseniia Baryshnikova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/690/1/012034</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1753,78 +1753,78 @@
       <c r="C28" t="s">
         <v>114</v>
       </c>
       <c r="D28">
         <v>2300</v>
       </c>
       <c r="E28" t="s">
         <v>115</v>
       </c>
       <c r="F28">
         <v>2020</v>
       </c>
       <c r="G28" t="s">
         <v>116</v>
       </c>
       <c r="H28"/>
       <c r="I28">
         <v>0.19</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>117</v>
       </c>
       <c r="B29" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="C29" t="s">
         <v>114</v>
       </c>
       <c r="D29">
         <v>2300</v>
       </c>
       <c r="E29" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F29">
         <v>2020</v>
       </c>
       <c r="G29" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="H29"/>
       <c r="I29">
         <v>0.19</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>120</v>
+      </c>
+      <c r="B30" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="C30" t="s">
         <v>114</v>
       </c>
       <c r="D30">
         <v>2300</v>
       </c>
       <c r="E30" t="s">
         <v>122</v>
       </c>
       <c r="F30">
         <v>2020</v>
       </c>
       <c r="G30" t="s">
         <v>123</v>
       </c>
       <c r="H30"/>
       <c r="I30">
         <v>0.19</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>124</v>
       </c>
@@ -2332,101 +2332,101 @@
       <c r="A49" t="s">
         <v>190</v>
       </c>
       <c r="B49" t="s">
         <v>191</v>
       </c>
       <c r="C49" t="s">
         <v>192</v>
       </c>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49">
         <v>2016</v>
       </c>
       <c r="G49" t="s">
         <v>193</v>
       </c>
       <c r="H49"/>
       <c r="I49"/>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>194</v>
       </c>
       <c r="B50" t="s">
-        <v>183</v>
+        <v>195</v>
       </c>
       <c r="C50" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>196</v>
+      </c>
+      <c r="D50">
+        <v>8</v>
       </c>
       <c r="E50" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="F50">
         <v>2016</v>
       </c>
       <c r="G50" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H50">
-        <v>6.76</v>
+        <v>7.37</v>
       </c>
       <c r="I50">
-        <v>3.47</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B51" t="s">
-        <v>199</v>
+        <v>183</v>
       </c>
       <c r="C51" t="s">
+        <v>94</v>
+      </c>
+      <c r="D51" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="E51" t="s">
         <v>201</v>
       </c>
       <c r="F51">
         <v>2016</v>
       </c>
       <c r="G51" t="s">
         <v>202</v>
       </c>
       <c r="H51">
-        <v>7.37</v>
+        <v>6.76</v>
       </c>
       <c r="I51">
-        <v>2.79</v>
+        <v>3.47</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>203</v>
       </c>
       <c r="B52" t="s">
         <v>204</v>
       </c>
       <c r="C52" t="s">
         <v>86</v>
       </c>
       <c r="D52">
         <v>690</v>
       </c>
       <c r="E52">
         <v>12034</v>
       </c>
       <c r="F52">
         <v>2016</v>
       </c>
       <c r="G52" t="s">
         <v>205</v>
       </c>
       <c r="H52"/>