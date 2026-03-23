--- v2 (2025-12-03)
+++ v3 (2026-03-23)
@@ -350,84 +350,84 @@
   <si>
     <t>Excitation of a bound state in the continuum in nonlinear systems from the far field</t>
   </si>
   <si>
     <t>Sergei Krasikov, Alexander Chukhrov, Alexey Yulin, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Nonlinear Optics and Applications XII</t>
   </si>
   <si>
     <t>10.1117/12.2591938</t>
   </si>
   <si>
     <t>Propagative Oscillations in Codirectional Polariton Waveguide Couplers</t>
   </si>
   <si>
     <t>J. Beierlein, E. Rozas, O. A. Egorov, M. Klaas, Alexey Yulin, H. Suchomel, T. H. Harder, M. Emmerling, M. D. Martín, Ivan Shelykh, C. Schneider, L. Viña, S. Höfling, S. Klembt</t>
   </si>
   <si>
     <t>Physical Review Letters</t>
   </si>
   <si>
     <t>10.1103/physrevlett.126.075302</t>
   </si>
   <si>
+    <t>Dynamics of a dark mode excitation in nonlinear systems</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020068</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031923</t>
+  </si>
+  <si>
+    <t>Probing of vortex States with polariton waves of low intensity</t>
+  </si>
+  <si>
+    <t>Alexey Yulin</t>
+  </si>
+  <si>
+    <t>020135</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031848</t>
+  </si>
+  <si>
     <t>Spontaneous symmetry breaking and control of the radiation from microlaser          arrays</t>
   </si>
   <si>
     <t>Дарья Долинина, Алексей Юлин</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020024</t>
   </si>
   <si>
     <t>10.1063/5.0032057</t>
-  </si>
-[...19 lines deleted...]
-    <t>10.1063/5.0031848</t>
   </si>
   <si>
     <t>Optical analogue of Dresselhaus spin–orbit interaction in photonic graphene</t>
   </si>
   <si>
     <t>C. E. Whittaker, T. Dowling, Alexey Yulin, B. Royall, E. Clarke, M. S. Skolnick, Ivan Shelykh</t>
   </si>
   <si>
     <t>Nature Photonics</t>
   </si>
   <si>
     <t>10.1038/s41566-020-00729-z</t>
   </si>
   <si>
     <t>Dynamics of Particles Trapped by Dissipative Domain Walls</t>
   </si>
   <si>
     <t>Daria Dolinina, Alexander Shalin, Alexey Yulin</t>
   </si>
   <si>
     <t>JETP Letters</t>
   </si>
   <si>
     <t>71-76</t>
   </si>
@@ -1726,108 +1726,108 @@
       <c r="C27" t="s">
         <v>110</v>
       </c>
       <c r="D27">
         <v>126</v>
       </c>
       <c r="E27"/>
       <c r="F27">
         <v>2021</v>
       </c>
       <c r="G27" t="s">
         <v>111</v>
       </c>
       <c r="H27">
         <v>9.19</v>
       </c>
       <c r="I27">
         <v>3.25</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>112</v>
       </c>
       <c r="B28" t="s">
+        <v>105</v>
+      </c>
+      <c r="C28" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="D28">
         <v>2300</v>
       </c>
       <c r="E28" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F28">
         <v>2020</v>
       </c>
       <c r="G28" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H28"/>
       <c r="I28">
         <v>0.19</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>116</v>
+      </c>
+      <c r="B29" t="s">
         <v>117</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="D29">
         <v>2300</v>
       </c>
       <c r="E29" t="s">
         <v>118</v>
       </c>
       <c r="F29">
         <v>2020</v>
       </c>
       <c r="G29" t="s">
         <v>119</v>
       </c>
       <c r="H29"/>
       <c r="I29">
         <v>0.19</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>120</v>
       </c>
       <c r="B30" t="s">
         <v>121</v>
       </c>
       <c r="C30" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="D30">
         <v>2300</v>
       </c>
       <c r="E30" t="s">
         <v>122</v>
       </c>
       <c r="F30">
         <v>2020</v>
       </c>
       <c r="G30" t="s">
         <v>123</v>
       </c>
       <c r="H30"/>
       <c r="I30">
         <v>0.19</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>124</v>
       </c>
       <c r="B31" t="s">
         <v>125</v>
       </c>