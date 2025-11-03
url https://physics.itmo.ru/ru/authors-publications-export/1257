--- v0 (2025-10-08)
+++ v1 (2025-11-03)
@@ -12,79 +12,94 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="605">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="609">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Highly Nonlinear Metal‐Organic Framework Microcrystal for Ultrabroadband and Multiwavelength Coherent Light Emission</t>
+  </si>
+  <si>
+    <t>Nikolaj Zhestkij, Svyatoslav Povarov, Sergei Shipilovskikh, Irina D. Yushina, Jean‐François Pierson, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>Laser &amp; Photonics Reviews</t>
+  </si>
+  <si>
+    <t>e01152</t>
+  </si>
+  <si>
+    <t>10.1002/lpor.202501152</t>
+  </si>
+  <si>
     <t>Photonic-Mediated Neuromorphic Computing Enabled by a Copper Oxide Microcrystal Optoelectronic Synapse</t>
   </si>
   <si>
     <t>Semyon Bachinin, Maria Timofeeva, Alexandera Gavrilova, Svyatoslav Povarov, Vladimir Shirobokov, Alena Kulakova, Valentin Milichko</t>
   </si>
   <si>
     <t>ACS Applied Materials &amp; Interfaces</t>
   </si>
   <si>
     <t>10.1021/acsami.5c06829</t>
   </si>
   <si>
     <t>Stimuli-responsive metal-organic frameworks for optoelectronic data processing and in-memory computing</t>
   </si>
   <si>
     <t>Valentin Milichko, Semyon Bachinin</t>
   </si>
   <si>
     <t>Smart Materials for Opto-Electronic Applications 2025</t>
   </si>
   <si>
     <t>10.1117/12.3056271</t>
   </si>
   <si>
     <t>Topological Design of Pyrene‐Based Metal‐Organic Framework Nanosheets as a Luminescent Thermometer for Live Bioimaging</t>
@@ -668,128 +683,125 @@
   <si>
     <t>Ekaterina Gunina, Nikolaj Zhestkij, Semyon Bachinin, Sergey P. Fisenko, Daria. A. Shipilovskikh, Valentin Milichko, Sergei Shipilovskikh</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2021.100990</t>
   </si>
   <si>
     <t>Synthesis of highly stable luminescent molecular crystals based on (E)-2-((3-(ethoxycarbonyl)-5-methyl-4-phenylthiophen-2-yl)amino)-4-oxo-4-(p-tolyl)but-2-enoic acid</t>
   </si>
   <si>
     <t>N. A. Zhestkij, Ekaterina Gunina, S. P. Fisenko, A. E. Rubtsov, D. A. Shipilovskikh, Valentin Milichko, Sergei Shipilovskikh</t>
   </si>
   <si>
     <t>Chimica Techno Acta</t>
   </si>
   <si>
     <t>10.15826/chimtech.2021.8.4.11</t>
   </si>
   <si>
     <t>Synthesis of highly stable luminescent molecular crystals based on (E)-2-((3-(ethoxycarbonyl)-5-methyl-4-phenylthiophen-2- yl)amino)-4-oxo-4-(p-tolyl)but-2-enoic acid</t>
   </si>
   <si>
     <t>Nikolaj Zhestkij, Ekaterina Gunina, S. P. Fisenko, A. E. Rubtsov, D. A. Shipilovskikh, Valentin Milichko, Sergei Shipilovskikh</t>
   </si>
   <si>
+    <t>Linear optical properties of HKUST-1 metal-organic framework: Effect of the crystal size and synthetic approach</t>
+  </si>
+  <si>
+    <t>Yuliya Kenzhebayeva, Semyon Bachinin, Venera Gilemkhanova, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012059</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012059</t>
+  </si>
+  <si>
     <t>Tuneable photoluminescence of TBAPY-based Metal-Organic Complex</t>
   </si>
   <si>
     <t>Maria Timofeeva, Semyon Bachinin, Valentin Milichko</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012151</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012151</t>
   </si>
   <si>
-    <t>Linear optical properties of HKUST-1 metal-organic framework: Effect of the crystal size and synthetic approach</t>
-[...10 lines deleted...]
-  <si>
     <t>Flexible Metal‐Organic Framework for Mechanical Sub Tbyte inch            −2            Data Recording under Ambient Condition</t>
   </si>
   <si>
     <t>Pavel Alekseevskiy, Sergei Rzhevskii, Venera Gilemkhanova, Nikita Kulachenkov, A. Sapianik, M. Barsukova, V. P. Fedin, Valentin Milichko</t>
   </si>
   <si>
     <t>Advanced Materials Interfaces</t>
   </si>
   <si>
     <t>10.1002/admi.202101196</t>
   </si>
   <si>
     <t>MOF‐Based Sustainable Memory Devices</t>
   </si>
   <si>
     <t>Nikita Kulachenkov, Quentin Haar, Sergei Shipilovskikh, Andrei Yankin, Jean‐François Pierson, Alexandre Nomine, Valentin Milichko</t>
   </si>
   <si>
     <t>10.1002/adfm.202107949</t>
   </si>
   <si>
     <t>Metal-Organic Frameworks for Metal-Ion Batteries: Towards Scalability</t>
   </si>
   <si>
     <t>Semyon Bachinin, Venera Gilemkhanova, Maria Timofeeva, Yuliya Kenzhebayeva, Andrei Yankin, Valentin Milichko</t>
   </si>
   <si>
     <t>10.15826/chimtech.2021.8.3.04</t>
   </si>
   <si>
     <t>Single Particle Color Switching by Laser-Induced Deformation of Liquid Metal-derived Microcapsules</t>
   </si>
   <si>
     <t>Aleksandra S. Falchevskaya, Nikita K. Kulachenkov, Semyon V. Bachinin, Valentin Milichko, Vladimir V. Vinogradov</t>
   </si>
   <si>
     <t>7738-7744</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.1c01867</t>
   </si>
   <si>
     <t>Adaptive Nanoparticle‐Polymer Complexes as Optical Elements: Design and Application in Nanophotonics and Nanomedicine</t>
   </si>
   <si>
     <t>Pavel Talianov, Landysh Fatkhutdinova, Alexander S. Timin, Valentin Milichko, Mikhail Zyuzin</t>
   </si>
   <si>
-    <t>Laser &amp; Photonics Reviews</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1002/lpor.202000421</t>
   </si>
   <si>
     <t>All‐Dielectric Nanostructures with a Thermoresponsible Dynamic Polymer Shell</t>
   </si>
   <si>
     <t>Anna A. Nikitina, Valentin Milichko, Alexander S. Novikov, Artem Larin, Proloy Nandi, Utkur Mirsaidov, Daria V. Andreeva, Mikhail Rybin, Yuri Kivshar, Ekaterina V. Skorb</t>
   </si>
   <si>
     <t>Angewandte Chemie International Edition</t>
   </si>
   <si>
     <t>12737-12741</t>
   </si>
   <si>
     <t>10.1002/anie.202101188</t>
   </si>
   <si>
     <t>Sonication of 2D metal-organic framework for atomic force microscopy</t>
   </si>
   <si>
     <t>Pavel Alekseevskiy, Andrei Yankin, Marina O. Barsukova, Valentin Milichko</t>
   </si>
   <si>
     <t>AIP Conference Proceedings</t>
@@ -1088,93 +1100,93 @@
   <si>
     <t>Sergey Makarov, Mihail Petrov, Tim Fischer, Valentin Milichko, Dmitry Zuev, Georgiy Zograf, Daria A. Smirnova, Sergey V. Starikov, Boris N. Chichkov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1109/piers.2017.8262339</t>
   </si>
   <si>
     <t>Nanoimprinted hybrid perovskite metasurfaces</t>
   </si>
   <si>
     <t>Sergey Makarov, Valentin Milichko, Yuri Kivshar, Anvar Zakhidov</t>
   </si>
   <si>
     <t>10.1109/piers.2017.8261891</t>
   </si>
   <si>
     <t>Highly efficient optical heating of non-plasmonic nananoparticles</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Dmitry Zuev, Valentin Milichko, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1109/piers.2017.8261981</t>
   </si>
   <si>
+    <t>Nanoscale optical high-temperature sensor</t>
+  </si>
+  <si>
+    <t>Georgiy Zograf, Mihail Petrov, Ivan Sinev, Anton Samusev, Dmitry Zuev, Valentin Milichko, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>2017 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
+  </si>
+  <si>
+    <t>10.1109/comcas.2017.8244856</t>
+  </si>
+  <si>
     <t>Hybrid nanocavity for molecular sensing</t>
   </si>
   <si>
     <t>Valentin Milichko, Kristina Frizyuk, Pavel Dmitriev, Dmitry Zuev, Georgiy Zograf, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
-    <t>2017 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/comcas.2017.8244858</t>
   </si>
   <si>
-    <t>Nanoscale optical high-temperature sensor</t>
-[...5 lines deleted...]
-    <t>10.1109/comcas.2017.8244856</t>
+    <t>Nanoscale generation of white light for ultrabroadband nanospectroscopy</t>
+  </si>
+  <si>
+    <t>Sergey Makarov, Ivan Sinev, Valentin Milichko, Filipp Komissarenko, Dmitry Zuev, Ivan Mukhin, Pavel Belov, Ivan Iorsh, Alexander Poddubny, Anton Samusev, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>18 (1)</t>
+  </si>
+  <si>
+    <t>535–539</t>
+  </si>
+  <si>
+    <t>10.1021/acs.nanolett.7b04542</t>
   </si>
   <si>
     <t>Response to Comment “On the Existence of Excitonic Signatures in the Optical Response of Metal–Organic Frameworks”</t>
   </si>
   <si>
     <t>Advanced Materials</t>
   </si>
   <si>
     <t>10.1002/adma.201705261</t>
-  </si>
-[...13 lines deleted...]
-    <t>10.1021/acs.nanolett.7b04542</t>
   </si>
   <si>
     <t>2D thermal map calculation and experimental study for optical heating of resonant non-plasmonic nanoparticles</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Dmitry Zuev, Valentin Milichko, Pavel Dmitriev, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>2017 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>10.1109/dd.2017.8168050</t>
   </si>
   <si>
     <t>Optical spatial modulation of luminescent properties of van der Waals metal-organic framework</t>
   </si>
   <si>
     <t>Valentin Milichko, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1063/1.4998103</t>
   </si>
   <si>
     <t>Fabrication of spherical GeSbTe nanoparticles by laser printing technique</t>
   </si>
@@ -2174,51 +2186,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I158"/>
+  <dimension ref="A1:I159"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="228.801" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="452.889" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="131.968" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -2233,4243 +2245,4270 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2"/>
-      <c r="E2"/>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H2">
-        <v>9.44</v>
+        <v>13.14</v>
       </c>
       <c r="I2">
-        <v>2.54</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D3"/>
-      <c r="E3">
-[...1 lines deleted...]
-      </c>
+      <c r="E3"/>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-      <c r="I3"/>
+        <v>17</v>
+      </c>
+      <c r="H3">
+        <v>9.44</v>
+      </c>
+      <c r="I3">
+        <v>2.54</v>
+      </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D4"/>
-      <c r="E4"/>
+      <c r="E4">
+        <v>1</v>
+      </c>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
-        <v>20</v>
-[...6 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
-[...6 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="D5"/>
+      <c r="E5"/>
       <c r="F5">
         <v>2025</v>
       </c>
       <c r="G5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H5">
-        <v>3.01</v>
+        <v>18.81</v>
       </c>
       <c r="I5">
-        <v>0.55</v>
+        <v>6.07</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-      <c r="E6"/>
+        <v>28</v>
+      </c>
+      <c r="D6">
+        <v>64</v>
+      </c>
+      <c r="E6">
+        <v>101385</v>
+      </c>
       <c r="F6">
         <v>2025</v>
       </c>
       <c r="G6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H6">
-        <v>7.79</v>
+        <v>3.01</v>
       </c>
       <c r="I6">
-        <v>1.86</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7">
         <v>2025</v>
       </c>
       <c r="G7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H7">
-        <v>13.14</v>
+        <v>7.79</v>
       </c>
       <c r="I7">
-        <v>3.78</v>
+        <v>1.86</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8">
         <v>2025</v>
       </c>
       <c r="G8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H8">
-        <v>16.81</v>
+        <v>13.14</v>
       </c>
       <c r="I8">
-        <v>5.39</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C9" t="s">
-        <v>39</v>
-[...4 lines deleted...]
-      <c r="E9" t="s">
         <v>40</v>
       </c>
+      <c r="D9"/>
+      <c r="E9"/>
       <c r="F9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G9" t="s">
         <v>41</v>
       </c>
       <c r="H9">
-        <v>4.39</v>
+        <v>16.81</v>
       </c>
       <c r="I9">
-        <v>0.98</v>
+        <v>5.39</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>42</v>
       </c>
       <c r="B10" t="s">
         <v>43</v>
       </c>
       <c r="C10" t="s">
         <v>44</v>
       </c>
-      <c r="D10"/>
-      <c r="E10"/>
+      <c r="D10">
+        <v>54</v>
+      </c>
+      <c r="E10" t="s">
+        <v>45</v>
+      </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H10">
-        <v>13.6</v>
+        <v>4.39</v>
       </c>
       <c r="I10">
-        <v>4.32</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C11" t="s">
-        <v>48</v>
-[...4 lines deleted...]
-      <c r="E11" t="s">
         <v>49</v>
       </c>
+      <c r="D11"/>
+      <c r="E11"/>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>50</v>
       </c>
       <c r="H11">
-        <v>3.44</v>
+        <v>13.6</v>
       </c>
       <c r="I11">
-        <v>1.5</v>
+        <v>4.32</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>51</v>
       </c>
       <c r="B12" t="s">
         <v>52</v>
       </c>
       <c r="C12" t="s">
         <v>53</v>
       </c>
       <c r="D12">
-        <v>128</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
         <v>54</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>55</v>
       </c>
       <c r="H12">
-        <v>4.19</v>
+        <v>3.44</v>
       </c>
       <c r="I12">
-        <v>1.48</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>56</v>
       </c>
       <c r="B13" t="s">
         <v>57</v>
       </c>
       <c r="C13" t="s">
         <v>58</v>
       </c>
-      <c r="D13"/>
-      <c r="E13"/>
+      <c r="D13">
+        <v>128</v>
+      </c>
+      <c r="E13" t="s">
+        <v>59</v>
+      </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="H13">
-        <v>12.9</v>
+        <v>4.19</v>
       </c>
       <c r="I13">
-        <v>3.64</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C14" t="s">
-        <v>62</v>
-[...4 lines deleted...]
-      <c r="E14" t="s">
         <v>63</v>
       </c>
+      <c r="D14"/>
+      <c r="E14"/>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>64</v>
       </c>
       <c r="H14">
-        <v>3.95</v>
+        <v>12.9</v>
       </c>
       <c r="I14">
-        <v>0.9</v>
+        <v>3.64</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>65</v>
       </c>
       <c r="B15" t="s">
         <v>66</v>
       </c>
       <c r="C15" t="s">
         <v>67</v>
       </c>
-      <c r="D15"/>
-      <c r="E15"/>
+      <c r="D15">
+        <v>7</v>
+      </c>
+      <c r="E15" t="s">
+        <v>68</v>
+      </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H15">
-        <v>9.93</v>
+        <v>3.95</v>
       </c>
       <c r="I15">
-        <v>2.89</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B16" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C16" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="D16"/>
       <c r="E16"/>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H16">
-        <v>9.6</v>
+        <v>9.93</v>
       </c>
       <c r="I16">
-        <v>2.13</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B17" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-      <c r="D17"/>
+        <v>75</v>
+      </c>
+      <c r="C17" t="s">
+        <v>76</v>
+      </c>
+      <c r="D17">
+        <v>5</v>
+      </c>
       <c r="E17"/>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="I17"/>
+        <v>77</v>
+      </c>
+      <c r="H17">
+        <v>9.6</v>
+      </c>
+      <c r="I17">
+        <v>2.13</v>
+      </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B18" t="s">
-        <v>77</v>
-[...9 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="C18"/>
+      <c r="D18"/>
+      <c r="E18"/>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18" t="s">
-        <v>79</v>
-[...6 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B19" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C19" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-      <c r="E19"/>
+        <v>83</v>
+      </c>
+      <c r="D19">
+        <v>154</v>
+      </c>
+      <c r="E19">
+        <v>115666</v>
+      </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-      <c r="I19"/>
+        <v>84</v>
+      </c>
+      <c r="H19">
+        <v>3.08</v>
+      </c>
+      <c r="I19">
+        <v>0.6</v>
+      </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B20" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C20" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D20"/>
-      <c r="E20">
-[...1 lines deleted...]
-      </c>
+      <c r="E20"/>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H20"/>
       <c r="I20"/>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B21" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C21" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D21"/>
       <c r="E21">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="H21"/>
       <c r="I21"/>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>93</v>
+      </c>
+      <c r="B22" t="s">
+        <v>94</v>
+      </c>
+      <c r="C22" t="s">
         <v>91</v>
       </c>
-      <c r="B22" t="s">
-[...9 lines deleted...]
-        <v>94</v>
+      <c r="D22"/>
+      <c r="E22">
+        <v>46</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
         <v>95</v>
       </c>
-      <c r="H22">
-[...4 lines deleted...]
-      </c>
+      <c r="H22"/>
+      <c r="I22"/>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>96</v>
       </c>
       <c r="B23" t="s">
         <v>97</v>
       </c>
       <c r="C23" t="s">
-        <v>71</v>
+        <v>98</v>
       </c>
       <c r="D23">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="E23"/>
+        <v>43</v>
+      </c>
+      <c r="E23" t="s">
+        <v>99</v>
+      </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="H23">
-        <v>7.5</v>
+        <v>5.66</v>
       </c>
       <c r="I23">
-        <v>2.13</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B24" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C24" t="s">
-        <v>101</v>
+        <v>76</v>
       </c>
       <c r="D24">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="E24"/>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
         <v>103</v>
       </c>
       <c r="H24">
-        <v>6.89</v>
+        <v>7.5</v>
       </c>
       <c r="I24">
-        <v>1.85</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>104</v>
       </c>
       <c r="B25" t="s">
         <v>105</v>
       </c>
       <c r="C25" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-      <c r="E25"/>
+        <v>106</v>
+      </c>
+      <c r="D25">
+        <v>15</v>
+      </c>
+      <c r="E25" t="s">
+        <v>107</v>
+      </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="H25">
-        <v>19.92</v>
+        <v>6.89</v>
       </c>
       <c r="I25">
-        <v>5.0</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B26" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C26" t="s">
-        <v>39</v>
-[...6 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="D26"/>
+      <c r="E26"/>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H26">
-        <v>4.39</v>
+        <v>19.92</v>
       </c>
       <c r="I26">
-        <v>0.98</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B27" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C27" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-        <v>101225</v>
+        <v>44</v>
+      </c>
+      <c r="D27">
+        <v>53</v>
+      </c>
+      <c r="E27" t="s">
+        <v>114</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="H27">
-        <v>3.16</v>
+        <v>4.39</v>
       </c>
       <c r="I27">
-        <v>0.47</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B28" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C28" t="s">
-        <v>19</v>
-[...4 lines deleted...]
-      <c r="E28"/>
+        <v>28</v>
+      </c>
+      <c r="D28"/>
+      <c r="E28">
+        <v>101225</v>
+      </c>
       <c r="F28">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G28" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="H28">
-        <v>18.81</v>
+        <v>3.16</v>
       </c>
       <c r="I28">
-        <v>6.07</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B29" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C29" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D29">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="E29"/>
       <c r="F29">
         <v>2023</v>
       </c>
       <c r="G29" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="H29">
-        <v>3.01</v>
+        <v>18.81</v>
       </c>
       <c r="I29">
-        <v>0.55</v>
+        <v>6.07</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B30" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C30" t="s">
-        <v>122</v>
+        <v>28</v>
       </c>
       <c r="D30">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E30"/>
+        <v>58</v>
+      </c>
+      <c r="E30">
+        <v>101222</v>
+      </c>
       <c r="F30">
         <v>2023</v>
       </c>
       <c r="G30" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="H30">
-        <v>8.31</v>
+        <v>3.01</v>
       </c>
       <c r="I30">
-        <v>1.74</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B31" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C31" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="D31"/>
+        <v>127</v>
+      </c>
+      <c r="D31">
+        <v>16</v>
+      </c>
       <c r="E31"/>
       <c r="F31">
         <v>2023</v>
       </c>
       <c r="G31" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-      <c r="I31"/>
+        <v>128</v>
+      </c>
+      <c r="H31">
+        <v>8.31</v>
+      </c>
+      <c r="I31">
+        <v>1.74</v>
+      </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B32" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C32" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32">
         <v>2023</v>
       </c>
       <c r="G32" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="H32"/>
       <c r="I32"/>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B33" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C33" t="s">
-        <v>23</v>
+        <v>135</v>
       </c>
       <c r="D33"/>
-      <c r="E33">
-[...1 lines deleted...]
-      </c>
+      <c r="E33"/>
       <c r="F33">
         <v>2023</v>
       </c>
       <c r="G33" t="s">
-        <v>134</v>
-[...6 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="H33"/>
+      <c r="I33"/>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B34" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C34" t="s">
-        <v>137</v>
+        <v>28</v>
       </c>
       <c r="D34"/>
-      <c r="E34"/>
+      <c r="E34">
+        <v>101206</v>
+      </c>
       <c r="F34">
         <v>2023</v>
       </c>
       <c r="G34" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="H34">
-        <v>3.7</v>
-[...1 lines deleted...]
-      <c r="I34"/>
+        <v>3.16</v>
+      </c>
+      <c r="I34">
+        <v>0.47</v>
+      </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B35" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C35" t="s">
-        <v>141</v>
-[...4 lines deleted...]
-      <c r="E35" t="s">
         <v>142</v>
       </c>
+      <c r="D35"/>
+      <c r="E35"/>
       <c r="F35">
         <v>2023</v>
       </c>
       <c r="G35" t="s">
         <v>143</v>
       </c>
-      <c r="H35"/>
+      <c r="H35">
+        <v>3.7</v>
+      </c>
       <c r="I35"/>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>144</v>
       </c>
       <c r="B36" t="s">
         <v>145</v>
       </c>
       <c r="C36" t="s">
-        <v>23</v>
+        <v>146</v>
       </c>
       <c r="D36">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>101198</v>
+        <v>1</v>
+      </c>
+      <c r="E36" t="s">
+        <v>147</v>
       </c>
       <c r="F36">
         <v>2023</v>
       </c>
       <c r="G36" t="s">
-        <v>146</v>
-[...6 lines deleted...]
-      </c>
+        <v>148</v>
+      </c>
+      <c r="H36"/>
+      <c r="I36"/>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B37" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C37" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-      <c r="E37"/>
+        <v>28</v>
+      </c>
+      <c r="D37">
+        <v>57</v>
+      </c>
+      <c r="E37">
+        <v>101198</v>
+      </c>
       <c r="F37">
         <v>2023</v>
       </c>
       <c r="G37" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="H37">
-        <v>10.38</v>
+        <v>3.16</v>
       </c>
       <c r="I37">
-        <v>2.14</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B38" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C38" t="s">
-        <v>152</v>
+        <v>16</v>
       </c>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38">
         <v>2023</v>
       </c>
       <c r="G38" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="H38">
-        <v>15.37</v>
+        <v>10.38</v>
       </c>
       <c r="I38">
-        <v>3.63</v>
+        <v>2.14</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B39" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C39" t="s">
-        <v>67</v>
+        <v>157</v>
       </c>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39">
         <v>2023</v>
       </c>
       <c r="G39" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="H39">
-        <v>9.93</v>
+        <v>15.37</v>
       </c>
       <c r="I39">
-        <v>2.89</v>
+        <v>3.63</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B40" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C40" t="s">
-        <v>159</v>
-[...6 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="D40"/>
+      <c r="E40"/>
       <c r="F40">
         <v>2023</v>
       </c>
       <c r="G40" t="s">
         <v>161</v>
       </c>
       <c r="H40">
-        <v>6.22</v>
+        <v>9.93</v>
       </c>
       <c r="I40">
-        <v>1.84</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>162</v>
       </c>
       <c r="B41" t="s">
         <v>163</v>
       </c>
       <c r="C41" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-        <v>101168</v>
+        <v>164</v>
+      </c>
+      <c r="D41">
+        <v>59</v>
+      </c>
+      <c r="E41" t="s">
+        <v>165</v>
       </c>
       <c r="F41">
         <v>2023</v>
       </c>
       <c r="G41" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="H41">
-        <v>3.16</v>
+        <v>6.22</v>
       </c>
       <c r="I41">
-        <v>0.47</v>
+        <v>1.84</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B42" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C42" t="s">
-        <v>167</v>
-[...5 lines deleted...]
-        <v>168</v>
+        <v>28</v>
+      </c>
+      <c r="D42"/>
+      <c r="E42">
+        <v>101168</v>
       </c>
       <c r="F42">
         <v>2023</v>
       </c>
       <c r="G42" t="s">
         <v>169</v>
       </c>
       <c r="H42">
-        <v>3.56</v>
+        <v>3.16</v>
       </c>
       <c r="I42">
-        <v>0.51</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>170</v>
       </c>
       <c r="B43" t="s">
         <v>171</v>
       </c>
       <c r="C43" t="s">
         <v>172</v>
       </c>
       <c r="D43">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>100996</v>
+        <v>44</v>
+      </c>
+      <c r="E43" t="s">
+        <v>173</v>
       </c>
       <c r="F43">
         <v>2023</v>
       </c>
       <c r="G43" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="H43">
-        <v>5.91</v>
+        <v>3.56</v>
       </c>
       <c r="I43">
-        <v>0.74</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B44" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C44" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="D44"/>
+        <v>177</v>
+      </c>
+      <c r="D44">
+        <v>35</v>
+      </c>
       <c r="E44">
-        <v>101145</v>
+        <v>100996</v>
       </c>
       <c r="F44">
         <v>2023</v>
       </c>
       <c r="G44" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="H44">
-        <v>3.16</v>
+        <v>5.91</v>
       </c>
       <c r="I44">
-        <v>0.47</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B45" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C45" t="s">
-        <v>179</v>
-[...5 lines deleted...]
-        <v>180</v>
+        <v>28</v>
+      </c>
+      <c r="D45"/>
+      <c r="E45">
+        <v>101145</v>
       </c>
       <c r="F45">
         <v>2023</v>
       </c>
       <c r="G45" t="s">
         <v>181</v>
       </c>
       <c r="H45">
-        <v>3.71</v>
+        <v>3.16</v>
       </c>
       <c r="I45">
-        <v>0.99</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>182</v>
       </c>
       <c r="B46" t="s">
         <v>183</v>
       </c>
       <c r="C46" t="s">
         <v>184</v>
       </c>
       <c r="D46">
-        <v>452</v>
-[...2 lines deleted...]
-        <v>139450</v>
+        <v>19</v>
+      </c>
+      <c r="E46" t="s">
+        <v>185</v>
       </c>
       <c r="F46">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G46" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="H46">
-        <v>16.74</v>
+        <v>3.71</v>
       </c>
       <c r="I46">
-        <v>2.42</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B47" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C47" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D47">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>452</v>
+      </c>
+      <c r="E47">
+        <v>139450</v>
       </c>
       <c r="F47">
         <v>2022</v>
       </c>
       <c r="G47" t="s">
         <v>190</v>
       </c>
       <c r="H47">
-        <v>12.26</v>
+        <v>16.74</v>
       </c>
       <c r="I47">
-        <v>3.76</v>
+        <v>2.42</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>191</v>
       </c>
       <c r="B48" t="s">
         <v>192</v>
       </c>
       <c r="C48" t="s">
         <v>193</v>
       </c>
       <c r="D48">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="E48" t="s">
         <v>194</v>
       </c>
       <c r="F48">
         <v>2022</v>
       </c>
       <c r="G48" t="s">
         <v>195</v>
       </c>
       <c r="H48">
-        <v>5.44</v>
+        <v>12.26</v>
       </c>
       <c r="I48">
-        <v>1.12</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>196</v>
       </c>
       <c r="B49" t="s">
         <v>197</v>
       </c>
       <c r="C49" t="s">
         <v>198</v>
       </c>
       <c r="D49">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>846</v>
+        <v>61</v>
+      </c>
+      <c r="E49" t="s">
+        <v>199</v>
       </c>
       <c r="F49">
         <v>2022</v>
       </c>
       <c r="G49" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="H49">
-        <v>2.67</v>
+        <v>5.44</v>
       </c>
       <c r="I49">
-        <v>0.46</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B50" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C50" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D50">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>203</v>
+        <v>12</v>
+      </c>
+      <c r="E50">
+        <v>846</v>
       </c>
       <c r="F50">
         <v>2022</v>
       </c>
       <c r="G50" t="s">
         <v>204</v>
       </c>
       <c r="H50">
-        <v>6.14</v>
+        <v>2.67</v>
       </c>
       <c r="I50">
-        <v>1.18</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>205</v>
       </c>
       <c r="B51" t="s">
         <v>206</v>
       </c>
       <c r="C51" t="s">
-        <v>101</v>
+        <v>207</v>
       </c>
       <c r="D51">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="E51" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="F51">
         <v>2022</v>
       </c>
       <c r="G51" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="H51">
-        <v>6.71</v>
+        <v>6.14</v>
       </c>
       <c r="I51">
-        <v>2.98</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B52" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C52" t="s">
-        <v>23</v>
+        <v>106</v>
       </c>
       <c r="D52">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>100990</v>
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>212</v>
       </c>
       <c r="F52">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G52" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="H52">
-        <v>3.01</v>
+        <v>6.71</v>
       </c>
       <c r="I52">
-        <v>0.55</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B53" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C53" t="s">
-        <v>214</v>
+        <v>28</v>
       </c>
       <c r="D53">
-        <v>8</v>
+        <v>48</v>
       </c>
       <c r="E53">
-        <v>20218411</v>
+        <v>100990</v>
       </c>
       <c r="F53">
         <v>2021</v>
       </c>
       <c r="G53" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-      <c r="I53"/>
+        <v>216</v>
+      </c>
+      <c r="H53">
+        <v>3.01</v>
+      </c>
+      <c r="I53">
+        <v>0.55</v>
+      </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B54" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C54" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="D54">
         <v>8</v>
       </c>
       <c r="E54">
         <v>20218411</v>
       </c>
       <c r="F54">
         <v>2021</v>
       </c>
       <c r="G54" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="H54"/>
       <c r="I54"/>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="B55" t="s">
+        <v>222</v>
+      </c>
+      <c r="C55" t="s">
         <v>219</v>
       </c>
-      <c r="C55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D55">
-        <v>2015</v>
-[...2 lines deleted...]
-        <v>221</v>
+        <v>8</v>
+      </c>
+      <c r="E55">
+        <v>20218411</v>
       </c>
       <c r="F55">
         <v>2021</v>
       </c>
       <c r="G55" t="s">
-        <v>222</v>
-[...6 lines deleted...]
-      </c>
+        <v>220</v>
+      </c>
+      <c r="H55"/>
+      <c r="I55"/>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>223</v>
       </c>
       <c r="B56" t="s">
         <v>224</v>
       </c>
       <c r="C56" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="D56">
         <v>2015</v>
       </c>
       <c r="E56" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="F56">
         <v>2021</v>
       </c>
       <c r="G56" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="H56">
         <v>0.55</v>
       </c>
       <c r="I56">
         <v>0.21</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B57" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C57" t="s">
-        <v>229</v>
-[...3 lines deleted...]
-        <v>2101196</v>
+        <v>225</v>
+      </c>
+      <c r="D57">
+        <v>2015</v>
+      </c>
+      <c r="E57" t="s">
+        <v>230</v>
       </c>
       <c r="F57">
         <v>2021</v>
       </c>
       <c r="G57" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="H57">
-        <v>6.39</v>
+        <v>0.55</v>
       </c>
       <c r="I57">
-        <v>1.42</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B58" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C58" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>234</v>
+      </c>
+      <c r="D58"/>
       <c r="E58">
-        <v>2107949</v>
+        <v>2101196</v>
       </c>
       <c r="F58">
         <v>2021</v>
       </c>
       <c r="G58" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="H58">
-        <v>19.92</v>
+        <v>6.39</v>
       </c>
       <c r="I58">
-        <v>5.0</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B59" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C59" t="s">
-        <v>214</v>
+        <v>24</v>
       </c>
       <c r="D59">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="E59">
-        <v>20210304</v>
+        <v>2107949</v>
       </c>
       <c r="F59">
         <v>2021</v>
       </c>
       <c r="G59" t="s">
-        <v>236</v>
-[...1 lines deleted...]
-      <c r="H59"/>
+        <v>238</v>
+      </c>
+      <c r="H59">
+        <v>19.92</v>
+      </c>
       <c r="I59">
-        <v>0.13</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B60" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C60" t="s">
-        <v>101</v>
+        <v>219</v>
       </c>
       <c r="D60">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>239</v>
+        <v>8</v>
+      </c>
+      <c r="E60">
+        <v>20210304</v>
       </c>
       <c r="F60">
         <v>2021</v>
       </c>
       <c r="G60" t="s">
-        <v>240</v>
-[...3 lines deleted...]
-      </c>
+        <v>241</v>
+      </c>
+      <c r="H60"/>
       <c r="I60">
-        <v>2.98</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B61" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C61" t="s">
-        <v>243</v>
-[...3 lines deleted...]
-        <v>2000421</v>
+        <v>106</v>
+      </c>
+      <c r="D61">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>244</v>
       </c>
       <c r="F61">
         <v>2021</v>
       </c>
       <c r="G61" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="H61">
-        <v>10.95</v>
+        <v>6.71</v>
       </c>
       <c r="I61">
-        <v>3.17</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B62" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C62" t="s">
-        <v>247</v>
-[...5 lines deleted...]
-        <v>248</v>
+        <v>11</v>
+      </c>
+      <c r="D62"/>
+      <c r="E62">
+        <v>2000421</v>
       </c>
       <c r="F62">
         <v>2021</v>
       </c>
       <c r="G62" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="H62">
-        <v>15.34</v>
+        <v>10.95</v>
       </c>
       <c r="I62">
-        <v>5.83</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>249</v>
+      </c>
+      <c r="B63" t="s">
         <v>250</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" t="s">
         <v>251</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63">
+        <v>60</v>
+      </c>
+      <c r="E63" t="s">
         <v>252</v>
       </c>
-      <c r="D63">
-[...2 lines deleted...]
-      <c r="E63" t="s">
+      <c r="F63">
+        <v>2021</v>
+      </c>
+      <c r="G63" t="s">
         <v>253</v>
       </c>
-      <c r="F63">
-[...5 lines deleted...]
-      <c r="H63"/>
+      <c r="H63">
+        <v>15.34</v>
+      </c>
       <c r="I63">
-        <v>0.19</v>
+        <v>5.83</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>254</v>
+      </c>
+      <c r="B64" t="s">
         <v>255</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="D64">
         <v>2300</v>
       </c>
       <c r="E64" t="s">
         <v>257</v>
       </c>
       <c r="F64">
         <v>2020</v>
       </c>
       <c r="G64" t="s">
         <v>258</v>
       </c>
       <c r="H64"/>
       <c r="I64">
         <v>0.19</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
         <v>259</v>
       </c>
       <c r="B65" t="s">
         <v>260</v>
       </c>
       <c r="C65" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="D65">
         <v>2300</v>
       </c>
       <c r="E65" t="s">
         <v>261</v>
       </c>
       <c r="F65">
         <v>2020</v>
       </c>
       <c r="G65" t="s">
         <v>262</v>
       </c>
       <c r="H65"/>
       <c r="I65">
         <v>0.19</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>263</v>
       </c>
       <c r="B66" t="s">
         <v>264</v>
       </c>
       <c r="C66" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="D66">
         <v>2300</v>
       </c>
       <c r="E66" t="s">
         <v>265</v>
       </c>
       <c r="F66">
         <v>2020</v>
       </c>
       <c r="G66" t="s">
         <v>266</v>
       </c>
       <c r="H66"/>
       <c r="I66">
         <v>0.19</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>267</v>
       </c>
       <c r="B67" t="s">
         <v>268</v>
       </c>
       <c r="C67" t="s">
+        <v>256</v>
+      </c>
+      <c r="D67">
+        <v>2300</v>
+      </c>
+      <c r="E67" t="s">
         <v>269</v>
-      </c>
-[...4 lines deleted...]
-        <v>1036</v>
       </c>
       <c r="F67">
         <v>2020</v>
       </c>
       <c r="G67" t="s">
         <v>270</v>
       </c>
-      <c r="H67">
-[...1 lines deleted...]
-      </c>
+      <c r="H67"/>
       <c r="I67">
-        <v>0.92</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>271</v>
       </c>
       <c r="B68" t="s">
         <v>272</v>
       </c>
       <c r="C68" t="s">
-        <v>247</v>
+        <v>273</v>
       </c>
       <c r="D68">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>273</v>
+        <v>10</v>
+      </c>
+      <c r="E68">
+        <v>1036</v>
       </c>
       <c r="F68">
         <v>2020</v>
       </c>
       <c r="G68" t="s">
         <v>274</v>
       </c>
       <c r="H68">
-        <v>12.96</v>
+        <v>5.08</v>
       </c>
       <c r="I68">
-        <v>5.44</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>275</v>
       </c>
       <c r="B69" t="s">
         <v>276</v>
       </c>
       <c r="C69" t="s">
+        <v>251</v>
+      </c>
+      <c r="D69">
+        <v>59</v>
+      </c>
+      <c r="E69" t="s">
         <v>277</v>
-      </c>
-[...4 lines deleted...]
-        <v>1108</v>
       </c>
       <c r="F69">
         <v>2020</v>
       </c>
       <c r="G69" t="s">
         <v>278</v>
       </c>
       <c r="H69">
-        <v>4.38</v>
+        <v>12.96</v>
       </c>
       <c r="I69">
-        <v>1.24</v>
+        <v>5.44</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>279</v>
       </c>
       <c r="B70" t="s">
         <v>280</v>
       </c>
       <c r="C70" t="s">
         <v>281</v>
       </c>
       <c r="D70">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>282</v>
+        <v>10</v>
+      </c>
+      <c r="E70">
+        <v>1108</v>
       </c>
       <c r="F70">
         <v>2020</v>
       </c>
       <c r="G70" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="H70">
-        <v>4.99</v>
+        <v>4.38</v>
       </c>
       <c r="I70">
-        <v>1.88</v>
+        <v>1.24</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>283</v>
+      </c>
+      <c r="B71" t="s">
         <v>284</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>285</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71">
+        <v>13</v>
+      </c>
+      <c r="E71" t="s">
         <v>286</v>
-      </c>
-[...4 lines deleted...]
-        <v>287</v>
       </c>
       <c r="F71">
         <v>2020</v>
       </c>
       <c r="G71" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="H71">
-        <v>8.45</v>
+        <v>4.99</v>
       </c>
       <c r="I71">
-        <v>2.72</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>288</v>
+      </c>
+      <c r="B72" t="s">
         <v>289</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72" t="s">
         <v>290</v>
       </c>
-      <c r="C72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D72">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>1908292</v>
+        <v>9</v>
+      </c>
+      <c r="E72" t="s">
+        <v>291</v>
       </c>
       <c r="F72">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G72" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="H72">
-        <v>16.84</v>
+        <v>8.45</v>
       </c>
       <c r="I72">
-        <v>5.88</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B73" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C73" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="D73"/>
+        <v>24</v>
+      </c>
+      <c r="D73">
+        <v>30</v>
+      </c>
       <c r="E73">
-        <v>16504345</v>
+        <v>1908292</v>
       </c>
       <c r="F73">
         <v>2019</v>
       </c>
       <c r="G73" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="H73">
-        <v>15.84</v>
+        <v>16.84</v>
       </c>
       <c r="I73">
-        <v>5.13</v>
+        <v>5.88</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B74" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C74" t="s">
-        <v>297</v>
-[...5 lines deleted...]
-        <v>298</v>
+        <v>40</v>
+      </c>
+      <c r="D74"/>
+      <c r="E74">
+        <v>16504345</v>
       </c>
       <c r="F74">
         <v>2019</v>
       </c>
       <c r="G74" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="H74">
-        <v>1.4</v>
+        <v>15.84</v>
       </c>
       <c r="I74">
-        <v>0.58</v>
+        <v>5.13</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>299</v>
+      </c>
+      <c r="B75" t="s">
         <v>300</v>
       </c>
-      <c r="B75" t="s">
+      <c r="C75" t="s">
         <v>301</v>
       </c>
-      <c r="C75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D75">
-        <v>11</v>
+        <v>110</v>
       </c>
       <c r="E75" t="s">
         <v>302</v>
       </c>
       <c r="F75">
         <v>2019</v>
       </c>
       <c r="G75" t="s">
         <v>303</v>
       </c>
       <c r="H75">
-        <v>6.9</v>
+        <v>1.4</v>
       </c>
       <c r="I75">
-        <v>2.18</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
         <v>304</v>
       </c>
       <c r="B76" t="s">
         <v>305</v>
       </c>
       <c r="C76" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="D76">
         <v>11</v>
       </c>
       <c r="E76" t="s">
         <v>306</v>
       </c>
       <c r="F76">
         <v>2019</v>
       </c>
       <c r="G76" t="s">
         <v>307</v>
       </c>
       <c r="H76">
         <v>6.9</v>
       </c>
       <c r="I76">
         <v>2.18</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
         <v>308</v>
       </c>
       <c r="B77" t="s">
         <v>309</v>
       </c>
       <c r="C77" t="s">
-        <v>243</v>
+        <v>127</v>
       </c>
       <c r="D77">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>1800274</v>
+        <v>11</v>
+      </c>
+      <c r="E77" t="s">
+        <v>310</v>
       </c>
       <c r="F77">
         <v>2019</v>
       </c>
       <c r="G77" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="H77">
-        <v>10.66</v>
+        <v>6.9</v>
       </c>
       <c r="I77">
-        <v>4.01</v>
+        <v>2.18</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B78" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C78" t="s">
-        <v>220</v>
+        <v>11</v>
       </c>
       <c r="D78">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>313</v>
+        <v>13</v>
+      </c>
+      <c r="E78">
+        <v>1800274</v>
       </c>
       <c r="F78">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G78" t="s">
         <v>314</v>
       </c>
-      <c r="H78"/>
+      <c r="H78">
+        <v>10.66</v>
+      </c>
       <c r="I78">
-        <v>0.24</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
         <v>315</v>
       </c>
       <c r="B79" t="s">
         <v>316</v>
       </c>
       <c r="C79" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="D79">
         <v>1092</v>
       </c>
       <c r="E79" t="s">
         <v>317</v>
       </c>
       <c r="F79">
         <v>2018</v>
       </c>
       <c r="G79" t="s">
         <v>318</v>
       </c>
       <c r="H79"/>
       <c r="I79">
         <v>0.24</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
         <v>319</v>
       </c>
       <c r="B80" t="s">
         <v>320</v>
       </c>
       <c r="C80" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="D80">
         <v>1092</v>
       </c>
       <c r="E80" t="s">
         <v>321</v>
       </c>
       <c r="F80">
         <v>2018</v>
       </c>
       <c r="G80" t="s">
         <v>322</v>
       </c>
       <c r="H80"/>
       <c r="I80">
         <v>0.24</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
         <v>323</v>
       </c>
       <c r="B81" t="s">
-        <v>140</v>
+        <v>324</v>
       </c>
       <c r="C81" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="D81">
         <v>1092</v>
       </c>
       <c r="E81" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="F81">
         <v>2018</v>
       </c>
       <c r="G81" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="H81"/>
       <c r="I81">
         <v>0.24</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B82" t="s">
-        <v>327</v>
+        <v>145</v>
       </c>
       <c r="C82" t="s">
+        <v>225</v>
+      </c>
+      <c r="D82">
+        <v>1092</v>
+      </c>
+      <c r="E82" t="s">
         <v>328</v>
-      </c>
-[...4 lines deleted...]
-        <v>172465</v>
       </c>
       <c r="F82">
         <v>2018</v>
       </c>
       <c r="G82" t="s">
         <v>329</v>
       </c>
-      <c r="H82">
-[...1 lines deleted...]
-      </c>
+      <c r="H82"/>
       <c r="I82">
-        <v>1.13</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
         <v>330</v>
       </c>
       <c r="B83" t="s">
         <v>331</v>
       </c>
       <c r="C83" t="s">
-        <v>122</v>
+        <v>332</v>
       </c>
       <c r="D83">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>332</v>
+        <v>5</v>
+      </c>
+      <c r="E83">
+        <v>172465</v>
       </c>
       <c r="F83">
         <v>2018</v>
       </c>
       <c r="G83" t="s">
         <v>333</v>
       </c>
       <c r="H83">
-        <v>6.97</v>
+        <v>2.52</v>
       </c>
       <c r="I83">
-        <v>2.4</v>
+        <v>1.13</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
         <v>334</v>
       </c>
       <c r="B84" t="s">
         <v>335</v>
       </c>
       <c r="C84" t="s">
+        <v>127</v>
+      </c>
+      <c r="D84">
+        <v>10</v>
+      </c>
+      <c r="E84" t="s">
         <v>336</v>
-      </c>
-[...4 lines deleted...]
-        <v>337</v>
       </c>
       <c r="F84">
         <v>2018</v>
       </c>
       <c r="G84" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="H84">
-        <v>3.76</v>
+        <v>6.97</v>
       </c>
       <c r="I84">
-        <v>1.04</v>
+        <v>2.4</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
+        <v>338</v>
+      </c>
+      <c r="B85" t="s">
         <v>339</v>
       </c>
-      <c r="B85" t="s">
+      <c r="C85" t="s">
         <v>340</v>
       </c>
-      <c r="C85" t="s">
+      <c r="D85">
+        <v>11</v>
+      </c>
+      <c r="E85" t="s">
         <v>341</v>
-      </c>
-[...4 lines deleted...]
-        <v>342</v>
       </c>
       <c r="F85">
         <v>2018</v>
       </c>
       <c r="G85" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="H85">
-        <v>5.05</v>
+        <v>3.76</v>
       </c>
       <c r="I85">
-        <v>1.35</v>
+        <v>1.04</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
+        <v>343</v>
+      </c>
+      <c r="B86" t="s">
         <v>344</v>
       </c>
-      <c r="B86" t="s">
+      <c r="C86" t="s">
         <v>345</v>
       </c>
-      <c r="C86" t="s">
+      <c r="D86">
+        <v>6</v>
+      </c>
+      <c r="E86" t="s">
         <v>346</v>
-      </c>
-[...2 lines deleted...]
-        <v>347</v>
       </c>
       <c r="F86">
         <v>2018</v>
       </c>
       <c r="G86" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-      <c r="I86"/>
+        <v>347</v>
+      </c>
+      <c r="H86">
+        <v>5.05</v>
+      </c>
+      <c r="I86">
+        <v>1.35</v>
+      </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
+        <v>348</v>
+      </c>
+      <c r="B87" t="s">
         <v>349</v>
       </c>
-      <c r="B87" t="s">
+      <c r="C87" t="s">
         <v>350</v>
       </c>
-      <c r="C87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D87"/>
-      <c r="E87"/>
+      <c r="E87" t="s">
+        <v>351</v>
+      </c>
       <c r="F87">
         <v>2018</v>
       </c>
       <c r="G87" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H87"/>
       <c r="I87"/>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B88" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C88" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="D88"/>
       <c r="E88"/>
       <c r="F88">
         <v>2018</v>
       </c>
       <c r="G88" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="H88"/>
       <c r="I88"/>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B89" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C89" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="D89"/>
       <c r="E89"/>
       <c r="F89">
         <v>2018</v>
       </c>
       <c r="G89" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="H89"/>
       <c r="I89"/>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B90" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C90" t="s">
-        <v>360</v>
+        <v>350</v>
       </c>
       <c r="D90"/>
       <c r="E90"/>
       <c r="F90">
         <v>2018</v>
       </c>
       <c r="G90" t="s">
         <v>361</v>
       </c>
       <c r="H90"/>
       <c r="I90"/>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
         <v>362</v>
       </c>
       <c r="B91" t="s">
         <v>363</v>
       </c>
       <c r="C91" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91">
         <v>2018</v>
       </c>
       <c r="G91" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="H91"/>
       <c r="I91"/>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B92" t="s">
-        <v>305</v>
+        <v>367</v>
       </c>
       <c r="C92" t="s">
-        <v>366</v>
-[...6 lines deleted...]
-      </c>
+        <v>364</v>
+      </c>
+      <c r="D92"/>
+      <c r="E92"/>
       <c r="F92">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G92" t="s">
-        <v>367</v>
-[...6 lines deleted...]
-      </c>
+        <v>368</v>
+      </c>
+      <c r="H92"/>
+      <c r="I92"/>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B93" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C93" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="D93" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="E93" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="F93">
         <v>2017</v>
       </c>
       <c r="G93" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="H93">
         <v>12.08</v>
       </c>
       <c r="I93">
         <v>7.45</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B94" t="s">
-        <v>374</v>
+        <v>309</v>
       </c>
       <c r="C94" t="s">
         <v>375</v>
       </c>
-      <c r="D94"/>
-      <c r="E94"/>
+      <c r="D94">
+        <v>29</v>
+      </c>
+      <c r="E94">
+        <v>1705261</v>
+      </c>
       <c r="F94">
         <v>2017</v>
       </c>
       <c r="G94" t="s">
         <v>376</v>
       </c>
-      <c r="H94"/>
-      <c r="I94"/>
+      <c r="H94">
+        <v>21.95</v>
+      </c>
+      <c r="I94">
+        <v>10.58</v>
+      </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
         <v>377</v>
       </c>
       <c r="B95" t="s">
         <v>378</v>
       </c>
       <c r="C95" t="s">
-        <v>252</v>
-[...6 lines deleted...]
-      </c>
+        <v>379</v>
+      </c>
+      <c r="D95"/>
+      <c r="E95"/>
       <c r="F95">
         <v>2017</v>
       </c>
       <c r="G95" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="H95"/>
-      <c r="I95">
-[...1 lines deleted...]
-      </c>
+      <c r="I95"/>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B96" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C96" t="s">
-        <v>220</v>
+        <v>256</v>
       </c>
       <c r="D96">
-        <v>917</v>
+        <v>1874</v>
       </c>
       <c r="E96">
-        <v>62017</v>
+        <v>40030</v>
       </c>
       <c r="F96">
         <v>2017</v>
       </c>
       <c r="G96" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="H96"/>
       <c r="I96">
-        <v>0.24</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B97" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C97" t="s">
-        <v>385</v>
-[...3 lines deleted...]
-        <v>386</v>
+        <v>225</v>
+      </c>
+      <c r="D97">
+        <v>917</v>
+      </c>
+      <c r="E97">
+        <v>62017</v>
       </c>
       <c r="F97">
         <v>2017</v>
       </c>
       <c r="G97" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="H97"/>
-      <c r="I97"/>
+      <c r="I97">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
+        <v>387</v>
+      </c>
+      <c r="B98" t="s">
         <v>388</v>
       </c>
-      <c r="B98" t="s">
+      <c r="C98" t="s">
         <v>389</v>
       </c>
-      <c r="C98" t="s">
-[...6 lines deleted...]
-        <v>12053</v>
+      <c r="D98"/>
+      <c r="E98" t="s">
+        <v>390</v>
       </c>
       <c r="F98">
         <v>2017</v>
       </c>
       <c r="G98" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="H98"/>
-      <c r="I98">
-[...1 lines deleted...]
-      </c>
+      <c r="I98"/>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B99" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C99" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="D99">
-        <v>917</v>
-[...2 lines deleted...]
-        <v>393</v>
+        <v>929</v>
+      </c>
+      <c r="E99">
+        <v>12053</v>
       </c>
       <c r="F99">
         <v>2017</v>
       </c>
       <c r="G99" t="s">
         <v>394</v>
       </c>
       <c r="H99"/>
       <c r="I99">
         <v>0.24</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
         <v>395</v>
       </c>
       <c r="B100" t="s">
         <v>396</v>
       </c>
       <c r="C100" t="s">
-        <v>243</v>
+        <v>225</v>
       </c>
       <c r="D100">
-        <v>12</v>
+        <v>917</v>
       </c>
       <c r="E100" t="s">
         <v>397</v>
       </c>
       <c r="F100">
         <v>2017</v>
       </c>
       <c r="G100" t="s">
         <v>398</v>
       </c>
-      <c r="H100">
-[...1 lines deleted...]
-      </c>
+      <c r="H100"/>
       <c r="I100">
-        <v>4.23</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
         <v>399</v>
       </c>
       <c r="B101" t="s">
         <v>400</v>
       </c>
       <c r="C101" t="s">
-        <v>252</v>
+        <v>11</v>
       </c>
       <c r="D101">
-        <v>1874</v>
-[...2 lines deleted...]
-        <v>40059</v>
+        <v>12</v>
+      </c>
+      <c r="E101" t="s">
+        <v>401</v>
       </c>
       <c r="F101">
         <v>2017</v>
       </c>
       <c r="G101" t="s">
-        <v>401</v>
-[...1 lines deleted...]
-      <c r="H101"/>
+        <v>402</v>
+      </c>
+      <c r="H101">
+        <v>8.53</v>
+      </c>
       <c r="I101">
-        <v>0.17</v>
+        <v>4.23</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B102" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C102" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="D102">
         <v>1874</v>
       </c>
       <c r="E102">
-        <v>30025</v>
+        <v>40059</v>
       </c>
       <c r="F102">
         <v>2017</v>
       </c>
       <c r="G102" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="H102"/>
       <c r="I102">
         <v>0.17</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B103" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C103" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="D103">
         <v>1874</v>
       </c>
       <c r="E103">
-        <v>30043</v>
+        <v>30025</v>
       </c>
       <c r="F103">
         <v>2017</v>
       </c>
       <c r="G103" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="H103"/>
       <c r="I103">
         <v>0.17</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B104" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C104" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="D104">
         <v>1874</v>
       </c>
       <c r="E104">
-        <v>40031</v>
+        <v>30043</v>
       </c>
       <c r="F104">
         <v>2017</v>
       </c>
       <c r="G104" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="H104"/>
       <c r="I104">
         <v>0.17</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B105" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C105" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="D105">
         <v>1874</v>
       </c>
       <c r="E105">
-        <v>40005</v>
+        <v>40031</v>
       </c>
       <c r="F105">
         <v>2017</v>
       </c>
       <c r="G105" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="H105"/>
       <c r="I105">
         <v>0.17</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B106" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C106" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="D106">
         <v>1874</v>
       </c>
       <c r="E106">
-        <v>40049</v>
+        <v>40005</v>
       </c>
       <c r="F106">
         <v>2017</v>
       </c>
       <c r="G106" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="H106"/>
       <c r="I106">
         <v>0.17</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B107" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C107" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="D107">
         <v>1874</v>
       </c>
       <c r="E107">
-        <v>40027</v>
+        <v>40049</v>
       </c>
       <c r="F107">
         <v>2017</v>
       </c>
       <c r="G107" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="H107"/>
       <c r="I107">
         <v>0.17</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B108" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C108" t="s">
-        <v>122</v>
+        <v>256</v>
       </c>
       <c r="D108">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>422</v>
+        <v>1874</v>
+      </c>
+      <c r="E108">
+        <v>40027</v>
       </c>
       <c r="F108">
         <v>2017</v>
       </c>
       <c r="G108" t="s">
         <v>423</v>
       </c>
-      <c r="H108">
-[...1 lines deleted...]
-      </c>
+      <c r="H108"/>
       <c r="I108">
-        <v>2.93</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
         <v>424</v>
       </c>
       <c r="B109" t="s">
         <v>425</v>
       </c>
       <c r="C109" t="s">
-        <v>188</v>
+        <v>127</v>
       </c>
       <c r="D109">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E109" t="s">
         <v>426</v>
       </c>
       <c r="F109">
         <v>2017</v>
       </c>
       <c r="G109" t="s">
         <v>427</v>
       </c>
       <c r="H109">
-        <v>12.08</v>
+        <v>7.23</v>
       </c>
       <c r="I109">
-        <v>7.45</v>
+        <v>2.93</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
         <v>428</v>
       </c>
       <c r="B110" t="s">
         <v>429</v>
       </c>
       <c r="C110" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="D110">
         <v>17</v>
       </c>
       <c r="E110" t="s">
         <v>430</v>
       </c>
       <c r="F110">
         <v>2017</v>
       </c>
       <c r="G110" t="s">
         <v>431</v>
       </c>
       <c r="H110">
         <v>12.08</v>
       </c>
       <c r="I110">
         <v>7.45</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
         <v>432</v>
       </c>
       <c r="B111" t="s">
         <v>433</v>
       </c>
       <c r="C111" t="s">
+        <v>193</v>
+      </c>
+      <c r="D111">
+        <v>17</v>
+      </c>
+      <c r="E111" t="s">
         <v>434</v>
-      </c>
-[...4 lines deleted...]
-        <v>435</v>
       </c>
       <c r="F111">
         <v>2017</v>
       </c>
       <c r="G111" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="H111">
-        <v>6.88</v>
+        <v>12.08</v>
       </c>
       <c r="I111">
-        <v>3.38</v>
+        <v>7.45</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
+        <v>436</v>
+      </c>
+      <c r="B112" t="s">
         <v>437</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
       <c r="C112" t="s">
         <v>438</v>
       </c>
       <c r="D112">
-        <v>154</v>
+        <v>4</v>
       </c>
       <c r="E112" t="s">
         <v>439</v>
       </c>
       <c r="F112">
         <v>2017</v>
       </c>
       <c r="G112" t="s">
         <v>440</v>
       </c>
       <c r="H112">
-        <v>3.89</v>
+        <v>6.88</v>
       </c>
       <c r="I112">
-        <v>1.08</v>
+        <v>3.38</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
         <v>441</v>
       </c>
       <c r="B113" t="s">
+        <v>425</v>
+      </c>
+      <c r="C113" t="s">
         <v>442</v>
       </c>
-      <c r="C113" t="s">
-[...2 lines deleted...]
-      <c r="D113" t="s">
+      <c r="D113">
+        <v>154</v>
+      </c>
+      <c r="E113" t="s">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
       <c r="F113">
         <v>2017</v>
       </c>
       <c r="G113" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H113">
-        <v>6.88</v>
+        <v>3.89</v>
       </c>
       <c r="I113">
-        <v>3.38</v>
+        <v>1.08</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
+        <v>445</v>
+      </c>
+      <c r="B114" t="s">
         <v>446</v>
       </c>
-      <c r="B114" t="s">
+      <c r="C114" t="s">
+        <v>438</v>
+      </c>
+      <c r="D114" t="s">
         <v>447</v>
       </c>
-      <c r="C114" t="s">
-[...3 lines deleted...]
-      <c r="E114"/>
+      <c r="E114" t="s">
+        <v>448</v>
+      </c>
       <c r="F114">
         <v>2017</v>
       </c>
       <c r="G114" t="s">
-        <v>448</v>
-[...2 lines deleted...]
-      <c r="I114"/>
+        <v>449</v>
+      </c>
+      <c r="H114">
+        <v>6.88</v>
+      </c>
+      <c r="I114">
+        <v>3.38</v>
+      </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B115" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C115" t="s">
-        <v>366</v>
-[...6 lines deleted...]
-      </c>
+        <v>379</v>
+      </c>
+      <c r="D115"/>
+      <c r="E115"/>
       <c r="F115">
         <v>2017</v>
       </c>
       <c r="G115" t="s">
-        <v>451</v>
-[...6 lines deleted...]
-      </c>
+        <v>452</v>
+      </c>
+      <c r="H115"/>
+      <c r="I115"/>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B116" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C116" t="s">
-        <v>122</v>
+        <v>375</v>
       </c>
       <c r="D116">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>454</v>
+        <v>1606034</v>
+      </c>
+      <c r="E116">
+        <v>43709</v>
       </c>
       <c r="F116">
         <v>2017</v>
       </c>
       <c r="G116" t="s">
         <v>455</v>
       </c>
       <c r="H116">
-        <v>7.23</v>
+        <v>21.95</v>
       </c>
       <c r="I116">
-        <v>2.93</v>
+        <v>10.58</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
         <v>456</v>
       </c>
       <c r="B117" t="s">
         <v>457</v>
       </c>
       <c r="C117" t="s">
+        <v>127</v>
+      </c>
+      <c r="D117">
+        <v>9</v>
+      </c>
+      <c r="E117" t="s">
         <v>458</v>
       </c>
-      <c r="D117"/>
-      <c r="E117" t="s">
+      <c r="F117">
+        <v>2017</v>
+      </c>
+      <c r="G117" t="s">
         <v>459</v>
       </c>
-      <c r="F117">
-[...6 lines deleted...]
-      <c r="I117"/>
+      <c r="H117">
+        <v>7.23</v>
+      </c>
+      <c r="I117">
+        <v>2.93</v>
+      </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
+        <v>460</v>
+      </c>
+      <c r="B118" t="s">
         <v>461</v>
       </c>
-      <c r="B118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C118" t="s">
-        <v>277</v>
-[...5 lines deleted...]
-        <v>37090</v>
+        <v>462</v>
+      </c>
+      <c r="D118"/>
+      <c r="E118" t="s">
+        <v>463</v>
       </c>
       <c r="F118">
         <v>2016</v>
       </c>
       <c r="G118" t="s">
-        <v>462</v>
-[...6 lines deleted...]
-      </c>
+        <v>464</v>
+      </c>
+      <c r="H118"/>
+      <c r="I118"/>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B119" t="s">
-        <v>464</v>
+        <v>309</v>
       </c>
       <c r="C119" t="s">
-        <v>458</v>
-[...3 lines deleted...]
-        <v>465</v>
+        <v>281</v>
+      </c>
+      <c r="D119">
+        <v>6</v>
+      </c>
+      <c r="E119">
+        <v>37090</v>
       </c>
       <c r="F119">
         <v>2016</v>
       </c>
       <c r="G119" t="s">
         <v>466</v>
       </c>
-      <c r="H119"/>
-      <c r="I119"/>
+      <c r="H119">
+        <v>4.26</v>
+      </c>
+      <c r="I119">
+        <v>1.69</v>
+      </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
         <v>467</v>
       </c>
       <c r="B120" t="s">
         <v>468</v>
       </c>
       <c r="C120" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="D120"/>
       <c r="E120" t="s">
         <v>469</v>
       </c>
       <c r="F120">
         <v>2016</v>
       </c>
       <c r="G120" t="s">
         <v>470</v>
       </c>
       <c r="H120"/>
       <c r="I120"/>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
         <v>471</v>
       </c>
       <c r="B121" t="s">
         <v>472</v>
       </c>
       <c r="C121" t="s">
+        <v>462</v>
+      </c>
+      <c r="D121"/>
+      <c r="E121" t="s">
         <v>473</v>
       </c>
-      <c r="D121"/>
-      <c r="E121"/>
       <c r="F121">
         <v>2016</v>
       </c>
       <c r="G121" t="s">
         <v>474</v>
       </c>
       <c r="H121"/>
       <c r="I121"/>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
         <v>475</v>
       </c>
       <c r="B122" t="s">
         <v>476</v>
       </c>
       <c r="C122" t="s">
         <v>477</v>
       </c>
-      <c r="D122">
-[...4 lines deleted...]
-      </c>
+      <c r="D122"/>
+      <c r="E122"/>
       <c r="F122">
         <v>2016</v>
       </c>
       <c r="G122" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="H122"/>
       <c r="I122"/>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
+        <v>479</v>
+      </c>
+      <c r="B123" t="s">
         <v>480</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="C123" t="s">
         <v>481</v>
       </c>
       <c r="D123">
-        <v>32</v>
+        <v>7</v>
       </c>
       <c r="E123" t="s">
         <v>482</v>
       </c>
       <c r="F123">
         <v>2016</v>
       </c>
       <c r="G123" t="s">
         <v>483</v>
       </c>
-      <c r="H123">
-[...4 lines deleted...]
-      </c>
+      <c r="H123"/>
+      <c r="I123"/>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
         <v>484</v>
       </c>
       <c r="B124" t="s">
+        <v>309</v>
+      </c>
+      <c r="C124" t="s">
         <v>485</v>
       </c>
-      <c r="C124" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D124">
-        <v>741</v>
-[...2 lines deleted...]
-        <v>12112</v>
+        <v>32</v>
+      </c>
+      <c r="E124" t="s">
+        <v>486</v>
       </c>
       <c r="F124">
         <v>2016</v>
       </c>
       <c r="G124" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="H124"/>
+        <v>487</v>
+      </c>
+      <c r="H124">
+        <v>38.62</v>
+      </c>
       <c r="I124">
-        <v>0.25</v>
+        <v>15.03</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B125" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C125" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="D125">
         <v>741</v>
       </c>
       <c r="E125">
-        <v>12119</v>
+        <v>12112</v>
       </c>
       <c r="F125">
         <v>2016</v>
       </c>
       <c r="G125" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="H125"/>
       <c r="I125">
         <v>0.25</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="B126" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C126" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-      <c r="E126"/>
+        <v>225</v>
+      </c>
+      <c r="D126">
+        <v>741</v>
+      </c>
+      <c r="E126">
+        <v>12119</v>
+      </c>
       <c r="F126">
         <v>2016</v>
       </c>
       <c r="G126" t="s">
         <v>493</v>
       </c>
       <c r="H126"/>
-      <c r="I126"/>
+      <c r="I126">
+        <v>0.25</v>
+      </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
         <v>494</v>
       </c>
       <c r="B127" t="s">
         <v>495</v>
       </c>
       <c r="C127" t="s">
-        <v>122</v>
-[...4 lines deleted...]
-      <c r="E127" t="s">
         <v>496</v>
       </c>
+      <c r="D127"/>
+      <c r="E127"/>
       <c r="F127">
         <v>2016</v>
       </c>
       <c r="G127" t="s">
         <v>497</v>
       </c>
-      <c r="H127">
-[...4 lines deleted...]
-      </c>
+      <c r="H127"/>
+      <c r="I127"/>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
         <v>498</v>
       </c>
       <c r="B128" t="s">
         <v>499</v>
       </c>
       <c r="C128" t="s">
+        <v>127</v>
+      </c>
+      <c r="D128">
+        <v>8</v>
+      </c>
+      <c r="E128" t="s">
         <v>500</v>
-      </c>
-[...4 lines deleted...]
-        <v>501</v>
       </c>
       <c r="F128">
         <v>2016</v>
       </c>
       <c r="G128" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="H128">
-        <v>2.3</v>
+        <v>7.37</v>
       </c>
       <c r="I128">
-        <v>0.85</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
+        <v>502</v>
+      </c>
+      <c r="B129" t="s">
         <v>503</v>
       </c>
-      <c r="B129" t="s">
+      <c r="C129" t="s">
         <v>504</v>
       </c>
-      <c r="C129" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D129">
-        <v>3</v>
+        <v>186</v>
       </c>
       <c r="E129" t="s">
         <v>505</v>
       </c>
       <c r="F129">
         <v>2016</v>
       </c>
       <c r="G129" t="s">
         <v>506</v>
       </c>
       <c r="H129">
-        <v>6.76</v>
+        <v>2.3</v>
       </c>
       <c r="I129">
-        <v>3.47</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
         <v>507</v>
       </c>
       <c r="B130" t="s">
         <v>508</v>
       </c>
       <c r="C130" t="s">
-        <v>220</v>
+        <v>438</v>
       </c>
       <c r="D130">
-        <v>741</v>
-[...2 lines deleted...]
-        <v>12152</v>
+        <v>3</v>
+      </c>
+      <c r="E130" t="s">
+        <v>509</v>
       </c>
       <c r="F130">
         <v>2016</v>
       </c>
       <c r="G130" t="s">
-        <v>509</v>
-[...1 lines deleted...]
-      <c r="H130"/>
+        <v>510</v>
+      </c>
+      <c r="H130">
+        <v>6.76</v>
+      </c>
       <c r="I130">
-        <v>0.25</v>
+        <v>3.47</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="B131" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C131" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="D131">
         <v>741</v>
       </c>
       <c r="E131">
-        <v>12140</v>
+        <v>12152</v>
       </c>
       <c r="F131">
         <v>2016</v>
       </c>
       <c r="G131" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="H131"/>
       <c r="I131">
         <v>0.25</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B132" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C132" t="s">
-        <v>252</v>
+        <v>225</v>
       </c>
       <c r="D132">
-        <v>1748</v>
+        <v>741</v>
       </c>
       <c r="E132">
-        <v>30001</v>
+        <v>12140</v>
       </c>
       <c r="F132">
         <v>2016</v>
       </c>
       <c r="G132" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="H132"/>
       <c r="I132">
-        <v>0.18</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="B133" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C133" t="s">
-        <v>122</v>
+        <v>256</v>
       </c>
       <c r="D133">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>518</v>
+        <v>1748</v>
+      </c>
+      <c r="E133">
+        <v>30001</v>
       </c>
       <c r="F133">
         <v>2016</v>
       </c>
       <c r="G133" t="s">
         <v>519</v>
       </c>
-      <c r="H133">
-[...1 lines deleted...]
-      </c>
+      <c r="H133"/>
       <c r="I133">
-        <v>2.79</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
         <v>520</v>
       </c>
       <c r="B134" t="s">
         <v>521</v>
       </c>
       <c r="C134" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="D134">
         <v>8</v>
       </c>
       <c r="E134" t="s">
         <v>522</v>
       </c>
       <c r="F134">
         <v>2016</v>
       </c>
       <c r="G134" t="s">
         <v>523</v>
       </c>
       <c r="H134">
         <v>7.37</v>
       </c>
       <c r="I134">
         <v>2.79</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
         <v>524</v>
       </c>
       <c r="B135" t="s">
         <v>525</v>
       </c>
       <c r="C135" t="s">
-        <v>220</v>
+        <v>127</v>
       </c>
       <c r="D135">
-        <v>690</v>
-[...2 lines deleted...]
-        <v>12021</v>
+        <v>8</v>
+      </c>
+      <c r="E135" t="s">
+        <v>526</v>
       </c>
       <c r="F135">
         <v>2016</v>
       </c>
       <c r="G135" t="s">
-        <v>526</v>
-[...1 lines deleted...]
-      <c r="H135"/>
+        <v>527</v>
+      </c>
+      <c r="H135">
+        <v>7.37</v>
+      </c>
       <c r="I135">
-        <v>0.25</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B136" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C136" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="D136">
         <v>690</v>
       </c>
       <c r="E136">
-        <v>12020</v>
+        <v>12021</v>
       </c>
       <c r="F136">
         <v>2016</v>
       </c>
       <c r="G136" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="H136"/>
       <c r="I136">
         <v>0.25</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B137" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C137" t="s">
-        <v>366</v>
+        <v>225</v>
       </c>
       <c r="D137">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>532</v>
+        <v>690</v>
+      </c>
+      <c r="E137">
+        <v>12020</v>
       </c>
       <c r="F137">
         <v>2016</v>
       </c>
       <c r="G137" t="s">
         <v>533</v>
       </c>
-      <c r="H137">
-[...1 lines deleted...]
-      </c>
+      <c r="H137"/>
       <c r="I137">
-        <v>9.18</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
         <v>534</v>
       </c>
       <c r="B138" t="s">
         <v>535</v>
       </c>
       <c r="C138" t="s">
+        <v>375</v>
+      </c>
+      <c r="D138">
+        <v>28</v>
+      </c>
+      <c r="E138" t="s">
         <v>536</v>
-      </c>
-[...4 lines deleted...]
-        <v>537</v>
       </c>
       <c r="F138">
         <v>2016</v>
       </c>
       <c r="G138" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="H138">
-        <v>13.94</v>
+        <v>19.79</v>
       </c>
       <c r="I138">
-        <v>6.95</v>
+        <v>9.18</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
+        <v>538</v>
+      </c>
+      <c r="B139" t="s">
         <v>539</v>
       </c>
-      <c r="B139" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C139" t="s">
-        <v>39</v>
+        <v>540</v>
       </c>
       <c r="D139">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="E139" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="F139">
         <v>2016</v>
       </c>
       <c r="G139" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="H139">
-        <v>4.03</v>
+        <v>13.94</v>
       </c>
       <c r="I139">
-        <v>1.23</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B140" t="s">
-        <v>525</v>
+        <v>309</v>
       </c>
       <c r="C140" t="s">
-        <v>122</v>
+        <v>44</v>
       </c>
       <c r="D140">
-        <v>8</v>
+        <v>45</v>
       </c>
       <c r="E140" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="F140">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G140" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="H140">
-        <v>7.76</v>
+        <v>4.03</v>
       </c>
       <c r="I140">
-        <v>2.77</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="B141" t="s">
-        <v>378</v>
+        <v>529</v>
       </c>
       <c r="C141" t="s">
-        <v>277</v>
+        <v>127</v>
       </c>
       <c r="D141">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>19410</v>
+        <v>8</v>
+      </c>
+      <c r="E141" t="s">
+        <v>547</v>
       </c>
       <c r="F141">
         <v>2015</v>
       </c>
       <c r="G141" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="H141">
-        <v>5.23</v>
+        <v>7.76</v>
       </c>
       <c r="I141">
-        <v>2.03</v>
+        <v>2.77</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="B142" t="s">
-        <v>548</v>
+        <v>382</v>
       </c>
       <c r="C142" t="s">
-        <v>243</v>
+        <v>281</v>
       </c>
       <c r="D142">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>549</v>
+        <v>6</v>
+      </c>
+      <c r="E142">
+        <v>19410</v>
       </c>
       <c r="F142">
         <v>2015</v>
       </c>
       <c r="G142" t="s">
         <v>550</v>
       </c>
       <c r="H142">
-        <v>7.49</v>
+        <v>5.23</v>
       </c>
       <c r="I142">
-        <v>4.21</v>
+        <v>2.03</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
         <v>551</v>
       </c>
       <c r="B143" t="s">
-        <v>305</v>
+        <v>552</v>
       </c>
       <c r="C143" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="D143">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="E143" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="F143">
         <v>2015</v>
       </c>
       <c r="G143" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="H143">
-        <v>11.38</v>
+        <v>7.49</v>
       </c>
       <c r="I143">
-        <v>4.86</v>
+        <v>4.21</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B144" t="s">
-        <v>555</v>
+        <v>309</v>
       </c>
       <c r="C144" t="s">
+        <v>24</v>
+      </c>
+      <c r="D144">
+        <v>25</v>
+      </c>
+      <c r="E144" t="s">
         <v>556</v>
       </c>
-      <c r="D144"/>
-      <c r="E144"/>
       <c r="F144">
         <v>2015</v>
       </c>
       <c r="G144" t="s">
         <v>557</v>
       </c>
-      <c r="H144"/>
-      <c r="I144"/>
+      <c r="H144">
+        <v>11.38</v>
+      </c>
+      <c r="I144">
+        <v>4.86</v>
+      </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" t="s">
         <v>558</v>
       </c>
       <c r="B145" t="s">
         <v>559</v>
       </c>
       <c r="C145" t="s">
-        <v>188</v>
-[...4 lines deleted...]
-      <c r="E145" t="s">
         <v>560</v>
       </c>
+      <c r="D145"/>
+      <c r="E145"/>
       <c r="F145">
         <v>2015</v>
       </c>
       <c r="G145" t="s">
         <v>561</v>
       </c>
-      <c r="H145">
-[...4 lines deleted...]
-      </c>
+      <c r="H145"/>
+      <c r="I145"/>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
         <v>562</v>
       </c>
       <c r="B146" t="s">
         <v>563</v>
       </c>
       <c r="C146" t="s">
+        <v>193</v>
+      </c>
+      <c r="D146">
+        <v>15</v>
+      </c>
+      <c r="E146" t="s">
         <v>564</v>
       </c>
-      <c r="D146">
-[...2 lines deleted...]
-      <c r="E146" t="s">
+      <c r="F146">
+        <v>2015</v>
+      </c>
+      <c r="G146" t="s">
         <v>565</v>
       </c>
-      <c r="F146">
-[...4 lines deleted...]
-      </c>
       <c r="H146">
-        <v>0.82</v>
+        <v>13.78</v>
       </c>
       <c r="I146">
-        <v>0.47</v>
+        <v>8.36</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
+        <v>566</v>
+      </c>
+      <c r="B147" t="s">
         <v>567</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="C147" t="s">
         <v>568</v>
       </c>
       <c r="D147">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>317</v>
+        <v>56</v>
+      </c>
+      <c r="E147" t="s">
+        <v>569</v>
       </c>
       <c r="F147">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G147" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="H147">
-        <v>2.48</v>
+        <v>0.82</v>
       </c>
       <c r="I147">
-        <v>0.81</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B148" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="C148" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="D148">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>572</v>
+        <v>8</v>
+      </c>
+      <c r="E148">
+        <v>317</v>
       </c>
       <c r="F148">
         <v>2013</v>
       </c>
       <c r="G148" t="s">
         <v>573</v>
       </c>
       <c r="H148">
-        <v>0.89</v>
+        <v>2.48</v>
       </c>
       <c r="I148">
-        <v>0.59</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" t="s">
         <v>574</v>
       </c>
       <c r="B149" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="C149" t="s">
         <v>575</v>
       </c>
       <c r="D149">
-        <v>677</v>
+        <v>43</v>
       </c>
       <c r="E149" t="s">
         <v>576</v>
       </c>
       <c r="F149">
         <v>2013</v>
       </c>
       <c r="G149" t="s">
         <v>577</v>
       </c>
-      <c r="H149"/>
-      <c r="I149"/>
+      <c r="H149">
+        <v>0.89</v>
+      </c>
+      <c r="I149">
+        <v>0.59</v>
+      </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" t="s">
         <v>578</v>
       </c>
       <c r="B150" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="C150" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
       <c r="D150">
         <v>677</v>
       </c>
       <c r="E150" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="F150">
         <v>2013</v>
       </c>
       <c r="G150" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="H150"/>
       <c r="I150"/>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="B151" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="C151" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="D151">
-        <v>111</v>
+        <v>677</v>
       </c>
       <c r="E151" t="s">
         <v>583</v>
       </c>
       <c r="F151">
         <v>2013</v>
       </c>
       <c r="G151" t="s">
         <v>584</v>
       </c>
-      <c r="H151">
-[...4 lines deleted...]
-      </c>
+      <c r="H151"/>
+      <c r="I151"/>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" t="s">
         <v>585</v>
       </c>
       <c r="B152" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="C152" t="s">
         <v>586</v>
       </c>
-      <c r="D152"/>
+      <c r="D152">
+        <v>111</v>
+      </c>
       <c r="E152" t="s">
         <v>587</v>
       </c>
       <c r="F152">
         <v>2013</v>
       </c>
-      <c r="G152"/>
-[...1 lines deleted...]
-      <c r="I152"/>
+      <c r="G152" t="s">
+        <v>588</v>
+      </c>
+      <c r="H152">
+        <v>1.69</v>
+      </c>
+      <c r="I152">
+        <v>0.51</v>
+      </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="B153" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="C153" t="s">
-        <v>589</v>
-[...5 lines deleted...]
-        <v>1208</v>
+        <v>590</v>
+      </c>
+      <c r="D153"/>
+      <c r="E153" t="s">
+        <v>591</v>
       </c>
       <c r="F153">
-        <v>2012</v>
-[...9 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="G153"/>
+      <c r="H153"/>
+      <c r="I153"/>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B154" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="C154" t="s">
-        <v>592</v>
-[...2 lines deleted...]
-      <c r="E154" t="s">
         <v>593</v>
       </c>
+      <c r="D154">
+        <v>14</v>
+      </c>
+      <c r="E154">
+        <v>1208</v>
+      </c>
       <c r="F154">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G154" t="s">
         <v>594</v>
       </c>
-      <c r="H154"/>
-      <c r="I154"/>
+      <c r="H154">
+        <v>2.18</v>
+      </c>
+      <c r="I154">
+        <v>0.86</v>
+      </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" t="s">
         <v>595</v>
       </c>
       <c r="B155" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="C155" t="s">
         <v>596</v>
       </c>
-      <c r="D155">
-[...3 lines deleted...]
-        <v>43650</v>
+      <c r="D155"/>
+      <c r="E155" t="s">
+        <v>597</v>
       </c>
       <c r="F155">
         <v>2011</v>
       </c>
       <c r="G155" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="H155"/>
       <c r="I155"/>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="B156" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="C156" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="D156">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="E156">
-        <v>53528</v>
+        <v>43650</v>
       </c>
       <c r="F156">
         <v>2011</v>
       </c>
       <c r="G156" t="s">
-        <v>599</v>
-[...6 lines deleted...]
-      </c>
+        <v>598</v>
+      </c>
+      <c r="H156"/>
+      <c r="I156"/>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="B157" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="C157" t="s">
-        <v>601</v>
-[...2 lines deleted...]
-      <c r="E157" t="s">
         <v>602</v>
+      </c>
+      <c r="D157">
+        <v>5</v>
+      </c>
+      <c r="E157">
+        <v>53528</v>
       </c>
       <c r="F157">
         <v>2011</v>
       </c>
-      <c r="G157"/>
-[...1 lines deleted...]
-      <c r="I157"/>
+      <c r="G157" t="s">
+        <v>603</v>
+      </c>
+      <c r="H157">
+        <v>1.57</v>
+      </c>
+      <c r="I157">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B158" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="C158" t="s">
-        <v>596</v>
-[...3 lines deleted...]
-      </c>
+        <v>605</v>
+      </c>
+      <c r="D158"/>
       <c r="E158" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="F158">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G158"/>
       <c r="H158"/>
       <c r="I158"/>
+    </row>
+    <row r="159" spans="1:9">
+      <c r="A159" t="s">
+        <v>607</v>
+      </c>
+      <c r="B159" t="s">
+        <v>309</v>
+      </c>
+      <c r="C159" t="s">
+        <v>600</v>
+      </c>
+      <c r="D159">
+        <v>12</v>
+      </c>
+      <c r="E159" t="s">
+        <v>608</v>
+      </c>
+      <c r="F159">
+        <v>2010</v>
+      </c>
+      <c r="G159"/>
+      <c r="H159"/>
+      <c r="I159"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>