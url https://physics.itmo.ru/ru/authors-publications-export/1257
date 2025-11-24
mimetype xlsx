--- v1 (2025-11-03)
+++ v2 (2025-11-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="609">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="618">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
@@ -140,50 +140,65 @@
   <si>
     <t>Ultrathin Lanthanide‐Based Metal‐Organic Nanosheets with Thickness‐ and Temperature‐Driven Light Emission</t>
   </si>
   <si>
     <t>Pavel Alekseevskiy, Xiaolin Yu, Anastasia Efimova, Nikolaj Zhestkij, Yuri Mezenov, Yuliya Kenzhebayeva, Svyatoslav Povarov, Anastasiia Liubimova, Semyon Bachinin, Evgeniia Stepanidenko, Vyacheslav Dyachuk, Nan Li, Vladimir P. Fedin, Andrei S. Potapov, Valentin Milichko</t>
   </si>
   <si>
     <t>Laser &amp;amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202401912</t>
   </si>
   <si>
     <t>Transformation of 3D Metal–Organic Frameworks into Nanosheets with Enhanced Memristive Behavior for Electronic Data Processing</t>
   </si>
   <si>
     <t>Yuri Mezenov, Semyon Bachinin, Yuliya Kenzhebayeva, Anastasia Efimova, Pavel Alekseevskiy, Daria Poloneeva, Anastasia Lubimova, Svyatoslav Povarov, Vladimir Shirobokov, Mikhail Dunaevskiy, Aleksandra S. Falchevskaya, Andrei S. Potapov, Alexander Novikov, Artem A. Selyutin, Pascal Boulet, Alena Kulakova, Valentin Milichko</t>
   </si>
   <si>
     <t>Advanced Science</t>
   </si>
   <si>
     <t>10.1002/advs.202405989</t>
   </si>
   <si>
+    <t>Transition metal-based MOFs for Fenton-like photocatalytic degradation of organic pollutants: Performance, stability, and biocompatibility</t>
+  </si>
+  <si>
+    <t>S.M. Tikhanova, Yu.A. Tishchenko, E.Yu. Stovpiaga, Maria Timofeeva, Dmitry  Lipin, Svyatoslav Povarov, Valentin Milichko, Alexander Timin, Sergei Shipilovskikh, V.I. Popkov</t>
+  </si>
+  <si>
+    <t>Environmental Chemistry and Ecotoxicology</t>
+  </si>
+  <si>
+    <t>305-318</t>
+  </si>
+  <si>
+    <t>10.1016/j.enceco.2025.01.003</t>
+  </si>
+  <si>
     <t>Error compensated MOF-based ReRAM array for encrypted logical operations</t>
   </si>
   <si>
     <t>Semyon Bachinin, Sergei Rzhevskii, Ivan Sergeev, Svyatoslav Povarov, Alena Kulakova, Anastasiia Liubimova, Varvara Kharitonova, Valentin Milichko</t>
   </si>
   <si>
     <t>Dalton Transactions</t>
   </si>
   <si>
     <t>1418-1424</t>
   </si>
   <si>
     <t>10.1039/d4dt02880e</t>
   </si>
   <si>
     <t>A light-driven ultrafast sensor based on biocompatible solvatochromic metal–organic frameworks</t>
   </si>
   <si>
     <t>Maria Timofeeva, Yuliya Kenzhebayeva, Nikita Burzak, Agniia Bazhenova, Artem Lunev, Alexander S. Novikov, Andrey B. Bondarenko, Sergei Shipilovskikh, Vyacheslav A. Dyachuk, Valentin Milichko</t>
   </si>
   <si>
     <t>Materials Horizons</t>
   </si>
   <si>
     <t>10.1039/d4mh01264j</t>
@@ -281,95 +296,107 @@
   <si>
     <t>Non-thermal plasma etching of MOF thin films in high optical quality for interference sensing</t>
   </si>
   <si>
     <t>Pavel Alekseevskiy, Maria Timofeeva, Semyon Bachinin, Regis Peignier, Cedric Noel, Pascal Boulet, Thierry Belmonte, Valentin Milichko</t>
   </si>
   <si>
     <t>Optical Materials</t>
   </si>
   <si>
     <t>10.1016/j.optmat.2024.115666</t>
   </si>
   <si>
     <t>Tailoring the nonlinear optical response of high-entropy alloy thin films through compositional and structural modification</t>
   </si>
   <si>
     <t>Salah-Eddine Benrazzouq, Ekaterina Gunina, Svyatoslav Povarov, Jaafar Ghanbaja, Sylvie Migot, Alexandre Nomine, Jean-François Pierson, Valentin Milichko</t>
   </si>
   <si>
     <t>Advances in Optical Thin Films VIII</t>
   </si>
   <si>
     <t>10.1117/12.3016680</t>
   </si>
   <si>
+    <t>Optical modulator based on 2D metal-organic framework single crystal with light driven anisotropy</t>
+  </si>
+  <si>
+    <t>Yuliya Kenzhebayeva, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>Photosensitive Materials and their Applications III</t>
+  </si>
+  <si>
+    <t>10.1117/12.3016559</t>
+  </si>
+  <si>
     <t>From grayscale towards multi-color laser printing inside non-linear metal-organic framework microcrystals</t>
   </si>
   <si>
     <t>Nikolaj Zhestkij, Anastasia Efimova, Sergei Shipilovskikh, Valentin Milichko</t>
   </si>
   <si>
-    <t>Photosensitive Materials and their Applications III</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1117/12.3022176</t>
   </si>
   <si>
-    <t>Optical modulator based on 2D metal-organic framework single crystal with light driven anisotropy</t>
-[...7 lines deleted...]
-  <si>
     <t>Green synthesis of luminescent La-MOF nanoparticle from waste poly(ethylene terephthalate) for high-performance in Fe(III) detection</t>
   </si>
   <si>
     <t>Zhi Gong, Zhi-Kui Dai, Zhi-Yue Dong, Qiu-Xuan Liu, Valentin Milichko, Hua-Jian Liu, Jie Liu, Ran Niu, Jiang Gong</t>
   </si>
   <si>
     <t>Rare Metals</t>
   </si>
   <si>
     <t>3833-3843</t>
   </si>
   <si>
     <t>10.1007/s12598-024-02696-8</t>
   </si>
   <si>
     <t>Light-driven anisotropy of 2D metal-organic framework single crystal for repeatable optical modulation</t>
   </si>
   <si>
     <t>Yuliya Kenzhebayeva, Nikita Kulachenkov, Sergei Rzhevskii, Pavel A. Slepukhin, Vladimir V. Shilovskikh, Anastasia Efimova, Pavel Alekseevskiy, Gennady Y. Gor, Alina Emelianova, Sergei Shipilovskikh, Irina D. Yushina, Alexander Krylov, Dmitry I. Pavlov, Vladimir P. Fedin, Andrei S. Potapov, Valentin Milichko</t>
   </si>
   <si>
     <t>10.1038/s43246-024-00485-5</t>
   </si>
   <si>
+    <t>Two-dimensional thin and porous membranes for gas molecules sensing</t>
+  </si>
+  <si>
+    <t>Anastasia Efimova, Pavel Alekseevskiy, Maria Timofeeva, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>Optical Sensing and Detection VIII</t>
+  </si>
+  <si>
+    <t>10.1117/12.3021972</t>
+  </si>
+  <si>
     <t>Prediction of Metal–Organic Frameworks with Phase Transition via Machine Learning</t>
   </si>
   <si>
     <t>Grigorij Karsakov, Vladimir Shirobokov, Alena Kulakova, Valentin Milichko</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry Letters</t>
   </si>
   <si>
     <t>3089–3095</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.3c03639</t>
   </si>
   <si>
     <t>Grayscale to Multicolor Laser Writing Inside a Label‐Free Metal‐Organic Frameworks</t>
   </si>
   <si>
     <t>Nikolaj Zhestkij, Anastasia Efimova, Yuliya Kenzhebayeva, Svyatoslav Povarov, Pavel Alekseevskiy, Sergei Rzhevskii, Sergei Shipilovskikh, Valentin Milichko</t>
   </si>
   <si>
     <t>10.1002/adfm.202311235</t>
   </si>
   <si>
     <t>Application of DUT-4 MOF structure switching for optical and electrical humidity sensing</t>
@@ -434,77 +461,77 @@
   <si>
     <t>10.1021/acsaom.3c00340</t>
   </si>
   <si>
     <t>Metal-organic frameworks as competitive non-linear optical materials: light conversion and structural modification</t>
   </si>
   <si>
     <t>Nikolaj Zhestkij, Anastasia Efimova, Yuliya Kenzhebayeva, Sergei Shipilovskikh, Valentin Milichko</t>
   </si>
   <si>
     <t>Nanophotonics and Micro/Nano Optics IX</t>
   </si>
   <si>
     <t>10.1117/12.2691151</t>
   </si>
   <si>
     <t>Memristive behavior of UiO-66 metal-organic framework single crystal</t>
   </si>
   <si>
     <t>Semyon Bachinin, Anastasiia Liubimova, Svyatoslav Povarov, Dmitrii Zubok, Elizaveta Okoneshnikova, Alena Kulakova, Sergei Rzhevskii, Valentin Milichko</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2023.101206</t>
   </si>
   <si>
+    <t>3D Optical Reconstruction of the Nervous System of the Whole-Body Marine Invertebrates</t>
+  </si>
+  <si>
+    <t>Valentin Milichko, Vyacheslav Dyachuk</t>
+  </si>
+  <si>
+    <t>Chemical &amp;amp; Biomedical Imaging</t>
+  </si>
+  <si>
+    <t>852-863</t>
+  </si>
+  <si>
+    <t>10.1021/cbmi.3c00087</t>
+  </si>
+  <si>
     <t>Self‐Assembly of Hydrogen‐Bonded Organic Crystals on Arbitrary Surfaces for Efficient Amplified Spontaneous Emission</t>
   </si>
   <si>
     <t>Yuliya Kenzhebayeva, Irina Gorbunova, Arthur Dolgopolov, Maksim V. Dmitriev, Timur Sh. Atabaev, Evgeniia A. Stepanidenko, Anastasia Efimova, Alexander S. Novikov, Sergei Shipilovskikh, Valentin Milichko</t>
   </si>
   <si>
     <t>Advanced Photonics Research</t>
   </si>
   <si>
     <t>10.1002/adpr.202300173</t>
   </si>
   <si>
-    <t>3D Optical Reconstruction of the Nervous System of the Whole-Body Marine Invertebrates</t>
-[...13 lines deleted...]
-  <si>
     <t>UiO-66 metal organic framework as stable platform for non-linear optical applications</t>
   </si>
   <si>
     <t>Nikolaj Zhestkij, Svyatoslav Povarov, Yuri Mezenov, Sergei Rzhevskii, Alena Kulakova, Valentin Milichko</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2023.101198</t>
   </si>
   <si>
     <t>Laser-Assisted Design of MOF-Derivative Platforms from Nano- to Centimeter Scales for Photonic and Catalytic Applications</t>
   </si>
   <si>
     <t>Ekaterina Gunina, Nikolaj Zhestkij, Maksim Sergeev, Semyon Bachinin, Yuri Mezenov, Nikita Kulachenkov, Maria Timofeeva, Valentina Ivashchenko, Alexander Timin, Sergei Shipilovskikh, Dmitry I. Pavlov, Andrei S. Potapov, Jiang Gong, Laura Khamkhash, Timur Sh. Atabaev, Stephanie Bruyere, Valentin Milichko</t>
   </si>
   <si>
     <t>10.1021/acsami.3c10193</t>
   </si>
   <si>
     <t>Exfoliation of 2D Metal‐Organic Frameworks: toward Advanced Scalable Materials for Optical Sensing</t>
   </si>
   <si>
     <t>Anastasia Efimova, Pavel Alekseevskiy, Maria Timofeeva, Yuliya Kenzhebayeva, Alina Kuleshova, Irina Koryakina,  Pavlov Dmitry I., Taisiya S. Sukhikh, Andrei S. Potapov, Sergei Shipilovskikh, Nan Li, Valentin Milichko</t>
   </si>
   <si>
     <t>Small Methods</t>
@@ -665,68 +692,68 @@
   <si>
     <t>10.1021/acsanm.1c04308</t>
   </si>
   <si>
     <t>Light-Induced Color Switching of Single Metal–Organic Framework Nanocrystals</t>
   </si>
   <si>
     <t>Yuliya Kenzhebayeva, Semyon Bachinin, Aleksandr Solomonov, Venera Gilemkhanova, Sergei Shipilovskikh, Nikita Kulachenkov, Sergey P. Fisenko, Mikhail Rybin, Valentin Milichko</t>
   </si>
   <si>
     <t>777-783</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.1c03630</t>
   </si>
   <si>
     <t>The influence of substitutes on the room temperature photoluminescence of 2-amino-4-oxobut-2-enoic acid molecular crystals</t>
   </si>
   <si>
     <t>Ekaterina Gunina, Nikolaj Zhestkij, Semyon Bachinin, Sergey P. Fisenko, Daria. A. Shipilovskikh, Valentin Milichko, Sergei Shipilovskikh</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2021.100990</t>
   </si>
   <si>
+    <t>Synthesis of highly stable luminescent molecular crystals based on (E)-2-((3-(ethoxycarbonyl)-5-methyl-4-phenylthiophen-2- yl)amino)-4-oxo-4-(p-tolyl)but-2-enoic acid</t>
+  </si>
+  <si>
+    <t>Nikolaj Zhestkij, Ekaterina Gunina, S. P. Fisenko, A. E. Rubtsov, D. A. Shipilovskikh, Valentin Milichko, Sergei Shipilovskikh</t>
+  </si>
+  <si>
+    <t>Chimica Techno Acta</t>
+  </si>
+  <si>
+    <t>10.15826/chimtech.2021.8.4.11</t>
+  </si>
+  <si>
     <t>Synthesis of highly stable luminescent molecular crystals based on (E)-2-((3-(ethoxycarbonyl)-5-methyl-4-phenylthiophen-2-yl)amino)-4-oxo-4-(p-tolyl)but-2-enoic acid</t>
   </si>
   <si>
     <t>N. A. Zhestkij, Ekaterina Gunina, S. P. Fisenko, A. E. Rubtsov, D. A. Shipilovskikh, Valentin Milichko, Sergei Shipilovskikh</t>
   </si>
   <si>
-    <t>Chimica Techno Acta</t>
-[...10 lines deleted...]
-  <si>
     <t>Linear optical properties of HKUST-1 metal-organic framework: Effect of the crystal size and synthetic approach</t>
   </si>
   <si>
     <t>Yuliya Kenzhebayeva, Semyon Bachinin, Venera Gilemkhanova, Valentin Milichko</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>012059</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012059</t>
   </si>
   <si>
     <t>Tuneable photoluminescence of TBAPY-based Metal-Organic Complex</t>
   </si>
   <si>
     <t>Maria Timofeeva, Semyon Bachinin, Valentin Milichko</t>
   </si>
   <si>
     <t>012151</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012151</t>
@@ -776,101 +803,101 @@
   <si>
     <t>Adaptive Nanoparticle‐Polymer Complexes as Optical Elements: Design and Application in Nanophotonics and Nanomedicine</t>
   </si>
   <si>
     <t>Pavel Talianov, Landysh Fatkhutdinova, Alexander S. Timin, Valentin Milichko, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>10.1002/lpor.202000421</t>
   </si>
   <si>
     <t>All‐Dielectric Nanostructures with a Thermoresponsible Dynamic Polymer Shell</t>
   </si>
   <si>
     <t>Anna A. Nikitina, Valentin Milichko, Alexander S. Novikov, Artem Larin, Proloy Nandi, Utkur Mirsaidov, Daria V. Andreeva, Mikhail Rybin, Yuri Kivshar, Ekaterina V. Skorb</t>
   </si>
   <si>
     <t>Angewandte Chemie International Edition</t>
   </si>
   <si>
     <t>12737-12741</t>
   </si>
   <si>
     <t>10.1002/anie.202101188</t>
   </si>
   <si>
+    <t>Optical switching in metal-organic framework</t>
+  </si>
+  <si>
+    <t>Nikita Kulachenkov, Andrei Yankin, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020073</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031913</t>
+  </si>
+  <si>
+    <t>Electron beam induced nanoparticle growth in metal-organic frameworks</t>
+  </si>
+  <si>
+    <t>Yuri Mezenov, Nikita Kulachenkov, Stéphanie Bruyere, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>020086</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031914</t>
+  </si>
+  <si>
     <t>Sonication of 2D metal-organic framework for atomic force microscopy</t>
   </si>
   <si>
     <t>Pavel Alekseevskiy, Andrei Yankin, Marina O. Barsukova, Valentin Milichko</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020001</t>
   </si>
   <si>
     <t>10.1063/5.0031912</t>
   </si>
   <si>
     <t>Zebrafish as model system for cancer development</t>
   </si>
   <si>
     <t>Maxim Shirokov, Valentin Milichko, Vyacheslav Dyachuk</t>
   </si>
   <si>
     <t>020116</t>
   </si>
   <si>
     <t>10.1063/5.0031986</t>
   </si>
   <si>
-    <t>Optical switching in metal-organic framework</t>
-[...22 lines deleted...]
-  <si>
     <t>Polymer Matrix Incorporated with ZIF-8 for Application in Nonlinear Optics</t>
   </si>
   <si>
     <t>Yuri Mezenov, Nikita Kulachenkov, Andrei Yankin, Sergey S. Rzhevskiy, Pavel Alekseevskiy, Venera Gilemkhanova, Semyon Bachinin, Vyacheslav Dyachuk, Valentin Milichko</t>
   </si>
   <si>
     <t>Nanomaterials</t>
   </si>
   <si>
     <t>10.3390/nano10061036</t>
   </si>
   <si>
     <t>Photochromic Free MOF‐Based Near‐Infrared Optical Switch</t>
   </si>
   <si>
     <t>Valentin Milichko, Nikita Kulachenkov, Dapeng Sun, Yuri Mezenov, Andrei Yankin, Sergey Rzevskiy, Vyacheslav Dyachuk, Alexandre Nomine, Ghouti Medjahdi, Evgeny A. Pidko</t>
   </si>
   <si>
     <t>15522 –15526</t>
   </si>
   <si>
     <t>10.1002/anie.202004293</t>
   </si>
   <si>
     <t>Exceptional Concentrations of Gold Nanoparticles in 1,7 Ga Fluid Inclusions From the Kola Superdeep Borehole, Northwest Russia</t>
@@ -959,95 +986,95 @@
   <si>
     <t>10.1039/c9nr02167a</t>
   </si>
   <si>
     <t>Optical interference-based sensors for the visual detection of nano-scale objects</t>
   </si>
   <si>
     <t>Valentin Milichko</t>
   </si>
   <si>
     <t>6343-6351</t>
   </si>
   <si>
     <t>10.1039/c9nr00616h</t>
   </si>
   <si>
     <t>Reconfigurable Near-field Enhancement with Hybrid Metal-Dielectric Oligomers</t>
   </si>
   <si>
     <t>Yali Sun, Ivan Sinev, Anastasia Zalogina, Eduard Ageev, Hadi Shamkhi Al Naeemah, Filipp Komissarenko, Sergey Lepeshov, Valentin Milichko, Sergey Makarov, Ivan Mukhin, Dmitry Zuev</t>
   </si>
   <si>
     <t>10.1002/lpor.201800274</t>
   </si>
   <si>
+    <t>A new tool for imaging and reconstruction of optically cleared invertebrate animals</t>
+  </si>
+  <si>
+    <t>012088</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012088</t>
+  </si>
+  <si>
     <t>Light induced heating of Ge nanoparticle covered by BSA</t>
   </si>
   <si>
     <t>Andrey Krasilin, Dmitry Zuev, Vyacheslav Dyachuk, Valentin Milichko</t>
   </si>
   <si>
     <t>012089</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012089</t>
   </si>
   <si>
     <t>Second harmonic generation from metal-organic framework derivatives</t>
   </si>
   <si>
     <t>Pavel Trofimov, S A Sapchenko, Anastasia Zalogina, Valentin Milichko</t>
   </si>
   <si>
     <t>012091</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012091</t>
   </si>
   <si>
     <t>Nanometer scale metal-organic framework nanoparticles for optical application</t>
   </si>
   <si>
     <t>Alexandre Nomine, S A Sapchenko, J Ghanbaja, S Bruyère, Anastasia Zalogina, Pavel Trofimov, Andrey Krasilin, Valentin Milichko</t>
   </si>
   <si>
     <t>012090</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012090</t>
   </si>
   <si>
-    <t>A new tool for imaging and reconstruction of optically cleared invertebrate animals</t>
-[...7 lines deleted...]
-  <si>
     <t>Holographic sol–gel monoliths: optical properties and application for humidity sensing</t>
   </si>
   <si>
     <t>Daniil A. Ilatovskii, Valentin Milichko</t>
   </si>
   <si>
     <t>Royal Society Open Science</t>
   </si>
   <si>
     <t>10.1098/rsos.172465</t>
   </si>
   <si>
     <t>Purcell effect in active diamond nanoantennas</t>
   </si>
   <si>
     <t>Anastasia Zalogina, Roman Savelev, Georgiy Zograf, Filipp Komissarenko, Valentin Milichko, Sergey Makarov, Dmitry Zuev</t>
   </si>
   <si>
     <t>8721-8727</t>
   </si>
   <si>
     <t>10.1039/C7NR07953B</t>
   </si>
   <si>
     <t>The conformation of BSA adsorbed to the surface of single all-dielectric nanoparticles following light-induced heating</t>
@@ -1058,314 +1085,314 @@
   <si>
     <t>Journal of Biophotonics</t>
   </si>
   <si>
     <t>e201700322</t>
   </si>
   <si>
     <t>10.1002/jbio.201700322</t>
   </si>
   <si>
     <t>Composites based on heparin and MIL-101(Fe): the drug releasing depot for anticoagulant therapy and advanced medical nanofabrication</t>
   </si>
   <si>
     <t>Andrey S. Drozdov, Leila R. Mingabudinova, Emiliya M. Shabanova, Nina O. Kolchina, Elizaveta I. Anastasova, Alina A. Markova, Alexander A. Shtil, Valentin Milichko, Galina L. Starova, Rafaella L. M. Precker, Evamarie Hey-Hawkins, Evgeny A. Pidko</t>
   </si>
   <si>
     <t>Journal of Materials Chemistry B</t>
   </si>
   <si>
     <t>2450-2459</t>
   </si>
   <si>
     <t>10.1039/c8tb00072g</t>
   </si>
   <si>
+    <t>Highly efficient optical heating of non-plasmonic nananoparticles</t>
+  </si>
+  <si>
+    <t>Georgiy Zograf, Mihail Petrov, Dmitry Zuev, Valentin Milichko, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
+  </si>
+  <si>
+    <t>10.1109/piers.2017.8261981</t>
+  </si>
+  <si>
     <t>Multifunctional sensing with hybrid nanophotonic structures</t>
   </si>
   <si>
     <t>Dmitry Zuev,  Baranov D. G., Georgiy Zograf, Sergey Makarov, K. V. Volodina, Andrey Krasilin, Ivan Mukhin, Pavel Dmitriev, Valentin Milichko, E. A. Pidko</t>
   </si>
   <si>
-    <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
-[...1 lines deleted...]
-  <si>
     <t>1491-1493</t>
   </si>
   <si>
     <t>10.1109/piers.2017.8261982</t>
   </si>
   <si>
     <t>Nanocrystalline resonant silicon nanoparticle for highly efficient second harmonic generation</t>
   </si>
   <si>
     <t>Sergey Makarov, Mihail Petrov, Tim Fischer, Valentin Milichko, Dmitry Zuev, Georgiy Zograf, Daria A. Smirnova, Sergey V. Starikov, Boris N. Chichkov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1109/piers.2017.8262339</t>
   </si>
   <si>
     <t>Nanoimprinted hybrid perovskite metasurfaces</t>
   </si>
   <si>
     <t>Sergey Makarov, Valentin Milichko, Yuri Kivshar, Anvar Zakhidov</t>
   </si>
   <si>
     <t>10.1109/piers.2017.8261891</t>
   </si>
   <si>
-    <t>Highly efficient optical heating of non-plasmonic nananoparticles</t>
-[...7 lines deleted...]
-  <si>
     <t>Nanoscale optical high-temperature sensor</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Ivan Sinev, Anton Samusev, Dmitry Zuev, Valentin Milichko, Sergey Makarov</t>
   </si>
   <si>
     <t>2017 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
   </si>
   <si>
     <t>10.1109/comcas.2017.8244856</t>
   </si>
   <si>
     <t>Hybrid nanocavity for molecular sensing</t>
   </si>
   <si>
     <t>Valentin Milichko, Kristina Frizyuk, Pavel Dmitriev, Dmitry Zuev, Georgiy Zograf, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>10.1109/comcas.2017.8244858</t>
   </si>
   <si>
+    <t>Response to Comment “On the Existence of Excitonic Signatures in the Optical Response of Metal–Organic Frameworks”</t>
+  </si>
+  <si>
+    <t>Advanced Materials</t>
+  </si>
+  <si>
+    <t>10.1002/adma.201705261</t>
+  </si>
+  <si>
     <t>Nanoscale generation of white light for ultrabroadband nanospectroscopy</t>
   </si>
   <si>
     <t>Sergey Makarov, Ivan Sinev, Valentin Milichko, Filipp Komissarenko, Dmitry Zuev, Ivan Mukhin, Pavel Belov, Ivan Iorsh, Alexander Poddubny, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>18 (1)</t>
   </si>
   <si>
     <t>535–539</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.7b04542</t>
   </si>
   <si>
-    <t>Response to Comment “On the Existence of Excitonic Signatures in the Optical Response of Metal–Organic Frameworks”</t>
-[...7 lines deleted...]
-  <si>
     <t>2D thermal map calculation and experimental study for optical heating of resonant non-plasmonic nanoparticles</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Dmitry Zuev, Valentin Milichko, Pavel Dmitriev, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>2017 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>10.1109/dd.2017.8168050</t>
   </si>
   <si>
+    <t>Fabrication of spherical GeSbTe nanoparticles by laser printing technique</t>
+  </si>
+  <si>
+    <t>Mohammad Tajik, Dmitry Zuev, Valentin Milichko, Mikhail Rybin, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/917/6/062017</t>
+  </si>
+  <si>
+    <t>Metal-dielectric nanocavity as a versatile optical sensing platform</t>
+  </si>
+  <si>
+    <t>Valentin Milichko, Dmitry Zuev, Dmitry Baranov, Georgiy Zograf, Andrey Krasilin, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>2017 11th Int. Congress on Engineered Materials Platforms for Novel Wave Phenomena (Metamaterials)</t>
+  </si>
+  <si>
+    <t>403-405</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2017.8107828</t>
+  </si>
+  <si>
     <t>Optical spatial modulation of luminescent properties of van der Waals metal-organic framework</t>
   </si>
   <si>
     <t>Valentin Milichko, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1063/1.4998103</t>
   </si>
   <si>
-    <t>Fabrication of spherical GeSbTe nanoparticles by laser printing technique</t>
-[...22 lines deleted...]
-  <si>
     <t>Laser deposition of resonant silicon nanoparticles on perovskite for photoluminescence enhancement</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Anastasia Zalogina, Valentin Milichko, Dmitry Zuev, Mikhail Omelyanovich, Arthur Ishteev, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/929/1/012053</t>
   </si>
   <si>
     <t>Laser post-processing of halide perovskites for enhanced photoluminescence and absorbance</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Filipp Komissarenko, Arthur Ishteev, Valentin Milichko, Dmitry Zuev, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>062002</t>
   </si>
   <si>
     <t>10.1088/1742-6596/917/6/062002</t>
   </si>
   <si>
     <t>Metal-Dielectric Nanocavity for Real-Time Tracing Molecular Events with Temperature Feedback</t>
   </si>
   <si>
     <t>Valentin Milichko, Dmitry Zuev, Georgiy Zograf, Andrey Krasilin, Ivan Mukhin, Pavel Dmitriev, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>UNSP 1700227</t>
   </si>
   <si>
     <t>10.1002/lpor.201700227</t>
   </si>
   <si>
+    <t>Resonant optical properties of crystalline silicon nanoparticles fabricated by laser ablation-based methods</t>
+  </si>
+  <si>
+    <t>Pavel Dmitriev, Dmitry Baranov, Valentin Milichko, Ivan Mukhin, Sergey Makarov, Anton Samusev, Georgiy Zograf, Dmitry Zuev, Katherine Makarova, Mihail Petrov, Ivan Sinev, Maxim Gorlach, Kristina Frizyuk, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998078</t>
+  </si>
+  <si>
+    <t>Resonant halide perovskite nanoparticles</t>
+  </si>
+  <si>
+    <t>Ekaterina Tiguntseva, Filipp Komissarenko, Dmitry Zuev, Valentin Milichko, Sergey Makarov, Anvar Zakhidov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998122</t>
+  </si>
+  <si>
+    <t>Optical properties of GST nanoparticles fabricated by laser printing technique</t>
+  </si>
+  <si>
+    <t>Mohammad Tajik, Valentin Milichko, Dmitry Zuev, Mikhail Rybin, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998100</t>
+  </si>
+  <si>
     <t>Enhancement of second harmonic generation in chiral metal-organic frameworks with silicon nanoparticles</t>
   </si>
   <si>
     <t>Anastasia Zalogina, Dmitry Zuev, Sergey Makarov, Valentin Milichko, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998132</t>
   </si>
   <si>
     <t>Nano-architecture of metal-organic frameworks</t>
   </si>
   <si>
     <t>Valentin Milichko, Anastasia Zalogina, Andrey Krasilin, Ivan Mukhin, Dmitry Zuev, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1063/1.4998054</t>
   </si>
   <si>
     <t>Gap size impact on metal-dielectric nanocavity heater properties</t>
   </si>
   <si>
     <t>Georgiy Zograf, Dmitry Zuev, Valentin Milichko, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1063/1.4998072</t>
   </si>
   <si>
     <t>Second harmonic splitting in silicon nanoparticles under ultrashot-pulse excitation</t>
   </si>
   <si>
     <t>Valentin Milichko, Dmitry Zuev, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1063/1.4998104</t>
   </si>
   <si>
-    <t>Resonant optical properties of crystalline silicon nanoparticles fabricated by laser ablation-based methods</t>
-[...25 lines deleted...]
-  <si>
     <t>Inkjet Fabrication of highly efficient luminescent Eu-Doped ZrO2 Nanostructures</t>
   </si>
   <si>
     <t>Aleksandra Furasova, Valentin Milichko</t>
   </si>
   <si>
     <t>13069-13078</t>
   </si>
   <si>
     <t>10.1039/C7NR03175K</t>
   </si>
   <si>
+    <t>Efficient Second-Harmonic Generation in Nanocrystalline Silicon Nanoparticle</t>
+  </si>
+  <si>
+    <t>Sergey Makarov, Mihail Petrov, Valentin Milichko, Dmitry Zuev, Ivan Mukhin, Georgiy Zograf, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>3047-3053</t>
+  </si>
+  <si>
+    <t>10.1021/acs.nanolett.7b00392</t>
+  </si>
+  <si>
     <t>Resonant non-plasmonic nanoparticles for efficient temperature-feedback optical heating</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Dmitry Zuev, Pavel Dmitriev, Valentin Milichko, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>2945-2952</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.7b00183</t>
   </si>
   <si>
-    <t>Efficient Second-Harmonic Generation in Nanocrystalline Silicon Nanoparticle</t>
-[...10 lines deleted...]
-  <si>
     <t>Multifold Emission Enhancement in Nanoimprinted Hybrid Perovskite Metasurfaces</t>
   </si>
   <si>
     <t>Sergey Makarov, Valentin Milichko, Mikhail Omelyanovich, Yuri Kivshar, Anvar Zakhidov</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>728-735</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.6b00940</t>
   </si>
   <si>
     <t>Synthesis of a rare-earth doped hafnia hydrosol: Towards injectable luminescent nanocolloids</t>
   </si>
   <si>
     <t>Colloids and Surfaces B: Biointerfaces</t>
   </si>
   <si>
     <t>21-26</t>
   </si>
   <si>
     <t>10.1016/j.colsurfb.2017.02.029</t>
@@ -1394,152 +1421,152 @@
   <si>
     <t>10.1109/DD.2017.8168025</t>
   </si>
   <si>
     <t>Van der Waals metal-organic framework as an excitonic material for advanced photonics</t>
   </si>
   <si>
     <t>Valentin Milichko, Sergey Makarov, Alexey Yulin, Andrey Krasilin, Pavel Belov</t>
   </si>
   <si>
     <t>10.1002/adma.201606034</t>
   </si>
   <si>
     <t>Resonant Silicon Nanoparticles for Enhancement of Light Absorption and Photoluminescence from Hybrid Perovskite Films and Metasurfaces</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Alexander Chebykin, Arthur Ishteev, Filipp Komissarenko, Valentin Milichko, Dmitry Zuev, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>12486-12493</t>
   </si>
   <si>
     <t>10.1039/c7nr01631j</t>
   </si>
   <si>
+    <t>Raman scattering governed by dark resonant modes in silicon nanoparticles</t>
+  </si>
+  <si>
+    <t>Kristina Frizyuk, Valentin Milichko, Mihail Petrov, Dmitry Zuev, Sergey Makarov, Pavel Belov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>2016 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>155-160</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756833</t>
+  </si>
+  <si>
     <t>Reversible and non-reversible tuning of hybrid optical nanoresonators</t>
   </si>
   <si>
     <t>Dmitry Zuev, Sergey Makarov, Valentin Milichko, Pavel Belov, Ivan Mukhin</t>
   </si>
   <si>
-    <t>2016 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>464-467</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756895</t>
   </si>
   <si>
     <t>Inkjet printing of TiO2/AlOOH heterostructures for the formation of interference color images with high optical visibility</t>
   </si>
   <si>
     <t>10.1038/srep37090</t>
   </si>
   <si>
     <t>Polarization and angle dependent enhancement of Raman scattering from silicon nanodisks</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Permyakov, Sergey Makarov, Mihail Petrov, Valentin Milichko, Pavel Belov, Ivan Mukhin</t>
   </si>
   <si>
     <t>123-126</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756826</t>
   </si>
   <si>
-    <t>Raman scattering governed by dark resonant modes in silicon nanoparticles</t>
-[...10 lines deleted...]
-  <si>
     <t>Reconfigurable metal-dielectric nanodimers as component of hybrid nanophotonics</t>
   </si>
   <si>
     <t>Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Pavel Belov</t>
   </si>
   <si>
     <t>2016 10th International Congress on Advanced Electromagnetic Materials in Microwaves and Optics (METAMATERIALS)</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2016.7746426</t>
   </si>
   <si>
     <t>Enhancement of perovskite solar cells by plasmonic nanoparticles</t>
   </si>
   <si>
     <t>Mikhail Omelyanovich, Sergey Makarov, Valentin Milichko</t>
   </si>
   <si>
     <t>Material Science and Applications</t>
   </si>
   <si>
     <t>1380-1387</t>
   </si>
   <si>
     <t>10.4236/msa.2016.712064</t>
   </si>
   <si>
     <t>Metal–organic frameworks as competitive materials for non-linear optics</t>
   </si>
   <si>
     <t>Chemical Society Reviews</t>
   </si>
   <si>
     <t>276-288</t>
   </si>
   <si>
     <t>10.1039/C6CS00395H</t>
   </si>
   <si>
+    <t>Laser printing of Au/Si core-shell nanoparticles</t>
+  </si>
+  <si>
+    <t>Georgiy Zograf, Dmitry Zuev, Valentin Milichko, Ivan Mukhin, Sergey Makarov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/741/1/012119</t>
+  </si>
+  <si>
     <t>Laser-Induced Periodical Structures Fabrication for Third Harmonic Generation</t>
   </si>
   <si>
     <t>Sergey Makarov, Valentin Milichko, Ivan Mukhin, Alexey Yulin, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/741/1/012112</t>
   </si>
   <si>
-    <t>Laser printing of Au/Si core-shell nanoparticles</t>
-[...7 lines deleted...]
-  <si>
     <t>Tuning of hybrid nanostructures via fs-laser reshaping at nanoscale</t>
   </si>
   <si>
     <t>Sergey Lepeshov, Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Pavel Belov</t>
   </si>
   <si>
     <t>2016 International Conference Laser Optics (LO)</t>
   </si>
   <si>
     <t>10.1109/lo.2016.7550034</t>
   </si>
   <si>
     <t>Self-Adjusted All-Dielectric Metasurface for Deep Ultraviolet Femtosecond Pulses Generation</t>
   </si>
   <si>
     <t>Sergey Makarov, Tatiana Voytova, Valentin Milichko, Ivan Mukhin, Alexey Yulin, Pavel Belov</t>
   </si>
   <si>
     <t>17809-17814</t>
   </si>
   <si>
     <t>10.1039/C6NR04860A</t>
   </si>
   <si>
     <t>Solar photovoltaics: current state and trends</t>
@@ -1598,68 +1625,68 @@
   <si>
     <t>Laser printing of resonant plasmonic nanovoids</t>
   </si>
   <si>
     <t>Sergey Makarov, Valentin Milichko</t>
   </si>
   <si>
     <t>12352-12361</t>
   </si>
   <si>
     <t>10.1039/C6NR01317A</t>
   </si>
   <si>
     <t>Resonant Raman scattering from silicon nanopar ticles enhanced by magnetic response</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Valentin Milichko, Sergey Makarov, Ivan Mukhin, Anton Samusev, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>9721-9726</t>
   </si>
   <si>
     <t>10.1039/C5NR07965A</t>
   </si>
   <si>
+    <t>Single-stage fabrication of low-loss dielectric nanoresonators from high-loss material</t>
+  </si>
+  <si>
+    <t>Pavel Dmitriev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Alexey Mozharov, Anton Samusev, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/690/1/012020</t>
+  </si>
+  <si>
     <t>Direct Femtosecond Laser Writing of Optical Nanoresonators</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/690/1/012021</t>
   </si>
   <si>
-    <t>Single-stage fabrication of low-loss dielectric nanoresonators from high-loss material</t>
-[...7 lines deleted...]
-  <si>
     <t>Fabrication of Hybrid Nanostructures via Nanoscale Laser-Induced Reshaping for Advanced Light Manipulation</t>
   </si>
   <si>
     <t>Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Ivan Shishkin, Pavel Belov</t>
   </si>
   <si>
     <t>3087–3093</t>
   </si>
   <si>
     <t>10.1002/adma.201505346</t>
   </si>
   <si>
     <t>Inkjet Color Printing by Interference Nanostructures</t>
   </si>
   <si>
     <t>Yakovlev, Aleksandr V., Valentin Milichko</t>
   </si>
   <si>
     <t>ACS Nano</t>
   </si>
   <si>
     <t>3078-3086</t>
   </si>
   <si>
     <t>10.1021/acsnano.5b06074</t>
@@ -1748,135 +1775,135 @@
   <si>
     <t>10.1134/S1063783414020097</t>
   </si>
   <si>
     <t>Photo-induced electric polarizability of Fe3O4 nanoparticles in weak optical fields</t>
   </si>
   <si>
     <t>Nanoscale Research Letters</t>
   </si>
   <si>
     <t>10.1186/1556-276X-8-317</t>
   </si>
   <si>
     <t>Anomalous optical nonlinearity of dielectric nanodispersions</t>
   </si>
   <si>
     <t>Quantum Electronics</t>
   </si>
   <si>
     <t>567-573</t>
   </si>
   <si>
     <t>10.1070/QE2013v043n06ABEH015171</t>
   </si>
   <si>
+    <t>Dielectric nano-systems with unique optical properties</t>
+  </si>
+  <si>
+    <t>Advanced Materials Research</t>
+  </si>
+  <si>
+    <t>36-41</t>
+  </si>
+  <si>
+    <t>10.4028/www.scientific.net/AMR.677.36</t>
+  </si>
+  <si>
     <t>Quantum-size states of a particle inside the deformed nanosphere</t>
   </si>
   <si>
-    <t>Advanced Materials Research</t>
-[...1 lines deleted...]
-  <si>
     <t>42-48</t>
   </si>
   <si>
     <t>10.4028/www.scientific.net/AMR.677.42</t>
   </si>
   <si>
-    <t>Dielectric nano-systems with unique optical properties</t>
-[...7 lines deleted...]
-  <si>
     <t>Unusual nonlinear optical properties of SiO2 nanocomposite in weak optical fields</t>
   </si>
   <si>
     <t>Applied Physics A</t>
   </si>
   <si>
     <t>319-322</t>
   </si>
   <si>
     <t>10.1007/s00339-013-7609-3</t>
   </si>
   <si>
     <t>Dielectric nanoparticles with novel nonlinear optical properties</t>
   </si>
   <si>
     <t>Proc. Second Asian School-Conference on Physics and Technology of Nanostructured Materials, Vladivos</t>
   </si>
   <si>
     <t>175-176</t>
   </si>
   <si>
     <t>Effect of the shape of a nano-object on quantum-size states</t>
   </si>
   <si>
     <t>Journal of Nanoparticle Research</t>
   </si>
   <si>
     <t>10.1007/s11051-012-1208-7</t>
   </si>
   <si>
+    <t>Optical nonlinearity of a biological liquid nanocomposite</t>
+  </si>
+  <si>
+    <t>Pacific Science Review</t>
+  </si>
+  <si>
+    <t>10.5772/10539</t>
+  </si>
+  <si>
     <t>The low-threshold photoinduced optical nonlinearity of liquid dielectric nanosystem</t>
   </si>
   <si>
     <t>Proc. 5th Finnish-Russian photonics and laser symposium PALS 2011, Saint Peterburg, Russia</t>
   </si>
   <si>
     <t>35-36</t>
   </si>
   <si>
-    <t>10.5772/10539</t>
-[...5 lines deleted...]
-    <t>Pacific Science Review</t>
+    <t>The nonlinear optical properties of suspensions of dielectric Al2O3 nanoparticles. Theory and experiment</t>
+  </si>
+  <si>
+    <t>Proc. Nanostructures: physics and technology. 19th International Symposium. Ekaterinburg, Russia</t>
+  </si>
+  <si>
+    <t>227-228</t>
   </si>
   <si>
     <t>Nontypical photoinduced optical nonlinearity of dielectric nanostructures</t>
   </si>
   <si>
     <t>Journal of Nanophotonics</t>
   </si>
   <si>
     <t>10.1117/1.3666054</t>
-  </si>
-[...7 lines deleted...]
-    <t>227-228</t>
   </si>
   <si>
     <t>Nonlinear refractive index of dielectric nanocomposites as a function of intensity and frequency of radiation</t>
   </si>
   <si>
     <t>243-249</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -2186,51 +2213,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I159"/>
+  <dimension ref="A1:I161"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="228.801" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="452.889" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="131.968" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -2449,4066 +2476,4118 @@
       <c r="E9"/>
       <c r="F9">
         <v>2025</v>
       </c>
       <c r="G9" t="s">
         <v>41</v>
       </c>
       <c r="H9">
         <v>16.81</v>
       </c>
       <c r="I9">
         <v>5.39</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>42</v>
       </c>
       <c r="B10" t="s">
         <v>43</v>
       </c>
       <c r="C10" t="s">
         <v>44</v>
       </c>
       <c r="D10">
-        <v>54</v>
+        <v>7</v>
       </c>
       <c r="E10" t="s">
         <v>45</v>
       </c>
       <c r="F10">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G10" t="s">
         <v>46</v>
       </c>
       <c r="H10">
-        <v>4.39</v>
+        <v>8.2</v>
       </c>
       <c r="I10">
-        <v>0.98</v>
+        <v>1.87</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>47</v>
       </c>
       <c r="B11" t="s">
         <v>48</v>
       </c>
       <c r="C11" t="s">
         <v>49</v>
       </c>
-      <c r="D11"/>
-      <c r="E11"/>
+      <c r="D11">
+        <v>54</v>
+      </c>
+      <c r="E11" t="s">
+        <v>50</v>
+      </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="H11">
-        <v>13.6</v>
+        <v>4.39</v>
       </c>
       <c r="I11">
-        <v>4.32</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B12" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C12" t="s">
-        <v>53</v>
-[...4 lines deleted...]
-      <c r="E12" t="s">
         <v>54</v>
       </c>
+      <c r="D12"/>
+      <c r="E12"/>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>55</v>
       </c>
       <c r="H12">
-        <v>3.44</v>
+        <v>13.6</v>
       </c>
       <c r="I12">
-        <v>1.5</v>
+        <v>4.32</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>56</v>
       </c>
       <c r="B13" t="s">
         <v>57</v>
       </c>
       <c r="C13" t="s">
         <v>58</v>
       </c>
       <c r="D13">
-        <v>128</v>
+        <v>30</v>
       </c>
       <c r="E13" t="s">
         <v>59</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>60</v>
       </c>
       <c r="H13">
-        <v>4.19</v>
+        <v>3.44</v>
       </c>
       <c r="I13">
-        <v>1.48</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>61</v>
       </c>
       <c r="B14" t="s">
         <v>62</v>
       </c>
       <c r="C14" t="s">
         <v>63</v>
       </c>
-      <c r="D14"/>
-      <c r="E14"/>
+      <c r="D14">
+        <v>128</v>
+      </c>
+      <c r="E14" t="s">
+        <v>64</v>
+      </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H14">
-        <v>12.9</v>
+        <v>4.19</v>
       </c>
       <c r="I14">
-        <v>3.64</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C15" t="s">
-        <v>67</v>
-[...4 lines deleted...]
-      <c r="E15" t="s">
         <v>68</v>
       </c>
+      <c r="D15"/>
+      <c r="E15"/>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
         <v>69</v>
       </c>
       <c r="H15">
-        <v>3.95</v>
+        <v>12.9</v>
       </c>
       <c r="I15">
-        <v>0.9</v>
+        <v>3.64</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>70</v>
       </c>
       <c r="B16" t="s">
         <v>71</v>
       </c>
       <c r="C16" t="s">
         <v>72</v>
       </c>
-      <c r="D16"/>
-      <c r="E16"/>
+      <c r="D16">
+        <v>7</v>
+      </c>
+      <c r="E16" t="s">
+        <v>73</v>
+      </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="H16">
-        <v>9.93</v>
+        <v>3.95</v>
       </c>
       <c r="I16">
-        <v>2.89</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B17" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C17" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="D17"/>
       <c r="E17"/>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H17">
-        <v>9.6</v>
+        <v>9.93</v>
       </c>
       <c r="I17">
-        <v>2.13</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B18" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-      <c r="D18"/>
+        <v>80</v>
+      </c>
+      <c r="C18" t="s">
+        <v>81</v>
+      </c>
+      <c r="D18">
+        <v>5</v>
+      </c>
       <c r="E18"/>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-      <c r="I18"/>
+        <v>82</v>
+      </c>
+      <c r="H18">
+        <v>9.6</v>
+      </c>
+      <c r="I18">
+        <v>2.13</v>
+      </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B19" t="s">
-        <v>82</v>
-[...9 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="C19"/>
+      <c r="D19"/>
+      <c r="E19"/>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19" t="s">
-        <v>84</v>
-[...6 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19"/>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B20" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C20" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-      <c r="E20"/>
+        <v>88</v>
+      </c>
+      <c r="D20">
+        <v>154</v>
+      </c>
+      <c r="E20">
+        <v>115666</v>
+      </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-      <c r="I20"/>
+        <v>89</v>
+      </c>
+      <c r="H20">
+        <v>3.08</v>
+      </c>
+      <c r="I20">
+        <v>0.6</v>
+      </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B21" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C21" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D21"/>
-      <c r="E21">
-[...1 lines deleted...]
-      </c>
+      <c r="E21"/>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H21"/>
       <c r="I21"/>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B22" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C22" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="D22"/>
       <c r="E22">
         <v>46</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="H22"/>
       <c r="I22"/>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>98</v>
+      </c>
+      <c r="B23" t="s">
+        <v>99</v>
+      </c>
+      <c r="C23" t="s">
         <v>96</v>
       </c>
-      <c r="B23" t="s">
-[...9 lines deleted...]
-        <v>99</v>
+      <c r="D23"/>
+      <c r="E23">
+        <v>47</v>
       </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23" t="s">
         <v>100</v>
       </c>
-      <c r="H23">
-[...4 lines deleted...]
-      </c>
+      <c r="H23"/>
+      <c r="I23"/>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>101</v>
       </c>
       <c r="B24" t="s">
         <v>102</v>
       </c>
       <c r="C24" t="s">
-        <v>76</v>
+        <v>103</v>
       </c>
       <c r="D24">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="E24"/>
+        <v>43</v>
+      </c>
+      <c r="E24" t="s">
+        <v>104</v>
+      </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="H24">
-        <v>7.5</v>
+        <v>5.66</v>
       </c>
       <c r="I24">
-        <v>2.13</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B25" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C25" t="s">
-        <v>106</v>
+        <v>81</v>
       </c>
       <c r="D25">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="E25"/>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25" t="s">
         <v>108</v>
       </c>
       <c r="H25">
-        <v>6.89</v>
+        <v>7.5</v>
       </c>
       <c r="I25">
-        <v>1.85</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>109</v>
       </c>
       <c r="B26" t="s">
         <v>110</v>
       </c>
       <c r="C26" t="s">
-        <v>24</v>
+        <v>111</v>
       </c>
       <c r="D26"/>
-      <c r="E26"/>
+      <c r="E26">
+        <v>112</v>
+      </c>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26" t="s">
-        <v>111</v>
-[...6 lines deleted...]
-      </c>
+        <v>112</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26"/>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B27" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C27" t="s">
-        <v>44</v>
+        <v>115</v>
       </c>
       <c r="D27">
-        <v>53</v>
+        <v>15</v>
       </c>
       <c r="E27" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="H27">
-        <v>4.39</v>
+        <v>6.89</v>
       </c>
       <c r="I27">
-        <v>0.98</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B28" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C28" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D28"/>
-      <c r="E28">
-[...1 lines deleted...]
-      </c>
+      <c r="E28"/>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="H28">
-        <v>3.16</v>
+        <v>19.92</v>
       </c>
       <c r="I28">
-        <v>0.47</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B29" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C29" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="D29">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="E29"/>
+        <v>53</v>
+      </c>
+      <c r="E29" t="s">
+        <v>123</v>
+      </c>
       <c r="F29">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G29" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="H29">
-        <v>18.81</v>
+        <v>4.39</v>
       </c>
       <c r="I29">
-        <v>6.07</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="B30" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="C30" t="s">
         <v>28</v>
       </c>
-      <c r="D30">
-[...1 lines deleted...]
-      </c>
+      <c r="D30"/>
       <c r="E30">
-        <v>101222</v>
+        <v>101225</v>
       </c>
       <c r="F30">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G30" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="H30">
-        <v>3.01</v>
+        <v>3.16</v>
       </c>
       <c r="I30">
-        <v>0.55</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="B31" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C31" t="s">
-        <v>127</v>
+        <v>24</v>
       </c>
       <c r="D31">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="E31"/>
       <c r="F31">
         <v>2023</v>
       </c>
       <c r="G31" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="H31">
-        <v>8.31</v>
+        <v>18.81</v>
       </c>
       <c r="I31">
-        <v>1.74</v>
+        <v>6.07</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B32" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C32" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-      <c r="E32"/>
+        <v>28</v>
+      </c>
+      <c r="D32">
+        <v>58</v>
+      </c>
+      <c r="E32">
+        <v>101222</v>
+      </c>
       <c r="F32">
         <v>2023</v>
       </c>
       <c r="G32" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-      <c r="I32"/>
+        <v>133</v>
+      </c>
+      <c r="H32">
+        <v>3.01</v>
+      </c>
+      <c r="I32">
+        <v>0.55</v>
+      </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B33" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C33" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="D33"/>
+        <v>136</v>
+      </c>
+      <c r="D33">
+        <v>16</v>
+      </c>
       <c r="E33"/>
       <c r="F33">
         <v>2023</v>
       </c>
       <c r="G33" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-      <c r="I33"/>
+        <v>137</v>
+      </c>
+      <c r="H33">
+        <v>8.31</v>
+      </c>
+      <c r="I33">
+        <v>1.74</v>
+      </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B34" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C34" t="s">
-        <v>28</v>
+        <v>140</v>
       </c>
       <c r="D34"/>
-      <c r="E34">
-[...1 lines deleted...]
-      </c>
+      <c r="E34"/>
       <c r="F34">
         <v>2023</v>
       </c>
       <c r="G34" t="s">
-        <v>139</v>
-[...6 lines deleted...]
-      </c>
+        <v>141</v>
+      </c>
+      <c r="H34"/>
+      <c r="I34"/>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B35" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C35" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35">
         <v>2023</v>
       </c>
       <c r="G35" t="s">
-        <v>143</v>
-[...3 lines deleted...]
-      </c>
+        <v>145</v>
+      </c>
+      <c r="H35"/>
       <c r="I35"/>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B36" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C36" t="s">
-        <v>146</v>
-[...5 lines deleted...]
-        <v>147</v>
+        <v>28</v>
+      </c>
+      <c r="D36"/>
+      <c r="E36">
+        <v>101206</v>
       </c>
       <c r="F36">
         <v>2023</v>
       </c>
       <c r="G36" t="s">
         <v>148</v>
       </c>
-      <c r="H36"/>
-      <c r="I36"/>
+      <c r="H36">
+        <v>3.16</v>
+      </c>
+      <c r="I36">
+        <v>0.47</v>
+      </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>149</v>
       </c>
       <c r="B37" t="s">
         <v>150</v>
       </c>
       <c r="C37" t="s">
-        <v>28</v>
+        <v>151</v>
       </c>
       <c r="D37">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>101198</v>
+        <v>1</v>
+      </c>
+      <c r="E37" t="s">
+        <v>152</v>
       </c>
       <c r="F37">
         <v>2023</v>
       </c>
       <c r="G37" t="s">
-        <v>151</v>
-[...6 lines deleted...]
-      </c>
+        <v>153</v>
+      </c>
+      <c r="H37"/>
+      <c r="I37"/>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B38" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C38" t="s">
-        <v>16</v>
+        <v>156</v>
       </c>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38">
         <v>2023</v>
       </c>
       <c r="G38" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="H38">
-        <v>10.38</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.7</v>
+      </c>
+      <c r="I38"/>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B39" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="C39" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-      <c r="E39"/>
+        <v>28</v>
+      </c>
+      <c r="D39">
+        <v>57</v>
+      </c>
+      <c r="E39">
+        <v>101198</v>
+      </c>
       <c r="F39">
         <v>2023</v>
       </c>
       <c r="G39" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="H39">
-        <v>15.37</v>
+        <v>3.16</v>
       </c>
       <c r="I39">
-        <v>3.63</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B40" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C40" t="s">
-        <v>72</v>
+        <v>16</v>
       </c>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40">
         <v>2023</v>
       </c>
       <c r="G40" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="H40">
-        <v>9.93</v>
+        <v>10.38</v>
       </c>
       <c r="I40">
-        <v>2.89</v>
+        <v>2.14</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B41" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C41" t="s">
-        <v>164</v>
-[...6 lines deleted...]
-      </c>
+        <v>166</v>
+      </c>
+      <c r="D41"/>
+      <c r="E41"/>
       <c r="F41">
         <v>2023</v>
       </c>
       <c r="G41" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="H41">
-        <v>6.22</v>
+        <v>15.37</v>
       </c>
       <c r="I41">
-        <v>1.84</v>
+        <v>3.63</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B42" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C42" t="s">
-        <v>28</v>
+        <v>77</v>
       </c>
       <c r="D42"/>
-      <c r="E42">
-[...1 lines deleted...]
-      </c>
+      <c r="E42"/>
       <c r="F42">
         <v>2023</v>
       </c>
       <c r="G42" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H42">
-        <v>3.16</v>
+        <v>9.93</v>
       </c>
       <c r="I42">
-        <v>0.47</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B43" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C43" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D43">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="E43" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F43">
         <v>2023</v>
       </c>
       <c r="G43" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="H43">
-        <v>3.56</v>
+        <v>6.22</v>
       </c>
       <c r="I43">
-        <v>0.51</v>
+        <v>1.84</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B44" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C44" t="s">
-        <v>177</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="D44"/>
       <c r="E44">
-        <v>100996</v>
+        <v>101168</v>
       </c>
       <c r="F44">
         <v>2023</v>
       </c>
       <c r="G44" t="s">
         <v>178</v>
       </c>
       <c r="H44">
-        <v>5.91</v>
+        <v>3.16</v>
       </c>
       <c r="I44">
-        <v>0.74</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>179</v>
       </c>
       <c r="B45" t="s">
         <v>180</v>
       </c>
       <c r="C45" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-        <v>101145</v>
+        <v>181</v>
+      </c>
+      <c r="D45">
+        <v>44</v>
+      </c>
+      <c r="E45" t="s">
+        <v>182</v>
       </c>
       <c r="F45">
         <v>2023</v>
       </c>
       <c r="G45" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="H45">
-        <v>3.16</v>
+        <v>3.56</v>
       </c>
       <c r="I45">
-        <v>0.47</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B46" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C46" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D46">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>35</v>
+      </c>
+      <c r="E46">
+        <v>100996</v>
       </c>
       <c r="F46">
         <v>2023</v>
       </c>
       <c r="G46" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="H46">
-        <v>3.71</v>
+        <v>5.91</v>
       </c>
       <c r="I46">
-        <v>0.99</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B47" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C47" t="s">
-        <v>189</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="D47"/>
       <c r="E47">
-        <v>139450</v>
+        <v>101145</v>
       </c>
       <c r="F47">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G47" t="s">
         <v>190</v>
       </c>
       <c r="H47">
-        <v>16.74</v>
+        <v>3.16</v>
       </c>
       <c r="I47">
-        <v>2.42</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>191</v>
       </c>
       <c r="B48" t="s">
         <v>192</v>
       </c>
       <c r="C48" t="s">
         <v>193</v>
       </c>
       <c r="D48">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E48" t="s">
         <v>194</v>
       </c>
       <c r="F48">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G48" t="s">
         <v>195</v>
       </c>
       <c r="H48">
-        <v>12.26</v>
+        <v>3.71</v>
       </c>
       <c r="I48">
-        <v>3.76</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>196</v>
       </c>
       <c r="B49" t="s">
         <v>197</v>
       </c>
       <c r="C49" t="s">
         <v>198</v>
       </c>
       <c r="D49">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>452</v>
+      </c>
+      <c r="E49">
+        <v>139450</v>
       </c>
       <c r="F49">
         <v>2022</v>
       </c>
       <c r="G49" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="H49">
-        <v>5.44</v>
+        <v>16.74</v>
       </c>
       <c r="I49">
-        <v>1.12</v>
+        <v>2.42</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>200</v>
+      </c>
+      <c r="B50" t="s">
         <v>201</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>202</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50">
+        <v>22</v>
+      </c>
+      <c r="E50" t="s">
         <v>203</v>
-      </c>
-[...4 lines deleted...]
-        <v>846</v>
       </c>
       <c r="F50">
         <v>2022</v>
       </c>
       <c r="G50" t="s">
         <v>204</v>
       </c>
       <c r="H50">
-        <v>2.67</v>
+        <v>12.26</v>
       </c>
       <c r="I50">
-        <v>0.46</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>205</v>
       </c>
       <c r="B51" t="s">
         <v>206</v>
       </c>
       <c r="C51" t="s">
         <v>207</v>
       </c>
       <c r="D51">
-        <v>5</v>
+        <v>61</v>
       </c>
       <c r="E51" t="s">
         <v>208</v>
       </c>
       <c r="F51">
         <v>2022</v>
       </c>
       <c r="G51" t="s">
         <v>209</v>
       </c>
       <c r="H51">
-        <v>6.14</v>
+        <v>5.44</v>
       </c>
       <c r="I51">
-        <v>1.18</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>210</v>
       </c>
       <c r="B52" t="s">
         <v>211</v>
       </c>
       <c r="C52" t="s">
-        <v>106</v>
+        <v>212</v>
       </c>
       <c r="D52">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>212</v>
+        <v>12</v>
+      </c>
+      <c r="E52">
+        <v>846</v>
       </c>
       <c r="F52">
         <v>2022</v>
       </c>
       <c r="G52" t="s">
         <v>213</v>
       </c>
       <c r="H52">
-        <v>6.71</v>
+        <v>2.67</v>
       </c>
       <c r="I52">
-        <v>2.98</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>214</v>
       </c>
       <c r="B53" t="s">
         <v>215</v>
       </c>
       <c r="C53" t="s">
-        <v>28</v>
+        <v>216</v>
       </c>
       <c r="D53">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>100990</v>
+        <v>5</v>
+      </c>
+      <c r="E53" t="s">
+        <v>217</v>
       </c>
       <c r="F53">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G53" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="H53">
-        <v>3.01</v>
+        <v>6.14</v>
       </c>
       <c r="I53">
-        <v>0.55</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B54" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C54" t="s">
-        <v>219</v>
+        <v>115</v>
       </c>
       <c r="D54">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>20218411</v>
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>221</v>
       </c>
       <c r="F54">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G54" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-      <c r="I54"/>
+        <v>222</v>
+      </c>
+      <c r="H54">
+        <v>6.71</v>
+      </c>
+      <c r="I54">
+        <v>2.98</v>
+      </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B55" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C55" t="s">
-        <v>219</v>
+        <v>28</v>
       </c>
       <c r="D55">
-        <v>8</v>
+        <v>48</v>
       </c>
       <c r="E55">
-        <v>20218411</v>
+        <v>100990</v>
       </c>
       <c r="F55">
         <v>2021</v>
       </c>
       <c r="G55" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-      <c r="I55"/>
+        <v>225</v>
+      </c>
+      <c r="H55">
+        <v>3.01</v>
+      </c>
+      <c r="I55">
+        <v>0.55</v>
+      </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="B56" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C56" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="D56">
-        <v>2015</v>
-[...2 lines deleted...]
-        <v>226</v>
+        <v>8</v>
+      </c>
+      <c r="E56">
+        <v>20218411</v>
       </c>
       <c r="F56">
         <v>2021</v>
       </c>
       <c r="G56" t="s">
-        <v>227</v>
-[...6 lines deleted...]
-      </c>
+        <v>229</v>
+      </c>
+      <c r="H56"/>
+      <c r="I56"/>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>230</v>
+      </c>
+      <c r="B57" t="s">
+        <v>231</v>
+      </c>
+      <c r="C57" t="s">
         <v>228</v>
       </c>
-      <c r="B57" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D57">
-        <v>2015</v>
-[...2 lines deleted...]
-        <v>230</v>
+        <v>8</v>
+      </c>
+      <c r="E57">
+        <v>20218411</v>
       </c>
       <c r="F57">
         <v>2021</v>
       </c>
       <c r="G57" t="s">
-        <v>231</v>
-[...6 lines deleted...]
-      </c>
+        <v>229</v>
+      </c>
+      <c r="H57"/>
+      <c r="I57"/>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>232</v>
       </c>
       <c r="B58" t="s">
         <v>233</v>
       </c>
       <c r="C58" t="s">
         <v>234</v>
       </c>
-      <c r="D58"/>
-[...1 lines deleted...]
-        <v>2101196</v>
+      <c r="D58">
+        <v>2015</v>
+      </c>
+      <c r="E58" t="s">
+        <v>235</v>
       </c>
       <c r="F58">
         <v>2021</v>
       </c>
       <c r="G58" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="H58">
-        <v>6.39</v>
+        <v>0.55</v>
       </c>
       <c r="I58">
-        <v>1.42</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B59" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C59" t="s">
-        <v>24</v>
+        <v>234</v>
       </c>
       <c r="D59">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>2107949</v>
+        <v>2015</v>
+      </c>
+      <c r="E59" t="s">
+        <v>239</v>
       </c>
       <c r="F59">
         <v>2021</v>
       </c>
       <c r="G59" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="H59">
-        <v>19.92</v>
+        <v>0.55</v>
       </c>
       <c r="I59">
-        <v>5.0</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B60" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C60" t="s">
-        <v>219</v>
-[...3 lines deleted...]
-      </c>
+        <v>243</v>
+      </c>
+      <c r="D60"/>
       <c r="E60">
-        <v>20210304</v>
+        <v>2101196</v>
       </c>
       <c r="F60">
         <v>2021</v>
       </c>
       <c r="G60" t="s">
-        <v>241</v>
-[...1 lines deleted...]
-      <c r="H60"/>
+        <v>244</v>
+      </c>
+      <c r="H60">
+        <v>6.39</v>
+      </c>
       <c r="I60">
-        <v>0.13</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B61" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C61" t="s">
-        <v>106</v>
+        <v>24</v>
       </c>
       <c r="D61">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>244</v>
+        <v>32</v>
+      </c>
+      <c r="E61">
+        <v>2107949</v>
       </c>
       <c r="F61">
         <v>2021</v>
       </c>
       <c r="G61" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="H61">
-        <v>6.71</v>
+        <v>19.92</v>
       </c>
       <c r="I61">
-        <v>2.98</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B62" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C62" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D62"/>
+        <v>228</v>
+      </c>
+      <c r="D62">
+        <v>8</v>
+      </c>
       <c r="E62">
-        <v>2000421</v>
+        <v>20210304</v>
       </c>
       <c r="F62">
         <v>2021</v>
       </c>
       <c r="G62" t="s">
-        <v>248</v>
-[...3 lines deleted...]
-      </c>
+        <v>250</v>
+      </c>
+      <c r="H62"/>
       <c r="I62">
-        <v>3.17</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="B63" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C63" t="s">
-        <v>251</v>
+        <v>115</v>
       </c>
       <c r="D63">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="E63" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="F63">
         <v>2021</v>
       </c>
       <c r="G63" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="H63">
-        <v>15.34</v>
+        <v>6.71</v>
       </c>
       <c r="I63">
-        <v>5.83</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B64" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C64" t="s">
-        <v>256</v>
-[...4 lines deleted...]
-      <c r="E64" t="s">
+        <v>11</v>
+      </c>
+      <c r="D64"/>
+      <c r="E64">
+        <v>2000421</v>
+      </c>
+      <c r="F64">
+        <v>2021</v>
+      </c>
+      <c r="G64" t="s">
         <v>257</v>
       </c>
-      <c r="F64">
-[...5 lines deleted...]
-      <c r="H64"/>
+      <c r="H64">
+        <v>10.95</v>
+      </c>
       <c r="I64">
-        <v>0.19</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>258</v>
+      </c>
+      <c r="B65" t="s">
         <v>259</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
         <v>260</v>
       </c>
-      <c r="C65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D65">
-        <v>2300</v>
+        <v>60</v>
       </c>
       <c r="E65" t="s">
         <v>261</v>
       </c>
       <c r="F65">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G65" t="s">
         <v>262</v>
       </c>
-      <c r="H65"/>
+      <c r="H65">
+        <v>15.34</v>
+      </c>
       <c r="I65">
-        <v>0.19</v>
+        <v>5.83</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>263</v>
       </c>
       <c r="B66" t="s">
         <v>264</v>
       </c>
       <c r="C66" t="s">
-        <v>256</v>
+        <v>265</v>
       </c>
       <c r="D66">
         <v>2300</v>
       </c>
       <c r="E66" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F66">
         <v>2020</v>
       </c>
       <c r="G66" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="H66"/>
       <c r="I66">
         <v>0.19</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B67" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C67" t="s">
-        <v>256</v>
+        <v>265</v>
       </c>
       <c r="D67">
         <v>2300</v>
       </c>
       <c r="E67" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="F67">
         <v>2020</v>
       </c>
       <c r="G67" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="H67"/>
       <c r="I67">
         <v>0.19</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B68" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C68" t="s">
-        <v>273</v>
+        <v>265</v>
       </c>
       <c r="D68">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>1036</v>
+        <v>2300</v>
+      </c>
+      <c r="E68" t="s">
+        <v>274</v>
       </c>
       <c r="F68">
         <v>2020</v>
       </c>
       <c r="G68" t="s">
-        <v>274</v>
-[...3 lines deleted...]
-      </c>
+        <v>275</v>
+      </c>
+      <c r="H68"/>
       <c r="I68">
-        <v>0.92</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B69" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C69" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="D69">
-        <v>59</v>
+        <v>2300</v>
       </c>
       <c r="E69" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F69">
         <v>2020</v>
       </c>
       <c r="G69" t="s">
-        <v>278</v>
-[...3 lines deleted...]
-      </c>
+        <v>279</v>
+      </c>
+      <c r="H69"/>
       <c r="I69">
-        <v>5.44</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B70" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C70" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D70">
         <v>10</v>
       </c>
       <c r="E70">
-        <v>1108</v>
+        <v>1036</v>
       </c>
       <c r="F70">
         <v>2020</v>
       </c>
       <c r="G70" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="H70">
-        <v>4.38</v>
+        <v>5.08</v>
       </c>
       <c r="I70">
-        <v>1.24</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B71" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C71" t="s">
-        <v>285</v>
+        <v>260</v>
       </c>
       <c r="D71">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="E71" t="s">
         <v>286</v>
       </c>
       <c r="F71">
         <v>2020</v>
       </c>
       <c r="G71" t="s">
         <v>287</v>
       </c>
       <c r="H71">
-        <v>4.99</v>
+        <v>12.96</v>
       </c>
       <c r="I71">
-        <v>1.88</v>
+        <v>5.44</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
         <v>288</v>
       </c>
       <c r="B72" t="s">
         <v>289</v>
       </c>
       <c r="C72" t="s">
         <v>290</v>
       </c>
       <c r="D72">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>291</v>
+        <v>10</v>
+      </c>
+      <c r="E72">
+        <v>1108</v>
       </c>
       <c r="F72">
         <v>2020</v>
       </c>
       <c r="G72" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="H72">
-        <v>8.45</v>
+        <v>4.38</v>
       </c>
       <c r="I72">
-        <v>2.72</v>
+        <v>1.24</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>292</v>
+      </c>
+      <c r="B73" t="s">
         <v>293</v>
       </c>
-      <c r="B73" t="s">
+      <c r="C73" t="s">
         <v>294</v>
       </c>
-      <c r="C73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D73">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>1908292</v>
+        <v>13</v>
+      </c>
+      <c r="E73" t="s">
+        <v>295</v>
       </c>
       <c r="F73">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G73" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="H73">
-        <v>16.84</v>
+        <v>4.99</v>
       </c>
       <c r="I73">
-        <v>5.88</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B74" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C74" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-        <v>16504345</v>
+        <v>299</v>
+      </c>
+      <c r="D74">
+        <v>9</v>
+      </c>
+      <c r="E74" t="s">
+        <v>300</v>
       </c>
       <c r="F74">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G74" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="H74">
-        <v>15.84</v>
+        <v>8.45</v>
       </c>
       <c r="I74">
-        <v>5.13</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="B75" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="C75" t="s">
-        <v>301</v>
+        <v>24</v>
       </c>
       <c r="D75">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>302</v>
+        <v>30</v>
+      </c>
+      <c r="E75">
+        <v>1908292</v>
       </c>
       <c r="F75">
         <v>2019</v>
       </c>
       <c r="G75" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="H75">
-        <v>1.4</v>
+        <v>16.84</v>
       </c>
       <c r="I75">
-        <v>0.58</v>
+        <v>5.88</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B76" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C76" t="s">
-        <v>127</v>
-[...5 lines deleted...]
-        <v>306</v>
+        <v>40</v>
+      </c>
+      <c r="D76"/>
+      <c r="E76">
+        <v>16504345</v>
       </c>
       <c r="F76">
         <v>2019</v>
       </c>
       <c r="G76" t="s">
         <v>307</v>
       </c>
       <c r="H76">
-        <v>6.9</v>
+        <v>15.84</v>
       </c>
       <c r="I76">
-        <v>2.18</v>
+        <v>5.13</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
         <v>308</v>
       </c>
       <c r="B77" t="s">
         <v>309</v>
       </c>
       <c r="C77" t="s">
-        <v>127</v>
+        <v>310</v>
       </c>
       <c r="D77">
-        <v>11</v>
+        <v>110</v>
       </c>
       <c r="E77" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="F77">
         <v>2019</v>
       </c>
       <c r="G77" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="H77">
-        <v>6.9</v>
+        <v>1.4</v>
       </c>
       <c r="I77">
-        <v>2.18</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B78" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C78" t="s">
+        <v>136</v>
+      </c>
+      <c r="D78">
         <v>11</v>
       </c>
-      <c r="D78">
-[...3 lines deleted...]
-        <v>1800274</v>
+      <c r="E78" t="s">
+        <v>315</v>
       </c>
       <c r="F78">
         <v>2019</v>
       </c>
       <c r="G78" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="H78">
-        <v>10.66</v>
+        <v>6.9</v>
       </c>
       <c r="I78">
-        <v>4.01</v>
+        <v>2.18</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B79" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C79" t="s">
-        <v>225</v>
+        <v>136</v>
       </c>
       <c r="D79">
-        <v>1092</v>
+        <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="F79">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G79" t="s">
-        <v>318</v>
-[...1 lines deleted...]
-      <c r="H79"/>
+        <v>320</v>
+      </c>
+      <c r="H79">
+        <v>6.9</v>
+      </c>
       <c r="I79">
-        <v>0.24</v>
+        <v>2.18</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B80" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C80" t="s">
-        <v>225</v>
+        <v>11</v>
       </c>
       <c r="D80">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>321</v>
+        <v>13</v>
+      </c>
+      <c r="E80">
+        <v>1800274</v>
       </c>
       <c r="F80">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G80" t="s">
-        <v>322</v>
-[...1 lines deleted...]
-      <c r="H80"/>
+        <v>323</v>
+      </c>
+      <c r="H80">
+        <v>10.66</v>
+      </c>
       <c r="I80">
-        <v>0.24</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B81" t="s">
-        <v>324</v>
+        <v>150</v>
       </c>
       <c r="C81" t="s">
-        <v>225</v>
+        <v>234</v>
       </c>
       <c r="D81">
         <v>1092</v>
       </c>
       <c r="E81" t="s">
         <v>325</v>
       </c>
       <c r="F81">
         <v>2018</v>
       </c>
       <c r="G81" t="s">
         <v>326</v>
       </c>
       <c r="H81"/>
       <c r="I81">
         <v>0.24</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
         <v>327</v>
       </c>
       <c r="B82" t="s">
-        <v>145</v>
+        <v>328</v>
       </c>
       <c r="C82" t="s">
-        <v>225</v>
+        <v>234</v>
       </c>
       <c r="D82">
         <v>1092</v>
       </c>
       <c r="E82" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="F82">
         <v>2018</v>
       </c>
       <c r="G82" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="H82"/>
       <c r="I82">
         <v>0.24</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B83" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C83" t="s">
-        <v>332</v>
+        <v>234</v>
       </c>
       <c r="D83">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>172465</v>
+        <v>1092</v>
+      </c>
+      <c r="E83" t="s">
+        <v>333</v>
       </c>
       <c r="F83">
         <v>2018</v>
       </c>
       <c r="G83" t="s">
-        <v>333</v>
-[...3 lines deleted...]
-      </c>
+        <v>334</v>
+      </c>
+      <c r="H83"/>
       <c r="I83">
-        <v>1.13</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B84" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C84" t="s">
-        <v>127</v>
+        <v>234</v>
       </c>
       <c r="D84">
-        <v>10</v>
+        <v>1092</v>
       </c>
       <c r="E84" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F84">
         <v>2018</v>
       </c>
       <c r="G84" t="s">
-        <v>337</v>
-[...3 lines deleted...]
-      </c>
+        <v>338</v>
+      </c>
+      <c r="H84"/>
       <c r="I84">
-        <v>2.4</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B85" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C85" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D85">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>341</v>
+        <v>5</v>
+      </c>
+      <c r="E85">
+        <v>172465</v>
       </c>
       <c r="F85">
         <v>2018</v>
       </c>
       <c r="G85" t="s">
         <v>342</v>
       </c>
       <c r="H85">
-        <v>3.76</v>
+        <v>2.52</v>
       </c>
       <c r="I85">
-        <v>1.04</v>
+        <v>1.13</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
         <v>343</v>
       </c>
       <c r="B86" t="s">
         <v>344</v>
       </c>
       <c r="C86" t="s">
+        <v>136</v>
+      </c>
+      <c r="D86">
+        <v>10</v>
+      </c>
+      <c r="E86" t="s">
         <v>345</v>
-      </c>
-[...4 lines deleted...]
-        <v>346</v>
       </c>
       <c r="F86">
         <v>2018</v>
       </c>
       <c r="G86" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="H86">
-        <v>5.05</v>
+        <v>6.97</v>
       </c>
       <c r="I86">
-        <v>1.35</v>
+        <v>2.4</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
+        <v>347</v>
+      </c>
+      <c r="B87" t="s">
         <v>348</v>
       </c>
-      <c r="B87" t="s">
+      <c r="C87" t="s">
         <v>349</v>
       </c>
-      <c r="C87" t="s">
+      <c r="D87">
+        <v>11</v>
+      </c>
+      <c r="E87" t="s">
         <v>350</v>
-      </c>
-[...2 lines deleted...]
-        <v>351</v>
       </c>
       <c r="F87">
         <v>2018</v>
       </c>
       <c r="G87" t="s">
-        <v>352</v>
-[...2 lines deleted...]
-      <c r="I87"/>
+        <v>351</v>
+      </c>
+      <c r="H87">
+        <v>3.76</v>
+      </c>
+      <c r="I87">
+        <v>1.04</v>
+      </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
+        <v>352</v>
+      </c>
+      <c r="B88" t="s">
         <v>353</v>
       </c>
-      <c r="B88" t="s">
+      <c r="C88" t="s">
         <v>354</v>
       </c>
-      <c r="C88" t="s">
-[...3 lines deleted...]
-      <c r="E88"/>
+      <c r="D88">
+        <v>6</v>
+      </c>
+      <c r="E88" t="s">
+        <v>355</v>
+      </c>
       <c r="F88">
         <v>2018</v>
       </c>
       <c r="G88" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-      <c r="I88"/>
+        <v>356</v>
+      </c>
+      <c r="H88">
+        <v>5.05</v>
+      </c>
+      <c r="I88">
+        <v>1.35</v>
+      </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B89" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C89" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="D89"/>
       <c r="E89"/>
       <c r="F89">
         <v>2018</v>
       </c>
       <c r="G89" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="H89"/>
       <c r="I89"/>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
+        <v>361</v>
+      </c>
+      <c r="B90" t="s">
+        <v>362</v>
+      </c>
+      <c r="C90" t="s">
         <v>359</v>
       </c>
-      <c r="B90" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D90"/>
-      <c r="E90"/>
+      <c r="E90" t="s">
+        <v>363</v>
+      </c>
       <c r="F90">
         <v>2018</v>
       </c>
       <c r="G90" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="H90"/>
       <c r="I90"/>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B91" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="C91" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91">
         <v>2018</v>
       </c>
       <c r="G91" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="H91"/>
       <c r="I91"/>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="B92" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="C92" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="D92"/>
       <c r="E92"/>
       <c r="F92">
         <v>2018</v>
       </c>
       <c r="G92" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="H92"/>
       <c r="I92"/>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="B93" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="C93" t="s">
-        <v>193</v>
-[...6 lines deleted...]
-      </c>
+        <v>373</v>
+      </c>
+      <c r="D93"/>
+      <c r="E93"/>
       <c r="F93">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G93" t="s">
-        <v>373</v>
-[...6 lines deleted...]
-      </c>
+        <v>374</v>
+      </c>
+      <c r="H93"/>
+      <c r="I93"/>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B94" t="s">
-        <v>309</v>
+        <v>376</v>
       </c>
       <c r="C94" t="s">
-        <v>375</v>
-[...6 lines deleted...]
-      </c>
+        <v>373</v>
+      </c>
+      <c r="D94"/>
+      <c r="E94"/>
       <c r="F94">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G94" t="s">
-        <v>376</v>
-[...6 lines deleted...]
-      </c>
+        <v>377</v>
+      </c>
+      <c r="H94"/>
+      <c r="I94"/>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B95" t="s">
-        <v>378</v>
+        <v>318</v>
       </c>
       <c r="C95" t="s">
         <v>379</v>
       </c>
-      <c r="D95"/>
-      <c r="E95"/>
+      <c r="D95">
+        <v>29</v>
+      </c>
+      <c r="E95">
+        <v>1705261</v>
+      </c>
       <c r="F95">
         <v>2017</v>
       </c>
       <c r="G95" t="s">
         <v>380</v>
       </c>
-      <c r="H95"/>
-      <c r="I95"/>
+      <c r="H95">
+        <v>21.95</v>
+      </c>
+      <c r="I95">
+        <v>10.58</v>
+      </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
         <v>381</v>
       </c>
       <c r="B96" t="s">
         <v>382</v>
       </c>
       <c r="C96" t="s">
-        <v>256</v>
-[...5 lines deleted...]
-        <v>40030</v>
+        <v>202</v>
+      </c>
+      <c r="D96" t="s">
+        <v>383</v>
+      </c>
+      <c r="E96" t="s">
+        <v>384</v>
       </c>
       <c r="F96">
         <v>2017</v>
       </c>
       <c r="G96" t="s">
-        <v>383</v>
-[...1 lines deleted...]
-      <c r="H96"/>
+        <v>385</v>
+      </c>
+      <c r="H96">
+        <v>12.08</v>
+      </c>
       <c r="I96">
-        <v>0.17</v>
+        <v>7.45</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="B97" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="C97" t="s">
-        <v>225</v>
-[...6 lines deleted...]
-      </c>
+        <v>388</v>
+      </c>
+      <c r="D97"/>
+      <c r="E97"/>
       <c r="F97">
         <v>2017</v>
       </c>
       <c r="G97" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="H97"/>
-      <c r="I97">
-[...1 lines deleted...]
-      </c>
+      <c r="I97"/>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="B98" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="C98" t="s">
-        <v>389</v>
-[...3 lines deleted...]
-        <v>390</v>
+        <v>234</v>
+      </c>
+      <c r="D98">
+        <v>917</v>
+      </c>
+      <c r="E98">
+        <v>62017</v>
       </c>
       <c r="F98">
         <v>2017</v>
       </c>
       <c r="G98" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="H98"/>
-      <c r="I98"/>
+      <c r="I98">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B99" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C99" t="s">
-        <v>225</v>
-[...5 lines deleted...]
-        <v>12053</v>
+        <v>395</v>
+      </c>
+      <c r="D99"/>
+      <c r="E99" t="s">
+        <v>396</v>
       </c>
       <c r="F99">
         <v>2017</v>
       </c>
       <c r="G99" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="H99"/>
-      <c r="I99">
-[...1 lines deleted...]
-      </c>
+      <c r="I99"/>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="B100" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="C100" t="s">
-        <v>225</v>
+        <v>265</v>
       </c>
       <c r="D100">
-        <v>917</v>
-[...2 lines deleted...]
-        <v>397</v>
+        <v>1874</v>
+      </c>
+      <c r="E100">
+        <v>40030</v>
       </c>
       <c r="F100">
         <v>2017</v>
       </c>
       <c r="G100" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="H100"/>
       <c r="I100">
-        <v>0.24</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="B101" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="C101" t="s">
-        <v>11</v>
+        <v>234</v>
       </c>
       <c r="D101">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>401</v>
+        <v>929</v>
+      </c>
+      <c r="E101">
+        <v>12053</v>
       </c>
       <c r="F101">
         <v>2017</v>
       </c>
       <c r="G101" t="s">
-        <v>402</v>
-[...3 lines deleted...]
-      </c>
+        <v>403</v>
+      </c>
+      <c r="H101"/>
       <c r="I101">
-        <v>4.23</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B102" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C102" t="s">
-        <v>256</v>
+        <v>234</v>
       </c>
       <c r="D102">
-        <v>1874</v>
-[...2 lines deleted...]
-        <v>40059</v>
+        <v>917</v>
+      </c>
+      <c r="E102" t="s">
+        <v>406</v>
       </c>
       <c r="F102">
         <v>2017</v>
       </c>
       <c r="G102" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="H102"/>
       <c r="I102">
-        <v>0.17</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B103" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="C103" t="s">
-        <v>256</v>
+        <v>11</v>
       </c>
       <c r="D103">
-        <v>1874</v>
-[...2 lines deleted...]
-        <v>30025</v>
+        <v>12</v>
+      </c>
+      <c r="E103" t="s">
+        <v>410</v>
       </c>
       <c r="F103">
         <v>2017</v>
       </c>
       <c r="G103" t="s">
-        <v>408</v>
-[...1 lines deleted...]
-      <c r="H103"/>
+        <v>411</v>
+      </c>
+      <c r="H103">
+        <v>8.53</v>
+      </c>
       <c r="I103">
-        <v>0.17</v>
+        <v>4.23</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B104" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="C104" t="s">
-        <v>256</v>
+        <v>265</v>
       </c>
       <c r="D104">
         <v>1874</v>
       </c>
       <c r="E104">
-        <v>30043</v>
+        <v>40005</v>
       </c>
       <c r="F104">
         <v>2017</v>
       </c>
       <c r="G104" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="H104"/>
       <c r="I104">
         <v>0.17</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="B105" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="C105" t="s">
-        <v>256</v>
+        <v>265</v>
       </c>
       <c r="D105">
         <v>1874</v>
       </c>
       <c r="E105">
-        <v>40031</v>
+        <v>40049</v>
       </c>
       <c r="F105">
         <v>2017</v>
       </c>
       <c r="G105" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="H105"/>
       <c r="I105">
         <v>0.17</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B106" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="C106" t="s">
-        <v>256</v>
+        <v>265</v>
       </c>
       <c r="D106">
         <v>1874</v>
       </c>
       <c r="E106">
-        <v>40005</v>
+        <v>40027</v>
       </c>
       <c r="F106">
         <v>2017</v>
       </c>
       <c r="G106" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="H106"/>
       <c r="I106">
         <v>0.17</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B107" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="C107" t="s">
-        <v>256</v>
+        <v>265</v>
       </c>
       <c r="D107">
         <v>1874</v>
       </c>
       <c r="E107">
-        <v>40049</v>
+        <v>40059</v>
       </c>
       <c r="F107">
         <v>2017</v>
       </c>
       <c r="G107" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="H107"/>
       <c r="I107">
         <v>0.17</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B108" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="C108" t="s">
-        <v>256</v>
+        <v>265</v>
       </c>
       <c r="D108">
         <v>1874</v>
       </c>
       <c r="E108">
-        <v>40027</v>
+        <v>30025</v>
       </c>
       <c r="F108">
         <v>2017</v>
       </c>
       <c r="G108" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="H108"/>
       <c r="I108">
         <v>0.17</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B109" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="C109" t="s">
-        <v>127</v>
+        <v>265</v>
       </c>
       <c r="D109">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>426</v>
+        <v>1874</v>
+      </c>
+      <c r="E109">
+        <v>30043</v>
       </c>
       <c r="F109">
         <v>2017</v>
       </c>
       <c r="G109" t="s">
-        <v>427</v>
-[...3 lines deleted...]
-      </c>
+        <v>429</v>
+      </c>
+      <c r="H109"/>
       <c r="I109">
-        <v>2.93</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B110" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="C110" t="s">
-        <v>193</v>
+        <v>265</v>
       </c>
       <c r="D110">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>430</v>
+        <v>1874</v>
+      </c>
+      <c r="E110">
+        <v>40031</v>
       </c>
       <c r="F110">
         <v>2017</v>
       </c>
       <c r="G110" t="s">
-        <v>431</v>
-[...3 lines deleted...]
-      </c>
+        <v>432</v>
+      </c>
+      <c r="H110"/>
       <c r="I110">
-        <v>7.45</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B111" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C111" t="s">
-        <v>193</v>
+        <v>136</v>
       </c>
       <c r="D111">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E111" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="F111">
         <v>2017</v>
       </c>
       <c r="G111" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="H111">
-        <v>12.08</v>
+        <v>7.23</v>
       </c>
       <c r="I111">
-        <v>7.45</v>
+        <v>2.93</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B112" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C112" t="s">
-        <v>438</v>
+        <v>202</v>
       </c>
       <c r="D112">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="E112" t="s">
         <v>439</v>
       </c>
       <c r="F112">
         <v>2017</v>
       </c>
       <c r="G112" t="s">
         <v>440</v>
       </c>
       <c r="H112">
-        <v>6.88</v>
+        <v>12.08</v>
       </c>
       <c r="I112">
-        <v>3.38</v>
+        <v>7.45</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
         <v>441</v>
       </c>
       <c r="B113" t="s">
-        <v>425</v>
+        <v>442</v>
       </c>
       <c r="C113" t="s">
-        <v>442</v>
+        <v>202</v>
       </c>
       <c r="D113">
-        <v>154</v>
+        <v>17</v>
       </c>
       <c r="E113" t="s">
         <v>443</v>
       </c>
       <c r="F113">
         <v>2017</v>
       </c>
       <c r="G113" t="s">
         <v>444</v>
       </c>
       <c r="H113">
-        <v>3.89</v>
+        <v>12.08</v>
       </c>
       <c r="I113">
-        <v>1.08</v>
+        <v>7.45</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
         <v>445</v>
       </c>
       <c r="B114" t="s">
         <v>446</v>
       </c>
       <c r="C114" t="s">
-        <v>438</v>
-[...1 lines deleted...]
-      <c r="D114" t="s">
         <v>447</v>
+      </c>
+      <c r="D114">
+        <v>4</v>
       </c>
       <c r="E114" t="s">
         <v>448</v>
       </c>
       <c r="F114">
         <v>2017</v>
       </c>
       <c r="G114" t="s">
         <v>449</v>
       </c>
       <c r="H114">
         <v>6.88</v>
       </c>
       <c r="I114">
         <v>3.38</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
         <v>450</v>
       </c>
       <c r="B115" t="s">
+        <v>434</v>
+      </c>
+      <c r="C115" t="s">
         <v>451</v>
       </c>
-      <c r="C115" t="s">
-[...3 lines deleted...]
-      <c r="E115"/>
+      <c r="D115">
+        <v>154</v>
+      </c>
+      <c r="E115" t="s">
+        <v>452</v>
+      </c>
       <c r="F115">
         <v>2017</v>
       </c>
       <c r="G115" t="s">
-        <v>452</v>
-[...2 lines deleted...]
-      <c r="I115"/>
+        <v>453</v>
+      </c>
+      <c r="H115">
+        <v>3.89</v>
+      </c>
+      <c r="I115">
+        <v>1.08</v>
+      </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="B116" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="C116" t="s">
-        <v>375</v>
-[...5 lines deleted...]
-        <v>43709</v>
+        <v>447</v>
+      </c>
+      <c r="D116" t="s">
+        <v>456</v>
+      </c>
+      <c r="E116" t="s">
+        <v>457</v>
       </c>
       <c r="F116">
         <v>2017</v>
       </c>
       <c r="G116" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="H116">
-        <v>21.95</v>
+        <v>6.88</v>
       </c>
       <c r="I116">
-        <v>10.58</v>
+        <v>3.38</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B117" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="C117" t="s">
-        <v>127</v>
-[...6 lines deleted...]
-      </c>
+        <v>388</v>
+      </c>
+      <c r="D117"/>
+      <c r="E117"/>
       <c r="F117">
         <v>2017</v>
       </c>
       <c r="G117" t="s">
-        <v>459</v>
-[...6 lines deleted...]
-      </c>
+        <v>461</v>
+      </c>
+      <c r="H117"/>
+      <c r="I117"/>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B118" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="C118" t="s">
-        <v>462</v>
-[...3 lines deleted...]
-        <v>463</v>
+        <v>379</v>
+      </c>
+      <c r="D118">
+        <v>1606034</v>
+      </c>
+      <c r="E118">
+        <v>43709</v>
       </c>
       <c r="F118">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G118" t="s">
         <v>464</v>
       </c>
-      <c r="H118"/>
-      <c r="I118"/>
+      <c r="H118">
+        <v>21.95</v>
+      </c>
+      <c r="I118">
+        <v>10.58</v>
+      </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
         <v>465</v>
       </c>
       <c r="B119" t="s">
-        <v>309</v>
+        <v>466</v>
       </c>
       <c r="C119" t="s">
-        <v>281</v>
+        <v>136</v>
       </c>
       <c r="D119">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>37090</v>
+        <v>9</v>
+      </c>
+      <c r="E119" t="s">
+        <v>467</v>
       </c>
       <c r="F119">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G119" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="H119">
-        <v>4.26</v>
+        <v>7.23</v>
       </c>
       <c r="I119">
-        <v>1.69</v>
+        <v>2.93</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B120" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="C120" t="s">
-        <v>462</v>
+        <v>471</v>
       </c>
       <c r="D120"/>
       <c r="E120" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="F120">
         <v>2016</v>
       </c>
       <c r="G120" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="H120"/>
       <c r="I120"/>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
+        <v>474</v>
+      </c>
+      <c r="B121" t="s">
+        <v>475</v>
+      </c>
+      <c r="C121" t="s">
         <v>471</v>
-      </c>
-[...4 lines deleted...]
-        <v>462</v>
       </c>
       <c r="D121"/>
       <c r="E121" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="F121">
         <v>2016</v>
       </c>
       <c r="G121" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="H121"/>
       <c r="I121"/>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B122" t="s">
-        <v>476</v>
+        <v>318</v>
       </c>
       <c r="C122" t="s">
-        <v>477</v>
-[...2 lines deleted...]
-      <c r="E122"/>
+        <v>290</v>
+      </c>
+      <c r="D122">
+        <v>6</v>
+      </c>
+      <c r="E122">
+        <v>37090</v>
+      </c>
       <c r="F122">
         <v>2016</v>
       </c>
       <c r="G122" t="s">
-        <v>478</v>
-[...2 lines deleted...]
-      <c r="I122"/>
+        <v>479</v>
+      </c>
+      <c r="H122">
+        <v>4.26</v>
+      </c>
+      <c r="I122">
+        <v>1.69</v>
+      </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B123" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C123" t="s">
-        <v>481</v>
-[...3 lines deleted...]
-      </c>
+        <v>471</v>
+      </c>
+      <c r="D123"/>
       <c r="E123" t="s">
         <v>482</v>
       </c>
       <c r="F123">
         <v>2016</v>
       </c>
       <c r="G123" t="s">
         <v>483</v>
       </c>
       <c r="H123"/>
       <c r="I123"/>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
         <v>484</v>
       </c>
       <c r="B124" t="s">
-        <v>309</v>
+        <v>485</v>
       </c>
       <c r="C124" t="s">
-        <v>485</v>
-[...4 lines deleted...]
-      <c r="E124" t="s">
         <v>486</v>
       </c>
+      <c r="D124"/>
+      <c r="E124"/>
       <c r="F124">
         <v>2016</v>
       </c>
       <c r="G124" t="s">
         <v>487</v>
       </c>
-      <c r="H124">
-[...4 lines deleted...]
-      </c>
+      <c r="H124"/>
+      <c r="I124"/>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
         <v>488</v>
       </c>
       <c r="B125" t="s">
         <v>489</v>
       </c>
       <c r="C125" t="s">
-        <v>225</v>
+        <v>490</v>
       </c>
       <c r="D125">
-        <v>741</v>
-[...2 lines deleted...]
-        <v>12112</v>
+        <v>7</v>
+      </c>
+      <c r="E125" t="s">
+        <v>491</v>
       </c>
       <c r="F125">
         <v>2016</v>
       </c>
       <c r="G125" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="H125"/>
-      <c r="I125">
-[...1 lines deleted...]
-      </c>
+      <c r="I125"/>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B126" t="s">
-        <v>492</v>
+        <v>318</v>
       </c>
       <c r="C126" t="s">
-        <v>225</v>
+        <v>494</v>
       </c>
       <c r="D126">
-        <v>741</v>
-[...2 lines deleted...]
-        <v>12119</v>
+        <v>32</v>
+      </c>
+      <c r="E126" t="s">
+        <v>495</v>
       </c>
       <c r="F126">
         <v>2016</v>
       </c>
       <c r="G126" t="s">
-        <v>493</v>
-[...1 lines deleted...]
-      <c r="H126"/>
+        <v>496</v>
+      </c>
+      <c r="H126">
+        <v>38.62</v>
+      </c>
       <c r="I126">
-        <v>0.25</v>
+        <v>15.03</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="B127" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="C127" t="s">
-        <v>496</v>
-[...2 lines deleted...]
-      <c r="E127"/>
+        <v>234</v>
+      </c>
+      <c r="D127">
+        <v>741</v>
+      </c>
+      <c r="E127">
+        <v>12119</v>
+      </c>
       <c r="F127">
         <v>2016</v>
       </c>
       <c r="G127" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="H127"/>
-      <c r="I127"/>
+      <c r="I127">
+        <v>0.25</v>
+      </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B128" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="C128" t="s">
-        <v>127</v>
+        <v>234</v>
       </c>
       <c r="D128">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>500</v>
+        <v>741</v>
+      </c>
+      <c r="E128">
+        <v>12112</v>
       </c>
       <c r="F128">
         <v>2016</v>
       </c>
       <c r="G128" t="s">
-        <v>501</v>
-[...3 lines deleted...]
-      </c>
+        <v>502</v>
+      </c>
+      <c r="H128"/>
       <c r="I128">
-        <v>2.79</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="B129" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C129" t="s">
-        <v>504</v>
-[...4 lines deleted...]
-      <c r="E129" t="s">
         <v>505</v>
       </c>
+      <c r="D129"/>
+      <c r="E129"/>
       <c r="F129">
         <v>2016</v>
       </c>
       <c r="G129" t="s">
         <v>506</v>
       </c>
-      <c r="H129">
-[...4 lines deleted...]
-      </c>
+      <c r="H129"/>
+      <c r="I129"/>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
         <v>507</v>
       </c>
       <c r="B130" t="s">
         <v>508</v>
       </c>
       <c r="C130" t="s">
-        <v>438</v>
+        <v>136</v>
       </c>
       <c r="D130">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="E130" t="s">
         <v>509</v>
       </c>
       <c r="F130">
         <v>2016</v>
       </c>
       <c r="G130" t="s">
         <v>510</v>
       </c>
       <c r="H130">
-        <v>6.76</v>
+        <v>7.37</v>
       </c>
       <c r="I130">
-        <v>3.47</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
         <v>511</v>
       </c>
       <c r="B131" t="s">
         <v>512</v>
       </c>
       <c r="C131" t="s">
-        <v>225</v>
+        <v>513</v>
       </c>
       <c r="D131">
-        <v>741</v>
-[...2 lines deleted...]
-        <v>12152</v>
+        <v>186</v>
+      </c>
+      <c r="E131" t="s">
+        <v>514</v>
       </c>
       <c r="F131">
         <v>2016</v>
       </c>
       <c r="G131" t="s">
-        <v>513</v>
-[...1 lines deleted...]
-      <c r="H131"/>
+        <v>515</v>
+      </c>
+      <c r="H131">
+        <v>2.3</v>
+      </c>
       <c r="I131">
-        <v>0.25</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B132" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="C132" t="s">
-        <v>225</v>
+        <v>447</v>
       </c>
       <c r="D132">
-        <v>741</v>
-[...2 lines deleted...]
-        <v>12140</v>
+        <v>3</v>
+      </c>
+      <c r="E132" t="s">
+        <v>518</v>
       </c>
       <c r="F132">
         <v>2016</v>
       </c>
       <c r="G132" t="s">
-        <v>516</v>
-[...1 lines deleted...]
-      <c r="H132"/>
+        <v>519</v>
+      </c>
+      <c r="H132">
+        <v>6.76</v>
+      </c>
       <c r="I132">
-        <v>0.25</v>
+        <v>3.47</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="B133" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="C133" t="s">
-        <v>256</v>
+        <v>234</v>
       </c>
       <c r="D133">
-        <v>1748</v>
+        <v>741</v>
       </c>
       <c r="E133">
-        <v>30001</v>
+        <v>12152</v>
       </c>
       <c r="F133">
         <v>2016</v>
       </c>
       <c r="G133" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="H133"/>
       <c r="I133">
-        <v>0.18</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="B134" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="C134" t="s">
-        <v>127</v>
+        <v>234</v>
       </c>
       <c r="D134">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>522</v>
+        <v>741</v>
+      </c>
+      <c r="E134">
+        <v>12140</v>
       </c>
       <c r="F134">
         <v>2016</v>
       </c>
       <c r="G134" t="s">
-        <v>523</v>
-[...3 lines deleted...]
-      </c>
+        <v>525</v>
+      </c>
+      <c r="H134"/>
       <c r="I134">
-        <v>2.79</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B135" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="C135" t="s">
-        <v>127</v>
+        <v>265</v>
       </c>
       <c r="D135">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>526</v>
+        <v>1748</v>
+      </c>
+      <c r="E135">
+        <v>30001</v>
       </c>
       <c r="F135">
         <v>2016</v>
       </c>
       <c r="G135" t="s">
-        <v>527</v>
-[...3 lines deleted...]
-      </c>
+        <v>528</v>
+      </c>
+      <c r="H135"/>
       <c r="I135">
-        <v>2.79</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="B136" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C136" t="s">
-        <v>225</v>
+        <v>136</v>
       </c>
       <c r="D136">
-        <v>690</v>
-[...2 lines deleted...]
-        <v>12021</v>
+        <v>8</v>
+      </c>
+      <c r="E136" t="s">
+        <v>531</v>
       </c>
       <c r="F136">
         <v>2016</v>
       </c>
       <c r="G136" t="s">
-        <v>530</v>
-[...1 lines deleted...]
-      <c r="H136"/>
+        <v>532</v>
+      </c>
+      <c r="H136">
+        <v>7.37</v>
+      </c>
       <c r="I136">
-        <v>0.25</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="B137" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="C137" t="s">
-        <v>225</v>
+        <v>136</v>
       </c>
       <c r="D137">
-        <v>690</v>
-[...2 lines deleted...]
-        <v>12020</v>
+        <v>8</v>
+      </c>
+      <c r="E137" t="s">
+        <v>535</v>
       </c>
       <c r="F137">
         <v>2016</v>
       </c>
       <c r="G137" t="s">
-        <v>533</v>
-[...1 lines deleted...]
-      <c r="H137"/>
+        <v>536</v>
+      </c>
+      <c r="H137">
+        <v>7.37</v>
+      </c>
       <c r="I137">
-        <v>0.25</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="B138" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="C138" t="s">
-        <v>375</v>
+        <v>234</v>
       </c>
       <c r="D138">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>536</v>
+        <v>690</v>
+      </c>
+      <c r="E138">
+        <v>12020</v>
       </c>
       <c r="F138">
         <v>2016</v>
       </c>
       <c r="G138" t="s">
-        <v>537</v>
-[...3 lines deleted...]
-      </c>
+        <v>539</v>
+      </c>
+      <c r="H138"/>
       <c r="I138">
-        <v>9.18</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="B139" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="C139" t="s">
-        <v>540</v>
+        <v>234</v>
       </c>
       <c r="D139">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>541</v>
+        <v>690</v>
+      </c>
+      <c r="E139">
+        <v>12021</v>
       </c>
       <c r="F139">
         <v>2016</v>
       </c>
       <c r="G139" t="s">
         <v>542</v>
       </c>
-      <c r="H139">
-[...1 lines deleted...]
-      </c>
+      <c r="H139"/>
       <c r="I139">
-        <v>6.95</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
         <v>543</v>
       </c>
       <c r="B140" t="s">
-        <v>309</v>
+        <v>544</v>
       </c>
       <c r="C140" t="s">
-        <v>44</v>
+        <v>379</v>
       </c>
       <c r="D140">
-        <v>45</v>
+        <v>28</v>
       </c>
       <c r="E140" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="F140">
         <v>2016</v>
       </c>
       <c r="G140" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="H140">
-        <v>4.03</v>
+        <v>19.79</v>
       </c>
       <c r="I140">
-        <v>1.23</v>
+        <v>9.18</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="B141" t="s">
-        <v>529</v>
+        <v>548</v>
       </c>
       <c r="C141" t="s">
-        <v>127</v>
+        <v>549</v>
       </c>
       <c r="D141">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="E141" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F141">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G141" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="H141">
-        <v>7.76</v>
+        <v>13.94</v>
       </c>
       <c r="I141">
-        <v>2.77</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="B142" t="s">
-        <v>382</v>
+        <v>318</v>
       </c>
       <c r="C142" t="s">
-        <v>281</v>
+        <v>49</v>
       </c>
       <c r="D142">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>19410</v>
+        <v>45</v>
+      </c>
+      <c r="E142" t="s">
+        <v>553</v>
       </c>
       <c r="F142">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G142" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="H142">
-        <v>5.23</v>
+        <v>4.03</v>
       </c>
       <c r="I142">
-        <v>2.03</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="B143" t="s">
-        <v>552</v>
+        <v>541</v>
       </c>
       <c r="C143" t="s">
-        <v>11</v>
+        <v>136</v>
       </c>
       <c r="D143">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="E143" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F143">
         <v>2015</v>
       </c>
       <c r="G143" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="H143">
-        <v>7.49</v>
+        <v>7.76</v>
       </c>
       <c r="I143">
-        <v>4.21</v>
+        <v>2.77</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="B144" t="s">
-        <v>309</v>
+        <v>399</v>
       </c>
       <c r="C144" t="s">
-        <v>24</v>
+        <v>290</v>
       </c>
       <c r="D144">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>556</v>
+        <v>6</v>
+      </c>
+      <c r="E144">
+        <v>19410</v>
       </c>
       <c r="F144">
         <v>2015</v>
       </c>
       <c r="G144" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="H144">
-        <v>11.38</v>
+        <v>5.23</v>
       </c>
       <c r="I144">
-        <v>4.86</v>
+        <v>2.03</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B145" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="C145" t="s">
-        <v>560</v>
-[...2 lines deleted...]
-      <c r="E145"/>
+        <v>11</v>
+      </c>
+      <c r="D145">
+        <v>10</v>
+      </c>
+      <c r="E145" t="s">
+        <v>562</v>
+      </c>
       <c r="F145">
         <v>2015</v>
       </c>
       <c r="G145" t="s">
-        <v>561</v>
-[...2 lines deleted...]
-      <c r="I145"/>
+        <v>563</v>
+      </c>
+      <c r="H145">
+        <v>7.49</v>
+      </c>
+      <c r="I145">
+        <v>4.21</v>
+      </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="B146" t="s">
-        <v>563</v>
+        <v>318</v>
       </c>
       <c r="C146" t="s">
-        <v>193</v>
+        <v>24</v>
       </c>
       <c r="D146">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="E146" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="F146">
         <v>2015</v>
       </c>
       <c r="G146" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="H146">
-        <v>13.78</v>
+        <v>11.38</v>
       </c>
       <c r="I146">
-        <v>8.36</v>
+        <v>4.86</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="B147" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="C147" t="s">
-        <v>568</v>
-[...4 lines deleted...]
-      <c r="E147" t="s">
         <v>569</v>
       </c>
+      <c r="D147"/>
+      <c r="E147"/>
       <c r="F147">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G147" t="s">
         <v>570</v>
       </c>
-      <c r="H147">
-[...4 lines deleted...]
-      </c>
+      <c r="H147"/>
+      <c r="I147"/>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" t="s">
         <v>571</v>
       </c>
       <c r="B148" t="s">
-        <v>309</v>
+        <v>572</v>
       </c>
       <c r="C148" t="s">
-        <v>572</v>
+        <v>202</v>
       </c>
       <c r="D148">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>317</v>
+        <v>15</v>
+      </c>
+      <c r="E148" t="s">
+        <v>573</v>
       </c>
       <c r="F148">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="G148" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="H148">
-        <v>2.48</v>
+        <v>13.78</v>
       </c>
       <c r="I148">
-        <v>0.81</v>
+        <v>8.36</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="B149" t="s">
-        <v>309</v>
+        <v>576</v>
       </c>
       <c r="C149" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="D149">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="E149" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="F149">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G149" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="H149">
-        <v>0.89</v>
+        <v>0.82</v>
       </c>
       <c r="I149">
-        <v>0.59</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="B150" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="C150" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="D150">
-        <v>677</v>
-[...2 lines deleted...]
-        <v>580</v>
+        <v>8</v>
+      </c>
+      <c r="E150">
+        <v>317</v>
       </c>
       <c r="F150">
         <v>2013</v>
       </c>
       <c r="G150" t="s">
-        <v>581</v>
-[...2 lines deleted...]
-      <c r="I150"/>
+        <v>582</v>
+      </c>
+      <c r="H150">
+        <v>2.48</v>
+      </c>
+      <c r="I150">
+        <v>0.81</v>
+      </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B151" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="C151" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="D151">
-        <v>677</v>
+        <v>43</v>
       </c>
       <c r="E151" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="F151">
         <v>2013</v>
       </c>
       <c r="G151" t="s">
-        <v>584</v>
-[...2 lines deleted...]
-      <c r="I151"/>
+        <v>586</v>
+      </c>
+      <c r="H151">
+        <v>0.89</v>
+      </c>
+      <c r="I151">
+        <v>0.59</v>
+      </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="B152" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="C152" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="D152">
-        <v>111</v>
+        <v>677</v>
       </c>
       <c r="E152" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="F152">
         <v>2013</v>
       </c>
       <c r="G152" t="s">
-        <v>588</v>
-[...6 lines deleted...]
-      </c>
+        <v>590</v>
+      </c>
+      <c r="H152"/>
+      <c r="I152"/>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="B153" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="C153" t="s">
-        <v>590</v>
-[...1 lines deleted...]
-      <c r="D153"/>
+        <v>588</v>
+      </c>
+      <c r="D153">
+        <v>677</v>
+      </c>
       <c r="E153" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="F153">
         <v>2013</v>
       </c>
-      <c r="G153"/>
+      <c r="G153" t="s">
+        <v>593</v>
+      </c>
       <c r="H153"/>
       <c r="I153"/>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="B154" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="C154" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="D154">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>1208</v>
+        <v>111</v>
+      </c>
+      <c r="E154" t="s">
+        <v>596</v>
       </c>
       <c r="F154">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G154" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="H154">
-        <v>2.18</v>
+        <v>1.69</v>
       </c>
       <c r="I154">
-        <v>0.86</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="B155" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="C155" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="D155"/>
       <c r="E155" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="F155">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="G155"/>
       <c r="H155"/>
       <c r="I155"/>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="B156" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="C156" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="D156">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E156">
-        <v>43650</v>
+        <v>1208</v>
       </c>
       <c r="F156">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G156" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-      <c r="I156"/>
+        <v>603</v>
+      </c>
+      <c r="H156">
+        <v>2.18</v>
+      </c>
+      <c r="I156">
+        <v>0.86</v>
+      </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="B157" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="C157" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="D157">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="E157">
-        <v>53528</v>
+        <v>43650</v>
       </c>
       <c r="F157">
         <v>2011</v>
       </c>
       <c r="G157" t="s">
-        <v>603</v>
-[...6 lines deleted...]
-      </c>
+        <v>606</v>
+      </c>
+      <c r="H157"/>
+      <c r="I157"/>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="B158" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="C158" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="D158"/>
       <c r="E158" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="F158">
         <v>2011</v>
       </c>
-      <c r="G158"/>
+      <c r="G158" t="s">
+        <v>606</v>
+      </c>
       <c r="H158"/>
       <c r="I158"/>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="B159" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="C159" t="s">
-        <v>600</v>
-[...3 lines deleted...]
-      </c>
+        <v>611</v>
+      </c>
+      <c r="D159"/>
       <c r="E159" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="F159">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G159"/>
       <c r="H159"/>
       <c r="I159"/>
+    </row>
+    <row r="160" spans="1:9">
+      <c r="A160" t="s">
+        <v>613</v>
+      </c>
+      <c r="B160" t="s">
+        <v>318</v>
+      </c>
+      <c r="C160" t="s">
+        <v>614</v>
+      </c>
+      <c r="D160">
+        <v>5</v>
+      </c>
+      <c r="E160">
+        <v>53528</v>
+      </c>
+      <c r="F160">
+        <v>2011</v>
+      </c>
+      <c r="G160" t="s">
+        <v>615</v>
+      </c>
+      <c r="H160">
+        <v>1.57</v>
+      </c>
+      <c r="I160">
+        <v>1.0</v>
+      </c>
+    </row>
+    <row r="161" spans="1:9">
+      <c r="A161" t="s">
+        <v>616</v>
+      </c>
+      <c r="B161" t="s">
+        <v>318</v>
+      </c>
+      <c r="C161" t="s">
+        <v>605</v>
+      </c>
+      <c r="D161">
+        <v>12</v>
+      </c>
+      <c r="E161" t="s">
+        <v>617</v>
+      </c>
+      <c r="F161">
+        <v>2010</v>
+      </c>
+      <c r="G161"/>
+      <c r="H161"/>
+      <c r="I161"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>