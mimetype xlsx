--- v2 (2025-11-24)
+++ v3 (2026-03-03)
@@ -12,79 +12,91 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="618">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="621">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Fiber-Integrated Metal–Organic Framework Nanosheets for Light Emission and Microendoscopy</t>
+  </si>
+  <si>
+    <t>Pavel Alekseevskiy, Anastasia Efimova, Svyatoslav Povarov, Nikolaj Zhestkij, Pavel A. Demakov, Nikita Burzak, Vyacheslav A. Dyachuk, Vladimir P. Fedin, Andrei S. Potapov, Xiaolin Yu, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>ACS Applied Nano Materials</t>
+  </si>
+  <si>
+    <t>10.1021/acsanm.5c04932</t>
+  </si>
+  <si>
     <t>Highly Nonlinear Metal‐Organic Framework Microcrystal for Ultrabroadband and Multiwavelength Coherent Light Emission</t>
   </si>
   <si>
     <t>Nikolaj Zhestkij, Svyatoslav Povarov, Sergei Shipilovskikh, Irina D. Yushina, Jean‐François Pierson, Valentin Milichko</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>e01152</t>
   </si>
   <si>
     <t>10.1002/lpor.202501152</t>
   </si>
   <si>
     <t>Photonic-Mediated Neuromorphic Computing Enabled by a Copper Oxide Microcrystal Optoelectronic Synapse</t>
   </si>
   <si>
     <t>Semyon Bachinin, Maria Timofeeva, Alexandera Gavrilova, Svyatoslav Povarov, Vladimir Shirobokov, Alena Kulakova, Valentin Milichko</t>
   </si>
   <si>
     <t>ACS Applied Materials &amp; Interfaces</t>
   </si>
   <si>
     <t>10.1021/acsami.5c06829</t>
@@ -296,71 +308,71 @@
   <si>
     <t>Non-thermal plasma etching of MOF thin films in high optical quality for interference sensing</t>
   </si>
   <si>
     <t>Pavel Alekseevskiy, Maria Timofeeva, Semyon Bachinin, Regis Peignier, Cedric Noel, Pascal Boulet, Thierry Belmonte, Valentin Milichko</t>
   </si>
   <si>
     <t>Optical Materials</t>
   </si>
   <si>
     <t>10.1016/j.optmat.2024.115666</t>
   </si>
   <si>
     <t>Tailoring the nonlinear optical response of high-entropy alloy thin films through compositional and structural modification</t>
   </si>
   <si>
     <t>Salah-Eddine Benrazzouq, Ekaterina Gunina, Svyatoslav Povarov, Jaafar Ghanbaja, Sylvie Migot, Alexandre Nomine, Jean-François Pierson, Valentin Milichko</t>
   </si>
   <si>
     <t>Advances in Optical Thin Films VIII</t>
   </si>
   <si>
     <t>10.1117/12.3016680</t>
   </si>
   <si>
+    <t>From grayscale towards multi-color laser printing inside non-linear metal-organic framework microcrystals</t>
+  </si>
+  <si>
+    <t>Nikolaj Zhestkij, Anastasia Efimova, Sergei Shipilovskikh, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>Photosensitive Materials and their Applications III</t>
+  </si>
+  <si>
+    <t>10.1117/12.3022176</t>
+  </si>
+  <si>
     <t>Optical modulator based on 2D metal-organic framework single crystal with light driven anisotropy</t>
   </si>
   <si>
     <t>Yuliya Kenzhebayeva, Valentin Milichko</t>
   </si>
   <si>
-    <t>Photosensitive Materials and their Applications III</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1117/12.3016559</t>
   </si>
   <si>
-    <t>From grayscale towards multi-color laser printing inside non-linear metal-organic framework microcrystals</t>
-[...7 lines deleted...]
-  <si>
     <t>Green synthesis of luminescent La-MOF nanoparticle from waste poly(ethylene terephthalate) for high-performance in Fe(III) detection</t>
   </si>
   <si>
     <t>Zhi Gong, Zhi-Kui Dai, Zhi-Yue Dong, Qiu-Xuan Liu, Valentin Milichko, Hua-Jian Liu, Jie Liu, Ran Niu, Jiang Gong</t>
   </si>
   <si>
     <t>Rare Metals</t>
   </si>
   <si>
     <t>3833-3843</t>
   </si>
   <si>
     <t>10.1007/s12598-024-02696-8</t>
   </si>
   <si>
     <t>Light-driven anisotropy of 2D metal-organic framework single crystal for repeatable optical modulation</t>
   </si>
   <si>
     <t>Yuliya Kenzhebayeva, Nikita Kulachenkov, Sergei Rzhevskii, Pavel A. Slepukhin, Vladimir V. Shilovskikh, Anastasia Efimova, Pavel Alekseevskiy, Gennady Y. Gor, Alina Emelianova, Sergei Shipilovskikh, Irina D. Yushina, Alexander Krylov, Dmitry I. Pavlov, Vladimir P. Fedin, Andrei S. Potapov, Valentin Milichko</t>
   </si>
   <si>
     <t>10.1038/s43246-024-00485-5</t>
   </si>
   <si>
     <t>Two-dimensional thin and porous membranes for gas molecules sensing</t>
@@ -461,77 +473,77 @@
   <si>
     <t>10.1021/acsaom.3c00340</t>
   </si>
   <si>
     <t>Metal-organic frameworks as competitive non-linear optical materials: light conversion and structural modification</t>
   </si>
   <si>
     <t>Nikolaj Zhestkij, Anastasia Efimova, Yuliya Kenzhebayeva, Sergei Shipilovskikh, Valentin Milichko</t>
   </si>
   <si>
     <t>Nanophotonics and Micro/Nano Optics IX</t>
   </si>
   <si>
     <t>10.1117/12.2691151</t>
   </si>
   <si>
     <t>Memristive behavior of UiO-66 metal-organic framework single crystal</t>
   </si>
   <si>
     <t>Semyon Bachinin, Anastasiia Liubimova, Svyatoslav Povarov, Dmitrii Zubok, Elizaveta Okoneshnikova, Alena Kulakova, Sergei Rzhevskii, Valentin Milichko</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2023.101206</t>
   </si>
   <si>
+    <t>Self‐Assembly of Hydrogen‐Bonded Organic Crystals on Arbitrary Surfaces for Efficient Amplified Spontaneous Emission</t>
+  </si>
+  <si>
+    <t>Yuliya Kenzhebayeva, Irina Gorbunova, Arthur Dolgopolov, Maksim V. Dmitriev, Timur Sh. Atabaev, Evgeniia A. Stepanidenko, Anastasia Efimova, Alexander S. Novikov, Sergei Shipilovskikh, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>Advanced Photonics Research</t>
+  </si>
+  <si>
+    <t>10.1002/adpr.202300173</t>
+  </si>
+  <si>
     <t>3D Optical Reconstruction of the Nervous System of the Whole-Body Marine Invertebrates</t>
   </si>
   <si>
     <t>Valentin Milichko, Vyacheslav Dyachuk</t>
   </si>
   <si>
     <t>Chemical &amp;amp; Biomedical Imaging</t>
   </si>
   <si>
     <t>852-863</t>
   </si>
   <si>
     <t>10.1021/cbmi.3c00087</t>
   </si>
   <si>
-    <t>Self‐Assembly of Hydrogen‐Bonded Organic Crystals on Arbitrary Surfaces for Efficient Amplified Spontaneous Emission</t>
-[...10 lines deleted...]
-  <si>
     <t>UiO-66 metal organic framework as stable platform for non-linear optical applications</t>
   </si>
   <si>
     <t>Nikolaj Zhestkij, Svyatoslav Povarov, Yuri Mezenov, Sergei Rzhevskii, Alena Kulakova, Valentin Milichko</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2023.101198</t>
   </si>
   <si>
     <t>Laser-Assisted Design of MOF-Derivative Platforms from Nano- to Centimeter Scales for Photonic and Catalytic Applications</t>
   </si>
   <si>
     <t>Ekaterina Gunina, Nikolaj Zhestkij, Maksim Sergeev, Semyon Bachinin, Yuri Mezenov, Nikita Kulachenkov, Maria Timofeeva, Valentina Ivashchenko, Alexander Timin, Sergei Shipilovskikh, Dmitry I. Pavlov, Andrei S. Potapov, Jiang Gong, Laura Khamkhash, Timur Sh. Atabaev, Stephanie Bruyere, Valentin Milichko</t>
   </si>
   <si>
     <t>10.1021/acsami.3c10193</t>
   </si>
   <si>
     <t>Exfoliation of 2D Metal‐Organic Frameworks: toward Advanced Scalable Materials for Optical Sensing</t>
   </si>
   <si>
     <t>Anastasia Efimova, Pavel Alekseevskiy, Maria Timofeeva, Yuliya Kenzhebayeva, Alina Kuleshova, Irina Koryakina,  Pavlov Dmitry I., Taisiya S. Sukhikh, Andrei S. Potapov, Sergei Shipilovskikh, Nan Li, Valentin Milichko</t>
   </si>
   <si>
     <t>Small Methods</t>
@@ -662,125 +674,122 @@
   <si>
     <t>13992-14003</t>
   </si>
   <si>
     <t>10.1021/acs.inorgchem.2c01978</t>
   </si>
   <si>
     <t>Reversible and Irreversible Laser Interference Patterning of MOF Thin Films</t>
   </si>
   <si>
     <t>Nikolaj Zhestkij, Anastasia Efimova, Sergey Rzhevskiy, Yuliya Kenzhebayeva, Semyon Bachinin, Ekaterina Gunina, Maxim Sergeev, Vyacheslav Dyachuk, Valentin Milichko</t>
   </si>
   <si>
     <t>Crystals</t>
   </si>
   <si>
     <t>10.3390/cryst12060846</t>
   </si>
   <si>
     <t>Hierarchical Hexagonal Boron Nitride Nanowall-Decorated Silicon Nanoparticles for Tunable Ink-Free Coloring</t>
   </si>
   <si>
     <t>Louise-Eugénie Bataille, Ivan S. Merenkov, Vitaly Yaroshenko, Pavel Kustov, Pavel Alekseevskiy, Nikita Kulachenkov, Yuliya Kenzhebayeva, Roman Savelev, Dmitry Zuev, Alexandre Nomine, Julien Zollinger, Anna A. Voroshnina, Marina L. Kosinova, Valentin Milichko</t>
   </si>
   <si>
-    <t>ACS Applied Nano Materials</t>
-[...1 lines deleted...]
-  <si>
     <t>6106-6114</t>
   </si>
   <si>
     <t>10.1021/acsanm.1c04308</t>
   </si>
   <si>
     <t>Light-Induced Color Switching of Single Metal–Organic Framework Nanocrystals</t>
   </si>
   <si>
     <t>Yuliya Kenzhebayeva, Semyon Bachinin, Aleksandr Solomonov, Venera Gilemkhanova, Sergei Shipilovskikh, Nikita Kulachenkov, Sergey P. Fisenko, Mikhail Rybin, Valentin Milichko</t>
   </si>
   <si>
     <t>777-783</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.1c03630</t>
   </si>
   <si>
     <t>The influence of substitutes on the room temperature photoluminescence of 2-amino-4-oxobut-2-enoic acid molecular crystals</t>
   </si>
   <si>
     <t>Ekaterina Gunina, Nikolaj Zhestkij, Semyon Bachinin, Sergey P. Fisenko, Daria. A. Shipilovskikh, Valentin Milichko, Sergei Shipilovskikh</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2021.100990</t>
   </si>
   <si>
+    <t>Synthesis of highly stable luminescent molecular crystals based on (E)-2-((3-(ethoxycarbonyl)-5-methyl-4-phenylthiophen-2-yl)amino)-4-oxo-4-(p-tolyl)but-2-enoic acid</t>
+  </si>
+  <si>
+    <t>N. A. Zhestkij, Ekaterina Gunina, S. P. Fisenko, A. E. Rubtsov, D. A. Shipilovskikh, Valentin Milichko, Sergei Shipilovskikh</t>
+  </si>
+  <si>
+    <t>Chimica Techno Acta</t>
+  </si>
+  <si>
+    <t>10.15826/chimtech.2021.8.4.11</t>
+  </si>
+  <si>
     <t>Synthesis of highly stable luminescent molecular crystals based on (E)-2-((3-(ethoxycarbonyl)-5-methyl-4-phenylthiophen-2- yl)amino)-4-oxo-4-(p-tolyl)but-2-enoic acid</t>
   </si>
   <si>
     <t>Nikolaj Zhestkij, Ekaterina Gunina, S. P. Fisenko, A. E. Rubtsov, D. A. Shipilovskikh, Valentin Milichko, Sergei Shipilovskikh</t>
   </si>
   <si>
-    <t>Chimica Techno Acta</t>
-[...8 lines deleted...]
-    <t>N. A. Zhestkij, Ekaterina Gunina, S. P. Fisenko, A. E. Rubtsov, D. A. Shipilovskikh, Valentin Milichko, Sergei Shipilovskikh</t>
+    <t>Tuneable photoluminescence of TBAPY-based Metal-Organic Complex</t>
+  </si>
+  <si>
+    <t>Maria Timofeeva, Semyon Bachinin, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012151</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012151</t>
   </si>
   <si>
     <t>Linear optical properties of HKUST-1 metal-organic framework: Effect of the crystal size and synthetic approach</t>
   </si>
   <si>
     <t>Yuliya Kenzhebayeva, Semyon Bachinin, Venera Gilemkhanova, Valentin Milichko</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012059</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012059</t>
   </si>
   <si>
-    <t>Tuneable photoluminescence of TBAPY-based Metal-Organic Complex</t>
-[...10 lines deleted...]
-  <si>
     <t>Flexible Metal‐Organic Framework for Mechanical Sub Tbyte inch            −2            Data Recording under Ambient Condition</t>
   </si>
   <si>
     <t>Pavel Alekseevskiy, Sergei Rzhevskii, Venera Gilemkhanova, Nikita Kulachenkov, A. Sapianik, M. Barsukova, V. P. Fedin, Valentin Milichko</t>
   </si>
   <si>
     <t>Advanced Materials Interfaces</t>
   </si>
   <si>
     <t>10.1002/admi.202101196</t>
   </si>
   <si>
     <t>MOF‐Based Sustainable Memory Devices</t>
   </si>
   <si>
     <t>Nikita Kulachenkov, Quentin Haar, Sergei Shipilovskikh, Andrei Yankin, Jean‐François Pierson, Alexandre Nomine, Valentin Milichko</t>
   </si>
   <si>
     <t>10.1002/adfm.202107949</t>
   </si>
   <si>
     <t>Metal-Organic Frameworks for Metal-Ion Batteries: Towards Scalability</t>
   </si>
   <si>
     <t>Semyon Bachinin, Venera Gilemkhanova, Maria Timofeeva, Yuliya Kenzhebayeva, Andrei Yankin, Valentin Milichko</t>
@@ -803,101 +812,101 @@
   <si>
     <t>Adaptive Nanoparticle‐Polymer Complexes as Optical Elements: Design and Application in Nanophotonics and Nanomedicine</t>
   </si>
   <si>
     <t>Pavel Talianov, Landysh Fatkhutdinova, Alexander S. Timin, Valentin Milichko, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>10.1002/lpor.202000421</t>
   </si>
   <si>
     <t>All‐Dielectric Nanostructures with a Thermoresponsible Dynamic Polymer Shell</t>
   </si>
   <si>
     <t>Anna A. Nikitina, Valentin Milichko, Alexander S. Novikov, Artem Larin, Proloy Nandi, Utkur Mirsaidov, Daria V. Andreeva, Mikhail Rybin, Yuri Kivshar, Ekaterina V. Skorb</t>
   </si>
   <si>
     <t>Angewandte Chemie International Edition</t>
   </si>
   <si>
     <t>12737-12741</t>
   </si>
   <si>
     <t>10.1002/anie.202101188</t>
   </si>
   <si>
+    <t>Sonication of 2D metal-organic framework for atomic force microscopy</t>
+  </si>
+  <si>
+    <t>Pavel Alekseevskiy, Andrei Yankin, Marina O. Barsukova, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020001</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031912</t>
+  </si>
+  <si>
+    <t>Zebrafish as model system for cancer development</t>
+  </si>
+  <si>
+    <t>Maxim Shirokov, Valentin Milichko, Vyacheslav Dyachuk</t>
+  </si>
+  <si>
+    <t>020116</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031986</t>
+  </si>
+  <si>
     <t>Optical switching in metal-organic framework</t>
   </si>
   <si>
     <t>Nikita Kulachenkov, Andrei Yankin, Valentin Milichko</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020073</t>
   </si>
   <si>
     <t>10.1063/5.0031913</t>
   </si>
   <si>
     <t>Electron beam induced nanoparticle growth in metal-organic frameworks</t>
   </si>
   <si>
     <t>Yuri Mezenov, Nikita Kulachenkov, Stéphanie Bruyere, Valentin Milichko</t>
   </si>
   <si>
     <t>020086</t>
   </si>
   <si>
     <t>10.1063/5.0031914</t>
   </si>
   <si>
-    <t>Sonication of 2D metal-organic framework for atomic force microscopy</t>
-[...22 lines deleted...]
-  <si>
     <t>Polymer Matrix Incorporated with ZIF-8 for Application in Nonlinear Optics</t>
   </si>
   <si>
     <t>Yuri Mezenov, Nikita Kulachenkov, Andrei Yankin, Sergey S. Rzhevskiy, Pavel Alekseevskiy, Venera Gilemkhanova, Semyon Bachinin, Vyacheslav Dyachuk, Valentin Milichko</t>
   </si>
   <si>
     <t>Nanomaterials</t>
   </si>
   <si>
     <t>10.3390/nano10061036</t>
   </si>
   <si>
     <t>Photochromic Free MOF‐Based Near‐Infrared Optical Switch</t>
   </si>
   <si>
     <t>Valentin Milichko, Nikita Kulachenkov, Dapeng Sun, Yuri Mezenov, Andrei Yankin, Sergey Rzevskiy, Vyacheslav Dyachuk, Alexandre Nomine, Ghouti Medjahdi, Evgeny A. Pidko</t>
   </si>
   <si>
     <t>15522 –15526</t>
   </si>
   <si>
     <t>10.1002/anie.202004293</t>
   </si>
   <si>
     <t>Exceptional Concentrations of Gold Nanoparticles in 1,7 Ga Fluid Inclusions From the Kola Superdeep Borehole, Northwest Russia</t>
@@ -986,95 +995,95 @@
   <si>
     <t>10.1039/c9nr02167a</t>
   </si>
   <si>
     <t>Optical interference-based sensors for the visual detection of nano-scale objects</t>
   </si>
   <si>
     <t>Valentin Milichko</t>
   </si>
   <si>
     <t>6343-6351</t>
   </si>
   <si>
     <t>10.1039/c9nr00616h</t>
   </si>
   <si>
     <t>Reconfigurable Near-field Enhancement with Hybrid Metal-Dielectric Oligomers</t>
   </si>
   <si>
     <t>Yali Sun, Ivan Sinev, Anastasia Zalogina, Eduard Ageev, Hadi Shamkhi Al Naeemah, Filipp Komissarenko, Sergey Lepeshov, Valentin Milichko, Sergey Makarov, Ivan Mukhin, Dmitry Zuev</t>
   </si>
   <si>
     <t>10.1002/lpor.201800274</t>
   </si>
   <si>
+    <t>Second harmonic generation from metal-organic framework derivatives</t>
+  </si>
+  <si>
+    <t>Pavel Trofimov, S A Sapchenko, Anastasia Zalogina, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>012091</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012091</t>
+  </si>
+  <si>
+    <t>Nanometer scale metal-organic framework nanoparticles for optical application</t>
+  </si>
+  <si>
+    <t>Alexandre Nomine, S A Sapchenko, J Ghanbaja, S Bruyère, Anastasia Zalogina, Pavel Trofimov, Andrey Krasilin, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>012090</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012090</t>
+  </si>
+  <si>
     <t>A new tool for imaging and reconstruction of optically cleared invertebrate animals</t>
   </si>
   <si>
     <t>012088</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012088</t>
   </si>
   <si>
     <t>Light induced heating of Ge nanoparticle covered by BSA</t>
   </si>
   <si>
     <t>Andrey Krasilin, Dmitry Zuev, Vyacheslav Dyachuk, Valentin Milichko</t>
   </si>
   <si>
     <t>012089</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012089</t>
   </si>
   <si>
-    <t>Second harmonic generation from metal-organic framework derivatives</t>
-[...22 lines deleted...]
-  <si>
     <t>Holographic sol–gel monoliths: optical properties and application for humidity sensing</t>
   </si>
   <si>
     <t>Daniil A. Ilatovskii, Valentin Milichko</t>
   </si>
   <si>
     <t>Royal Society Open Science</t>
   </si>
   <si>
     <t>10.1098/rsos.172465</t>
   </si>
   <si>
     <t>Purcell effect in active diamond nanoantennas</t>
   </si>
   <si>
     <t>Anastasia Zalogina, Roman Savelev, Georgiy Zograf, Filipp Komissarenko, Valentin Milichko, Sergey Makarov, Dmitry Zuev</t>
   </si>
   <si>
     <t>8721-8727</t>
   </si>
   <si>
     <t>10.1039/C7NR07953B</t>
   </si>
   <si>
     <t>The conformation of BSA adsorbed to the surface of single all-dielectric nanoparticles following light-induced heating</t>
@@ -1085,314 +1094,314 @@
   <si>
     <t>Journal of Biophotonics</t>
   </si>
   <si>
     <t>e201700322</t>
   </si>
   <si>
     <t>10.1002/jbio.201700322</t>
   </si>
   <si>
     <t>Composites based on heparin and MIL-101(Fe): the drug releasing depot for anticoagulant therapy and advanced medical nanofabrication</t>
   </si>
   <si>
     <t>Andrey S. Drozdov, Leila R. Mingabudinova, Emiliya M. Shabanova, Nina O. Kolchina, Elizaveta I. Anastasova, Alina A. Markova, Alexander A. Shtil, Valentin Milichko, Galina L. Starova, Rafaella L. M. Precker, Evamarie Hey-Hawkins, Evgeny A. Pidko</t>
   </si>
   <si>
     <t>Journal of Materials Chemistry B</t>
   </si>
   <si>
     <t>2450-2459</t>
   </si>
   <si>
     <t>10.1039/c8tb00072g</t>
   </si>
   <si>
+    <t>Nanoimprinted hybrid perovskite metasurfaces</t>
+  </si>
+  <si>
+    <t>Sergey Makarov, Valentin Milichko, Yuri Kivshar, Anvar Zakhidov</t>
+  </si>
+  <si>
+    <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
+  </si>
+  <si>
+    <t>10.1109/piers.2017.8261891</t>
+  </si>
+  <si>
     <t>Highly efficient optical heating of non-plasmonic nananoparticles</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Dmitry Zuev, Valentin Milichko, Sergey Makarov</t>
   </si>
   <si>
-    <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/piers.2017.8261981</t>
   </si>
   <si>
     <t>Multifunctional sensing with hybrid nanophotonic structures</t>
   </si>
   <si>
     <t>Dmitry Zuev,  Baranov D. G., Georgiy Zograf, Sergey Makarov, K. V. Volodina, Andrey Krasilin, Ivan Mukhin, Pavel Dmitriev, Valentin Milichko, E. A. Pidko</t>
   </si>
   <si>
     <t>1491-1493</t>
   </si>
   <si>
     <t>10.1109/piers.2017.8261982</t>
   </si>
   <si>
     <t>Nanocrystalline resonant silicon nanoparticle for highly efficient second harmonic generation</t>
   </si>
   <si>
     <t>Sergey Makarov, Mihail Petrov, Tim Fischer, Valentin Milichko, Dmitry Zuev, Georgiy Zograf, Daria A. Smirnova, Sergey V. Starikov, Boris N. Chichkov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1109/piers.2017.8262339</t>
   </si>
   <si>
-    <t>Nanoimprinted hybrid perovskite metasurfaces</t>
-[...5 lines deleted...]
-    <t>10.1109/piers.2017.8261891</t>
+    <t>Hybrid nanocavity for molecular sensing</t>
+  </si>
+  <si>
+    <t>Valentin Milichko, Kristina Frizyuk, Pavel Dmitriev, Dmitry Zuev, Georgiy Zograf, Sergey Makarov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2017 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
+  </si>
+  <si>
+    <t>10.1109/comcas.2017.8244858</t>
   </si>
   <si>
     <t>Nanoscale optical high-temperature sensor</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Ivan Sinev, Anton Samusev, Dmitry Zuev, Valentin Milichko, Sergey Makarov</t>
   </si>
   <si>
-    <t>2017 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/comcas.2017.8244856</t>
   </si>
   <si>
-    <t>Hybrid nanocavity for molecular sensing</t>
-[...7 lines deleted...]
-  <si>
     <t>Response to Comment “On the Existence of Excitonic Signatures in the Optical Response of Metal–Organic Frameworks”</t>
   </si>
   <si>
     <t>Advanced Materials</t>
   </si>
   <si>
     <t>10.1002/adma.201705261</t>
   </si>
   <si>
     <t>Nanoscale generation of white light for ultrabroadband nanospectroscopy</t>
   </si>
   <si>
     <t>Sergey Makarov, Ivan Sinev, Valentin Milichko, Filipp Komissarenko, Dmitry Zuev, Ivan Mukhin, Pavel Belov, Ivan Iorsh, Alexander Poddubny, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>18 (1)</t>
   </si>
   <si>
     <t>535–539</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.7b04542</t>
   </si>
   <si>
     <t>2D thermal map calculation and experimental study for optical heating of resonant non-plasmonic nanoparticles</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Dmitry Zuev, Valentin Milichko, Pavel Dmitriev, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>2017 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>10.1109/dd.2017.8168050</t>
   </si>
   <si>
+    <t>Optical spatial modulation of luminescent properties of van der Waals metal-organic framework</t>
+  </si>
+  <si>
+    <t>Valentin Milichko, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998103</t>
+  </si>
+  <si>
     <t>Fabrication of spherical GeSbTe nanoparticles by laser printing technique</t>
   </si>
   <si>
     <t>Mohammad Tajik, Dmitry Zuev, Valentin Milichko, Mikhail Rybin, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/917/6/062017</t>
   </si>
   <si>
     <t>Metal-dielectric nanocavity as a versatile optical sensing platform</t>
   </si>
   <si>
     <t>Valentin Milichko, Dmitry Zuev, Dmitry Baranov, Georgiy Zograf, Andrey Krasilin, Sergey Makarov</t>
   </si>
   <si>
     <t>2017 11th Int. Congress on Engineered Materials Platforms for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>403-405</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2017.8107828</t>
   </si>
   <si>
-    <t>Optical spatial modulation of luminescent properties of van der Waals metal-organic framework</t>
-[...7 lines deleted...]
-  <si>
     <t>Laser deposition of resonant silicon nanoparticles on perovskite for photoluminescence enhancement</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Anastasia Zalogina, Valentin Milichko, Dmitry Zuev, Mikhail Omelyanovich, Arthur Ishteev, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/929/1/012053</t>
   </si>
   <si>
     <t>Laser post-processing of halide perovskites for enhanced photoluminescence and absorbance</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Filipp Komissarenko, Arthur Ishteev, Valentin Milichko, Dmitry Zuev, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>062002</t>
   </si>
   <si>
     <t>10.1088/1742-6596/917/6/062002</t>
   </si>
   <si>
     <t>Metal-Dielectric Nanocavity for Real-Time Tracing Molecular Events with Temperature Feedback</t>
   </si>
   <si>
     <t>Valentin Milichko, Dmitry Zuev, Georgiy Zograf, Andrey Krasilin, Ivan Mukhin, Pavel Dmitriev, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>UNSP 1700227</t>
   </si>
   <si>
     <t>10.1002/lpor.201700227</t>
   </si>
   <si>
+    <t>Nano-architecture of metal-organic frameworks</t>
+  </si>
+  <si>
+    <t>Valentin Milichko, Anastasia Zalogina, Andrey Krasilin, Ivan Mukhin, Dmitry Zuev, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998054</t>
+  </si>
+  <si>
+    <t>Gap size impact on metal-dielectric nanocavity heater properties</t>
+  </si>
+  <si>
+    <t>Georgiy Zograf, Dmitry Zuev, Valentin Milichko, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998072</t>
+  </si>
+  <si>
+    <t>Second harmonic splitting in silicon nanoparticles under ultrashot-pulse excitation</t>
+  </si>
+  <si>
+    <t>Valentin Milichko, Dmitry Zuev, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998104</t>
+  </si>
+  <si>
     <t>Resonant optical properties of crystalline silicon nanoparticles fabricated by laser ablation-based methods</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Baranov, Valentin Milichko, Ivan Mukhin, Sergey Makarov, Anton Samusev, Georgiy Zograf, Dmitry Zuev, Katherine Makarova, Mihail Petrov, Ivan Sinev, Maxim Gorlach, Kristina Frizyuk, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998078</t>
   </si>
   <si>
     <t>Resonant halide perovskite nanoparticles</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Filipp Komissarenko, Dmitry Zuev, Valentin Milichko, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>10.1063/1.4998122</t>
   </si>
   <si>
     <t>Optical properties of GST nanoparticles fabricated by laser printing technique</t>
   </si>
   <si>
     <t>Mohammad Tajik, Valentin Milichko, Dmitry Zuev, Mikhail Rybin, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1063/1.4998100</t>
   </si>
   <si>
     <t>Enhancement of second harmonic generation in chiral metal-organic frameworks with silicon nanoparticles</t>
   </si>
   <si>
     <t>Anastasia Zalogina, Dmitry Zuev, Sergey Makarov, Valentin Milichko, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998132</t>
   </si>
   <si>
-    <t>Nano-architecture of metal-organic frameworks</t>
-[...25 lines deleted...]
-  <si>
     <t>Inkjet Fabrication of highly efficient luminescent Eu-Doped ZrO2 Nanostructures</t>
   </si>
   <si>
     <t>Aleksandra Furasova, Valentin Milichko</t>
   </si>
   <si>
     <t>13069-13078</t>
   </si>
   <si>
     <t>10.1039/C7NR03175K</t>
   </si>
   <si>
+    <t>Resonant non-plasmonic nanoparticles for efficient temperature-feedback optical heating</t>
+  </si>
+  <si>
+    <t>Georgiy Zograf, Mihail Petrov, Dmitry Zuev, Pavel Dmitriev, Valentin Milichko, Sergey Makarov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2945-2952</t>
+  </si>
+  <si>
+    <t>10.1021/acs.nanolett.7b00183</t>
+  </si>
+  <si>
     <t>Efficient Second-Harmonic Generation in Nanocrystalline Silicon Nanoparticle</t>
   </si>
   <si>
     <t>Sergey Makarov, Mihail Petrov, Valentin Milichko, Dmitry Zuev, Ivan Mukhin, Georgiy Zograf, Yuri Kivshar</t>
   </si>
   <si>
     <t>3047-3053</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.7b00392</t>
   </si>
   <si>
-    <t>Resonant non-plasmonic nanoparticles for efficient temperature-feedback optical heating</t>
-[...10 lines deleted...]
-  <si>
     <t>Multifold Emission Enhancement in Nanoimprinted Hybrid Perovskite Metasurfaces</t>
   </si>
   <si>
     <t>Sergey Makarov, Valentin Milichko, Mikhail Omelyanovich, Yuri Kivshar, Anvar Zakhidov</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>728-735</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.6b00940</t>
   </si>
   <si>
     <t>Synthesis of a rare-earth doped hafnia hydrosol: Towards injectable luminescent nanocolloids</t>
   </si>
   <si>
     <t>Colloids and Surfaces B: Biointerfaces</t>
   </si>
   <si>
     <t>21-26</t>
   </si>
   <si>
     <t>10.1016/j.colsurfb.2017.02.029</t>
@@ -1421,152 +1430,152 @@
   <si>
     <t>10.1109/DD.2017.8168025</t>
   </si>
   <si>
     <t>Van der Waals metal-organic framework as an excitonic material for advanced photonics</t>
   </si>
   <si>
     <t>Valentin Milichko, Sergey Makarov, Alexey Yulin, Andrey Krasilin, Pavel Belov</t>
   </si>
   <si>
     <t>10.1002/adma.201606034</t>
   </si>
   <si>
     <t>Resonant Silicon Nanoparticles for Enhancement of Light Absorption and Photoluminescence from Hybrid Perovskite Films and Metasurfaces</t>
   </si>
   <si>
     <t>Ekaterina Tiguntseva, Alexander Chebykin, Arthur Ishteev, Filipp Komissarenko, Valentin Milichko, Dmitry Zuev, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>12486-12493</t>
   </si>
   <si>
     <t>10.1039/c7nr01631j</t>
   </si>
   <si>
+    <t>Inkjet printing of TiO2/AlOOH heterostructures for the formation of interference color images with high optical visibility</t>
+  </si>
+  <si>
+    <t>10.1038/srep37090</t>
+  </si>
+  <si>
+    <t>Polarization and angle dependent enhancement of Raman scattering from silicon nanodisks</t>
+  </si>
+  <si>
+    <t>Pavel Dmitriev, Dmitry Permyakov, Sergey Makarov, Mihail Petrov, Valentin Milichko, Pavel Belov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>2016 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>123-126</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756826</t>
+  </si>
+  <si>
     <t>Raman scattering governed by dark resonant modes in silicon nanoparticles</t>
   </si>
   <si>
     <t>Kristina Frizyuk, Valentin Milichko, Mihail Petrov, Dmitry Zuev, Sergey Makarov, Pavel Belov, Ivan Mukhin</t>
   </si>
   <si>
-    <t>2016 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>155-160</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756833</t>
   </si>
   <si>
     <t>Reversible and non-reversible tuning of hybrid optical nanoresonators</t>
   </si>
   <si>
     <t>Dmitry Zuev, Sergey Makarov, Valentin Milichko, Pavel Belov, Ivan Mukhin</t>
   </si>
   <si>
     <t>464-467</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756895</t>
   </si>
   <si>
-    <t>Inkjet printing of TiO2/AlOOH heterostructures for the formation of interference color images with high optical visibility</t>
-[...16 lines deleted...]
-  <si>
     <t>Reconfigurable metal-dielectric nanodimers as component of hybrid nanophotonics</t>
   </si>
   <si>
     <t>Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Pavel Belov</t>
   </si>
   <si>
     <t>2016 10th International Congress on Advanced Electromagnetic Materials in Microwaves and Optics (METAMATERIALS)</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2016.7746426</t>
   </si>
   <si>
     <t>Enhancement of perovskite solar cells by plasmonic nanoparticles</t>
   </si>
   <si>
     <t>Mikhail Omelyanovich, Sergey Makarov, Valentin Milichko</t>
   </si>
   <si>
     <t>Material Science and Applications</t>
   </si>
   <si>
     <t>1380-1387</t>
   </si>
   <si>
     <t>10.4236/msa.2016.712064</t>
   </si>
   <si>
     <t>Metal–organic frameworks as competitive materials for non-linear optics</t>
   </si>
   <si>
     <t>Chemical Society Reviews</t>
   </si>
   <si>
     <t>276-288</t>
   </si>
   <si>
     <t>10.1039/C6CS00395H</t>
   </si>
   <si>
+    <t>Laser-Induced Periodical Structures Fabrication for Third Harmonic Generation</t>
+  </si>
+  <si>
+    <t>Sergey Makarov, Valentin Milichko, Ivan Mukhin, Alexey Yulin, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/741/1/012112</t>
+  </si>
+  <si>
     <t>Laser printing of Au/Si core-shell nanoparticles</t>
   </si>
   <si>
     <t>Georgiy Zograf, Dmitry Zuev, Valentin Milichko, Ivan Mukhin, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/741/1/012119</t>
   </si>
   <si>
-    <t>Laser-Induced Periodical Structures Fabrication for Third Harmonic Generation</t>
-[...7 lines deleted...]
-  <si>
     <t>Tuning of hybrid nanostructures via fs-laser reshaping at nanoscale</t>
   </si>
   <si>
     <t>Sergey Lepeshov, Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Pavel Belov</t>
   </si>
   <si>
     <t>2016 International Conference Laser Optics (LO)</t>
   </si>
   <si>
     <t>10.1109/lo.2016.7550034</t>
   </si>
   <si>
     <t>Self-Adjusted All-Dielectric Metasurface for Deep Ultraviolet Femtosecond Pulses Generation</t>
   </si>
   <si>
     <t>Sergey Makarov, Tatiana Voytova, Valentin Milichko, Ivan Mukhin, Alexey Yulin, Pavel Belov</t>
   </si>
   <si>
     <t>17809-17814</t>
   </si>
   <si>
     <t>10.1039/C6NR04860A</t>
   </si>
   <si>
     <t>Solar photovoltaics: current state and trends</t>
@@ -1625,68 +1634,68 @@
   <si>
     <t>Laser printing of resonant plasmonic nanovoids</t>
   </si>
   <si>
     <t>Sergey Makarov, Valentin Milichko</t>
   </si>
   <si>
     <t>12352-12361</t>
   </si>
   <si>
     <t>10.1039/C6NR01317A</t>
   </si>
   <si>
     <t>Resonant Raman scattering from silicon nanopar ticles enhanced by magnetic response</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Valentin Milichko, Sergey Makarov, Ivan Mukhin, Anton Samusev, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>9721-9726</t>
   </si>
   <si>
     <t>10.1039/C5NR07965A</t>
   </si>
   <si>
+    <t>Direct Femtosecond Laser Writing of Optical Nanoresonators</t>
+  </si>
+  <si>
+    <t>Pavel Dmitriev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Anton Samusev, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/690/1/012021</t>
+  </si>
+  <si>
     <t>Single-stage fabrication of low-loss dielectric nanoresonators from high-loss material</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Alexey Mozharov, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/690/1/012020</t>
   </si>
   <si>
-    <t>Direct Femtosecond Laser Writing of Optical Nanoresonators</t>
-[...7 lines deleted...]
-  <si>
     <t>Fabrication of Hybrid Nanostructures via Nanoscale Laser-Induced Reshaping for Advanced Light Manipulation</t>
   </si>
   <si>
     <t>Dmitry Zuev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Ivan Shishkin, Pavel Belov</t>
   </si>
   <si>
     <t>3087–3093</t>
   </si>
   <si>
     <t>10.1002/adma.201505346</t>
   </si>
   <si>
     <t>Inkjet Color Printing by Interference Nanostructures</t>
   </si>
   <si>
     <t>Yakovlev, Aleksandr V., Valentin Milichko</t>
   </si>
   <si>
     <t>ACS Nano</t>
   </si>
   <si>
     <t>3078-3086</t>
   </si>
   <si>
     <t>10.1021/acsnano.5b06074</t>
@@ -1775,135 +1784,135 @@
   <si>
     <t>10.1134/S1063783414020097</t>
   </si>
   <si>
     <t>Photo-induced electric polarizability of Fe3O4 nanoparticles in weak optical fields</t>
   </si>
   <si>
     <t>Nanoscale Research Letters</t>
   </si>
   <si>
     <t>10.1186/1556-276X-8-317</t>
   </si>
   <si>
     <t>Anomalous optical nonlinearity of dielectric nanodispersions</t>
   </si>
   <si>
     <t>Quantum Electronics</t>
   </si>
   <si>
     <t>567-573</t>
   </si>
   <si>
     <t>10.1070/QE2013v043n06ABEH015171</t>
   </si>
   <si>
+    <t>Quantum-size states of a particle inside the deformed nanosphere</t>
+  </si>
+  <si>
+    <t>Advanced Materials Research</t>
+  </si>
+  <si>
+    <t>42-48</t>
+  </si>
+  <si>
+    <t>10.4028/www.scientific.net/AMR.677.42</t>
+  </si>
+  <si>
     <t>Dielectric nano-systems with unique optical properties</t>
   </si>
   <si>
-    <t>Advanced Materials Research</t>
-[...1 lines deleted...]
-  <si>
     <t>36-41</t>
   </si>
   <si>
     <t>10.4028/www.scientific.net/AMR.677.36</t>
   </si>
   <si>
-    <t>Quantum-size states of a particle inside the deformed nanosphere</t>
-[...7 lines deleted...]
-  <si>
     <t>Unusual nonlinear optical properties of SiO2 nanocomposite in weak optical fields</t>
   </si>
   <si>
     <t>Applied Physics A</t>
   </si>
   <si>
     <t>319-322</t>
   </si>
   <si>
     <t>10.1007/s00339-013-7609-3</t>
   </si>
   <si>
     <t>Dielectric nanoparticles with novel nonlinear optical properties</t>
   </si>
   <si>
     <t>Proc. Second Asian School-Conference on Physics and Technology of Nanostructured Materials, Vladivos</t>
   </si>
   <si>
     <t>175-176</t>
   </si>
   <si>
     <t>Effect of the shape of a nano-object on quantum-size states</t>
   </si>
   <si>
     <t>Journal of Nanoparticle Research</t>
   </si>
   <si>
     <t>10.1007/s11051-012-1208-7</t>
   </si>
   <si>
+    <t>The low-threshold photoinduced optical nonlinearity of liquid dielectric nanosystem</t>
+  </si>
+  <si>
+    <t>Proc. 5th Finnish-Russian photonics and laser symposium PALS 2011, Saint Peterburg, Russia</t>
+  </si>
+  <si>
+    <t>35-36</t>
+  </si>
+  <si>
+    <t>10.5772/10539</t>
+  </si>
+  <si>
     <t>Optical nonlinearity of a biological liquid nanocomposite</t>
   </si>
   <si>
     <t>Pacific Science Review</t>
   </si>
   <si>
-    <t>10.5772/10539</t>
-[...8 lines deleted...]
-    <t>35-36</t>
+    <t>Nontypical photoinduced optical nonlinearity of dielectric nanostructures</t>
+  </si>
+  <si>
+    <t>Journal of Nanophotonics</t>
+  </si>
+  <si>
+    <t>10.1117/1.3666054</t>
   </si>
   <si>
     <t>The nonlinear optical properties of suspensions of dielectric Al2O3 nanoparticles. Theory and experiment</t>
   </si>
   <si>
     <t>Proc. Nanostructures: physics and technology. 19th International Symposium. Ekaterinburg, Russia</t>
   </si>
   <si>
     <t>227-228</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1117/1.3666054</t>
   </si>
   <si>
     <t>Nonlinear refractive index of dielectric nanocomposites as a function of intensity and frequency of radiation</t>
   </si>
   <si>
     <t>243-249</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -2213,51 +2222,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I161"/>
+  <dimension ref="A1:I162"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="228.801" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="452.889" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="131.968" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -2272,4322 +2281,4347 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2"/>
-      <c r="E2" t="s">
+      <c r="E2"/>
+      <c r="F2">
+        <v>2026</v>
+      </c>
+      <c r="G2" t="s">
         <v>12</v>
       </c>
-      <c r="F2">
-[...4 lines deleted...]
-      </c>
       <c r="H2">
-        <v>13.14</v>
+        <v>5.64</v>
       </c>
       <c r="I2">
-        <v>3.78</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
         <v>14</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3"/>
+      <c r="E3" t="s">
         <v>16</v>
       </c>
-      <c r="D3"/>
-      <c r="E3"/>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3">
-        <v>9.44</v>
+        <v>13.14</v>
       </c>
       <c r="I3">
-        <v>2.54</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4"/>
-      <c r="E4">
-[...1 lines deleted...]
-      </c>
+      <c r="E4"/>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
-      <c r="H4"/>
-      <c r="I4"/>
+      <c r="H4">
+        <v>9.44</v>
+      </c>
+      <c r="I4">
+        <v>2.54</v>
+      </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
         <v>23</v>
       </c>
       <c r="C5" t="s">
         <v>24</v>
       </c>
       <c r="D5"/>
-      <c r="E5"/>
+      <c r="E5">
+        <v>1</v>
+      </c>
       <c r="F5">
         <v>2025</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
-      <c r="H5">
-[...4 lines deleted...]
-      </c>
+      <c r="H5"/>
+      <c r="I5"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
-      <c r="D6">
-[...4 lines deleted...]
-      </c>
+      <c r="D6"/>
+      <c r="E6"/>
       <c r="F6">
         <v>2025</v>
       </c>
       <c r="G6" t="s">
         <v>29</v>
       </c>
       <c r="H6">
-        <v>3.01</v>
+        <v>18.81</v>
       </c>
       <c r="I6">
-        <v>0.55</v>
+        <v>6.07</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>30</v>
       </c>
       <c r="B7" t="s">
         <v>31</v>
       </c>
       <c r="C7" t="s">
         <v>32</v>
       </c>
-      <c r="D7"/>
-      <c r="E7"/>
+      <c r="D7">
+        <v>64</v>
+      </c>
+      <c r="E7">
+        <v>101385</v>
+      </c>
       <c r="F7">
         <v>2025</v>
       </c>
       <c r="G7" t="s">
         <v>33</v>
       </c>
       <c r="H7">
-        <v>7.79</v>
+        <v>3.01</v>
       </c>
       <c r="I7">
-        <v>1.86</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>34</v>
       </c>
       <c r="B8" t="s">
         <v>35</v>
       </c>
       <c r="C8" t="s">
         <v>36</v>
       </c>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8">
         <v>2025</v>
       </c>
       <c r="G8" t="s">
         <v>37</v>
       </c>
       <c r="H8">
-        <v>13.14</v>
+        <v>7.79</v>
       </c>
       <c r="I8">
-        <v>3.78</v>
+        <v>1.86</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>38</v>
       </c>
       <c r="B9" t="s">
         <v>39</v>
       </c>
       <c r="C9" t="s">
         <v>40</v>
       </c>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9">
         <v>2025</v>
       </c>
       <c r="G9" t="s">
         <v>41</v>
       </c>
       <c r="H9">
-        <v>16.81</v>
+        <v>13.14</v>
       </c>
       <c r="I9">
-        <v>5.39</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>42</v>
       </c>
       <c r="B10" t="s">
         <v>43</v>
       </c>
       <c r="C10" t="s">
         <v>44</v>
       </c>
-      <c r="D10">
-[...4 lines deleted...]
-      </c>
+      <c r="D10"/>
+      <c r="E10"/>
       <c r="F10">
         <v>2025</v>
       </c>
       <c r="G10" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="H10">
-        <v>8.2</v>
+        <v>16.81</v>
       </c>
       <c r="I10">
-        <v>1.87</v>
+        <v>5.39</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>46</v>
+      </c>
+      <c r="B11" t="s">
         <v>47</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>48</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11">
+        <v>7</v>
+      </c>
+      <c r="E11" t="s">
         <v>49</v>
       </c>
-      <c r="D11">
-[...2 lines deleted...]
-      <c r="E11" t="s">
+      <c r="F11">
+        <v>2025</v>
+      </c>
+      <c r="G11" t="s">
         <v>50</v>
       </c>
-      <c r="F11">
-[...4 lines deleted...]
-      </c>
       <c r="H11">
-        <v>4.39</v>
+        <v>8.2</v>
       </c>
       <c r="I11">
-        <v>0.98</v>
+        <v>1.87</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>51</v>
+      </c>
+      <c r="B12" t="s">
         <v>52</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>53</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12">
         <v>54</v>
       </c>
-      <c r="D12"/>
-      <c r="E12"/>
+      <c r="E12" t="s">
+        <v>54</v>
+      </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>55</v>
       </c>
       <c r="H12">
-        <v>13.6</v>
+        <v>4.39</v>
       </c>
       <c r="I12">
-        <v>4.32</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>56</v>
       </c>
       <c r="B13" t="s">
         <v>57</v>
       </c>
       <c r="C13" t="s">
         <v>58</v>
       </c>
-      <c r="D13">
-[...4 lines deleted...]
-      </c>
+      <c r="D13"/>
+      <c r="E13"/>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H13">
-        <v>3.44</v>
+        <v>13.6</v>
       </c>
       <c r="I13">
-        <v>1.5</v>
+        <v>4.32</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>60</v>
+      </c>
+      <c r="B14" t="s">
         <v>61</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>62</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14">
+        <v>30</v>
+      </c>
+      <c r="E14" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="H14">
-        <v>4.19</v>
+        <v>3.44</v>
       </c>
       <c r="I14">
-        <v>1.48</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>65</v>
+      </c>
+      <c r="B15" t="s">
         <v>66</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>67</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15">
+        <v>128</v>
+      </c>
+      <c r="E15" t="s">
         <v>68</v>
       </c>
-      <c r="D15"/>
-      <c r="E15"/>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
         <v>69</v>
       </c>
       <c r="H15">
-        <v>12.9</v>
+        <v>4.19</v>
       </c>
       <c r="I15">
-        <v>3.64</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>70</v>
       </c>
       <c r="B16" t="s">
         <v>71</v>
       </c>
       <c r="C16" t="s">
         <v>72</v>
       </c>
-      <c r="D16">
-[...4 lines deleted...]
-      </c>
+      <c r="D16"/>
+      <c r="E16"/>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="H16">
-        <v>3.95</v>
+        <v>12.9</v>
       </c>
       <c r="I16">
-        <v>0.9</v>
+        <v>3.64</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>74</v>
+      </c>
+      <c r="B17" t="s">
         <v>75</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>76</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17">
+        <v>7</v>
+      </c>
+      <c r="E17" t="s">
         <v>77</v>
       </c>
-      <c r="D17"/>
-      <c r="E17"/>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17" t="s">
         <v>78</v>
       </c>
       <c r="H17">
-        <v>9.93</v>
+        <v>3.95</v>
       </c>
       <c r="I17">
-        <v>2.89</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>79</v>
       </c>
       <c r="B18" t="s">
         <v>80</v>
       </c>
       <c r="C18" t="s">
         <v>81</v>
       </c>
-      <c r="D18">
-[...1 lines deleted...]
-      </c>
+      <c r="D18"/>
       <c r="E18"/>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18" t="s">
         <v>82</v>
       </c>
       <c r="H18">
-        <v>9.6</v>
+        <v>9.93</v>
       </c>
       <c r="I18">
-        <v>2.13</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>83</v>
       </c>
       <c r="B19" t="s">
         <v>84</v>
       </c>
-      <c r="C19"/>
-      <c r="D19"/>
+      <c r="C19" t="s">
+        <v>85</v>
+      </c>
+      <c r="D19">
+        <v>5</v>
+      </c>
       <c r="E19"/>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-      <c r="I19"/>
+        <v>86</v>
+      </c>
+      <c r="H19">
+        <v>9.6</v>
+      </c>
+      <c r="I19">
+        <v>2.13</v>
+      </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B20" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="C20" t="s">
         <v>88</v>
       </c>
-      <c r="D20">
-[...4 lines deleted...]
-      </c>
+      <c r="C20"/>
+      <c r="D20"/>
+      <c r="E20"/>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
         <v>89</v>
       </c>
-      <c r="H20">
-[...4 lines deleted...]
-      </c>
+      <c r="H20"/>
+      <c r="I20"/>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>90</v>
       </c>
       <c r="B21" t="s">
         <v>91</v>
       </c>
       <c r="C21" t="s">
         <v>92</v>
       </c>
-      <c r="D21"/>
-      <c r="E21"/>
+      <c r="D21">
+        <v>154</v>
+      </c>
+      <c r="E21">
+        <v>115666</v>
+      </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
         <v>93</v>
       </c>
-      <c r="H21"/>
-      <c r="I21"/>
+      <c r="H21">
+        <v>3.08</v>
+      </c>
+      <c r="I21">
+        <v>0.6</v>
+      </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>94</v>
       </c>
       <c r="B22" t="s">
         <v>95</v>
       </c>
       <c r="C22" t="s">
         <v>96</v>
       </c>
       <c r="D22"/>
-      <c r="E22">
-[...1 lines deleted...]
-      </c>
+      <c r="E22"/>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
         <v>97</v>
       </c>
       <c r="H22"/>
       <c r="I22"/>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>98</v>
       </c>
       <c r="B23" t="s">
         <v>99</v>
       </c>
       <c r="C23" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D23"/>
       <c r="E23">
         <v>47</v>
       </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H23"/>
       <c r="I23"/>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B24" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C24" t="s">
-        <v>103</v>
-[...5 lines deleted...]
-        <v>104</v>
+        <v>100</v>
+      </c>
+      <c r="D24"/>
+      <c r="E24">
+        <v>46</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
-        <v>105</v>
-[...6 lines deleted...]
-      </c>
+        <v>104</v>
+      </c>
+      <c r="H24"/>
+      <c r="I24"/>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>105</v>
+      </c>
+      <c r="B25" t="s">
         <v>106</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>107</v>
       </c>
-      <c r="C25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D25">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="E25"/>
+        <v>43</v>
+      </c>
+      <c r="E25" t="s">
+        <v>108</v>
+      </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="H25">
-        <v>7.5</v>
+        <v>5.66</v>
       </c>
       <c r="I25">
-        <v>2.13</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B26" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C26" t="s">
-        <v>111</v>
-[...4 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="D26">
+        <v>5</v>
+      </c>
+      <c r="E26"/>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26" t="s">
         <v>112</v>
       </c>
-      <c r="H26"/>
-      <c r="I26"/>
+      <c r="H26">
+        <v>7.5</v>
+      </c>
+      <c r="I26">
+        <v>2.13</v>
+      </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>113</v>
       </c>
       <c r="B27" t="s">
         <v>114</v>
       </c>
       <c r="C27" t="s">
         <v>115</v>
       </c>
-      <c r="D27">
-[...3 lines deleted...]
-        <v>116</v>
+      <c r="D27"/>
+      <c r="E27">
+        <v>112</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
-        <v>117</v>
-[...6 lines deleted...]
-      </c>
+        <v>116</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>117</v>
+      </c>
+      <c r="B28" t="s">
         <v>118</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>119</v>
       </c>
-      <c r="C28" t="s">
-[...3 lines deleted...]
-      <c r="E28"/>
+      <c r="D28">
+        <v>15</v>
+      </c>
+      <c r="E28" t="s">
+        <v>120</v>
+      </c>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="H28">
-        <v>19.92</v>
+        <v>6.89</v>
       </c>
       <c r="I28">
-        <v>5.0</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B29" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C29" t="s">
-        <v>49</v>
-[...6 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="D29"/>
+      <c r="E29"/>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29" t="s">
         <v>124</v>
       </c>
       <c r="H29">
-        <v>4.39</v>
+        <v>19.92</v>
       </c>
       <c r="I29">
-        <v>0.98</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>125</v>
       </c>
       <c r="B30" t="s">
         <v>126</v>
       </c>
       <c r="C30" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-        <v>101225</v>
+        <v>53</v>
+      </c>
+      <c r="D30">
+        <v>53</v>
+      </c>
+      <c r="E30" t="s">
+        <v>127</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="H30">
-        <v>3.16</v>
+        <v>4.39</v>
       </c>
       <c r="I30">
-        <v>0.47</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B31" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C31" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="E31"/>
+        <v>32</v>
+      </c>
+      <c r="D31"/>
+      <c r="E31">
+        <v>101225</v>
+      </c>
       <c r="F31">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G31" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="H31">
-        <v>18.81</v>
+        <v>3.16</v>
       </c>
       <c r="I31">
-        <v>6.07</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B32" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C32" t="s">
         <v>28</v>
       </c>
       <c r="D32">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="E32"/>
       <c r="F32">
         <v>2023</v>
       </c>
       <c r="G32" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H32">
-        <v>3.01</v>
+        <v>18.81</v>
       </c>
       <c r="I32">
-        <v>0.55</v>
+        <v>6.07</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B33" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C33" t="s">
-        <v>136</v>
+        <v>32</v>
       </c>
       <c r="D33">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E33"/>
+        <v>58</v>
+      </c>
+      <c r="E33">
+        <v>101222</v>
+      </c>
       <c r="F33">
         <v>2023</v>
       </c>
       <c r="G33" t="s">
         <v>137</v>
       </c>
       <c r="H33">
-        <v>8.31</v>
+        <v>3.01</v>
       </c>
       <c r="I33">
-        <v>1.74</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>138</v>
       </c>
       <c r="B34" t="s">
         <v>139</v>
       </c>
       <c r="C34" t="s">
         <v>140</v>
       </c>
-      <c r="D34"/>
+      <c r="D34">
+        <v>16</v>
+      </c>
       <c r="E34"/>
       <c r="F34">
         <v>2023</v>
       </c>
       <c r="G34" t="s">
         <v>141</v>
       </c>
-      <c r="H34"/>
-      <c r="I34"/>
+      <c r="H34">
+        <v>8.31</v>
+      </c>
+      <c r="I34">
+        <v>1.74</v>
+      </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>142</v>
       </c>
       <c r="B35" t="s">
         <v>143</v>
       </c>
       <c r="C35" t="s">
         <v>144</v>
       </c>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35">
         <v>2023</v>
       </c>
       <c r="G35" t="s">
         <v>145</v>
       </c>
       <c r="H35"/>
       <c r="I35"/>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>146</v>
       </c>
       <c r="B36" t="s">
         <v>147</v>
       </c>
       <c r="C36" t="s">
-        <v>28</v>
+        <v>148</v>
       </c>
       <c r="D36"/>
-      <c r="E36">
-[...1 lines deleted...]
-      </c>
+      <c r="E36"/>
       <c r="F36">
         <v>2023</v>
       </c>
       <c r="G36" t="s">
-        <v>148</v>
-[...6 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="H36"/>
+      <c r="I36"/>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B37" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C37" t="s">
-        <v>151</v>
-[...5 lines deleted...]
-        <v>152</v>
+        <v>32</v>
+      </c>
+      <c r="D37"/>
+      <c r="E37">
+        <v>101206</v>
       </c>
       <c r="F37">
         <v>2023</v>
       </c>
       <c r="G37" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-      <c r="I37"/>
+        <v>152</v>
+      </c>
+      <c r="H37">
+        <v>3.16</v>
+      </c>
+      <c r="I37">
+        <v>0.47</v>
+      </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>153</v>
+      </c>
+      <c r="B38" t="s">
         <v>154</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38">
         <v>2023</v>
       </c>
       <c r="G38" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="H38">
         <v>3.7</v>
       </c>
       <c r="I38"/>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>157</v>
+      </c>
+      <c r="B39" t="s">
         <v>158</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>159</v>
       </c>
-      <c r="C39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D39">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>101198</v>
+        <v>1</v>
+      </c>
+      <c r="E39" t="s">
+        <v>160</v>
       </c>
       <c r="F39">
         <v>2023</v>
       </c>
       <c r="G39" t="s">
-        <v>160</v>
-[...6 lines deleted...]
-      </c>
+        <v>161</v>
+      </c>
+      <c r="H39"/>
+      <c r="I39"/>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B40" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C40" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-      <c r="E40"/>
+        <v>32</v>
+      </c>
+      <c r="D40">
+        <v>57</v>
+      </c>
+      <c r="E40">
+        <v>101198</v>
+      </c>
       <c r="F40">
         <v>2023</v>
       </c>
       <c r="G40" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="H40">
-        <v>10.38</v>
+        <v>3.16</v>
       </c>
       <c r="I40">
-        <v>2.14</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B41" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C41" t="s">
-        <v>166</v>
+        <v>20</v>
       </c>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41">
         <v>2023</v>
       </c>
       <c r="G41" t="s">
         <v>167</v>
       </c>
       <c r="H41">
-        <v>15.37</v>
+        <v>10.38</v>
       </c>
       <c r="I41">
-        <v>3.63</v>
+        <v>2.14</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>168</v>
       </c>
       <c r="B42" t="s">
         <v>169</v>
       </c>
       <c r="C42" t="s">
-        <v>77</v>
+        <v>170</v>
       </c>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42">
         <v>2023</v>
       </c>
       <c r="G42" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="H42">
-        <v>9.93</v>
+        <v>15.37</v>
       </c>
       <c r="I42">
-        <v>2.89</v>
+        <v>3.63</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B43" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C43" t="s">
-        <v>173</v>
-[...6 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="D43"/>
+      <c r="E43"/>
       <c r="F43">
         <v>2023</v>
       </c>
       <c r="G43" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="H43">
-        <v>6.22</v>
+        <v>9.93</v>
       </c>
       <c r="I43">
-        <v>1.84</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>175</v>
+      </c>
+      <c r="B44" t="s">
         <v>176</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>177</v>
       </c>
-      <c r="C44" t="s">
-[...4 lines deleted...]
-        <v>101168</v>
+      <c r="D44">
+        <v>59</v>
+      </c>
+      <c r="E44" t="s">
+        <v>178</v>
       </c>
       <c r="F44">
         <v>2023</v>
       </c>
       <c r="G44" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="H44">
-        <v>3.16</v>
+        <v>6.22</v>
       </c>
       <c r="I44">
-        <v>0.47</v>
+        <v>1.84</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B45" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C45" t="s">
-        <v>181</v>
-[...5 lines deleted...]
-        <v>182</v>
+        <v>32</v>
+      </c>
+      <c r="D45"/>
+      <c r="E45">
+        <v>101168</v>
       </c>
       <c r="F45">
         <v>2023</v>
       </c>
       <c r="G45" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="H45">
-        <v>3.56</v>
+        <v>3.16</v>
       </c>
       <c r="I45">
-        <v>0.51</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>183</v>
+      </c>
+      <c r="B46" t="s">
         <v>184</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>185</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46">
+        <v>44</v>
+      </c>
+      <c r="E46" t="s">
         <v>186</v>
-      </c>
-[...4 lines deleted...]
-        <v>100996</v>
       </c>
       <c r="F46">
         <v>2023</v>
       </c>
       <c r="G46" t="s">
         <v>187</v>
       </c>
       <c r="H46">
-        <v>5.91</v>
+        <v>3.56</v>
       </c>
       <c r="I46">
-        <v>0.74</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>188</v>
       </c>
       <c r="B47" t="s">
         <v>189</v>
       </c>
       <c r="C47" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="D47"/>
+        <v>190</v>
+      </c>
+      <c r="D47">
+        <v>35</v>
+      </c>
       <c r="E47">
-        <v>101145</v>
+        <v>100996</v>
       </c>
       <c r="F47">
         <v>2023</v>
       </c>
       <c r="G47" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="H47">
-        <v>3.16</v>
+        <v>5.91</v>
       </c>
       <c r="I47">
-        <v>0.47</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B48" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C48" t="s">
-        <v>193</v>
-[...5 lines deleted...]
-        <v>194</v>
+        <v>32</v>
+      </c>
+      <c r="D48"/>
+      <c r="E48">
+        <v>101145</v>
       </c>
       <c r="F48">
         <v>2023</v>
       </c>
       <c r="G48" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="H48">
-        <v>3.71</v>
+        <v>3.16</v>
       </c>
       <c r="I48">
-        <v>0.99</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>195</v>
+      </c>
+      <c r="B49" t="s">
         <v>196</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>197</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49">
+        <v>19</v>
+      </c>
+      <c r="E49" t="s">
         <v>198</v>
       </c>
-      <c r="D49">
-[...4 lines deleted...]
-      </c>
       <c r="F49">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G49" t="s">
         <v>199</v>
       </c>
       <c r="H49">
-        <v>16.74</v>
+        <v>3.71</v>
       </c>
       <c r="I49">
-        <v>2.42</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>200</v>
       </c>
       <c r="B50" t="s">
         <v>201</v>
       </c>
       <c r="C50" t="s">
         <v>202</v>
       </c>
       <c r="D50">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>203</v>
+        <v>452</v>
+      </c>
+      <c r="E50">
+        <v>139450</v>
       </c>
       <c r="F50">
         <v>2022</v>
       </c>
       <c r="G50" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="H50">
-        <v>12.26</v>
+        <v>16.74</v>
       </c>
       <c r="I50">
-        <v>3.76</v>
+        <v>2.42</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>204</v>
+      </c>
+      <c r="B51" t="s">
         <v>205</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>206</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51">
+        <v>22</v>
+      </c>
+      <c r="E51" t="s">
         <v>207</v>
-      </c>
-[...4 lines deleted...]
-        <v>208</v>
       </c>
       <c r="F51">
         <v>2022</v>
       </c>
       <c r="G51" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="H51">
-        <v>5.44</v>
+        <v>12.26</v>
       </c>
       <c r="I51">
-        <v>1.12</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>209</v>
+      </c>
+      <c r="B52" t="s">
         <v>210</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>211</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52">
+        <v>61</v>
+      </c>
+      <c r="E52" t="s">
         <v>212</v>
-      </c>
-[...4 lines deleted...]
-        <v>846</v>
       </c>
       <c r="F52">
         <v>2022</v>
       </c>
       <c r="G52" t="s">
         <v>213</v>
       </c>
       <c r="H52">
-        <v>2.67</v>
+        <v>5.44</v>
       </c>
       <c r="I52">
-        <v>0.46</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>214</v>
       </c>
       <c r="B53" t="s">
         <v>215</v>
       </c>
       <c r="C53" t="s">
         <v>216</v>
       </c>
       <c r="D53">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>217</v>
+        <v>12</v>
+      </c>
+      <c r="E53">
+        <v>846</v>
       </c>
       <c r="F53">
         <v>2022</v>
       </c>
       <c r="G53" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="H53">
-        <v>6.14</v>
+        <v>2.67</v>
       </c>
       <c r="I53">
-        <v>1.18</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>218</v>
+      </c>
+      <c r="B54" t="s">
         <v>219</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
+        <v>11</v>
+      </c>
+      <c r="D54">
+        <v>5</v>
+      </c>
+      <c r="E54" t="s">
         <v>220</v>
-      </c>
-[...7 lines deleted...]
-        <v>221</v>
       </c>
       <c r="F54">
         <v>2022</v>
       </c>
       <c r="G54" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="H54">
-        <v>6.71</v>
+        <v>6.14</v>
       </c>
       <c r="I54">
-        <v>2.98</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>222</v>
+      </c>
+      <c r="B55" t="s">
         <v>223</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
+        <v>119</v>
+      </c>
+      <c r="D55">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
         <v>224</v>
       </c>
-      <c r="C55" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F55">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G55" t="s">
         <v>225</v>
       </c>
       <c r="H55">
-        <v>3.01</v>
+        <v>6.71</v>
       </c>
       <c r="I55">
-        <v>0.55</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>226</v>
       </c>
       <c r="B56" t="s">
         <v>227</v>
       </c>
       <c r="C56" t="s">
-        <v>228</v>
+        <v>32</v>
       </c>
       <c r="D56">
-        <v>8</v>
+        <v>48</v>
       </c>
       <c r="E56">
-        <v>20218411</v>
+        <v>100990</v>
       </c>
       <c r="F56">
         <v>2021</v>
       </c>
       <c r="G56" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-      <c r="I56"/>
+        <v>228</v>
+      </c>
+      <c r="H56">
+        <v>3.01</v>
+      </c>
+      <c r="I56">
+        <v>0.55</v>
+      </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>229</v>
+      </c>
+      <c r="B57" t="s">
         <v>230</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="D57">
         <v>8</v>
       </c>
       <c r="E57">
         <v>20218411</v>
       </c>
       <c r="F57">
         <v>2021</v>
       </c>
       <c r="G57" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="H57"/>
       <c r="I57"/>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B58" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C58" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="D58">
-        <v>2015</v>
-[...2 lines deleted...]
-        <v>235</v>
+        <v>8</v>
+      </c>
+      <c r="E58">
+        <v>20218411</v>
       </c>
       <c r="F58">
         <v>2021</v>
       </c>
       <c r="G58" t="s">
-        <v>236</v>
-[...6 lines deleted...]
-      </c>
+        <v>232</v>
+      </c>
+      <c r="H58"/>
+      <c r="I58"/>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>235</v>
+      </c>
+      <c r="B59" t="s">
+        <v>236</v>
+      </c>
+      <c r="C59" t="s">
         <v>237</v>
-      </c>
-[...4 lines deleted...]
-        <v>234</v>
       </c>
       <c r="D59">
         <v>2015</v>
       </c>
       <c r="E59" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="F59">
         <v>2021</v>
       </c>
       <c r="G59" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="H59">
         <v>0.55</v>
       </c>
       <c r="I59">
         <v>0.21</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>240</v>
+      </c>
+      <c r="B60" t="s">
         <v>241</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
+        <v>237</v>
+      </c>
+      <c r="D60">
+        <v>2015</v>
+      </c>
+      <c r="E60" t="s">
         <v>242</v>
-      </c>
-[...5 lines deleted...]
-        <v>2101196</v>
       </c>
       <c r="F60">
         <v>2021</v>
       </c>
       <c r="G60" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="H60">
-        <v>6.39</v>
+        <v>0.55</v>
       </c>
       <c r="I60">
-        <v>1.42</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>244</v>
+      </c>
+      <c r="B61" t="s">
         <v>245</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>246</v>
       </c>
-      <c r="C61" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D61"/>
       <c r="E61">
-        <v>2107949</v>
+        <v>2101196</v>
       </c>
       <c r="F61">
         <v>2021</v>
       </c>
       <c r="G61" t="s">
         <v>247</v>
       </c>
       <c r="H61">
-        <v>19.92</v>
+        <v>6.39</v>
       </c>
       <c r="I61">
-        <v>5.0</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>248</v>
       </c>
       <c r="B62" t="s">
         <v>249</v>
       </c>
       <c r="C62" t="s">
-        <v>228</v>
+        <v>28</v>
       </c>
       <c r="D62">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="E62">
-        <v>20210304</v>
+        <v>2107949</v>
       </c>
       <c r="F62">
         <v>2021</v>
       </c>
       <c r="G62" t="s">
         <v>250</v>
       </c>
-      <c r="H62"/>
+      <c r="H62">
+        <v>19.92</v>
+      </c>
       <c r="I62">
-        <v>0.13</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>251</v>
       </c>
       <c r="B63" t="s">
         <v>252</v>
       </c>
       <c r="C63" t="s">
-        <v>115</v>
+        <v>231</v>
       </c>
       <c r="D63">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>253</v>
+        <v>8</v>
+      </c>
+      <c r="E63">
+        <v>20210304</v>
       </c>
       <c r="F63">
         <v>2021</v>
       </c>
       <c r="G63" t="s">
-        <v>254</v>
-[...3 lines deleted...]
-      </c>
+        <v>253</v>
+      </c>
+      <c r="H63"/>
       <c r="I63">
-        <v>2.98</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>254</v>
+      </c>
+      <c r="B64" t="s">
         <v>255</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" t="s">
+        <v>119</v>
+      </c>
+      <c r="D64">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
         <v>256</v>
-      </c>
-[...5 lines deleted...]
-        <v>2000421</v>
       </c>
       <c r="F64">
         <v>2021</v>
       </c>
       <c r="G64" t="s">
         <v>257</v>
       </c>
       <c r="H64">
-        <v>10.95</v>
+        <v>6.71</v>
       </c>
       <c r="I64">
-        <v>3.17</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
         <v>258</v>
       </c>
       <c r="B65" t="s">
         <v>259</v>
       </c>
       <c r="C65" t="s">
-        <v>260</v>
-[...5 lines deleted...]
-        <v>261</v>
+        <v>15</v>
+      </c>
+      <c r="D65"/>
+      <c r="E65">
+        <v>2000421</v>
       </c>
       <c r="F65">
         <v>2021</v>
       </c>
       <c r="G65" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="H65">
-        <v>15.34</v>
+        <v>10.95</v>
       </c>
       <c r="I65">
-        <v>5.83</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>261</v>
+      </c>
+      <c r="B66" t="s">
+        <v>262</v>
+      </c>
+      <c r="C66" t="s">
         <v>263</v>
       </c>
-      <c r="B66" t="s">
+      <c r="D66">
+        <v>60</v>
+      </c>
+      <c r="E66" t="s">
         <v>264</v>
       </c>
-      <c r="C66" t="s">
+      <c r="F66">
+        <v>2021</v>
+      </c>
+      <c r="G66" t="s">
         <v>265</v>
       </c>
-      <c r="D66">
-[...11 lines deleted...]
-      <c r="H66"/>
+      <c r="H66">
+        <v>15.34</v>
+      </c>
       <c r="I66">
-        <v>0.19</v>
+        <v>5.83</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>266</v>
+      </c>
+      <c r="B67" t="s">
+        <v>267</v>
+      </c>
+      <c r="C67" t="s">
         <v>268</v>
-      </c>
-[...4 lines deleted...]
-        <v>265</v>
       </c>
       <c r="D67">
         <v>2300</v>
       </c>
       <c r="E67" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="F67">
         <v>2020</v>
       </c>
       <c r="G67" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="H67"/>
       <c r="I67">
         <v>0.19</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>271</v>
+      </c>
+      <c r="B68" t="s">
         <v>272</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="D68">
         <v>2300</v>
       </c>
       <c r="E68" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="F68">
         <v>2020</v>
       </c>
       <c r="G68" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="H68"/>
       <c r="I68">
         <v>0.19</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>275</v>
+      </c>
+      <c r="B69" t="s">
         <v>276</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="D69">
         <v>2300</v>
       </c>
       <c r="E69" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="F69">
         <v>2020</v>
       </c>
       <c r="G69" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="H69"/>
       <c r="I69">
         <v>0.19</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>279</v>
+      </c>
+      <c r="B70" t="s">
         <v>280</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
+        <v>268</v>
+      </c>
+      <c r="D70">
+        <v>2300</v>
+      </c>
+      <c r="E70" t="s">
         <v>281</v>
-      </c>
-[...7 lines deleted...]
-        <v>1036</v>
       </c>
       <c r="F70">
         <v>2020</v>
       </c>
       <c r="G70" t="s">
-        <v>283</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="H70"/>
       <c r="I70">
-        <v>0.92</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>283</v>
+      </c>
+      <c r="B71" t="s">
         <v>284</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>285</v>
       </c>
-      <c r="C71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D71">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>286</v>
+        <v>10</v>
+      </c>
+      <c r="E71">
+        <v>1036</v>
       </c>
       <c r="F71">
         <v>2020</v>
       </c>
       <c r="G71" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="H71">
-        <v>12.96</v>
+        <v>5.08</v>
       </c>
       <c r="I71">
-        <v>5.44</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>287</v>
+      </c>
+      <c r="B72" t="s">
         <v>288</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72" t="s">
+        <v>263</v>
+      </c>
+      <c r="D72">
+        <v>59</v>
+      </c>
+      <c r="E72" t="s">
         <v>289</v>
-      </c>
-[...7 lines deleted...]
-        <v>1108</v>
       </c>
       <c r="F72">
         <v>2020</v>
       </c>
       <c r="G72" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="H72">
-        <v>4.38</v>
+        <v>12.96</v>
       </c>
       <c r="I72">
-        <v>1.24</v>
+        <v>5.44</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>291</v>
+      </c>
+      <c r="B73" t="s">
         <v>292</v>
       </c>
-      <c r="B73" t="s">
+      <c r="C73" t="s">
         <v>293</v>
       </c>
-      <c r="C73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D73">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>295</v>
+        <v>10</v>
+      </c>
+      <c r="E73">
+        <v>1108</v>
       </c>
       <c r="F73">
         <v>2020</v>
       </c>
       <c r="G73" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="H73">
-        <v>4.99</v>
+        <v>4.38</v>
       </c>
       <c r="I73">
-        <v>1.88</v>
+        <v>1.24</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>295</v>
+      </c>
+      <c r="B74" t="s">
+        <v>296</v>
+      </c>
+      <c r="C74" t="s">
         <v>297</v>
       </c>
-      <c r="B74" t="s">
+      <c r="D74">
+        <v>13</v>
+      </c>
+      <c r="E74" t="s">
         <v>298</v>
-      </c>
-[...7 lines deleted...]
-        <v>300</v>
       </c>
       <c r="F74">
         <v>2020</v>
       </c>
       <c r="G74" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="H74">
-        <v>8.45</v>
+        <v>4.99</v>
       </c>
       <c r="I74">
-        <v>2.72</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>300</v>
+      </c>
+      <c r="B75" t="s">
+        <v>301</v>
+      </c>
+      <c r="C75" t="s">
         <v>302</v>
       </c>
-      <c r="B75" t="s">
+      <c r="D75">
+        <v>9</v>
+      </c>
+      <c r="E75" t="s">
         <v>303</v>
       </c>
-      <c r="C75" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F75">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G75" t="s">
         <v>304</v>
       </c>
       <c r="H75">
-        <v>16.84</v>
+        <v>8.45</v>
       </c>
       <c r="I75">
-        <v>5.88</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
         <v>305</v>
       </c>
       <c r="B76" t="s">
         <v>306</v>
       </c>
       <c r="C76" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="D76"/>
+        <v>28</v>
+      </c>
+      <c r="D76">
+        <v>30</v>
+      </c>
       <c r="E76">
-        <v>16504345</v>
+        <v>1908292</v>
       </c>
       <c r="F76">
         <v>2019</v>
       </c>
       <c r="G76" t="s">
         <v>307</v>
       </c>
       <c r="H76">
-        <v>15.84</v>
+        <v>16.84</v>
       </c>
       <c r="I76">
-        <v>5.13</v>
+        <v>5.88</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
         <v>308</v>
       </c>
       <c r="B77" t="s">
         <v>309</v>
       </c>
       <c r="C77" t="s">
-        <v>310</v>
-[...5 lines deleted...]
-        <v>311</v>
+        <v>44</v>
+      </c>
+      <c r="D77"/>
+      <c r="E77">
+        <v>16504345</v>
       </c>
       <c r="F77">
         <v>2019</v>
       </c>
       <c r="G77" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="H77">
-        <v>1.4</v>
+        <v>15.84</v>
       </c>
       <c r="I77">
-        <v>0.58</v>
+        <v>5.13</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>311</v>
+      </c>
+      <c r="B78" t="s">
+        <v>312</v>
+      </c>
+      <c r="C78" t="s">
         <v>313</v>
       </c>
-      <c r="B78" t="s">
+      <c r="D78">
+        <v>110</v>
+      </c>
+      <c r="E78" t="s">
         <v>314</v>
-      </c>
-[...7 lines deleted...]
-        <v>315</v>
       </c>
       <c r="F78">
         <v>2019</v>
       </c>
       <c r="G78" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="H78">
-        <v>6.9</v>
+        <v>1.4</v>
       </c>
       <c r="I78">
-        <v>2.18</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>316</v>
+      </c>
+      <c r="B79" t="s">
         <v>317</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D79">
         <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="F79">
         <v>2019</v>
       </c>
       <c r="G79" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="H79">
         <v>6.9</v>
       </c>
       <c r="I79">
         <v>2.18</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
+        <v>320</v>
+      </c>
+      <c r="B80" t="s">
         <v>321</v>
       </c>
-      <c r="B80" t="s">
+      <c r="C80" t="s">
+        <v>140</v>
+      </c>
+      <c r="D80">
+        <v>11</v>
+      </c>
+      <c r="E80" t="s">
         <v>322</v>
-      </c>
-[...7 lines deleted...]
-        <v>1800274</v>
       </c>
       <c r="F80">
         <v>2019</v>
       </c>
       <c r="G80" t="s">
         <v>323</v>
       </c>
       <c r="H80">
-        <v>10.66</v>
+        <v>6.9</v>
       </c>
       <c r="I80">
-        <v>4.01</v>
+        <v>2.18</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
         <v>324</v>
       </c>
       <c r="B81" t="s">
-        <v>150</v>
+        <v>325</v>
       </c>
       <c r="C81" t="s">
-        <v>234</v>
+        <v>15</v>
       </c>
       <c r="D81">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>325</v>
+        <v>13</v>
+      </c>
+      <c r="E81">
+        <v>1800274</v>
       </c>
       <c r="F81">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G81" t="s">
         <v>326</v>
       </c>
-      <c r="H81"/>
+      <c r="H81">
+        <v>10.66</v>
+      </c>
       <c r="I81">
-        <v>0.24</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
         <v>327</v>
       </c>
       <c r="B82" t="s">
         <v>328</v>
       </c>
       <c r="C82" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="D82">
         <v>1092</v>
       </c>
       <c r="E82" t="s">
         <v>329</v>
       </c>
       <c r="F82">
         <v>2018</v>
       </c>
       <c r="G82" t="s">
         <v>330</v>
       </c>
       <c r="H82"/>
       <c r="I82">
         <v>0.24</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
         <v>331</v>
       </c>
       <c r="B83" t="s">
         <v>332</v>
       </c>
       <c r="C83" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="D83">
         <v>1092</v>
       </c>
       <c r="E83" t="s">
         <v>333</v>
       </c>
       <c r="F83">
         <v>2018</v>
       </c>
       <c r="G83" t="s">
         <v>334</v>
       </c>
       <c r="H83"/>
       <c r="I83">
         <v>0.24</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
         <v>335</v>
       </c>
       <c r="B84" t="s">
-        <v>336</v>
+        <v>158</v>
       </c>
       <c r="C84" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="D84">
         <v>1092</v>
       </c>
       <c r="E84" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="F84">
         <v>2018</v>
       </c>
       <c r="G84" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="H84"/>
       <c r="I84">
         <v>0.24</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
+        <v>338</v>
+      </c>
+      <c r="B85" t="s">
         <v>339</v>
       </c>
-      <c r="B85" t="s">
+      <c r="C85" t="s">
+        <v>237</v>
+      </c>
+      <c r="D85">
+        <v>1092</v>
+      </c>
+      <c r="E85" t="s">
         <v>340</v>
-      </c>
-[...7 lines deleted...]
-        <v>172465</v>
       </c>
       <c r="F85">
         <v>2018</v>
       </c>
       <c r="G85" t="s">
-        <v>342</v>
-[...3 lines deleted...]
-      </c>
+        <v>341</v>
+      </c>
+      <c r="H85"/>
       <c r="I85">
-        <v>1.13</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
+        <v>342</v>
+      </c>
+      <c r="B86" t="s">
         <v>343</v>
       </c>
-      <c r="B86" t="s">
+      <c r="C86" t="s">
         <v>344</v>
       </c>
-      <c r="C86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D86">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>345</v>
+        <v>5</v>
+      </c>
+      <c r="E86">
+        <v>172465</v>
       </c>
       <c r="F86">
         <v>2018</v>
       </c>
       <c r="G86" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="H86">
-        <v>6.97</v>
+        <v>2.52</v>
       </c>
       <c r="I86">
-        <v>2.4</v>
+        <v>1.13</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
+        <v>346</v>
+      </c>
+      <c r="B87" t="s">
         <v>347</v>
       </c>
-      <c r="B87" t="s">
+      <c r="C87" t="s">
+        <v>140</v>
+      </c>
+      <c r="D87">
+        <v>10</v>
+      </c>
+      <c r="E87" t="s">
         <v>348</v>
-      </c>
-[...7 lines deleted...]
-        <v>350</v>
       </c>
       <c r="F87">
         <v>2018</v>
       </c>
       <c r="G87" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="H87">
-        <v>3.76</v>
+        <v>6.97</v>
       </c>
       <c r="I87">
-        <v>1.04</v>
+        <v>2.4</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
+        <v>350</v>
+      </c>
+      <c r="B88" t="s">
+        <v>351</v>
+      </c>
+      <c r="C88" t="s">
         <v>352</v>
       </c>
-      <c r="B88" t="s">
+      <c r="D88">
+        <v>11</v>
+      </c>
+      <c r="E88" t="s">
         <v>353</v>
-      </c>
-[...7 lines deleted...]
-        <v>355</v>
       </c>
       <c r="F88">
         <v>2018</v>
       </c>
       <c r="G88" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="H88">
-        <v>5.05</v>
+        <v>3.76</v>
       </c>
       <c r="I88">
-        <v>1.35</v>
+        <v>1.04</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
+        <v>355</v>
+      </c>
+      <c r="B89" t="s">
+        <v>356</v>
+      </c>
+      <c r="C89" t="s">
         <v>357</v>
       </c>
-      <c r="B89" t="s">
+      <c r="D89">
+        <v>6</v>
+      </c>
+      <c r="E89" t="s">
         <v>358</v>
       </c>
-      <c r="C89" t="s">
-[...3 lines deleted...]
-      <c r="E89"/>
       <c r="F89">
         <v>2018</v>
       </c>
       <c r="G89" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-      <c r="I89"/>
+        <v>359</v>
+      </c>
+      <c r="H89">
+        <v>5.05</v>
+      </c>
+      <c r="I89">
+        <v>1.35</v>
+      </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
+        <v>360</v>
+      </c>
+      <c r="B90" t="s">
         <v>361</v>
       </c>
-      <c r="B90" t="s">
+      <c r="C90" t="s">
         <v>362</v>
       </c>
-      <c r="C90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D90"/>
-      <c r="E90" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E90"/>
       <c r="F90">
         <v>2018</v>
       </c>
       <c r="G90" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="H90"/>
       <c r="I90"/>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
+        <v>364</v>
+      </c>
+      <c r="B91" t="s">
         <v>365</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91">
         <v>2018</v>
       </c>
       <c r="G91" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="H91"/>
       <c r="I91"/>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
+        <v>367</v>
+      </c>
+      <c r="B92" t="s">
         <v>368</v>
       </c>
-      <c r="B92" t="s">
+      <c r="C92" t="s">
+        <v>362</v>
+      </c>
+      <c r="D92"/>
+      <c r="E92" t="s">
         <v>369</v>
       </c>
-      <c r="C92" t="s">
-[...3 lines deleted...]
-      <c r="E92"/>
       <c r="F92">
         <v>2018</v>
       </c>
       <c r="G92" t="s">
         <v>370</v>
       </c>
       <c r="H92"/>
       <c r="I92"/>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
         <v>371</v>
       </c>
       <c r="B93" t="s">
         <v>372</v>
       </c>
       <c r="C93" t="s">
-        <v>373</v>
+        <v>362</v>
       </c>
       <c r="D93"/>
       <c r="E93"/>
       <c r="F93">
         <v>2018</v>
       </c>
       <c r="G93" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="H93"/>
       <c r="I93"/>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
+        <v>374</v>
+      </c>
+      <c r="B94" t="s">
         <v>375</v>
       </c>
-      <c r="B94" t="s">
+      <c r="C94" t="s">
         <v>376</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
       <c r="D94"/>
       <c r="E94"/>
       <c r="F94">
         <v>2018</v>
       </c>
       <c r="G94" t="s">
         <v>377</v>
       </c>
       <c r="H94"/>
       <c r="I94"/>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
         <v>378</v>
       </c>
       <c r="B95" t="s">
-        <v>318</v>
+        <v>379</v>
       </c>
       <c r="C95" t="s">
-        <v>379</v>
-[...6 lines deleted...]
-      </c>
+        <v>376</v>
+      </c>
+      <c r="D95"/>
+      <c r="E95"/>
       <c r="F95">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G95" t="s">
         <v>380</v>
       </c>
-      <c r="H95">
-[...4 lines deleted...]
-      </c>
+      <c r="H95"/>
+      <c r="I95"/>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
         <v>381</v>
       </c>
       <c r="B96" t="s">
+        <v>321</v>
+      </c>
+      <c r="C96" t="s">
         <v>382</v>
       </c>
-      <c r="C96" t="s">
-[...6 lines deleted...]
-        <v>384</v>
+      <c r="D96">
+        <v>29</v>
+      </c>
+      <c r="E96">
+        <v>1705261</v>
       </c>
       <c r="F96">
         <v>2017</v>
       </c>
       <c r="G96" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="H96">
-        <v>12.08</v>
+        <v>21.95</v>
       </c>
       <c r="I96">
-        <v>7.45</v>
+        <v>10.58</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
+        <v>384</v>
+      </c>
+      <c r="B97" t="s">
+        <v>385</v>
+      </c>
+      <c r="C97" t="s">
+        <v>206</v>
+      </c>
+      <c r="D97" t="s">
         <v>386</v>
       </c>
-      <c r="B97" t="s">
+      <c r="E97" t="s">
         <v>387</v>
       </c>
-      <c r="C97" t="s">
-[...3 lines deleted...]
-      <c r="E97"/>
       <c r="F97">
         <v>2017</v>
       </c>
       <c r="G97" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-      <c r="I97"/>
+        <v>388</v>
+      </c>
+      <c r="H97">
+        <v>12.08</v>
+      </c>
+      <c r="I97">
+        <v>7.45</v>
+      </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
+        <v>389</v>
+      </c>
+      <c r="B98" t="s">
         <v>390</v>
       </c>
-      <c r="B98" t="s">
+      <c r="C98" t="s">
         <v>391</v>
       </c>
-      <c r="C98" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D98"/>
+      <c r="E98"/>
       <c r="F98">
         <v>2017</v>
       </c>
       <c r="G98" t="s">
         <v>392</v>
       </c>
       <c r="H98"/>
-      <c r="I98">
-[...1 lines deleted...]
-      </c>
+      <c r="I98"/>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
         <v>393</v>
       </c>
       <c r="B99" t="s">
         <v>394</v>
       </c>
       <c r="C99" t="s">
-        <v>395</v>
-[...3 lines deleted...]
-        <v>396</v>
+        <v>268</v>
+      </c>
+      <c r="D99">
+        <v>1874</v>
+      </c>
+      <c r="E99">
+        <v>40030</v>
       </c>
       <c r="F99">
         <v>2017</v>
       </c>
       <c r="G99" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="H99"/>
-      <c r="I99"/>
+      <c r="I99">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="B100" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="C100" t="s">
-        <v>265</v>
+        <v>237</v>
       </c>
       <c r="D100">
-        <v>1874</v>
+        <v>917</v>
       </c>
       <c r="E100">
-        <v>40030</v>
+        <v>62017</v>
       </c>
       <c r="F100">
         <v>2017</v>
       </c>
       <c r="G100" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="H100"/>
       <c r="I100">
-        <v>0.17</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
+        <v>399</v>
+      </c>
+      <c r="B101" t="s">
+        <v>400</v>
+      </c>
+      <c r="C101" t="s">
         <v>401</v>
       </c>
-      <c r="B101" t="s">
+      <c r="D101"/>
+      <c r="E101" t="s">
         <v>402</v>
-      </c>
-[...7 lines deleted...]
-        <v>12053</v>
       </c>
       <c r="F101">
         <v>2017</v>
       </c>
       <c r="G101" t="s">
         <v>403</v>
       </c>
       <c r="H101"/>
-      <c r="I101">
-[...1 lines deleted...]
-      </c>
+      <c r="I101"/>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
         <v>404</v>
       </c>
       <c r="B102" t="s">
         <v>405</v>
       </c>
       <c r="C102" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="D102">
-        <v>917</v>
-[...2 lines deleted...]
-        <v>406</v>
+        <v>929</v>
+      </c>
+      <c r="E102">
+        <v>12053</v>
       </c>
       <c r="F102">
         <v>2017</v>
       </c>
       <c r="G102" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="H102"/>
       <c r="I102">
         <v>0.24</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
+        <v>407</v>
+      </c>
+      <c r="B103" t="s">
         <v>408</v>
       </c>
-      <c r="B103" t="s">
+      <c r="C103" t="s">
+        <v>237</v>
+      </c>
+      <c r="D103">
+        <v>917</v>
+      </c>
+      <c r="E103" t="s">
         <v>409</v>
-      </c>
-[...7 lines deleted...]
-        <v>410</v>
       </c>
       <c r="F103">
         <v>2017</v>
       </c>
       <c r="G103" t="s">
-        <v>411</v>
-[...3 lines deleted...]
-      </c>
+        <v>410</v>
+      </c>
+      <c r="H103"/>
       <c r="I103">
-        <v>4.23</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
+        <v>411</v>
+      </c>
+      <c r="B104" t="s">
         <v>412</v>
       </c>
-      <c r="B104" t="s">
+      <c r="C104" t="s">
+        <v>15</v>
+      </c>
+      <c r="D104">
+        <v>12</v>
+      </c>
+      <c r="E104" t="s">
         <v>413</v>
-      </c>
-[...7 lines deleted...]
-        <v>40005</v>
       </c>
       <c r="F104">
         <v>2017</v>
       </c>
       <c r="G104" t="s">
         <v>414</v>
       </c>
-      <c r="H104"/>
+      <c r="H104">
+        <v>8.53</v>
+      </c>
       <c r="I104">
-        <v>0.17</v>
+        <v>4.23</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
         <v>415</v>
       </c>
       <c r="B105" t="s">
         <v>416</v>
       </c>
       <c r="C105" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="D105">
         <v>1874</v>
       </c>
       <c r="E105">
-        <v>40049</v>
+        <v>30025</v>
       </c>
       <c r="F105">
         <v>2017</v>
       </c>
       <c r="G105" t="s">
         <v>417</v>
       </c>
       <c r="H105"/>
       <c r="I105">
         <v>0.17</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
         <v>418</v>
       </c>
       <c r="B106" t="s">
         <v>419</v>
       </c>
       <c r="C106" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="D106">
         <v>1874</v>
       </c>
       <c r="E106">
-        <v>40027</v>
+        <v>30043</v>
       </c>
       <c r="F106">
         <v>2017</v>
       </c>
       <c r="G106" t="s">
         <v>420</v>
       </c>
       <c r="H106"/>
       <c r="I106">
         <v>0.17</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
         <v>421</v>
       </c>
       <c r="B107" t="s">
         <v>422</v>
       </c>
       <c r="C107" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="D107">
         <v>1874</v>
       </c>
       <c r="E107">
-        <v>40059</v>
+        <v>40031</v>
       </c>
       <c r="F107">
         <v>2017</v>
       </c>
       <c r="G107" t="s">
         <v>423</v>
       </c>
       <c r="H107"/>
       <c r="I107">
         <v>0.17</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
         <v>424</v>
       </c>
       <c r="B108" t="s">
         <v>425</v>
       </c>
       <c r="C108" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="D108">
         <v>1874</v>
       </c>
       <c r="E108">
-        <v>30025</v>
+        <v>40005</v>
       </c>
       <c r="F108">
         <v>2017</v>
       </c>
       <c r="G108" t="s">
         <v>426</v>
       </c>
       <c r="H108"/>
       <c r="I108">
         <v>0.17</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
         <v>427</v>
       </c>
       <c r="B109" t="s">
         <v>428</v>
       </c>
       <c r="C109" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="D109">
         <v>1874</v>
       </c>
       <c r="E109">
-        <v>30043</v>
+        <v>40049</v>
       </c>
       <c r="F109">
         <v>2017</v>
       </c>
       <c r="G109" t="s">
         <v>429</v>
       </c>
       <c r="H109"/>
       <c r="I109">
         <v>0.17</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
         <v>430</v>
       </c>
       <c r="B110" t="s">
         <v>431</v>
       </c>
       <c r="C110" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="D110">
         <v>1874</v>
       </c>
       <c r="E110">
-        <v>40031</v>
+        <v>40027</v>
       </c>
       <c r="F110">
         <v>2017</v>
       </c>
       <c r="G110" t="s">
         <v>432</v>
       </c>
       <c r="H110"/>
       <c r="I110">
         <v>0.17</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
         <v>433</v>
       </c>
       <c r="B111" t="s">
         <v>434</v>
       </c>
       <c r="C111" t="s">
-        <v>136</v>
+        <v>268</v>
       </c>
       <c r="D111">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>435</v>
+        <v>1874</v>
+      </c>
+      <c r="E111">
+        <v>40059</v>
       </c>
       <c r="F111">
         <v>2017</v>
       </c>
       <c r="G111" t="s">
-        <v>436</v>
-[...3 lines deleted...]
-      </c>
+        <v>435</v>
+      </c>
+      <c r="H111"/>
       <c r="I111">
-        <v>2.93</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
+        <v>436</v>
+      </c>
+      <c r="B112" t="s">
         <v>437</v>
       </c>
-      <c r="B112" t="s">
+      <c r="C112" t="s">
+        <v>140</v>
+      </c>
+      <c r="D112">
+        <v>9</v>
+      </c>
+      <c r="E112" t="s">
         <v>438</v>
-      </c>
-[...7 lines deleted...]
-        <v>439</v>
       </c>
       <c r="F112">
         <v>2017</v>
       </c>
       <c r="G112" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="H112">
-        <v>12.08</v>
+        <v>7.23</v>
       </c>
       <c r="I112">
-        <v>7.45</v>
+        <v>2.93</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
+        <v>440</v>
+      </c>
+      <c r="B113" t="s">
         <v>441</v>
       </c>
-      <c r="B113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C113" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="D113">
         <v>17</v>
       </c>
       <c r="E113" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="F113">
         <v>2017</v>
       </c>
       <c r="G113" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="H113">
         <v>12.08</v>
       </c>
       <c r="I113">
         <v>7.45</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
+        <v>444</v>
+      </c>
+      <c r="B114" t="s">
         <v>445</v>
       </c>
-      <c r="B114" t="s">
+      <c r="C114" t="s">
+        <v>206</v>
+      </c>
+      <c r="D114">
+        <v>17</v>
+      </c>
+      <c r="E114" t="s">
         <v>446</v>
-      </c>
-[...7 lines deleted...]
-        <v>448</v>
       </c>
       <c r="F114">
         <v>2017</v>
       </c>
       <c r="G114" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="H114">
-        <v>6.88</v>
+        <v>12.08</v>
       </c>
       <c r="I114">
-        <v>3.38</v>
+        <v>7.45</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
+        <v>448</v>
+      </c>
+      <c r="B115" t="s">
+        <v>449</v>
+      </c>
+      <c r="C115" t="s">
         <v>450</v>
       </c>
-      <c r="B115" t="s">
-[...2 lines deleted...]
-      <c r="C115" t="s">
+      <c r="D115">
+        <v>4</v>
+      </c>
+      <c r="E115" t="s">
         <v>451</v>
-      </c>
-[...4 lines deleted...]
-        <v>452</v>
       </c>
       <c r="F115">
         <v>2017</v>
       </c>
       <c r="G115" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="H115">
-        <v>3.89</v>
+        <v>6.88</v>
       </c>
       <c r="I115">
-        <v>1.08</v>
+        <v>3.38</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
+        <v>453</v>
+      </c>
+      <c r="B116" t="s">
+        <v>437</v>
+      </c>
+      <c r="C116" t="s">
         <v>454</v>
       </c>
-      <c r="B116" t="s">
+      <c r="D116">
+        <v>154</v>
+      </c>
+      <c r="E116" t="s">
         <v>455</v>
-      </c>
-[...7 lines deleted...]
-        <v>457</v>
       </c>
       <c r="F116">
         <v>2017</v>
       </c>
       <c r="G116" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="H116">
-        <v>6.88</v>
+        <v>3.89</v>
       </c>
       <c r="I116">
-        <v>3.38</v>
+        <v>1.08</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
+        <v>457</v>
+      </c>
+      <c r="B117" t="s">
+        <v>458</v>
+      </c>
+      <c r="C117" t="s">
+        <v>450</v>
+      </c>
+      <c r="D117" t="s">
         <v>459</v>
       </c>
-      <c r="B117" t="s">
+      <c r="E117" t="s">
         <v>460</v>
       </c>
-      <c r="C117" t="s">
-[...3 lines deleted...]
-      <c r="E117"/>
       <c r="F117">
         <v>2017</v>
       </c>
       <c r="G117" t="s">
         <v>461</v>
       </c>
-      <c r="H117"/>
-      <c r="I117"/>
+      <c r="H117">
+        <v>6.88</v>
+      </c>
+      <c r="I117">
+        <v>3.38</v>
+      </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
         <v>462</v>
       </c>
       <c r="B118" t="s">
         <v>463</v>
       </c>
       <c r="C118" t="s">
-        <v>379</v>
-[...6 lines deleted...]
-      </c>
+        <v>391</v>
+      </c>
+      <c r="D118"/>
+      <c r="E118"/>
       <c r="F118">
         <v>2017</v>
       </c>
       <c r="G118" t="s">
         <v>464</v>
       </c>
-      <c r="H118">
-[...4 lines deleted...]
-      </c>
+      <c r="H118"/>
+      <c r="I118"/>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
         <v>465</v>
       </c>
       <c r="B119" t="s">
         <v>466</v>
       </c>
       <c r="C119" t="s">
-        <v>136</v>
+        <v>382</v>
       </c>
       <c r="D119">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>1606034</v>
+      </c>
+      <c r="E119">
+        <v>43709</v>
       </c>
       <c r="F119">
         <v>2017</v>
       </c>
       <c r="G119" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="H119">
-        <v>7.23</v>
+        <v>21.95</v>
       </c>
       <c r="I119">
-        <v>2.93</v>
+        <v>10.58</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
+        <v>468</v>
+      </c>
+      <c r="B120" t="s">
         <v>469</v>
       </c>
-      <c r="B120" t="s">
+      <c r="C120" t="s">
+        <v>140</v>
+      </c>
+      <c r="D120">
+        <v>9</v>
+      </c>
+      <c r="E120" t="s">
         <v>470</v>
       </c>
-      <c r="C120" t="s">
+      <c r="F120">
+        <v>2017</v>
+      </c>
+      <c r="G120" t="s">
         <v>471</v>
       </c>
-      <c r="D120"/>
-[...10 lines deleted...]
-      <c r="I120"/>
+      <c r="H120">
+        <v>7.23</v>
+      </c>
+      <c r="I120">
+        <v>2.93</v>
+      </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="B121" t="s">
-        <v>475</v>
+        <v>321</v>
       </c>
       <c r="C121" t="s">
-        <v>471</v>
-[...3 lines deleted...]
-        <v>476</v>
+        <v>293</v>
+      </c>
+      <c r="D121">
+        <v>6</v>
+      </c>
+      <c r="E121">
+        <v>37090</v>
       </c>
       <c r="F121">
         <v>2016</v>
       </c>
       <c r="G121" t="s">
-        <v>477</v>
-[...2 lines deleted...]
-      <c r="I121"/>
+        <v>473</v>
+      </c>
+      <c r="H121">
+        <v>4.26</v>
+      </c>
+      <c r="I121">
+        <v>1.69</v>
+      </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
-        <v>478</v>
+        <v>474</v>
       </c>
       <c r="B122" t="s">
-        <v>318</v>
+        <v>475</v>
       </c>
       <c r="C122" t="s">
-        <v>290</v>
-[...5 lines deleted...]
-        <v>37090</v>
+        <v>476</v>
+      </c>
+      <c r="D122"/>
+      <c r="E122" t="s">
+        <v>477</v>
       </c>
       <c r="F122">
         <v>2016</v>
       </c>
       <c r="G122" t="s">
-        <v>479</v>
-[...6 lines deleted...]
-      </c>
+        <v>478</v>
+      </c>
+      <c r="H122"/>
+      <c r="I122"/>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
+        <v>479</v>
+      </c>
+      <c r="B123" t="s">
         <v>480</v>
       </c>
-      <c r="B123" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C123" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="D123"/>
       <c r="E123" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="F123">
         <v>2016</v>
       </c>
       <c r="G123" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="H123"/>
       <c r="I123"/>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
+        <v>483</v>
+      </c>
+      <c r="B124" t="s">
         <v>484</v>
       </c>
-      <c r="B124" t="s">
+      <c r="C124" t="s">
+        <v>476</v>
+      </c>
+      <c r="D124"/>
+      <c r="E124" t="s">
         <v>485</v>
       </c>
-      <c r="C124" t="s">
-[...3 lines deleted...]
-      <c r="E124"/>
       <c r="F124">
         <v>2016</v>
       </c>
       <c r="G124" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="H124"/>
       <c r="I124"/>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
+        <v>487</v>
+      </c>
+      <c r="B125" t="s">
         <v>488</v>
       </c>
-      <c r="B125" t="s">
+      <c r="C125" t="s">
         <v>489</v>
       </c>
-      <c r="C125" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D125"/>
+      <c r="E125"/>
       <c r="F125">
         <v>2016</v>
       </c>
       <c r="G125" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="H125"/>
       <c r="I125"/>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
+        <v>491</v>
+      </c>
+      <c r="B126" t="s">
+        <v>492</v>
+      </c>
+      <c r="C126" t="s">
         <v>493</v>
       </c>
-      <c r="B126" t="s">
-[...2 lines deleted...]
-      <c r="C126" t="s">
+      <c r="D126">
+        <v>7</v>
+      </c>
+      <c r="E126" t="s">
         <v>494</v>
-      </c>
-[...4 lines deleted...]
-        <v>495</v>
       </c>
       <c r="F126">
         <v>2016</v>
       </c>
       <c r="G126" t="s">
-        <v>496</v>
-[...6 lines deleted...]
-      </c>
+        <v>495</v>
+      </c>
+      <c r="H126"/>
+      <c r="I126"/>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
+        <v>496</v>
+      </c>
+      <c r="B127" t="s">
+        <v>321</v>
+      </c>
+      <c r="C127" t="s">
         <v>497</v>
       </c>
-      <c r="B127" t="s">
+      <c r="D127">
+        <v>32</v>
+      </c>
+      <c r="E127" t="s">
         <v>498</v>
-      </c>
-[...7 lines deleted...]
-        <v>12119</v>
       </c>
       <c r="F127">
         <v>2016</v>
       </c>
       <c r="G127" t="s">
         <v>499</v>
       </c>
-      <c r="H127"/>
+      <c r="H127">
+        <v>38.62</v>
+      </c>
       <c r="I127">
-        <v>0.25</v>
+        <v>15.03</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
         <v>500</v>
       </c>
       <c r="B128" t="s">
         <v>501</v>
       </c>
       <c r="C128" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="D128">
         <v>741</v>
       </c>
       <c r="E128">
         <v>12112</v>
       </c>
       <c r="F128">
         <v>2016</v>
       </c>
       <c r="G128" t="s">
         <v>502</v>
       </c>
       <c r="H128"/>
       <c r="I128">
         <v>0.25</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
         <v>503</v>
       </c>
       <c r="B129" t="s">
         <v>504</v>
       </c>
       <c r="C129" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-      <c r="E129"/>
+        <v>237</v>
+      </c>
+      <c r="D129">
+        <v>741</v>
+      </c>
+      <c r="E129">
+        <v>12119</v>
+      </c>
       <c r="F129">
         <v>2016</v>
       </c>
       <c r="G129" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="H129"/>
-      <c r="I129"/>
+      <c r="I129">
+        <v>0.25</v>
+      </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
+        <v>506</v>
+      </c>
+      <c r="B130" t="s">
         <v>507</v>
       </c>
-      <c r="B130" t="s">
+      <c r="C130" t="s">
         <v>508</v>
       </c>
-      <c r="C130" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D130"/>
+      <c r="E130"/>
       <c r="F130">
         <v>2016</v>
       </c>
       <c r="G130" t="s">
-        <v>510</v>
-[...6 lines deleted...]
-      </c>
+        <v>509</v>
+      </c>
+      <c r="H130"/>
+      <c r="I130"/>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
+        <v>510</v>
+      </c>
+      <c r="B131" t="s">
         <v>511</v>
       </c>
-      <c r="B131" t="s">
+      <c r="C131" t="s">
+        <v>140</v>
+      </c>
+      <c r="D131">
+        <v>8</v>
+      </c>
+      <c r="E131" t="s">
         <v>512</v>
-      </c>
-[...7 lines deleted...]
-        <v>514</v>
       </c>
       <c r="F131">
         <v>2016</v>
       </c>
       <c r="G131" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="H131">
-        <v>2.3</v>
+        <v>7.37</v>
       </c>
       <c r="I131">
-        <v>0.85</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
+        <v>514</v>
+      </c>
+      <c r="B132" t="s">
+        <v>515</v>
+      </c>
+      <c r="C132" t="s">
         <v>516</v>
       </c>
-      <c r="B132" t="s">
+      <c r="D132">
+        <v>186</v>
+      </c>
+      <c r="E132" t="s">
         <v>517</v>
-      </c>
-[...7 lines deleted...]
-        <v>518</v>
       </c>
       <c r="F132">
         <v>2016</v>
       </c>
       <c r="G132" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="H132">
-        <v>6.76</v>
+        <v>2.3</v>
       </c>
       <c r="I132">
-        <v>3.47</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
+        <v>519</v>
+      </c>
+      <c r="B133" t="s">
         <v>520</v>
       </c>
-      <c r="B133" t="s">
+      <c r="C133" t="s">
+        <v>450</v>
+      </c>
+      <c r="D133">
+        <v>3</v>
+      </c>
+      <c r="E133" t="s">
         <v>521</v>
-      </c>
-[...7 lines deleted...]
-        <v>12152</v>
       </c>
       <c r="F133">
         <v>2016</v>
       </c>
       <c r="G133" t="s">
         <v>522</v>
       </c>
-      <c r="H133"/>
+      <c r="H133">
+        <v>6.76</v>
+      </c>
       <c r="I133">
-        <v>0.25</v>
+        <v>3.47</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
         <v>523</v>
       </c>
       <c r="B134" t="s">
         <v>524</v>
       </c>
       <c r="C134" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="D134">
         <v>741</v>
       </c>
       <c r="E134">
-        <v>12140</v>
+        <v>12152</v>
       </c>
       <c r="F134">
         <v>2016</v>
       </c>
       <c r="G134" t="s">
         <v>525</v>
       </c>
       <c r="H134"/>
       <c r="I134">
         <v>0.25</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
         <v>526</v>
       </c>
       <c r="B135" t="s">
         <v>527</v>
       </c>
       <c r="C135" t="s">
-        <v>265</v>
+        <v>237</v>
       </c>
       <c r="D135">
-        <v>1748</v>
+        <v>741</v>
       </c>
       <c r="E135">
-        <v>30001</v>
+        <v>12140</v>
       </c>
       <c r="F135">
         <v>2016</v>
       </c>
       <c r="G135" t="s">
         <v>528</v>
       </c>
       <c r="H135"/>
       <c r="I135">
-        <v>0.18</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
         <v>529</v>
       </c>
       <c r="B136" t="s">
         <v>530</v>
       </c>
       <c r="C136" t="s">
-        <v>136</v>
+        <v>268</v>
       </c>
       <c r="D136">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>531</v>
+        <v>1748</v>
+      </c>
+      <c r="E136">
+        <v>30001</v>
       </c>
       <c r="F136">
         <v>2016</v>
       </c>
       <c r="G136" t="s">
-        <v>532</v>
-[...3 lines deleted...]
-      </c>
+        <v>531</v>
+      </c>
+      <c r="H136"/>
       <c r="I136">
-        <v>2.79</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
+        <v>532</v>
+      </c>
+      <c r="B137" t="s">
         <v>533</v>
       </c>
-      <c r="B137" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C137" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D137">
         <v>8</v>
       </c>
       <c r="E137" t="s">
-        <v>535</v>
+        <v>534</v>
       </c>
       <c r="F137">
         <v>2016</v>
       </c>
       <c r="G137" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="H137">
         <v>7.37</v>
       </c>
       <c r="I137">
         <v>2.79</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
+        <v>536</v>
+      </c>
+      <c r="B138" t="s">
         <v>537</v>
       </c>
-      <c r="B138" t="s">
+      <c r="C138" t="s">
+        <v>140</v>
+      </c>
+      <c r="D138">
+        <v>8</v>
+      </c>
+      <c r="E138" t="s">
         <v>538</v>
-      </c>
-[...7 lines deleted...]
-        <v>12020</v>
       </c>
       <c r="F138">
         <v>2016</v>
       </c>
       <c r="G138" t="s">
         <v>539</v>
       </c>
-      <c r="H138"/>
+      <c r="H138">
+        <v>7.37</v>
+      </c>
       <c r="I138">
-        <v>0.25</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
         <v>540</v>
       </c>
       <c r="B139" t="s">
         <v>541</v>
       </c>
       <c r="C139" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="D139">
         <v>690</v>
       </c>
       <c r="E139">
         <v>12021</v>
       </c>
       <c r="F139">
         <v>2016</v>
       </c>
       <c r="G139" t="s">
         <v>542</v>
       </c>
       <c r="H139"/>
       <c r="I139">
         <v>0.25</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
         <v>543</v>
       </c>
       <c r="B140" t="s">
         <v>544</v>
       </c>
       <c r="C140" t="s">
-        <v>379</v>
+        <v>237</v>
       </c>
       <c r="D140">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>545</v>
+        <v>690</v>
+      </c>
+      <c r="E140">
+        <v>12020</v>
       </c>
       <c r="F140">
         <v>2016</v>
       </c>
       <c r="G140" t="s">
-        <v>546</v>
-[...3 lines deleted...]
-      </c>
+        <v>545</v>
+      </c>
+      <c r="H140"/>
       <c r="I140">
-        <v>9.18</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" t="s">
+        <v>546</v>
+      </c>
+      <c r="B141" t="s">
         <v>547</v>
       </c>
-      <c r="B141" t="s">
+      <c r="C141" t="s">
+        <v>382</v>
+      </c>
+      <c r="D141">
+        <v>28</v>
+      </c>
+      <c r="E141" t="s">
         <v>548</v>
-      </c>
-[...7 lines deleted...]
-        <v>550</v>
       </c>
       <c r="F141">
         <v>2016</v>
       </c>
       <c r="G141" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="H141">
-        <v>13.94</v>
+        <v>19.79</v>
       </c>
       <c r="I141">
-        <v>6.95</v>
+        <v>9.18</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" t="s">
+        <v>550</v>
+      </c>
+      <c r="B142" t="s">
+        <v>551</v>
+      </c>
+      <c r="C142" t="s">
         <v>552</v>
       </c>
-      <c r="B142" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D142">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="E142" t="s">
         <v>553</v>
       </c>
       <c r="F142">
         <v>2016</v>
       </c>
       <c r="G142" t="s">
         <v>554</v>
       </c>
       <c r="H142">
-        <v>4.03</v>
+        <v>13.94</v>
       </c>
       <c r="I142">
-        <v>1.23</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
         <v>555</v>
       </c>
       <c r="B143" t="s">
-        <v>541</v>
+        <v>321</v>
       </c>
       <c r="C143" t="s">
-        <v>136</v>
+        <v>53</v>
       </c>
       <c r="D143">
-        <v>8</v>
+        <v>45</v>
       </c>
       <c r="E143" t="s">
         <v>556</v>
       </c>
       <c r="F143">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G143" t="s">
         <v>557</v>
       </c>
       <c r="H143">
-        <v>7.76</v>
+        <v>4.03</v>
       </c>
       <c r="I143">
-        <v>2.77</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
         <v>558</v>
       </c>
       <c r="B144" t="s">
-        <v>399</v>
+        <v>541</v>
       </c>
       <c r="C144" t="s">
-        <v>290</v>
+        <v>140</v>
       </c>
       <c r="D144">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>19410</v>
+        <v>8</v>
+      </c>
+      <c r="E144" t="s">
+        <v>559</v>
       </c>
       <c r="F144">
         <v>2015</v>
       </c>
       <c r="G144" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="H144">
-        <v>5.23</v>
+        <v>7.76</v>
       </c>
       <c r="I144">
-        <v>2.03</v>
+        <v>2.77</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B145" t="s">
-        <v>561</v>
+        <v>394</v>
       </c>
       <c r="C145" t="s">
-        <v>11</v>
+        <v>293</v>
       </c>
       <c r="D145">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>562</v>
+        <v>6</v>
+      </c>
+      <c r="E145">
+        <v>19410</v>
       </c>
       <c r="F145">
         <v>2015</v>
       </c>
       <c r="G145" t="s">
-        <v>563</v>
+        <v>562</v>
       </c>
       <c r="H145">
-        <v>7.49</v>
+        <v>5.23</v>
       </c>
       <c r="I145">
-        <v>4.21</v>
+        <v>2.03</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
+        <v>563</v>
+      </c>
+      <c r="B146" t="s">
         <v>564</v>
       </c>
-      <c r="B146" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C146" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="D146">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="E146" t="s">
         <v>565</v>
       </c>
       <c r="F146">
         <v>2015</v>
       </c>
       <c r="G146" t="s">
         <v>566</v>
       </c>
       <c r="H146">
-        <v>11.38</v>
+        <v>7.49</v>
       </c>
       <c r="I146">
-        <v>4.86</v>
+        <v>4.21</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
         <v>567</v>
       </c>
       <c r="B147" t="s">
+        <v>321</v>
+      </c>
+      <c r="C147" t="s">
+        <v>28</v>
+      </c>
+      <c r="D147">
+        <v>25</v>
+      </c>
+      <c r="E147" t="s">
         <v>568</v>
       </c>
-      <c r="C147" t="s">
-[...3 lines deleted...]
-      <c r="E147"/>
       <c r="F147">
         <v>2015</v>
       </c>
       <c r="G147" t="s">
-        <v>570</v>
-[...2 lines deleted...]
-      <c r="I147"/>
+        <v>569</v>
+      </c>
+      <c r="H147">
+        <v>11.38</v>
+      </c>
+      <c r="I147">
+        <v>4.86</v>
+      </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" t="s">
+        <v>570</v>
+      </c>
+      <c r="B148" t="s">
         <v>571</v>
       </c>
-      <c r="B148" t="s">
+      <c r="C148" t="s">
         <v>572</v>
       </c>
-      <c r="C148" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D148"/>
+      <c r="E148"/>
       <c r="F148">
         <v>2015</v>
       </c>
       <c r="G148" t="s">
-        <v>574</v>
-[...6 lines deleted...]
-      </c>
+        <v>573</v>
+      </c>
+      <c r="H148"/>
+      <c r="I148"/>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" t="s">
+        <v>574</v>
+      </c>
+      <c r="B149" t="s">
         <v>575</v>
       </c>
-      <c r="B149" t="s">
+      <c r="C149" t="s">
+        <v>206</v>
+      </c>
+      <c r="D149">
+        <v>15</v>
+      </c>
+      <c r="E149" t="s">
         <v>576</v>
       </c>
-      <c r="C149" t="s">
+      <c r="F149">
+        <v>2015</v>
+      </c>
+      <c r="G149" t="s">
         <v>577</v>
       </c>
-      <c r="D149">
-[...10 lines deleted...]
-      </c>
       <c r="H149">
-        <v>0.82</v>
+        <v>13.78</v>
       </c>
       <c r="I149">
-        <v>0.47</v>
+        <v>8.36</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" t="s">
+        <v>578</v>
+      </c>
+      <c r="B150" t="s">
+        <v>579</v>
+      </c>
+      <c r="C150" t="s">
         <v>580</v>
       </c>
-      <c r="B150" t="s">
-[...2 lines deleted...]
-      <c r="C150" t="s">
+      <c r="D150">
+        <v>56</v>
+      </c>
+      <c r="E150" t="s">
         <v>581</v>
       </c>
-      <c r="D150">
-[...4 lines deleted...]
-      </c>
       <c r="F150">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G150" t="s">
         <v>582</v>
       </c>
       <c r="H150">
-        <v>2.48</v>
+        <v>0.82</v>
       </c>
       <c r="I150">
-        <v>0.81</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" t="s">
         <v>583</v>
       </c>
       <c r="B151" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="C151" t="s">
         <v>584</v>
       </c>
       <c r="D151">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>585</v>
+        <v>8</v>
+      </c>
+      <c r="E151">
+        <v>317</v>
       </c>
       <c r="F151">
         <v>2013</v>
       </c>
       <c r="G151" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="H151">
-        <v>0.89</v>
+        <v>2.48</v>
       </c>
       <c r="I151">
-        <v>0.59</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" t="s">
+        <v>586</v>
+      </c>
+      <c r="B152" t="s">
+        <v>321</v>
+      </c>
+      <c r="C152" t="s">
         <v>587</v>
       </c>
-      <c r="B152" t="s">
-[...2 lines deleted...]
-      <c r="C152" t="s">
+      <c r="D152">
+        <v>43</v>
+      </c>
+      <c r="E152" t="s">
         <v>588</v>
-      </c>
-[...4 lines deleted...]
-        <v>589</v>
       </c>
       <c r="F152">
         <v>2013</v>
       </c>
       <c r="G152" t="s">
-        <v>590</v>
-[...2 lines deleted...]
-      <c r="I152"/>
+        <v>589</v>
+      </c>
+      <c r="H152">
+        <v>0.89</v>
+      </c>
+      <c r="I152">
+        <v>0.59</v>
+      </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" t="s">
+        <v>590</v>
+      </c>
+      <c r="B153" t="s">
+        <v>321</v>
+      </c>
+      <c r="C153" t="s">
         <v>591</v>
-      </c>
-[...4 lines deleted...]
-        <v>588</v>
       </c>
       <c r="D153">
         <v>677</v>
       </c>
       <c r="E153" t="s">
         <v>592</v>
       </c>
       <c r="F153">
         <v>2013</v>
       </c>
       <c r="G153" t="s">
         <v>593</v>
       </c>
       <c r="H153"/>
       <c r="I153"/>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" t="s">
         <v>594</v>
       </c>
       <c r="B154" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="C154" t="s">
+        <v>591</v>
+      </c>
+      <c r="D154">
+        <v>677</v>
+      </c>
+      <c r="E154" t="s">
         <v>595</v>
-      </c>
-[...4 lines deleted...]
-        <v>596</v>
       </c>
       <c r="F154">
         <v>2013</v>
       </c>
       <c r="G154" t="s">
-        <v>597</v>
-[...6 lines deleted...]
-      </c>
+        <v>596</v>
+      </c>
+      <c r="H154"/>
+      <c r="I154"/>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" t="s">
+        <v>597</v>
+      </c>
+      <c r="B155" t="s">
+        <v>321</v>
+      </c>
+      <c r="C155" t="s">
         <v>598</v>
       </c>
-      <c r="B155" t="s">
-[...2 lines deleted...]
-      <c r="C155" t="s">
+      <c r="D155">
+        <v>111</v>
+      </c>
+      <c r="E155" t="s">
         <v>599</v>
-      </c>
-[...2 lines deleted...]
-        <v>600</v>
       </c>
       <c r="F155">
         <v>2013</v>
       </c>
-      <c r="G155"/>
-[...1 lines deleted...]
-      <c r="I155"/>
+      <c r="G155" t="s">
+        <v>600</v>
+      </c>
+      <c r="H155">
+        <v>1.69</v>
+      </c>
+      <c r="I155">
+        <v>0.51</v>
+      </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" t="s">
         <v>601</v>
       </c>
       <c r="B156" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="C156" t="s">
         <v>602</v>
       </c>
-      <c r="D156">
-[...3 lines deleted...]
-        <v>1208</v>
+      <c r="D156"/>
+      <c r="E156" t="s">
+        <v>603</v>
       </c>
       <c r="F156">
-        <v>2012</v>
-[...9 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="G156"/>
+      <c r="H156"/>
+      <c r="I156"/>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" t="s">
         <v>604</v>
       </c>
       <c r="B157" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="C157" t="s">
         <v>605</v>
       </c>
       <c r="D157">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E157">
-        <v>43650</v>
+        <v>1208</v>
       </c>
       <c r="F157">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G157" t="s">
         <v>606</v>
       </c>
-      <c r="H157"/>
-      <c r="I157"/>
+      <c r="H157">
+        <v>2.18</v>
+      </c>
+      <c r="I157">
+        <v>0.86</v>
+      </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" t="s">
         <v>607</v>
       </c>
       <c r="B158" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="C158" t="s">
         <v>608</v>
       </c>
       <c r="D158"/>
       <c r="E158" t="s">
         <v>609</v>
       </c>
       <c r="F158">
         <v>2011</v>
       </c>
       <c r="G158" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="H158"/>
       <c r="I158"/>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B159" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="C159" t="s">
-        <v>611</v>
-[...2 lines deleted...]
-      <c r="E159" t="s">
         <v>612</v>
+      </c>
+      <c r="D159">
+        <v>12</v>
+      </c>
+      <c r="E159">
+        <v>43650</v>
       </c>
       <c r="F159">
         <v>2011</v>
       </c>
-      <c r="G159"/>
+      <c r="G159" t="s">
+        <v>610</v>
+      </c>
       <c r="H159"/>
       <c r="I159"/>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" t="s">
         <v>613</v>
       </c>
       <c r="B160" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="C160" t="s">
         <v>614</v>
       </c>
       <c r="D160">
         <v>5</v>
       </c>
       <c r="E160">
         <v>53528</v>
       </c>
       <c r="F160">
         <v>2011</v>
       </c>
       <c r="G160" t="s">
         <v>615</v>
       </c>
       <c r="H160">
         <v>1.57</v>
       </c>
       <c r="I160">
         <v>1.0</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" t="s">
         <v>616</v>
       </c>
       <c r="B161" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="C161" t="s">
-        <v>605</v>
-[...3 lines deleted...]
-      </c>
+        <v>617</v>
+      </c>
+      <c r="D161"/>
       <c r="E161" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="F161">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G161"/>
       <c r="H161"/>
       <c r="I161"/>
+    </row>
+    <row r="162" spans="1:9">
+      <c r="A162" t="s">
+        <v>619</v>
+      </c>
+      <c r="B162" t="s">
+        <v>321</v>
+      </c>
+      <c r="C162" t="s">
+        <v>612</v>
+      </c>
+      <c r="D162">
+        <v>12</v>
+      </c>
+      <c r="E162" t="s">
+        <v>620</v>
+      </c>
+      <c r="F162">
+        <v>2010</v>
+      </c>
+      <c r="G162"/>
+      <c r="H162"/>
+      <c r="I162"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>