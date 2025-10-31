--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -380,71 +380,71 @@
   <si>
     <t>Andrey Bogdanov, Sergey Gladishev, Zarina Sadrieva, Mikhail Rybin, Kirill Samusev, Mikhail Limonov, Yuri Kivshar</t>
   </si>
   <si>
     <t>IEEE - 2018 Conference on Lasers and Electro-Optics (CLEO)</t>
   </si>
   <si>
     <t>10.1364/CLEO_AT.2018.JTh2A.73</t>
   </si>
   <si>
     <t>Эволюция картин оптической дифракции на неупорядоченных фотонных структурах типа поленница</t>
   </si>
   <si>
     <t>Михаил Рыбин, Михаил Лимонов</t>
   </si>
   <si>
     <t>Физика твердого тела</t>
   </si>
   <si>
     <t>60(7)</t>
   </si>
   <si>
     <t>1371-1377</t>
   </si>
   <si>
+    <t>Quasi-crystalline and Disordered Photonic Structures Fabricated Using Direct Laser Writing</t>
+  </si>
+  <si>
+    <t>Artem Sinelnik, Mikhail Rybin, Mikhail Limonov, Kirill Samusev</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998059</t>
+  </si>
+  <si>
     <t>Optical Diffraction from Photonic-graphene Metasurfaces</t>
   </si>
   <si>
     <t>Artem Sinelnik, Mikhail Rybin, Mikhail Limonov, Yuri Kivshar, Kirill Samusev</t>
   </si>
   <si>
     <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
   </si>
   <si>
     <t>540-543</t>
   </si>
   <si>
-    <t>Quasi-crystalline and Disordered Photonic Structures Fabricated Using Direct Laser Writing</t>
-[...7 lines deleted...]
-  <si>
     <t>Fano resonances in photonics</t>
   </si>
   <si>
     <t>Mikhail Limonov, Mikhail Rybin, Alexander Poddubny, Yuri Kivshar</t>
   </si>
   <si>
     <t>Nature Photonics</t>
   </si>
   <si>
     <t>543–554</t>
   </si>
   <si>
     <t>doi:10.1038/nphoton.2017.142</t>
   </si>
   <si>
     <t>High-Q resonances with low azimuthal indices in all-dielectric high-index nanoparticles</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Zarina Sadrieva, Kirill Samusev, Mikhail Rybin, Mikhail Limonov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Proceedings of SPIE</t>
   </si>
   <si>
     <t>10.1117/12.2272375</t>
@@ -521,95 +521,95 @@
   <si>
     <t>Optical laue diffraction on photonic structures designed by laser lithography</t>
   </si>
   <si>
     <t>Kirill Samusev, Mikhail Rybin, Mikhail Limonov</t>
   </si>
   <si>
     <t>Optics and Spectroscopy</t>
   </si>
   <si>
     <t>971-977</t>
   </si>
   <si>
     <t>10.1134/S0030400X16060187</t>
   </si>
   <si>
     <t>Inverse dispersion method for calculation of complex photonic band diagram and PT symmetry</t>
   </si>
   <si>
     <t>Mikhail Rybin, Mikhail Limonov</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.93.165132</t>
   </si>
   <si>
+    <t>Transition from photonic crystals to dielectric metamaterials: A phase diagram and the order parameter</t>
+  </si>
+  <si>
+    <t>Mikhail Rybin, Dmitry Filonov, Kirill Samusev, Pavel Belov, Yuri Kivshar, Mikhail Limonov</t>
+  </si>
+  <si>
+    <t>98850R</t>
+  </si>
+  <si>
+    <t>10.1117/12.2223721</t>
+  </si>
+  <si>
     <t>Fano resonance can make a homogeneous cylinder invisible: theoretical proposal and experimental demonstration</t>
   </si>
   <si>
-    <t>Mikhail Rybin, Dmitry Filonov, Kirill Samusev, Pavel Belov, Yuri Kivshar, Mikhail Limonov</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1117/12.2224441</t>
   </si>
   <si>
-    <t>Transition from photonic crystals to dielectric metamaterials: A phase diagram and the order parameter</t>
-[...7 lines deleted...]
-  <si>
     <t>Purcell effect and Lamb shift as interference phenomena</t>
   </si>
   <si>
     <t>Mikhail Rybin, Mikhail Limonov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1038/srep20599</t>
   </si>
   <si>
+    <t>Phase diagram for the transition from photonic crystals to dielectric metamaterials</t>
+  </si>
+  <si>
+    <t>Nature Communications</t>
+  </si>
+  <si>
+    <t>10.1038/ncomms10102</t>
+  </si>
+  <si>
     <t>Оптические свойства фотонных кристаллов со структурой «поленницы», изготовленных методом трехмерной лазерной литографии</t>
   </si>
   <si>
     <t>Кирилл Самусев, Михаил Рыбин, Антон Самусев, Михаил Лимонов</t>
   </si>
   <si>
     <t>2420-2428</t>
   </si>
   <si>
-    <t>Phase diagram for the transition from photonic crystals to dielectric metamaterials</t>
-[...7 lines deleted...]
-  <si>
     <t>Multiscale modeling of all-dielectric metamaterials</t>
   </si>
   <si>
     <t>Mikhail Rybin, Kirill Samusev, Mikhail Limonov</t>
   </si>
   <si>
     <t>2015 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>10.1109/DD.2015.7354875</t>
   </si>
   <si>
     <t>Invisibility of a finite dielectric cylinder under Fano resonance conditions</t>
   </si>
   <si>
     <t>Kirill Samusev, Mikhail Rybin, Anton Samusev, Mikhail Limonov</t>
   </si>
   <si>
     <t>1991-1996</t>
   </si>
   <si>
     <t>10.1134/S1063783415100273</t>
   </si>
   <si>
     <t>Switching from Visibility to Invisibility via Fano Resonances: Theory and Experiment</t>
@@ -656,71 +656,71 @@
   <si>
     <t>531-534</t>
   </si>
   <si>
     <t>10.1134/s0021364014090112</t>
   </si>
   <si>
     <t>Два режима создания трехмерных субмикронных структур методом лазерной литографии</t>
   </si>
   <si>
     <t>Иван Шишкин, Кирилл Самусев, Михаил Рыбин, Михаил Лимонов, Юрий Кившар, Павел Белов</t>
   </si>
   <si>
     <t>2097-2103</t>
   </si>
   <si>
     <t>Fano resonances in high-index dielectric photonic structures</t>
   </si>
   <si>
     <t>Mikhail Rybin, Ivan Sinev, Kirill Samusev, Yuri Kivshar, Mikhail Limonov</t>
   </si>
   <si>
     <t>10.1117/12.2051945</t>
   </si>
   <si>
+    <t>Photonic properties of two-dimensional high-contrast periodic structures: Numerical calculations</t>
+  </si>
+  <si>
+    <t>Mikhail Rybin, Ivan Sinev, Kirill Samusev, Mikhail Limonov</t>
+  </si>
+  <si>
+    <t>588-593</t>
+  </si>
+  <si>
+    <t>10.1134/S1063783414030275</t>
+  </si>
+  <si>
     <t>Cascades of Fano resonances in Mie scattering</t>
   </si>
   <si>
-    <t>Mikhail Rybin, Ivan Sinev, Kirill Samusev, Mikhail Limonov</t>
-[...1 lines deleted...]
-  <si>
     <t>580-587</t>
   </si>
   <si>
     <t>10.1134/S1063783414030263</t>
   </si>
   <si>
-    <t>Photonic properties of two-dimensional high-contrast periodic structures: Numerical calculations</t>
-[...7 lines deleted...]
-  <si>
     <t>Multiple Bragg diffraction in opal-based photonic crystals: Spectral and spatial dispersion</t>
   </si>
   <si>
     <t>Ivan Shishkin, Mikhail Rybin, Kirill Samusev, Mikhail Limonov</t>
   </si>
   <si>
     <t>035124(1-9)</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.89.035124</t>
   </si>
   <si>
     <t>Mie scattering as a cascade of Fano resonances</t>
   </si>
   <si>
     <t>Mikhail Rybin, Kirill Samusev, Ivan Sinev, Yuri Kivshar, Mikhail Limonov</t>
   </si>
   <si>
     <t>Optics Express</t>
   </si>
   <si>
     <t>30107-30113</t>
   </si>
   <si>
     <t>10.1364/OE.21.030107</t>
@@ -770,69 +770,69 @@
   <si>
     <t>10.1038/ncomms1924</t>
   </si>
   <si>
     <t>Glassy nanostructures fabricated by the direct laser writing method</t>
   </si>
   <si>
     <t>Ivan Shishkin, Kirill Samusev, Mikhail Rybin, Mikhail Limonov, Yuri Kivshar</t>
   </si>
   <si>
     <t>1975-1980</t>
   </si>
   <si>
     <t>10.1134/S1063783412100319</t>
   </si>
   <si>
     <t>Inverted yablonovite fabricated by the direct laser writing method and its photonic structure</t>
   </si>
   <si>
     <t>457-461</t>
   </si>
   <si>
     <t>10.1134/S0021364012090123</t>
   </si>
   <si>
+    <t>Optical diffraction from opal-based photonic structures: transition from 2D to 3D regimes</t>
+  </si>
+  <si>
+    <t>Ivan Sinev, Mikhail Rybin, Anton Samusev, Kirill Samusev, Mikhail Limonov</t>
+  </si>
+  <si>
+    <t>84250U</t>
+  </si>
+  <si>
+    <t>10.1117/12.921548</t>
+  </si>
+  <si>
     <t>Inverted Yablonovite-like 3D photonic crystals fabricated by laser nanolithography</t>
   </si>
   <si>
     <t>84252C</t>
   </si>
   <si>
     <t>10.1117/12.940752</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1117/12.921548</t>
   </si>
   <si>
     <t>Small-angle xray diffraction investigation of twinned opal-like structures</t>
   </si>
   <si>
     <t>Anton Samusev, Ivan Sinev, Kirill Samusev, Mikhail Rybin, Mikhail Limonov</t>
   </si>
   <si>
     <t>2073-2082</t>
   </si>
   <si>
     <t>10.1134/S1063783412100307</t>
   </si>
   <si>
     <t>Disorder-induced Fano resonance in 1D photonic crystals</t>
   </si>
   <si>
     <t>Anton Samusev, Mikhail Limonov, Mikhail Rybin</t>
   </si>
   <si>
     <t>2011 Int. Quantum El. Conf. (IQEC) and Conf. on Lasers and El.-Opt. (CLEO) Pacific Rim incorporating the Australasian Conf. on Opt., Lasers and Spectr. and the Australian Conf. on Opt. Fibre Techn.</t>
   </si>
   <si>
     <t>1041-1043</t>
   </si>
@@ -2068,87 +2068,87 @@
       <c r="D30" t="s">
         <v>120</v>
       </c>
       <c r="E30" t="s">
         <v>121</v>
       </c>
       <c r="F30">
         <v>2018</v>
       </c>
       <c r="G30"/>
       <c r="H30">
         <v>0.78</v>
       </c>
       <c r="I30">
         <v>0.58</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>122</v>
       </c>
       <c r="B31" t="s">
         <v>123</v>
       </c>
       <c r="C31" t="s">
-        <v>124</v>
-[...4 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="D31">
+        <v>1874</v>
+      </c>
+      <c r="E31"/>
       <c r="F31">
         <v>2018</v>
       </c>
-      <c r="G31"/>
+      <c r="G31" t="s">
+        <v>124</v>
+      </c>
       <c r="H31"/>
-      <c r="I31"/>
+      <c r="I31">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>125</v>
+      </c>
+      <c r="B32" t="s">
         <v>126</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>127</v>
       </c>
-      <c r="C32" t="s">
-[...5 lines deleted...]
-      <c r="E32"/>
+      <c r="D32"/>
+      <c r="E32" t="s">
+        <v>128</v>
+      </c>
       <c r="F32">
         <v>2018</v>
       </c>
-      <c r="G32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G32"/>
       <c r="H32"/>
-      <c r="I32">
-[...1 lines deleted...]
-      </c>
+      <c r="I32"/>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>129</v>
       </c>
       <c r="B33" t="s">
         <v>130</v>
       </c>
       <c r="C33" t="s">
         <v>131</v>
       </c>
       <c r="D33">
         <v>11</v>
       </c>
       <c r="E33" t="s">
         <v>132</v>
       </c>
       <c r="F33">
         <v>2017</v>
       </c>
       <c r="G33" t="s">
         <v>133</v>
       </c>
       <c r="H33">
         <v>32.52</v>
@@ -2254,51 +2254,51 @@
       </c>
       <c r="D37">
         <v>105</v>
       </c>
       <c r="E37" t="s">
         <v>147</v>
       </c>
       <c r="F37">
         <v>2017</v>
       </c>
       <c r="G37" t="s">
         <v>148</v>
       </c>
       <c r="H37">
         <v>1.36</v>
       </c>
       <c r="I37">
         <v>0.5</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>149</v>
       </c>
       <c r="B38" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="C38" t="s">
         <v>150</v>
       </c>
       <c r="D38">
         <v>95</v>
       </c>
       <c r="E38">
         <v>63837</v>
       </c>
       <c r="F38">
         <v>2017</v>
       </c>
       <c r="G38" t="s">
         <v>151</v>
       </c>
       <c r="H38">
         <v>2.91</v>
       </c>
       <c r="I38"/>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>152</v>
       </c>
@@ -2403,174 +2403,174 @@
       </c>
       <c r="F42">
         <v>2016</v>
       </c>
       <c r="G42" t="s">
         <v>168</v>
       </c>
       <c r="H42">
         <v>3.84</v>
       </c>
       <c r="I42"/>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>169</v>
       </c>
       <c r="B43" t="s">
         <v>170</v>
       </c>
       <c r="C43" t="s">
         <v>136</v>
       </c>
       <c r="D43">
         <v>9885</v>
       </c>
-      <c r="E43">
-        <v>988515</v>
+      <c r="E43" t="s">
+        <v>171</v>
       </c>
       <c r="F43">
         <v>2016</v>
       </c>
       <c r="G43" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="H43"/>
       <c r="I43">
         <v>0.24</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B44" t="s">
         <v>170</v>
       </c>
       <c r="C44" t="s">
         <v>136</v>
       </c>
       <c r="D44">
         <v>9885</v>
       </c>
-      <c r="E44" t="s">
-        <v>173</v>
+      <c r="E44">
+        <v>988515</v>
       </c>
       <c r="F44">
         <v>2016</v>
       </c>
       <c r="G44" t="s">
         <v>174</v>
       </c>
       <c r="H44"/>
       <c r="I44">
         <v>0.24</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>175</v>
       </c>
       <c r="B45" t="s">
         <v>176</v>
       </c>
       <c r="C45" t="s">
         <v>154</v>
       </c>
       <c r="D45">
         <v>6</v>
       </c>
       <c r="E45">
         <v>20599</v>
       </c>
       <c r="F45">
         <v>2016</v>
       </c>
       <c r="G45" t="s">
         <v>177</v>
       </c>
       <c r="H45">
         <v>4.26</v>
       </c>
       <c r="I45">
         <v>1.69</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>178</v>
       </c>
       <c r="B46" t="s">
+        <v>170</v>
+      </c>
+      <c r="C46" t="s">
         <v>179</v>
       </c>
-      <c r="C46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D46">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>6</v>
+      </c>
+      <c r="E46">
+        <v>10102</v>
       </c>
       <c r="F46">
         <v>2015</v>
       </c>
-      <c r="G46"/>
+      <c r="G46" t="s">
+        <v>180</v>
+      </c>
       <c r="H46">
-        <v>0.78</v>
+        <v>11.33</v>
       </c>
       <c r="I46">
-        <v>0.58</v>
+        <v>6.29</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>181</v>
       </c>
       <c r="B47" t="s">
-        <v>170</v>
+        <v>182</v>
       </c>
       <c r="C47" t="s">
-        <v>182</v>
+        <v>119</v>
       </c>
       <c r="D47">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>10102</v>
+        <v>57</v>
+      </c>
+      <c r="E47" t="s">
+        <v>183</v>
       </c>
       <c r="F47">
         <v>2015</v>
       </c>
-      <c r="G47" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G47"/>
       <c r="H47">
-        <v>11.33</v>
+        <v>0.78</v>
       </c>
       <c r="I47">
-        <v>6.29</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>184</v>
       </c>
       <c r="B48" t="s">
         <v>185</v>
       </c>
       <c r="C48" t="s">
         <v>186</v>
       </c>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48">
         <v>2015</v>
       </c>
       <c r="G48" t="s">
         <v>187</v>
       </c>
       <c r="H48"/>
       <c r="I48"/>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
@@ -2948,51 +2948,51 @@
       <c r="D62">
         <v>87</v>
       </c>
       <c r="E62" t="s">
         <v>240</v>
       </c>
       <c r="F62">
         <v>2013</v>
       </c>
       <c r="G62" t="s">
         <v>241</v>
       </c>
       <c r="H62">
         <v>3.66</v>
       </c>
       <c r="I62"/>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>242</v>
       </c>
       <c r="B63" t="s">
         <v>243</v>
       </c>
       <c r="C63" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D63">
         <v>3</v>
       </c>
       <c r="E63">
         <v>914</v>
       </c>
       <c r="F63">
         <v>2012</v>
       </c>
       <c r="G63" t="s">
         <v>244</v>
       </c>
       <c r="H63">
         <v>10.02</v>
       </c>
       <c r="I63">
         <v>5.87</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>245</v>
       </c>
       <c r="B64" t="s">
@@ -3032,78 +3032,78 @@
       </c>
       <c r="D65">
         <v>95</v>
       </c>
       <c r="E65" t="s">
         <v>250</v>
       </c>
       <c r="F65">
         <v>2012</v>
       </c>
       <c r="G65" t="s">
         <v>251</v>
       </c>
       <c r="H65">
         <v>1.52</v>
       </c>
       <c r="I65">
         <v>1.03</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>252</v>
       </c>
       <c r="B66" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="C66" t="s">
         <v>136</v>
       </c>
       <c r="D66">
         <v>8425</v>
       </c>
       <c r="E66" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F66">
         <v>2012</v>
       </c>
       <c r="G66" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="H66"/>
       <c r="I66">
         <v>0.24</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B67" t="s">
-        <v>256</v>
+        <v>246</v>
       </c>
       <c r="C67" t="s">
         <v>136</v>
       </c>
       <c r="D67">
         <v>8425</v>
       </c>
       <c r="E67" t="s">
         <v>257</v>
       </c>
       <c r="F67">
         <v>2012</v>
       </c>
       <c r="G67" t="s">
         <v>258</v>
       </c>
       <c r="H67"/>
       <c r="I67">
         <v>0.24</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>259</v>
       </c>