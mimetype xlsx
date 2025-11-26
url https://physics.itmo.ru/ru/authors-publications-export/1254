--- v1 (2025-10-31)
+++ v2 (2025-11-26)
@@ -12,115 +12,142 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="290">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="297">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Equidistant in space tunable combs of hot and cold spots in infrared and microwave ranges</t>
+  </si>
+  <si>
+    <t>Аlina Сhetverikova, Kirill Samusev, Kirill Bronnikov, Mikhail Limonov</t>
+  </si>
+  <si>
+    <t>Photonics and Nanostructures - Fundamentals and Applications</t>
+  </si>
+  <si>
+    <t>10.1016/j.photonics.2025.101456</t>
+  </si>
+  <si>
     <t>Cascades of quasi-bound states in the continuum</t>
   </si>
   <si>
     <t>Nikolay Solodovchenko, Mihail Bochkarev, Kirill Samusev, Mikhail Limonov</t>
   </si>
   <si>
     <t>Nanophotonics</t>
   </si>
   <si>
     <t>10.1515/nanoph-2025-0238</t>
   </si>
   <si>
     <t>Fano combs in light scattering by dielectric resonators</t>
   </si>
   <si>
     <t>Mihail Bochkarev, Nikolay Solodovchenko, Gleb  Chekmarev, Anna Ermina, Kirill Samusev, Mikhail Limonov</t>
   </si>
   <si>
     <t>Physical Review B</t>
   </si>
   <si>
     <t>10.1103/slk8-mskl</t>
   </si>
   <si>
     <t>Non-Hermitian singularities in scattering spectra of Mie resonators</t>
   </si>
   <si>
     <t>Fan Zhang, Nikolay Solodovchenko, Hangkai Fan, Mikhail Limonov, Mingzhao Song, Yuri S. Kivshar, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Science Advances</t>
   </si>
   <si>
     <t>10.1126/sciadv.adr9183</t>
   </si>
   <si>
+    <t>Горячие точки в круглых и прямоугольных отверстиях плоскопараллельных диэлектрических резонаторов</t>
+  </si>
+  <si>
+    <t>Алина Четверикова, Николай Солодовченко, Кирилл Самусев, Кирилл  Бронников, Михаил Лимонов</t>
+  </si>
+  <si>
+    <t>Физика твердого тела</t>
+  </si>
+  <si>
+    <t>2033–2037</t>
+  </si>
+  <si>
+    <t>10.61011/FTT.2024.11.59344.299</t>
+  </si>
+  <si>
     <t>Topology and curvature effects in the photonics of ring – split ring – cuboid transitions</t>
   </si>
   <si>
     <t>Mihail Bochkarev, Nikolay Solodovchenko, Kirill Samusev, Mikhail Limonov</t>
   </si>
   <si>
     <t>Materials Today</t>
   </si>
   <si>
     <t>10.1016/j.mattod.2024.08.015</t>
   </si>
   <si>
     <t>Photonics of Topological Transition from Dielectric Ring to Split Ring</t>
   </si>
   <si>
     <t>2024 Photonics &amp;amp; Electromagnetics Research Symposium (PIERS)</t>
   </si>
   <si>
     <t>1-6</t>
   </si>
   <si>
     <t>10.1109/piers62282.2024.10618369</t>
   </si>
   <si>
     <t>Scattering Spectra and Hot Spots in Dielectric Ring and Ring-disk Dimer</t>
@@ -152,53 +179,50 @@
   <si>
     <t>Nikolay Solodovchenko, Kirill Samusev, Mikhail Limonov</t>
   </si>
   <si>
     <t>10.1103/physrevb.109.075131</t>
   </si>
   <si>
     <t>Fano resonances in all-dielectric nanostructures</t>
   </si>
   <si>
     <t>All-Dielectric  Nanophotonics</t>
   </si>
   <si>
     <t>115-155</t>
   </si>
   <si>
     <t>10.1016/b978-0-32-395195-1.00010-7</t>
   </si>
   <si>
     <t>Radial and axial photonic galleries of dielectric rings</t>
   </si>
   <si>
     <t>Аlina Сhetverikova, Mikhail Limonov, Mikhail Sidorenko, Kirill Samusev, Nikolay Solodovchenko</t>
   </si>
   <si>
-    <t>Photonics and Nanostructures - Fundamentals and Applications</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1016/j.photonics.2023.101185</t>
   </si>
   <si>
     <t>Optical “fingerprints” of dielectric resonators</t>
   </si>
   <si>
     <t>Аlina Сhetverikova, Mihail Bochkarev, Nikolay Solodovchenko, Kirill Samusev, Mikhail Limonov</t>
   </si>
   <si>
     <t>Journal of the Optical Society of America B</t>
   </si>
   <si>
     <t>10.1364/josab.495800</t>
   </si>
   <si>
     <t>Cascades of Fano resonances in light scattering by dielectric particles</t>
   </si>
   <si>
     <t>Nikolay Solodovchenko, Mikhail Sidorenko, Timur Seidov, Igor Popov, Elizaveta Nenasheva, Kirill Samusev, Mikhail Limonov</t>
   </si>
   <si>
     <t>10.1016/j.mattod.2022.09.007</t>
   </si>
   <si>
     <t>Bound states in the continuum versus material losses:  Ge 2 Sb 2 Te 5  as an example</t>
@@ -369,53 +393,50 @@
     <t>Optics Letters</t>
   </si>
   <si>
     <t>5516-5519</t>
   </si>
   <si>
     <t>10.1364/OL.43.005516</t>
   </si>
   <si>
     <t>Strong Mode Coupling and High-Q Supercavity Modes in Subwavelength Dielectric Resonators</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Sergey Gladishev, Zarina Sadrieva, Mikhail Rybin, Kirill Samusev, Mikhail Limonov, Yuri Kivshar</t>
   </si>
   <si>
     <t>IEEE - 2018 Conference on Lasers and Electro-Optics (CLEO)</t>
   </si>
   <si>
     <t>10.1364/CLEO_AT.2018.JTh2A.73</t>
   </si>
   <si>
     <t>Эволюция картин оптической дифракции на неупорядоченных фотонных структурах типа поленница</t>
   </si>
   <si>
     <t>Михаил Рыбин, Михаил Лимонов</t>
-  </si>
-[...1 lines deleted...]
-    <t>Физика твердого тела</t>
   </si>
   <si>
     <t>60(7)</t>
   </si>
   <si>
     <t>1371-1377</t>
   </si>
   <si>
     <t>Quasi-crystalline and Disordered Photonic Structures Fabricated Using Direct Laser Writing</t>
   </si>
   <si>
     <t>Artem Sinelnik, Mikhail Rybin, Mikhail Limonov, Kirill Samusev</t>
   </si>
   <si>
     <t>10.1063/1.4998059</t>
   </si>
   <si>
     <t>Optical Diffraction from Photonic-graphene Metasurfaces</t>
   </si>
   <si>
     <t>Artem Sinelnik, Mikhail Rybin, Mikhail Limonov, Yuri Kivshar, Kirill Samusev</t>
   </si>
   <si>
     <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
   </si>
@@ -1229,51 +1250,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I75"/>
+  <dimension ref="A1:I77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="148.535" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="207.521" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="233.514" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -1287,2065 +1308,2119 @@
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
-      <c r="D2"/>
-      <c r="E2"/>
+      <c r="D2">
+        <v>66</v>
+      </c>
+      <c r="E2">
+        <v>101456</v>
+      </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
-        <v>8.45</v>
+        <v>3.01</v>
       </c>
       <c r="I2">
-        <v>2.72</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="D3">
-[...1 lines deleted...]
-      </c>
+      <c r="D3"/>
       <c r="E3"/>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3">
-        <v>4.04</v>
+        <v>8.45</v>
       </c>
       <c r="I3">
-        <v>1.78</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4">
-        <v>11</v>
+        <v>112</v>
       </c>
       <c r="E4"/>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
         <v>20</v>
       </c>
       <c r="H4">
-        <v>14.14</v>
+        <v>4.04</v>
       </c>
       <c r="I4">
-        <v>5.93</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
-      <c r="D5"/>
+      <c r="D5">
+        <v>11</v>
+      </c>
       <c r="E5"/>
       <c r="F5">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G5" t="s">
         <v>24</v>
       </c>
       <c r="H5">
-        <v>31.04</v>
+        <v>14.14</v>
       </c>
       <c r="I5">
-        <v>8.07</v>
+        <v>5.93</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>25</v>
       </c>
       <c r="B6" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D6">
-        <v>13</v>
+        <v>66</v>
       </c>
       <c r="E6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C7" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="D7"/>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E7"/>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-      <c r="I7"/>
+        <v>33</v>
+      </c>
+      <c r="H7">
+        <v>31.04</v>
+      </c>
+      <c r="I7">
+        <v>8.07</v>
+      </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B8" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="C8" t="s">
-        <v>11</v>
+        <v>35</v>
       </c>
       <c r="D8">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
-        <v>36</v>
-[...6 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C9" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-      <c r="E9"/>
+        <v>35</v>
+      </c>
+      <c r="D9"/>
+      <c r="E9" t="s">
+        <v>40</v>
+      </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
-        <v>39</v>
-[...6 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B10" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C10" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="D10"/>
+        <v>15</v>
+      </c>
+      <c r="D10">
+        <v>13</v>
+      </c>
       <c r="E10" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-      <c r="I10"/>
+        <v>45</v>
+      </c>
+      <c r="H10">
+        <v>8.45</v>
+      </c>
+      <c r="I10">
+        <v>2.72</v>
+      </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B11" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C11" t="s">
-        <v>46</v>
+        <v>19</v>
       </c>
       <c r="D11">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="E11"/>
       <c r="F11">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H11">
-        <v>3.16</v>
+        <v>3.91</v>
       </c>
       <c r="I11">
-        <v>0.47</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B12" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C12" t="s">
         <v>50</v>
       </c>
-      <c r="D12">
-[...3 lines deleted...]
-        <v>2146</v>
+      <c r="D12"/>
+      <c r="E12" t="s">
+        <v>51</v>
       </c>
       <c r="F12">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G12" t="s">
-        <v>51</v>
-[...6 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B13" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C13" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-      <c r="E13"/>
+        <v>11</v>
+      </c>
+      <c r="D13">
+        <v>57</v>
+      </c>
+      <c r="E13">
+        <v>101185</v>
+      </c>
       <c r="F13">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H13">
-        <v>26.94</v>
+        <v>3.16</v>
       </c>
       <c r="I13">
-        <v>6.3</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C14" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="D14">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="E14"/>
+        <v>40</v>
+      </c>
+      <c r="E14">
+        <v>2146</v>
+      </c>
       <c r="F14">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G14" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="H14">
-        <v>3.91</v>
+        <v>1.9</v>
       </c>
       <c r="I14">
-        <v>1.54</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B15" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C15" t="s">
-        <v>60</v>
-[...6 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="D15"/>
+      <c r="E15"/>
       <c r="F15">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G15" t="s">
         <v>62</v>
       </c>
       <c r="H15">
-        <v>0.55</v>
+        <v>26.94</v>
       </c>
       <c r="I15">
-        <v>0.21</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>63</v>
       </c>
       <c r="B16" t="s">
         <v>64</v>
       </c>
       <c r="C16" t="s">
-        <v>60</v>
+        <v>19</v>
       </c>
       <c r="D16">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="E16" t="s">
+        <v>105</v>
+      </c>
+      <c r="E16"/>
+      <c r="F16">
+        <v>2022</v>
+      </c>
+      <c r="G16" t="s">
         <v>65</v>
       </c>
-      <c r="F16">
-[...4 lines deleted...]
-      </c>
       <c r="H16">
-        <v>0.55</v>
+        <v>3.91</v>
       </c>
       <c r="I16">
-        <v>0.21</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>66</v>
+      </c>
+      <c r="B17" t="s">
         <v>67</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>68</v>
       </c>
-      <c r="C17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D17">
-        <v>10</v>
+        <v>2015</v>
       </c>
       <c r="E17" t="s">
         <v>69</v>
       </c>
       <c r="F17">
         <v>2021</v>
       </c>
       <c r="G17" t="s">
         <v>70</v>
       </c>
       <c r="H17">
-        <v>7.92</v>
+        <v>0.55</v>
       </c>
       <c r="I17">
-        <v>2.12</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>71</v>
       </c>
       <c r="B18" t="s">
         <v>72</v>
       </c>
       <c r="C18" t="s">
+        <v>68</v>
+      </c>
+      <c r="D18">
+        <v>2015</v>
+      </c>
+      <c r="E18" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>703</v>
       </c>
       <c r="F18">
         <v>2021</v>
       </c>
       <c r="G18" t="s">
         <v>74</v>
       </c>
       <c r="H18">
-        <v>24.75</v>
+        <v>0.55</v>
       </c>
       <c r="I18">
-        <v>7.47</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>75</v>
       </c>
       <c r="B19" t="s">
         <v>76</v>
       </c>
       <c r="C19" t="s">
+        <v>15</v>
+      </c>
+      <c r="D19">
+        <v>10</v>
+      </c>
+      <c r="E19" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>107124</v>
       </c>
       <c r="F19">
         <v>2021</v>
       </c>
       <c r="G19" t="s">
         <v>78</v>
       </c>
       <c r="H19">
-        <v>3.87</v>
+        <v>7.92</v>
       </c>
       <c r="I19">
-        <v>0.8</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>79</v>
       </c>
       <c r="B20" t="s">
         <v>80</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>81</v>
       </c>
       <c r="D20">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="E20">
-        <v>100906</v>
+        <v>703</v>
       </c>
       <c r="F20">
         <v>2021</v>
       </c>
       <c r="G20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H20">
-        <v>3.01</v>
+        <v>24.75</v>
       </c>
       <c r="I20">
-        <v>0.55</v>
+        <v>7.47</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B21" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C21" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D21">
-        <v>2300</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>141</v>
+      </c>
+      <c r="E21">
+        <v>107124</v>
       </c>
       <c r="F21">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G21" t="s">
         <v>86</v>
       </c>
-      <c r="H21"/>
+      <c r="H21">
+        <v>3.87</v>
+      </c>
       <c r="I21">
-        <v>0.19</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>87</v>
       </c>
       <c r="B22" t="s">
         <v>88</v>
       </c>
       <c r="C22" t="s">
-        <v>84</v>
+        <v>11</v>
       </c>
       <c r="D22">
-        <v>2300</v>
-[...1 lines deleted...]
-      <c r="E22" t="s">
+        <v>44</v>
+      </c>
+      <c r="E22">
+        <v>100906</v>
+      </c>
+      <c r="F22">
+        <v>2021</v>
+      </c>
+      <c r="G22" t="s">
         <v>89</v>
       </c>
-      <c r="F22">
-[...5 lines deleted...]
-      <c r="H22"/>
+      <c r="H22">
+        <v>3.01</v>
+      </c>
       <c r="I22">
-        <v>0.19</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>90</v>
+      </c>
+      <c r="B23" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="C23" t="s">
         <v>92</v>
       </c>
       <c r="D23">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>2001170</v>
+        <v>2300</v>
+      </c>
+      <c r="E23" t="s">
+        <v>93</v>
       </c>
       <c r="F23">
         <v>2020</v>
       </c>
       <c r="G23" t="s">
-        <v>93</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="H23"/>
       <c r="I23">
-        <v>2.89</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B24" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C24" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="D24">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1213</v>
+        <v>2300</v>
+      </c>
+      <c r="E24" t="s">
+        <v>97</v>
       </c>
       <c r="F24">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G24" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="H24"/>
-      <c r="I24"/>
+      <c r="I24">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B25" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C25" t="s">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="D25">
-        <v>99</v>
+        <v>8</v>
       </c>
       <c r="E25">
-        <v>174204</v>
+        <v>2001170</v>
       </c>
       <c r="F25">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G25" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="H25">
-        <v>3.58</v>
+        <v>9.93</v>
       </c>
       <c r="I25">
-        <v>1.81</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B26" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C26" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D26">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>103</v>
+        <v>1</v>
+      </c>
+      <c r="E26">
+        <v>1213</v>
       </c>
       <c r="F26">
         <v>2019</v>
       </c>
       <c r="G26" t="s">
-        <v>104</v>
-[...6 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26"/>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B27" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="C27" t="s">
-        <v>107</v>
+        <v>19</v>
       </c>
       <c r="D27">
-        <v>1</v>
+        <v>99</v>
       </c>
       <c r="E27">
-        <v>16001</v>
+        <v>174204</v>
       </c>
       <c r="F27">
         <v>2019</v>
       </c>
       <c r="G27" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-      <c r="I27"/>
+        <v>107</v>
+      </c>
+      <c r="H27">
+        <v>3.58</v>
+      </c>
+      <c r="I27">
+        <v>1.81</v>
+      </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>108</v>
+      </c>
+      <c r="B28" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="C28" t="s">
         <v>110</v>
       </c>
       <c r="D28">
-        <v>43</v>
+        <v>109</v>
       </c>
       <c r="E28" t="s">
         <v>111</v>
       </c>
       <c r="F28">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G28" t="s">
         <v>112</v>
       </c>
       <c r="H28">
-        <v>3.87</v>
+        <v>1.4</v>
       </c>
       <c r="I28">
-        <v>1.71</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>113</v>
       </c>
       <c r="B29" t="s">
         <v>114</v>
       </c>
       <c r="C29" t="s">
         <v>115</v>
       </c>
-      <c r="D29"/>
-      <c r="E29"/>
+      <c r="D29">
+        <v>1</v>
+      </c>
+      <c r="E29">
+        <v>16001</v>
+      </c>
       <c r="F29">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G29" t="s">
         <v>116</v>
       </c>
       <c r="H29"/>
       <c r="I29"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>117</v>
       </c>
       <c r="B30" t="s">
+        <v>109</v>
+      </c>
+      <c r="C30" t="s">
         <v>118</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30">
+        <v>43</v>
+      </c>
+      <c r="E30" t="s">
         <v>119</v>
-      </c>
-[...4 lines deleted...]
-        <v>121</v>
       </c>
       <c r="F30">
         <v>2018</v>
       </c>
-      <c r="G30"/>
+      <c r="G30" t="s">
+        <v>120</v>
+      </c>
       <c r="H30">
-        <v>0.78</v>
+        <v>3.87</v>
       </c>
       <c r="I30">
-        <v>0.58</v>
+        <v>1.71</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>121</v>
+      </c>
+      <c r="B31" t="s">
         <v>122</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>123</v>
       </c>
-      <c r="C31" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D31"/>
       <c r="E31"/>
       <c r="F31">
         <v>2018</v>
       </c>
       <c r="G31" t="s">
         <v>124</v>
       </c>
       <c r="H31"/>
-      <c r="I31">
-[...1 lines deleted...]
-      </c>
+      <c r="I31"/>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>125</v>
       </c>
       <c r="B32" t="s">
         <v>126</v>
       </c>
       <c r="C32" t="s">
+        <v>27</v>
+      </c>
+      <c r="D32" t="s">
         <v>127</v>
       </c>
-      <c r="D32"/>
       <c r="E32" t="s">
         <v>128</v>
       </c>
       <c r="F32">
         <v>2018</v>
       </c>
       <c r="G32"/>
-      <c r="H32"/>
-      <c r="I32"/>
+      <c r="H32">
+        <v>0.78</v>
+      </c>
+      <c r="I32">
+        <v>0.58</v>
+      </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>129</v>
       </c>
       <c r="B33" t="s">
         <v>130</v>
       </c>
       <c r="C33" t="s">
+        <v>92</v>
+      </c>
+      <c r="D33">
+        <v>1874</v>
+      </c>
+      <c r="E33"/>
+      <c r="F33">
+        <v>2018</v>
+      </c>
+      <c r="G33" t="s">
         <v>131</v>
       </c>
-      <c r="D33">
-[...13 lines deleted...]
-      </c>
+      <c r="H33"/>
       <c r="I33">
-        <v>16.46</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>132</v>
+      </c>
+      <c r="B34" t="s">
+        <v>133</v>
+      </c>
+      <c r="C34" t="s">
         <v>134</v>
       </c>
-      <c r="B34" t="s">
+      <c r="D34"/>
+      <c r="E34" t="s">
         <v>135</v>
       </c>
-      <c r="C34" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F34">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="G34"/>
       <c r="H34"/>
-      <c r="I34">
-[...1 lines deleted...]
-      </c>
+      <c r="I34"/>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>136</v>
+      </c>
+      <c r="B35" t="s">
+        <v>137</v>
+      </c>
+      <c r="C35" t="s">
         <v>138</v>
       </c>
-      <c r="B35" t="s">
+      <c r="D35">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
         <v>139</v>
-      </c>
-[...7 lines deleted...]
-        <v>243901</v>
       </c>
       <c r="F35">
         <v>2017</v>
       </c>
       <c r="G35" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H35">
-        <v>8.84</v>
+        <v>32.52</v>
       </c>
       <c r="I35">
-        <v>3.62</v>
+        <v>16.46</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>141</v>
+      </c>
+      <c r="B36" t="s">
         <v>142</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>143</v>
       </c>
-      <c r="C36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D36">
-        <v>95</v>
+        <v>10343</v>
       </c>
       <c r="E36">
-        <v>165119</v>
+        <v>10343</v>
       </c>
       <c r="F36">
         <v>2017</v>
       </c>
       <c r="G36" t="s">
         <v>144</v>
       </c>
-      <c r="H36">
-[...1 lines deleted...]
-      </c>
+      <c r="H36"/>
       <c r="I36">
-        <v>2.34</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>145</v>
       </c>
       <c r="B37" t="s">
         <v>146</v>
       </c>
       <c r="C37" t="s">
-        <v>102</v>
+        <v>147</v>
       </c>
       <c r="D37">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>147</v>
+        <v>119</v>
+      </c>
+      <c r="E37">
+        <v>243901</v>
       </c>
       <c r="F37">
         <v>2017</v>
       </c>
       <c r="G37" t="s">
         <v>148</v>
       </c>
       <c r="H37">
-        <v>1.36</v>
+        <v>8.84</v>
       </c>
       <c r="I37">
-        <v>0.5</v>
+        <v>3.62</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>149</v>
       </c>
       <c r="B38" t="s">
-        <v>123</v>
+        <v>150</v>
       </c>
       <c r="C38" t="s">
-        <v>150</v>
+        <v>19</v>
       </c>
       <c r="D38">
         <v>95</v>
       </c>
       <c r="E38">
-        <v>63837</v>
+        <v>165119</v>
       </c>
       <c r="F38">
         <v>2017</v>
       </c>
       <c r="G38" t="s">
         <v>151</v>
       </c>
       <c r="H38">
-        <v>2.91</v>
-[...1 lines deleted...]
-      <c r="I38"/>
+        <v>3.81</v>
+      </c>
+      <c r="I38">
+        <v>2.34</v>
+      </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>152</v>
       </c>
       <c r="B39" t="s">
         <v>153</v>
       </c>
       <c r="C39" t="s">
+        <v>110</v>
+      </c>
+      <c r="D39">
+        <v>105</v>
+      </c>
+      <c r="E39" t="s">
         <v>154</v>
       </c>
-      <c r="D39">
-[...4 lines deleted...]
-      </c>
       <c r="F39">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G39" t="s">
         <v>155</v>
       </c>
       <c r="H39">
-        <v>4.26</v>
+        <v>1.36</v>
       </c>
       <c r="I39">
-        <v>1.69</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>156</v>
       </c>
       <c r="B40" t="s">
+        <v>130</v>
+      </c>
+      <c r="C40" t="s">
         <v>157</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40">
+        <v>95</v>
+      </c>
+      <c r="E40">
+        <v>63837</v>
+      </c>
+      <c r="F40">
+        <v>2017</v>
+      </c>
+      <c r="G40" t="s">
         <v>158</v>
       </c>
-      <c r="D40">
-[...10 lines deleted...]
-      </c>
       <c r="H40">
-        <v>0.86</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.91</v>
+      </c>
+      <c r="I40"/>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>159</v>
+      </c>
+      <c r="B41" t="s">
+        <v>160</v>
+      </c>
+      <c r="C41" t="s">
         <v>161</v>
       </c>
-      <c r="B41" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D41">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>164</v>
+        <v>6</v>
+      </c>
+      <c r="E41">
+        <v>30773</v>
       </c>
       <c r="F41">
         <v>2016</v>
       </c>
       <c r="G41" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="H41">
-        <v>0.72</v>
+        <v>4.26</v>
       </c>
       <c r="I41">
-        <v>0.33</v>
+        <v>1.69</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>163</v>
+      </c>
+      <c r="B42" t="s">
+        <v>164</v>
+      </c>
+      <c r="C42" t="s">
+        <v>165</v>
+      </c>
+      <c r="D42">
+        <v>58</v>
+      </c>
+      <c r="E42" t="s">
         <v>166</v>
-      </c>
-[...10 lines deleted...]
-        <v>165132</v>
       </c>
       <c r="F42">
         <v>2016</v>
       </c>
       <c r="G42" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H42">
-        <v>3.84</v>
-[...1 lines deleted...]
-      <c r="I42"/>
+        <v>0.86</v>
+      </c>
+      <c r="I42">
+        <v>0.43</v>
+      </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>168</v>
+      </c>
+      <c r="B43" t="s">
         <v>169</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>170</v>
       </c>
-      <c r="C43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D43">
-        <v>9885</v>
+        <v>120</v>
       </c>
       <c r="E43" t="s">
         <v>171</v>
       </c>
       <c r="F43">
         <v>2016</v>
       </c>
       <c r="G43" t="s">
         <v>172</v>
       </c>
-      <c r="H43"/>
+      <c r="H43">
+        <v>0.72</v>
+      </c>
       <c r="I43">
-        <v>0.24</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>173</v>
       </c>
       <c r="B44" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="C44" t="s">
-        <v>136</v>
+        <v>19</v>
       </c>
       <c r="D44">
-        <v>9885</v>
+        <v>93</v>
       </c>
       <c r="E44">
-        <v>988515</v>
+        <v>165132</v>
       </c>
       <c r="F44">
         <v>2016</v>
       </c>
       <c r="G44" t="s">
-        <v>174</v>
-[...4 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="H44">
+        <v>3.84</v>
+      </c>
+      <c r="I44"/>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B45" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C45" t="s">
-        <v>154</v>
+        <v>143</v>
       </c>
       <c r="D45">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>20599</v>
+        <v>9885</v>
+      </c>
+      <c r="E45" t="s">
+        <v>178</v>
       </c>
       <c r="F45">
         <v>2016</v>
       </c>
       <c r="G45" t="s">
-        <v>177</v>
-[...3 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="H45"/>
       <c r="I45">
-        <v>1.69</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B46" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="C46" t="s">
-        <v>179</v>
+        <v>143</v>
       </c>
       <c r="D46">
-        <v>6</v>
+        <v>9885</v>
       </c>
       <c r="E46">
-        <v>10102</v>
+        <v>988515</v>
       </c>
       <c r="F46">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G46" t="s">
-        <v>180</v>
-[...3 lines deleted...]
-      </c>
+        <v>181</v>
+      </c>
+      <c r="H46"/>
       <c r="I46">
-        <v>6.29</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B47" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C47" t="s">
-        <v>119</v>
+        <v>161</v>
       </c>
       <c r="D47">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>6</v>
+      </c>
+      <c r="E47">
+        <v>20599</v>
       </c>
       <c r="F47">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="G47"/>
+        <v>2016</v>
+      </c>
+      <c r="G47" t="s">
+        <v>184</v>
+      </c>
       <c r="H47">
-        <v>0.78</v>
+        <v>4.26</v>
       </c>
       <c r="I47">
-        <v>0.58</v>
+        <v>1.69</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B48" t="s">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="C48" t="s">
         <v>186</v>
       </c>
-      <c r="D48"/>
-      <c r="E48"/>
+      <c r="D48">
+        <v>6</v>
+      </c>
+      <c r="E48">
+        <v>10102</v>
+      </c>
       <c r="F48">
         <v>2015</v>
       </c>
       <c r="G48" t="s">
         <v>187</v>
       </c>
-      <c r="H48"/>
-      <c r="I48"/>
+      <c r="H48">
+        <v>11.33</v>
+      </c>
+      <c r="I48">
+        <v>6.29</v>
+      </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>188</v>
       </c>
       <c r="B49" t="s">
         <v>189</v>
       </c>
       <c r="C49" t="s">
-        <v>158</v>
+        <v>27</v>
       </c>
       <c r="D49">
         <v>57</v>
       </c>
       <c r="E49" t="s">
         <v>190</v>
       </c>
       <c r="F49">
         <v>2015</v>
       </c>
-      <c r="G49" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G49"/>
       <c r="H49">
-        <v>0.83</v>
+        <v>0.78</v>
       </c>
       <c r="I49">
-        <v>0.42</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>191</v>
+      </c>
+      <c r="B50" t="s">
         <v>192</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>193</v>
       </c>
-      <c r="C50" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D50"/>
+      <c r="E50"/>
       <c r="F50">
         <v>2015</v>
       </c>
       <c r="G50" t="s">
         <v>194</v>
       </c>
-      <c r="H50">
-[...4 lines deleted...]
-      </c>
+      <c r="H50"/>
+      <c r="I50"/>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>195</v>
       </c>
       <c r="B51" t="s">
         <v>196</v>
       </c>
       <c r="C51" t="s">
+        <v>165</v>
+      </c>
+      <c r="D51">
+        <v>57</v>
+      </c>
+      <c r="E51" t="s">
         <v>197</v>
-      </c>
-[...4 lines deleted...]
-        <v>198</v>
       </c>
       <c r="F51">
         <v>2015</v>
       </c>
       <c r="G51" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="H51">
-        <v>2.08</v>
+        <v>0.83</v>
       </c>
       <c r="I51">
-        <v>0.57</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>199</v>
+      </c>
+      <c r="B52" t="s">
         <v>200</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
+        <v>161</v>
+      </c>
+      <c r="D52">
+        <v>5</v>
+      </c>
+      <c r="E52">
+        <v>8774</v>
+      </c>
+      <c r="F52">
+        <v>2015</v>
+      </c>
+      <c r="G52" t="s">
         <v>201</v>
       </c>
-      <c r="C52" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H52">
-        <v>0.82</v>
+        <v>5.23</v>
       </c>
       <c r="I52">
-        <v>0.47</v>
+        <v>2.03</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>202</v>
+      </c>
+      <c r="B53" t="s">
+        <v>203</v>
+      </c>
+      <c r="C53" t="s">
         <v>204</v>
       </c>
-      <c r="B53" t="s">
+      <c r="D53">
+        <v>5</v>
+      </c>
+      <c r="E53" t="s">
         <v>205</v>
       </c>
-      <c r="C53" t="s">
-[...5 lines deleted...]
-      <c r="E53" t="s">
+      <c r="F53">
+        <v>2015</v>
+      </c>
+      <c r="G53" t="s">
         <v>206</v>
       </c>
-      <c r="F53">
-[...4 lines deleted...]
-      </c>
       <c r="H53">
-        <v>1.36</v>
+        <v>2.08</v>
       </c>
       <c r="I53">
-        <v>0.76</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>207</v>
+      </c>
+      <c r="B54" t="s">
         <v>208</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" t="s">
-        <v>119</v>
+        <v>165</v>
       </c>
       <c r="D54">
         <v>56</v>
       </c>
       <c r="E54" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="F54">
         <v>2014</v>
       </c>
-      <c r="G54"/>
+      <c r="G54" t="s">
+        <v>210</v>
+      </c>
       <c r="H54">
-        <v>0.78</v>
+        <v>0.82</v>
       </c>
       <c r="I54">
-        <v>0.58</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>211</v>
       </c>
       <c r="B55" t="s">
         <v>212</v>
       </c>
       <c r="C55" t="s">
-        <v>136</v>
+        <v>110</v>
       </c>
       <c r="D55">
-        <v>9127</v>
-[...2 lines deleted...]
-        <v>912712</v>
+        <v>99</v>
+      </c>
+      <c r="E55" t="s">
+        <v>213</v>
       </c>
       <c r="F55">
         <v>2014</v>
       </c>
       <c r="G55" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="H55"/>
+        <v>214</v>
+      </c>
+      <c r="H55">
+        <v>1.36</v>
+      </c>
       <c r="I55">
-        <v>0.24</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B56" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C56" t="s">
-        <v>158</v>
+        <v>27</v>
       </c>
       <c r="D56">
         <v>56</v>
       </c>
       <c r="E56" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="F56">
         <v>2014</v>
       </c>
-      <c r="G56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G56"/>
       <c r="H56">
-        <v>0.82</v>
+        <v>0.78</v>
       </c>
       <c r="I56">
-        <v>0.47</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
         <v>218</v>
       </c>
       <c r="B57" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="C57" t="s">
-        <v>158</v>
+        <v>143</v>
       </c>
       <c r="D57">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>9127</v>
+      </c>
+      <c r="E57">
+        <v>912712</v>
       </c>
       <c r="F57">
         <v>2014</v>
       </c>
       <c r="G57" t="s">
         <v>220</v>
       </c>
-      <c r="H57">
-[...1 lines deleted...]
-      </c>
+      <c r="H57"/>
       <c r="I57">
-        <v>0.47</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>221</v>
       </c>
       <c r="B58" t="s">
         <v>222</v>
       </c>
       <c r="C58" t="s">
-        <v>15</v>
+        <v>165</v>
       </c>
       <c r="D58">
-        <v>89</v>
+        <v>56</v>
       </c>
       <c r="E58" t="s">
         <v>223</v>
       </c>
       <c r="F58">
         <v>2014</v>
       </c>
       <c r="G58" t="s">
         <v>224</v>
       </c>
       <c r="H58">
-        <v>3.74</v>
-[...1 lines deleted...]
-      <c r="I58"/>
+        <v>0.82</v>
+      </c>
+      <c r="I58">
+        <v>0.47</v>
+      </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>225</v>
       </c>
       <c r="B59" t="s">
+        <v>222</v>
+      </c>
+      <c r="C59" t="s">
+        <v>165</v>
+      </c>
+      <c r="D59">
+        <v>56</v>
+      </c>
+      <c r="E59" t="s">
         <v>226</v>
       </c>
-      <c r="C59" t="s">
+      <c r="F59">
+        <v>2014</v>
+      </c>
+      <c r="G59" t="s">
         <v>227</v>
       </c>
-      <c r="D59">
-[...10 lines deleted...]
-      </c>
       <c r="H59">
-        <v>3.53</v>
+        <v>0.82</v>
       </c>
       <c r="I59">
-        <v>2.34</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>228</v>
+      </c>
+      <c r="B60" t="s">
+        <v>229</v>
+      </c>
+      <c r="C60" t="s">
+        <v>19</v>
+      </c>
+      <c r="D60">
+        <v>89</v>
+      </c>
+      <c r="E60" t="s">
         <v>230</v>
       </c>
-      <c r="B60" t="s">
+      <c r="F60">
+        <v>2014</v>
+      </c>
+      <c r="G60" t="s">
         <v>231</v>
       </c>
-      <c r="C60" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H60">
-        <v>3.66</v>
+        <v>3.74</v>
       </c>
       <c r="I60"/>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>232</v>
+      </c>
+      <c r="B61" t="s">
+        <v>233</v>
+      </c>
+      <c r="C61" t="s">
         <v>234</v>
       </c>
-      <c r="B61" t="s">
+      <c r="D61">
+        <v>21</v>
+      </c>
+      <c r="E61" t="s">
         <v>235</v>
-      </c>
-[...7 lines deleted...]
-        <v>237</v>
       </c>
       <c r="F61">
         <v>2013</v>
       </c>
-      <c r="G61"/>
-[...1 lines deleted...]
-      <c r="I61"/>
+      <c r="G61" t="s">
+        <v>236</v>
+      </c>
+      <c r="H61">
+        <v>3.53</v>
+      </c>
+      <c r="I61">
+        <v>2.34</v>
+      </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>237</v>
+      </c>
+      <c r="B62" t="s">
         <v>238</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
+        <v>19</v>
+      </c>
+      <c r="D62">
+        <v>88</v>
+      </c>
+      <c r="E62" t="s">
         <v>239</v>
-      </c>
-[...7 lines deleted...]
-        <v>240</v>
       </c>
       <c r="F62">
         <v>2013</v>
       </c>
       <c r="G62" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="H62">
         <v>3.66</v>
       </c>
       <c r="I62"/>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>241</v>
+      </c>
+      <c r="B63" t="s">
         <v>242</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" t="s">
         <v>243</v>
       </c>
-      <c r="C63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D63">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>914</v>
+        <v>6</v>
+      </c>
+      <c r="E63" t="s">
+        <v>244</v>
       </c>
       <c r="F63">
-        <v>2012</v>
-[...9 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="G63"/>
+      <c r="H63"/>
+      <c r="I63"/>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>245</v>
       </c>
       <c r="B64" t="s">
         <v>246</v>
       </c>
       <c r="C64" t="s">
-        <v>158</v>
+        <v>19</v>
       </c>
       <c r="D64">
-        <v>54</v>
+        <v>87</v>
       </c>
       <c r="E64" t="s">
         <v>247</v>
       </c>
       <c r="F64">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G64" t="s">
         <v>248</v>
       </c>
       <c r="H64">
-        <v>0.77</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.66</v>
+      </c>
+      <c r="I64"/>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
         <v>249</v>
       </c>
       <c r="B65" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="C65" t="s">
-        <v>102</v>
+        <v>186</v>
       </c>
       <c r="D65">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>250</v>
+        <v>3</v>
+      </c>
+      <c r="E65">
+        <v>914</v>
       </c>
       <c r="F65">
         <v>2012</v>
       </c>
       <c r="G65" t="s">
         <v>251</v>
       </c>
       <c r="H65">
-        <v>1.52</v>
+        <v>10.02</v>
       </c>
       <c r="I65">
-        <v>1.03</v>
+        <v>5.87</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>252</v>
       </c>
       <c r="B66" t="s">
         <v>253</v>
       </c>
       <c r="C66" t="s">
-        <v>136</v>
+        <v>165</v>
       </c>
       <c r="D66">
-        <v>8425</v>
+        <v>54</v>
       </c>
       <c r="E66" t="s">
         <v>254</v>
       </c>
       <c r="F66">
         <v>2012</v>
       </c>
       <c r="G66" t="s">
         <v>255</v>
       </c>
-      <c r="H66"/>
+      <c r="H66">
+        <v>0.77</v>
+      </c>
       <c r="I66">
-        <v>0.24</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>256</v>
       </c>
       <c r="B67" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="C67" t="s">
-        <v>136</v>
+        <v>110</v>
       </c>
       <c r="D67">
-        <v>8425</v>
+        <v>95</v>
       </c>
       <c r="E67" t="s">
         <v>257</v>
       </c>
       <c r="F67">
         <v>2012</v>
       </c>
       <c r="G67" t="s">
         <v>258</v>
       </c>
-      <c r="H67"/>
+      <c r="H67">
+        <v>1.52</v>
+      </c>
       <c r="I67">
-        <v>0.24</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>259</v>
       </c>
       <c r="B68" t="s">
         <v>260</v>
       </c>
       <c r="C68" t="s">
-        <v>158</v>
+        <v>143</v>
       </c>
       <c r="D68">
-        <v>54</v>
+        <v>8425</v>
       </c>
       <c r="E68" t="s">
         <v>261</v>
       </c>
       <c r="F68">
         <v>2012</v>
       </c>
       <c r="G68" t="s">
         <v>262</v>
       </c>
-      <c r="H68">
-[...1 lines deleted...]
-      </c>
+      <c r="H68"/>
       <c r="I68">
-        <v>0.47</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>263</v>
       </c>
       <c r="B69" t="s">
+        <v>253</v>
+      </c>
+      <c r="C69" t="s">
+        <v>143</v>
+      </c>
+      <c r="D69">
+        <v>8425</v>
+      </c>
+      <c r="E69" t="s">
         <v>264</v>
       </c>
-      <c r="C69" t="s">
+      <c r="F69">
+        <v>2012</v>
+      </c>
+      <c r="G69" t="s">
         <v>265</v>
       </c>
-      <c r="D69"/>
-[...8 lines deleted...]
-      </c>
       <c r="H69"/>
-      <c r="I69"/>
+      <c r="I69">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>266</v>
+      </c>
+      <c r="B70" t="s">
+        <v>267</v>
+      </c>
+      <c r="C70" t="s">
+        <v>165</v>
+      </c>
+      <c r="D70">
+        <v>54</v>
+      </c>
+      <c r="E70" t="s">
         <v>268</v>
       </c>
-      <c r="B70" t="s">
+      <c r="F70">
+        <v>2012</v>
+      </c>
+      <c r="G70" t="s">
         <v>269</v>
       </c>
-      <c r="C70" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H70">
-        <v>0.71</v>
+        <v>0.77</v>
       </c>
       <c r="I70">
-        <v>0.36</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>270</v>
+      </c>
+      <c r="B71" t="s">
+        <v>271</v>
+      </c>
+      <c r="C71" t="s">
         <v>272</v>
       </c>
-      <c r="B71" t="s">
+      <c r="D71"/>
+      <c r="E71" t="s">
         <v>273</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
       <c r="F71">
         <v>2011</v>
       </c>
       <c r="G71" t="s">
-        <v>275</v>
-[...6 lines deleted...]
-      </c>
+        <v>274</v>
+      </c>
+      <c r="H71"/>
+      <c r="I71"/>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>275</v>
+      </c>
+      <c r="B72" t="s">
         <v>276</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="D72">
         <v>53</v>
       </c>
       <c r="E72" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="F72">
         <v>2011</v>
       </c>
       <c r="G72" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="H72">
         <v>0.71</v>
       </c>
       <c r="I72">
         <v>0.36</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>279</v>
+      </c>
+      <c r="B73" t="s">
         <v>280</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73" t="s">
-        <v>119</v>
+        <v>165</v>
       </c>
       <c r="D73">
         <v>53</v>
       </c>
       <c r="E73" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="F73">
         <v>2011</v>
       </c>
-      <c r="G73"/>
+      <c r="G73" t="s">
+        <v>282</v>
+      </c>
       <c r="H73">
-        <v>0.78</v>
+        <v>0.71</v>
       </c>
       <c r="I73">
-        <v>0.58</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>283</v>
       </c>
       <c r="B74" t="s">
         <v>284</v>
       </c>
       <c r="C74" t="s">
-        <v>46</v>
+        <v>165</v>
       </c>
       <c r="D74">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="E74" t="s">
         <v>285</v>
       </c>
       <c r="F74">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G74" t="s">
         <v>286</v>
       </c>
       <c r="H74">
-        <v>2.13</v>
+        <v>0.71</v>
       </c>
       <c r="I74">
-        <v>1.55</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>287</v>
       </c>
       <c r="B75" t="s">
-        <v>277</v>
+        <v>288</v>
       </c>
       <c r="C75" t="s">
-        <v>288</v>
+        <v>27</v>
       </c>
       <c r="D75">
+        <v>53</v>
+      </c>
+      <c r="E75" t="s">
+        <v>289</v>
+      </c>
+      <c r="F75">
+        <v>2011</v>
+      </c>
+      <c r="G75"/>
+      <c r="H75">
+        <v>0.78</v>
+      </c>
+      <c r="I75">
+        <v>0.58</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9">
+      <c r="A76" t="s">
+        <v>290</v>
+      </c>
+      <c r="B76" t="s">
+        <v>291</v>
+      </c>
+      <c r="C76" t="s">
+        <v>11</v>
+      </c>
+      <c r="D76">
+        <v>8</v>
+      </c>
+      <c r="E76" t="s">
+        <v>292</v>
+      </c>
+      <c r="F76">
+        <v>2010</v>
+      </c>
+      <c r="G76" t="s">
+        <v>293</v>
+      </c>
+      <c r="H76">
+        <v>2.13</v>
+      </c>
+      <c r="I76">
+        <v>1.55</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9">
+      <c r="A77" t="s">
+        <v>294</v>
+      </c>
+      <c r="B77" t="s">
+        <v>284</v>
+      </c>
+      <c r="C77" t="s">
+        <v>295</v>
+      </c>
+      <c r="D77">
         <v>22</v>
       </c>
-      <c r="E75">
+      <c r="E77">
         <v>115401</v>
       </c>
-      <c r="F75">
+      <c r="F77">
         <v>2010</v>
       </c>
-      <c r="G75" t="s">
-[...2 lines deleted...]
-      <c r="H75">
+      <c r="G77" t="s">
+        <v>296</v>
+      </c>
+      <c r="H77">
         <v>1.96</v>
       </c>
-      <c r="I75">
+      <c r="I77">
         <v>1.53</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>