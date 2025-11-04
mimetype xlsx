--- v0 (2025-10-06)
+++ v1 (2025-11-04)
@@ -194,89 +194,89 @@
   <si>
     <t>An Antenna Based on Three Coupled Dipoles with Minimized E-field for Ultra-high-field MRI</t>
   </si>
   <si>
     <t>Rustam  Balafendiev, Georgiy Solomakha, Marc Dubois, Redha Abdeddaim, Stefan Enoch, Constantin Simovski, Stanislav Glybovski</t>
   </si>
   <si>
     <t>1-1</t>
   </si>
   <si>
     <t>10.1109/tap.2022.3195515</t>
   </si>
   <si>
     <t>Reply to Comments on “A Semi-Analytical Model of High-Permittivity Dielectric Ring Resonators for Magnetic Resonance Imaging”</t>
   </si>
   <si>
     <t>Marine A. C. Moussu, Redha Abdeddaim, Marc Dubois, Elodie Georget, Andrew G. Webb, Elizaveta Nenasheva, Pavel Belov, Stanislav Glybovski, Luisa Ciobanu, Stefan Enoch</t>
   </si>
   <si>
     <t>3131-3131</t>
   </si>
   <si>
     <t>10.1109/tap.2022.3143879</t>
   </si>
   <si>
+    <t>A Mode Decoupling Method for Circular Patch Antennas</t>
+  </si>
+  <si>
+    <t>Mikhail Siganov, Stanislav Glybovski, Dmitry Tatarnikov</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012140</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012140</t>
+  </si>
+  <si>
     <t>Comparison of angular-selective metasurfaces as tools for sub-THz single-frequency sensing</t>
   </si>
   <si>
     <t>Maksim Tumashov, J P del Risco, Stanislav Glybovski, Andrey Sayanskiy, S A Kuznetsov, Juan Domingo Baena</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012158</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012158</t>
   </si>
   <si>
     <t>Polarization degeneracy of TE and TM eigenmodes for dielectric metasurface in the microwave</t>
   </si>
   <si>
     <t>Syuzanna Asadulina, Andrey Bogdanov, Stanislav Glybovski</t>
   </si>
   <si>
     <t>012008</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012008</t>
   </si>
   <si>
-    <t>A Mode Decoupling Method for Circular Patch Antennas</t>
-[...10 lines deleted...]
-  <si>
     <t>Potential Reduction of Peripheral Local SAR for a Birdcage Body Coil at 3 Tesla Using a Magnetic Shield</t>
   </si>
   <si>
     <t>C.C. van Leeuwen, B.R. Steensma, Stanislav Glybovski, M.F.J. Lunenburg</t>
   </si>
   <si>
     <t>Frontiers in Physics</t>
   </si>
   <si>
     <t>10.3389/fphy.2021.716521</t>
   </si>
   <si>
     <t>Near Field Dipole-Dipole Coupling Near Conductive Plate In The Microwave Range: An RF Analogue To Förster Resonance Energy Transfer In Optics</t>
   </si>
   <si>
     <t>Ksenia Lezhennikova, Stanislav Glybovski, Redha Abdeddaim, Kaizad Rustomji, Jerome Wenger, C. Martijn de Sterke, Stefan Enoch</t>
   </si>
   <si>
     <t>2021 International Conference on Electromagnetics in Advanced Applications (ICEAA)</t>
   </si>
   <si>
     <t>10.1109/iceaa52647.2021.9539600</t>
   </si>
   <si>
     <t>Surface Waves on Self-Complementary Metasurfaces: All-Frequency Hyperbolicity, Extreme Canalization, and TE-TM Polarization Degeneracy</t>
@@ -341,113 +341,113 @@
   <si>
     <t>10.1038/s41467-020-20708-w</t>
   </si>
   <si>
     <t>Extending a birdcage coil for magnetic resonance imaging of a human head with an artificial magnetic shield</t>
   </si>
   <si>
     <t>Ksenia Lezhennikova, Rustam  Balafendiev, Stanislav Glybovski</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2020.100890</t>
   </si>
   <si>
     <t>Manipulation with Terahertz Wave Fronts Using Self-Complementary Metasurfaces</t>
   </si>
   <si>
     <t>Vladimir Lenets, S.A. Kuznetsov, Andrey Sayanskiy, Pavel Lazorskiy, Juan Domingo Baena, Stanislav Glybovski</t>
   </si>
   <si>
     <t>2020 Fourteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>10.1109/metamaterials49557.2020.9285140</t>
   </si>
   <si>
+    <t>Floquet analysis of non-uniform self-complementary metasurface</t>
+  </si>
+  <si>
+    <t>Andrey Sayanskiy, Vladimir Lenets, Sergei Kuznetsov, Stanislav Glybovski, Juan Domingo Baena</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020108</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031915</t>
+  </si>
+  <si>
     <t>A method for E-field reduction using a surface coil based on three coupled dipoles</t>
   </si>
   <si>
     <t>Rustam  Balafendiev, Georgiy Solomakha, Marc Dubois, Stanislav Glybovski</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020006</t>
   </si>
   <si>
     <t>10.1063/5.0031759</t>
   </si>
   <si>
     <t>A method for current phase manipulation in RF-Cols for UHF MRI using individually driven slots</t>
   </si>
   <si>
     <t>Georgiy Solomakha, Rustam  Balafendiev, Stanislav Glybovski</t>
   </si>
   <si>
     <t>020121</t>
   </si>
   <si>
     <t>10.1063/5.0031919</t>
   </si>
   <si>
     <t>An extended birdcage coil for 7T MRI with a high-impedance shield</t>
   </si>
   <si>
     <t>Ksenia Lezhennikova, Stanislav Glybovski</t>
   </si>
   <si>
     <t>020081</t>
   </si>
   <si>
     <t>10.1063/5.0032571</t>
   </si>
   <si>
     <t>Artificial dielectric for 7T MRI</t>
   </si>
   <si>
     <t>Alena Shchelokova, I. Zivkovic, Alexey Slobozhanyuk, J. P. del Risco, A. Webb, Stanislav Glybovski</t>
   </si>
   <si>
     <t>020132</t>
   </si>
   <si>
     <t>10.1063/5.0032015</t>
   </si>
   <si>
-    <t>Floquet analysis of non-uniform self-complementary metasurface</t>
-[...10 lines deleted...]
-  <si>
     <t>A Focusing Circular-Polarization THz Beam Splitter Based on a Self-Complementary Metasurface</t>
   </si>
   <si>
     <t>Vladimir Lenets, Sergei A. Kuznetsov, Andrey Sayanskiy, Pavel Lazorskiy, Juan Domingo Baena, Stanislav Glybovski</t>
   </si>
   <si>
     <t>IEEE Transactions on Terahertz Science and Technology</t>
   </si>
   <si>
     <t>165-174</t>
   </si>
   <si>
     <t>10.1109/tthz.2020.3036191</t>
   </si>
   <si>
     <t>An artificial dielectric slab for ultra high-field MRI: Proof of concept</t>
   </si>
   <si>
     <t>Alena Shchelokova, Alexey Slobozhanyuk, Juan D. Baena, Juan P. del Risco, Stanislav Glybovski</t>
   </si>
   <si>
     <t>10.1016/j.jmr.2020.106835</t>
   </si>
   <si>
     <t>Imaging of two samples with a single transmit/receive channel using coupled ceramic resonators for MR microscopy at 17.2 T</t>
@@ -488,281 +488,281 @@
   <si>
     <t>THz power divider based on self-complementary metasurface</t>
   </si>
   <si>
     <t>2020 14th European Conference on Antennas and Propagation (EuCAP)</t>
   </si>
   <si>
     <t>10.23919/eucap48036.2020.9135500</t>
   </si>
   <si>
     <t>Constructive Near-Field Interference Effect in a Birdcage MRI Coil with an Artificial Magnetic Shield</t>
   </si>
   <si>
     <t>Ksenia Lezhennikova, Anna Hurshkainen, A. Vignaud, M. Dubois, P. Jomin, Irina Melchakova, Pavel Belov, Stanislav Glybovski</t>
   </si>
   <si>
     <t>Physical Review Applied</t>
   </si>
   <si>
     <t>064004</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.13.064004</t>
   </si>
   <si>
+    <t>Polarization hybridization of surface waves on anisotropic metasurface</t>
+  </si>
+  <si>
+    <t>Anna Hurshkainen, Polina Kapitanova, Ivan Iorsh, Stanislav Glybovski, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>012196</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012196</t>
+  </si>
+  <si>
+    <t>RF-resonator for clinical MR imaging in urology and andrology</t>
+  </si>
+  <si>
+    <t>Evgeniy Koreshin, Mikhail Zubkov, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>012069</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012069</t>
+  </si>
+  <si>
+    <t>A practical realization of an artificial magnetic shield for preclinical birdcage RF coils</t>
+  </si>
+  <si>
+    <t>Ksenia Lezhennikova, Anna Hurshkainen, Irina Melchakova, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>012085</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012085</t>
+  </si>
+  <si>
     <t>A new RF-coil for UHF MRI based on a slotted microstrip line</t>
   </si>
   <si>
     <t>Georgiy Solomakha, J. T. Svejda, A. Rennings, D. Erni, Stanislav Glybovski</t>
   </si>
   <si>
     <t>012168</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012168</t>
   </si>
   <si>
     <t>Volume metasolenoid-based coil for 23Na MRI at 7 Tesla</t>
   </si>
   <si>
     <t>Georgiy Solomakha, Anna Hurshkainen, Stanislav Glybovski, Anna Andreychenko</t>
   </si>
   <si>
     <t>012056</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012056</t>
   </si>
   <si>
-    <t>Polarization hybridization of surface waves on anisotropic metasurface</t>
-[...34 lines deleted...]
-  <si>
     <t>A Semi-Analytical Model Of High Permittivity Dielectric Ring Resonators for Magnetic Resonance Imaging</t>
   </si>
   <si>
     <t>Marine A.C. Moussu, Marc Dubois, Andrew G. Webb, Pavel Belov, Stanislav Glybovski</t>
   </si>
   <si>
     <t>6317-6329</t>
   </si>
   <si>
     <t>10.1109/tap.2020.2980771</t>
   </si>
   <si>
     <t>RF Coils for Preclinical Multinuclear Imaging Based on Coupled-wire Structures Working in Resonant and Non-resonant Regime</t>
   </si>
   <si>
     <t>Tania S. Vergara Gomez, Marc Dubois, Stanislav Glybovski, Julien de Rosny, Carsten Rockstuhl, Monique Bernard, Frank Kober</t>
   </si>
   <si>
     <t>2019 PhotonIcs &amp; Electromagnetics Research Symposium - Spring (PIERS-Spring)</t>
   </si>
   <si>
     <t>10.1109/piers-spring46901.2019.9017435</t>
   </si>
   <si>
     <t>Metasurface for Near-Field Wireless Power Transfer With Reduced Electric Field Leakage</t>
   </si>
   <si>
     <t>Aleksandr Markvart, Mingzhao Song, Stanislav Glybovski, Pavel Belov, Polina Kapitanova</t>
   </si>
   <si>
     <t>IEEE Access</t>
   </si>
   <si>
     <t>40224-40231</t>
   </si>
   <si>
     <t>10.1109/access.2020.2976755</t>
   </si>
   <si>
+    <t>A parametric study of radiative dipole body array coil for 7 Tesla MRI</t>
+  </si>
+  <si>
+    <t>Anna Hurshkainen, Stanislav Glybovski, Ingmar J. Voogt, Irina Melchakova, Pavel Belov, Cornelis A.T. van den Berg, Alexander J.E. Raaijmakers</t>
+  </si>
+  <si>
+    <t>10.1016/j.photonics.2019.100764</t>
+  </si>
+  <si>
     <t>Radio Frequency Coil for Dual-Nuclei MR Muscle Energetics Investigation Based on Two Capacitively Coupled Periodic Wire Arrays</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Marc Dubois, Christophe Vilmen, Stanislav Glybovski</t>
   </si>
   <si>
     <t>IEEE Antennas and Wireless Propagation Letters</t>
   </si>
   <si>
     <t>721-725</t>
   </si>
   <si>
     <t>10.1109/lawp.2019.2960610</t>
   </si>
   <si>
-    <t>A parametric study of radiative dipole body array coil for 7 Tesla MRI</t>
-[...7 lines deleted...]
-  <si>
     <t>Efficient Probes for Ultra-high-field Magnetic Resonance Microscopy Based on Coupled Ceramic Resonators</t>
   </si>
   <si>
     <t>Sergei Kurdjumov, L. Ciobanu, B. Djemai, Pavel Belov, Stanislav Glybovski, E. Nenasheva, A. Webb, M. Moussu, M. Dubois</t>
   </si>
   <si>
     <t>2019 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
   </si>
   <si>
     <t>10.1109/comcas44984.2019.8958418</t>
   </si>
   <si>
+    <t>Investigation of surface waves on anisotropic self-complementary metasurfaces</t>
+  </si>
+  <si>
+    <t>Vladimir Lenets, Andrey Sayanskiy, Stanislav Glybovski, E. Martini, J. Baena, S. Maci</t>
+  </si>
+  <si>
+    <t>2019 Thirteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials.2019.8900944</t>
+  </si>
+  <si>
+    <t>Self-complementary metasurfaces as efficient tools for polarization sensitive control of THz beams</t>
+  </si>
+  <si>
+    <t>Andrey Sayanskiy, Vladimir Lenets, S. Kuznetsov, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials.2019.8900847</t>
+  </si>
+  <si>
     <t>Metasurface for Extension of Wireless Power Transfer Distance</t>
   </si>
   <si>
     <t>Mingzhao Song, Pavel Belov, Stanislav Glybovski, Polina Kapitanova</t>
   </si>
   <si>
-    <t>2019 Thirteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/metamaterials.2019.8900879</t>
   </si>
   <si>
     <t>Left-handed metamaterials matched to free space through mechanical tuning</t>
   </si>
   <si>
     <t>A. C. Escobar, Andrey Sayanskiy, Stanislav Glybovski</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2019.8900935</t>
   </si>
   <si>
     <t>Reflectionless perfect absorber with low angular and polarization sensitivity</t>
   </si>
   <si>
     <t>J. P. del Risco, Andrey Sayanskiy, J. D. Ortiz, Stanislav Glybovski</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2019.8900945</t>
   </si>
   <si>
     <t>Quasi-isotropic Huygens resonant scatterer in microwaves</t>
   </si>
   <si>
     <t>A. C. Escobar, Andrey Sayanskiy, J. L. Araque-Quijano, Stanislav Glybovski</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2019.8900867</t>
   </si>
   <si>
-    <t>Investigation of surface waves on anisotropic self-complementary metasurfaces</t>
-[...16 lines deleted...]
-  <si>
     <t>Frequency controllable polarization rotation of THz waves with a self-complementary metasurface</t>
   </si>
   <si>
     <t>Andrey Sayanskiy, Sergei A. Kuznetsov, Daria S. Tanygina, Juan P. del Risco, Stanislav Glybovski, Juan D. Baena</t>
   </si>
   <si>
     <t>10.1109/tap.2019.2948738</t>
   </si>
   <si>
+    <t>Numerical and Experimental Evaluation of Short Folded Recieve-Only Dipoles for 9.4T Human Head Arrays</t>
+  </si>
+  <si>
+    <t>Georgiy Solomakha, Stanislav Glybovski, Irina Melchakova, A. Hennig, K. Schefler</t>
+  </si>
+  <si>
+    <t>2019 International Conference on Electromagnetics in Advanced Applications (ICEAA)</t>
+  </si>
+  <si>
+    <t>10.1109/iceaa.2019.8879340</t>
+  </si>
+  <si>
     <t>Tunable all-dielectric RF-coils for magnetic resonance microscopy</t>
   </si>
   <si>
     <t>Sergei Kurdjumov, Stanislav Glybovski, M. A.C. Moussu, L. Ciobanu, E. Nenasheva, B. Djemai, M. Dubois, A. Webb, Pavel Belov</t>
   </si>
   <si>
-    <t>2019 International Conference on Electromagnetics in Advanced Applications (ICEAA)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/iceaa.2019.8878984</t>
   </si>
   <si>
     <t>An artificial magnetic shield for a volume coil for 7T MRI</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Ksenia Lezhennikova, Stanislav Glybovski</t>
   </si>
   <si>
     <t>10.1109/iceaa.2019.8878996</t>
   </si>
   <si>
-    <t>Numerical and Experimental Evaluation of Short Folded Recieve-Only Dipoles for 9.4T Human Head Arrays</t>
-[...7 lines deleted...]
-  <si>
     <t>Non-scattering Metasurface-bound Cavities for Field Localization, Enhancement, and Suppression</t>
   </si>
   <si>
     <t>F.S. Cuesta, Andrey Sayanskiy, Vladimir Lenets, X. Ma, Stanislav Glybovski</t>
   </si>
   <si>
     <t>10.1109/tap.2019.2938661</t>
   </si>
   <si>
     <t>Systematic Analysis of the Improvements in Magnetic Resonance Microscopy with Ferroelectric Composite Ceramics</t>
   </si>
   <si>
     <t>Pavel Belov, Stanislav Glybovski</t>
   </si>
   <si>
     <t>Advanced Materials</t>
   </si>
   <si>
     <t>10.1002/adma.201900912</t>
   </si>
   <si>
     <t>Surface and Volumetric Modes of Resonators Based on Periodic Wires for MRI Applications</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Georgiy Solomakha, Anna Hurshkainen, Alexey Slobozhanyuk, Alena Shchelokova, Alexandr Kozachenko, Irina Melchakova</t>
@@ -788,293 +788,293 @@
   <si>
     <t>10.1002/nbm.4079</t>
   </si>
   <si>
     <t>A Quantitative Study of a New RF-coil for 7 Tesla Small-Animal Imaging</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Irina Melchakova, Pavel Belov, Stanislav Glybovski</t>
   </si>
   <si>
     <t>2018 IEEE International Symposium on Antennas and Propagation &amp; USNC/URSI National Radio Science Meeting</t>
   </si>
   <si>
     <t>10.1109/apusncursinrsm.2018.8609429</t>
   </si>
   <si>
     <t>A Radiofrequency Coil Based on Hybridized Modes Two Resonant Dipoles</t>
   </si>
   <si>
     <t>Georgiy Solomakha, Stanislav Glybovski, Irina Melchakova</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012142</t>
   </si>
   <si>
+    <t>Huygens’ metasurfaces covering from waveplates to perfect absorbers</t>
+  </si>
+  <si>
+    <t>Andrey Sayanskiy, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>2018 International Conference on Electromagnetics in Advanced Applications (ICEAA)</t>
+  </si>
+  <si>
+    <t>511–514</t>
+  </si>
+  <si>
+    <t>10.1109/ICEAA.2018.8520494</t>
+  </si>
+  <si>
+    <t>Validity of homogenization for artificial plasmas: Straight strips versus zigzag strips</t>
+  </si>
+  <si>
+    <t>Andrey Sayanskiy, Dmitry Zhirihin, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>2018 12th Int. Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
+  </si>
+  <si>
+    <t>31–33</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2018.8534144</t>
+  </si>
+  <si>
     <t>A linear-to-circular polarization converter with broadband transparency based on Huygens’ metasurface</t>
   </si>
   <si>
-    <t>Andrey Sayanskiy, Stanislav Glybovski</t>
-[...4 lines deleted...]
-  <si>
     <t>343–345</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2018.8534062</t>
   </si>
   <si>
     <t>The physics of self-complementary metasurfaces under circularly polarized waves</t>
   </si>
   <si>
     <t>37–39</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2018.8534054</t>
   </si>
   <si>
     <t>The physics of self-complementary metasurfaces</t>
   </si>
   <si>
-    <t>2018 International Conference on Electromagnetics in Advanced Applications (ICEAA)</t>
-[...1 lines deleted...]
-  <si>
     <t>515–517</t>
   </si>
   <si>
     <t>10.1109/ICEAA.2018.8520493</t>
   </si>
   <si>
     <t>Self-complementary tessellations as universal design approach for lp-to-cp transforming frequency selective surfaces</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Andrey Sayanskiy, Alexey Slobozhanyuk, Pavel Belov</t>
   </si>
   <si>
     <t>155–157</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2018.8534085</t>
   </si>
   <si>
     <t>Broadband-Reflectionless Perfect Absorber Made of Planar Resonators</t>
   </si>
   <si>
     <t>34–36</t>
   </si>
   <si>
     <t>https://ieee</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2018.8534141</t>
   </si>
   <si>
-    <t>Huygens’ metasurfaces covering from waveplates to perfect absorbers</t>
-[...17 lines deleted...]
-    <t>10.1109/MetaMaterials.2018.8534144</t>
+    <t>Tunability methods for magnetic resonance imaging applications of metasurfaces</t>
+  </si>
+  <si>
+    <t>Alena Shchelokova, Ekaterina Brui, Stanislav Glybovski, Alexey Slobozhanyuk, Irina Melchakova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials.2018.8534104</t>
   </si>
   <si>
     <t>Decoupling of Two Closely Located Dipoles Using Metasurfaces of Resonant Dipoles and Split-Loop Resonators</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Sergei Kurdjumov, Stanislav Glybovski</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2018.8534082</t>
   </si>
   <si>
-    <t>Tunability methods for magnetic resonance imaging applications of metasurfaces</t>
-[...7 lines deleted...]
-  <si>
     <t>Experimental observation of hybrid TE-TM polarized surface waves supported by hyperbolic metasurface</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.195404</t>
   </si>
   <si>
     <t>Decoupling of Two Closely Located Dipole Antennas by a Split-Loop Resonator</t>
   </si>
   <si>
     <t>Radio Science</t>
   </si>
   <si>
     <t>1398-1405</t>
   </si>
   <si>
     <t>10.1029/2018RS006679</t>
   </si>
   <si>
     <t>Mode hopping in arrays of resonant thin wires over a dielectric interface</t>
   </si>
   <si>
     <t>Victor Zalipaev, Alena Shchelokova, Irina Melchakova, Stanislav Glybovski, Alexey Slobozhanyuk, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.174302</t>
   </si>
   <si>
+    <t>Decoupling of Dipole Antennas by a Split Loop</t>
+  </si>
+  <si>
+    <t>Stanislav Glybovski, Anna Hurshkainen</t>
+  </si>
+  <si>
+    <t>012137</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012137</t>
+  </si>
+  <si>
     <t>Small animal large field of view magnetic resonance imaging with metamaterial-inspired resonator</t>
   </si>
   <si>
     <t>Mikhail Zubkov, Anna Hurshkainen, Ekaterina Brui, Stanislav Glybovski, Irina Melchakova</t>
   </si>
   <si>
     <t>012180</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012180</t>
   </si>
   <si>
     <t>Passive Decoupling Techniques in Ultra-High Field MRI</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Stanislav Glybovski</t>
   </si>
   <si>
     <t>012049</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012049</t>
   </si>
   <si>
-    <t>Decoupling of Dipole Antennas by a Split Loop</t>
-[...10 lines deleted...]
-  <si>
     <t>Passive Electromagnetic Decoupling in an Active Metasurface of Dipoles</t>
   </si>
   <si>
     <t>53-61</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2018.10.001</t>
   </si>
   <si>
     <t>The dual‐mode dipole: A new array element for 7T body imaging with reduced SAR</t>
   </si>
   <si>
     <t>Georgiy Solomakha, Carel van Leeuwen, Alexander Raaijmakers, Alexander Popugaev, Irina Melchakova, Stanislav Glybovski</t>
   </si>
   <si>
     <t>1459-1469</t>
   </si>
   <si>
     <t>10.1002/mrm.27485</t>
   </si>
   <si>
     <t>Broadband Huygens' Metasurface Based on Hybrid Resonances</t>
   </si>
   <si>
     <t>034026</t>
   </si>
   <si>
     <t>10.1103/PhysRevApplied.10.034026</t>
   </si>
   <si>
     <t>Small animal whole-body imaging with metamaterial-inspired RF coil</t>
   </si>
   <si>
     <t>31(8)</t>
   </si>
   <si>
     <t>e3952</t>
   </si>
   <si>
     <t>10.1002/nbm.3952</t>
   </si>
   <si>
+    <t>Electromagnetic guided waves on infinite and finite periodic linear arrays of thin metallic wires</t>
+  </si>
+  <si>
+    <t>Victor Zalipaev, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
+  </si>
+  <si>
+    <t>10.1109/PIERS.2017.8262409</t>
+  </si>
+  <si>
+    <t>Metasurface-based wireless coils for magnetic resonance imaging</t>
+  </si>
+  <si>
+    <t>Alena Shchelokova, Alexey Slobozhanyuk, Stanislav Glybovski, Mikhail Zubkov, Ekaterina Brui, Irina Melchakova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2017 IEEE Int. Conf. on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
+  </si>
+  <si>
+    <t>10.1109/COMCAS.2017.8244854</t>
+  </si>
+  <si>
+    <t>Resonance scattering of a plane electromagnetic wave by electric dipole located inside resonator formed by two parallel disks</t>
+  </si>
+  <si>
+    <t>10.1109/PIERS.2017.8261977</t>
+  </si>
+  <si>
     <t>Hybridized eigenmodes of periodic wire arrays and their application in radiofrequency coils for preclinical MRI</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
-    <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/PIERS.2017.8262394</t>
   </si>
   <si>
-    <t>Electromagnetic guided waves on infinite and finite periodic linear arrays of thin metallic wires</t>
-[...25 lines deleted...]
-  <si>
     <t>Volumetric Wireless Coil Based on Periodically Coupled Split-Loop Resonators for Clinical Wrist Imaging</t>
   </si>
   <si>
     <t>Alena Shchelokova, Stanislav Glybovski, Mikhail Zubkov, Ekaterina Brui, Alexandr Kozachenko, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>1726-1737</t>
   </si>
   <si>
     <t>10.1002/mrm.27140</t>
   </si>
   <si>
     <t>Adjustable subwavelength metasurface-inspired resonator for magnetic resonance imaging</t>
   </si>
   <si>
     <t>Ekaterina Brui, Alena Shchelokova, Mikhail Zubkov, Irina Melchakova, Stanislav Glybovski, Alexey Slobozhanyuk</t>
   </si>
   <si>
     <t>Physica Status Solidi (A) Applications and Materials</t>
   </si>
   <si>
     <t>10.1002/pssa.201700788</t>
   </si>
   <si>
     <t>A Novel Metamaterial-Inspired RF-coil for Preclinical Dual-Nuclei MRI</t>
@@ -1136,162 +1136,162 @@
   <si>
     <t>507-513</t>
   </si>
   <si>
     <t>doi:10.1109/TAP.2016.2635621</t>
   </si>
   <si>
     <t>Tunable hybrid metasurfaces for MRI applications</t>
   </si>
   <si>
     <t>doi: 10.1063/1.4998062</t>
   </si>
   <si>
     <t>Tunable hybrid metasurfaces for image quality enhancement</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Yuri Kivshar, Alena Shchelokova, Irina Melchakova, Stanislav Glybovski, Pavel Belov</t>
   </si>
   <si>
     <t>2017 IEEE Int. Symposium on Antennas and Propagation &amp; USNC/URSI National Radio Science Meeting</t>
   </si>
   <si>
     <t>doi: 10.1109/APUSNCURSINRSM.2017.8072791</t>
   </si>
   <si>
+    <t>Decoupling capabilities of split-loop resonator structure for 7 Tesla MRI surface array coils</t>
+  </si>
+  <si>
+    <t>Anna Hurshkainen, Sergei Kurdjumov, Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998028</t>
+  </si>
+  <si>
     <t>A mechanically tunable and efficient ceramic probe for MR-microscopy at 17 Tesla</t>
   </si>
   <si>
     <t>Sergei Kurdjumov, Stanislav Glybovski, Anna Hurshkainen, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998040</t>
   </si>
   <si>
-    <t>Decoupling capabilities of split-loop resonator structure for 7 Tesla MRI surface array coils</t>
-[...7 lines deleted...]
-  <si>
     <t>Mushroom High-Impedance Metasurfaces for Perfect Absorption at Two Angles of Incidence</t>
   </si>
   <si>
     <t>2626 - 2629</t>
   </si>
   <si>
     <t>10.1109/LAWP.2017.2736506</t>
   </si>
   <si>
     <t>Broadband and Thin Linear-to-Circular Polarizers Based on Self-Complementary Zigzag Metasurfaces</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Alexey Slobozhanyuk, Pavel Belov</t>
   </si>
   <si>
     <t>4124-4133</t>
   </si>
   <si>
     <t>10.1109/TAP.2017.2717964</t>
   </si>
   <si>
     <t>Broadband 3D Luneburg Lenses Based on Metamaterials of Radially Diverging Dielectric Rods</t>
   </si>
   <si>
     <t>Andrey Sayanskiy, Stanislav Glybovski, Dmitry Filonov, Pavel Belov</t>
   </si>
   <si>
     <t>1520-1523</t>
   </si>
   <si>
     <t>10.1109/LAWP.2016.2647383</t>
   </si>
   <si>
     <t>EBG metasurfaces for MRI application</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Tatiana Derzhavskaya, Stanislav Glybovski, Irina Melchakova</t>
   </si>
   <si>
     <t>2016 IEEE Radio and Antenna Days of the Indian Ocean (RADIO)</t>
   </si>
   <si>
     <t>10.1109/radio.2016.7772010</t>
   </si>
   <si>
+    <t>Decoupling of antennas with wire metasurface structures: MRI applications</t>
+  </si>
+  <si>
+    <t>Anna Hurshkainen, Stanislav Glybovski, Irina Melchakova</t>
+  </si>
+  <si>
+    <t>2016 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>193-197</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756840</t>
+  </si>
+  <si>
     <t>Low plasma frequency zigzag metamaterials</t>
   </si>
   <si>
     <t>Stanislav Glybovski</t>
   </si>
   <si>
     <t>2016 10th International Congress on Adv. Electromagnetic Mat. in Microwaves and Optics (METAMAT.)</t>
   </si>
   <si>
     <t>37-39</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2016.7746409</t>
   </si>
   <si>
     <t>Experimental characterization of microwave self-complimentary metasurfaces for linear-to-circular polarization transform</t>
   </si>
   <si>
-    <t>2016 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>36-40</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756809</t>
   </si>
   <si>
     <t>A dual-frequency MRI coil for small animal imaging at 7 Tesla based on metamaterial-inspired wire structures</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>241-243</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2016.7746502</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1109/DD.2016.7756840</t>
   </si>
   <si>
     <t>Safety aspects of the metamaterial resonator for application in magnetic resonance imaging</t>
   </si>
   <si>
     <t>Alena Shchelokova, Alexey Slobozhanyuk, Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>2016 IEEE International Symposium on Antennas and Propagation (APSURSI)</t>
   </si>
   <si>
     <t>1397-1398</t>
   </si>
   <si>
     <t>10.1109/APS.2016.7696405</t>
   </si>
   <si>
     <t>Enhancement of Radiation With Irregular Wire Media</t>
   </si>
   <si>
     <t>5469 - 5474</t>
   </si>
   <si>
     <t>10.1109/TAP.2016.2606569</t>
   </si>
@@ -2802,51 +2802,51 @@
       </c>
       <c r="D36">
         <v>69</v>
       </c>
       <c r="E36" t="s">
         <v>148</v>
       </c>
       <c r="F36">
         <v>2020</v>
       </c>
       <c r="G36" t="s">
         <v>149</v>
       </c>
       <c r="H36">
         <v>4.39</v>
       </c>
       <c r="I36">
         <v>1.65</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>150</v>
       </c>
       <c r="B37" t="s">
-        <v>127</v>
+        <v>110</v>
       </c>
       <c r="C37" t="s">
         <v>151</v>
       </c>
       <c r="D37"/>
       <c r="E37"/>
       <c r="F37">
         <v>2020</v>
       </c>
       <c r="G37" t="s">
         <v>152</v>
       </c>
       <c r="H37"/>
       <c r="I37"/>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>153</v>
       </c>
       <c r="B38" t="s">
         <v>154</v>
       </c>
       <c r="C38" t="s">
         <v>155</v>
       </c>
@@ -3069,98 +3069,98 @@
       </c>
       <c r="E46" t="s">
         <v>189</v>
       </c>
       <c r="F46">
         <v>2020</v>
       </c>
       <c r="G46" t="s">
         <v>190</v>
       </c>
       <c r="H46">
         <v>3.37</v>
       </c>
       <c r="I46">
         <v>0.59</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>191</v>
       </c>
       <c r="B47" t="s">
         <v>192</v>
       </c>
       <c r="C47" t="s">
-        <v>193</v>
+        <v>11</v>
       </c>
       <c r="D47">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>194</v>
+        <v>39</v>
+      </c>
+      <c r="E47">
+        <v>100764</v>
       </c>
       <c r="F47">
         <v>2020</v>
       </c>
       <c r="G47" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="H47">
-        <v>3.83</v>
+        <v>2.45</v>
       </c>
       <c r="I47">
-        <v>1.33</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>194</v>
+      </c>
+      <c r="B48" t="s">
+        <v>195</v>
+      </c>
+      <c r="C48" t="s">
         <v>196</v>
       </c>
-      <c r="B48" t="s">
+      <c r="D48">
+        <v>19</v>
+      </c>
+      <c r="E48" t="s">
         <v>197</v>
-      </c>
-[...7 lines deleted...]
-        <v>100764</v>
       </c>
       <c r="F48">
         <v>2020</v>
       </c>
       <c r="G48" t="s">
         <v>198</v>
       </c>
       <c r="H48">
-        <v>2.45</v>
+        <v>3.83</v>
       </c>
       <c r="I48">
-        <v>0.58</v>
+        <v>1.33</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>199</v>
       </c>
       <c r="B49" t="s">
         <v>200</v>
       </c>
       <c r="C49" t="s">
         <v>201</v>
       </c>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49">
         <v>2020</v>
       </c>
       <c r="G49" t="s">
         <v>202</v>
       </c>
       <c r="H49"/>
       <c r="I49"/>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
@@ -3563,262 +3563,262 @@
       </c>
       <c r="B67" t="s">
         <v>259</v>
       </c>
       <c r="C67" t="s">
         <v>260</v>
       </c>
       <c r="D67"/>
       <c r="E67" t="s">
         <v>261</v>
       </c>
       <c r="F67">
         <v>2018</v>
       </c>
       <c r="G67" t="s">
         <v>262</v>
       </c>
       <c r="H67"/>
       <c r="I67"/>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>263</v>
       </c>
       <c r="B68" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="C68" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="D68"/>
       <c r="E68" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="F68">
         <v>2018</v>
       </c>
       <c r="G68" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="H68"/>
       <c r="I68"/>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="B69" t="s">
         <v>259</v>
       </c>
       <c r="C69" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="D69"/>
       <c r="E69" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="F69">
         <v>2018</v>
       </c>
       <c r="G69" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="H69"/>
       <c r="I69"/>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B70" t="s">
-        <v>271</v>
+        <v>259</v>
       </c>
       <c r="C70" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="D70"/>
       <c r="E70" t="s">
         <v>272</v>
       </c>
       <c r="F70">
         <v>2018</v>
       </c>
       <c r="G70" t="s">
         <v>273</v>
       </c>
       <c r="H70"/>
       <c r="I70"/>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>274</v>
       </c>
       <c r="B71" t="s">
         <v>259</v>
       </c>
       <c r="C71" t="s">
         <v>260</v>
       </c>
-      <c r="D71" t="s">
+      <c r="D71"/>
+      <c r="E71" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
       <c r="F71">
         <v>2018</v>
       </c>
       <c r="G71" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="H71"/>
       <c r="I71"/>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>277</v>
+      </c>
+      <c r="B72" t="s">
         <v>278</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="D72"/>
       <c r="E72" t="s">
         <v>279</v>
       </c>
       <c r="F72">
         <v>2018</v>
       </c>
       <c r="G72" t="s">
         <v>280</v>
       </c>
       <c r="H72"/>
       <c r="I72"/>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
         <v>281</v>
       </c>
       <c r="B73" t="s">
+        <v>259</v>
+      </c>
+      <c r="C73" t="s">
+        <v>265</v>
+      </c>
+      <c r="D73" t="s">
         <v>282</v>
       </c>
-      <c r="C73" t="s">
-[...2 lines deleted...]
-      <c r="D73"/>
       <c r="E73" t="s">
         <v>283</v>
       </c>
       <c r="F73">
         <v>2018</v>
       </c>
       <c r="G73" t="s">
         <v>284</v>
       </c>
       <c r="H73"/>
       <c r="I73"/>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>285</v>
       </c>
       <c r="B74" t="s">
         <v>286</v>
       </c>
       <c r="C74" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74">
         <v>2018</v>
       </c>
       <c r="G74" t="s">
         <v>287</v>
       </c>
       <c r="H74"/>
       <c r="I74"/>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>288</v>
       </c>
       <c r="B75" t="s">
         <v>289</v>
       </c>
       <c r="C75" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75">
         <v>2018</v>
       </c>
       <c r="G75" t="s">
         <v>290</v>
       </c>
       <c r="H75"/>
       <c r="I75"/>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
         <v>291</v>
       </c>
       <c r="B76" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="C76" t="s">
         <v>96</v>
       </c>
       <c r="D76">
         <v>98</v>
       </c>
       <c r="E76">
         <v>195404</v>
       </c>
       <c r="F76">
         <v>2018</v>
       </c>
       <c r="G76" t="s">
         <v>292</v>
       </c>
       <c r="H76">
         <v>3.74</v>
       </c>
       <c r="I76">
         <v>1.5</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
         <v>293</v>
       </c>
       <c r="B77" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="C77" t="s">
         <v>294</v>
       </c>
       <c r="D77">
         <v>53</v>
       </c>
       <c r="E77" t="s">
         <v>295</v>
       </c>
       <c r="F77">
         <v>2018</v>
       </c>
       <c r="G77" t="s">
         <v>296</v>
       </c>
       <c r="H77">
         <v>1.66</v>
       </c>
       <c r="I77">
         <v>0.5</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
@@ -3913,51 +3913,51 @@
       <c r="C81" t="s">
         <v>62</v>
       </c>
       <c r="D81">
         <v>1092</v>
       </c>
       <c r="E81" t="s">
         <v>310</v>
       </c>
       <c r="F81">
         <v>2018</v>
       </c>
       <c r="G81" t="s">
         <v>311</v>
       </c>
       <c r="H81"/>
       <c r="I81">
         <v>0.24</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
         <v>312</v>
       </c>
       <c r="B82" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="C82" t="s">
         <v>11</v>
       </c>
       <c r="D82">
         <v>32</v>
       </c>
       <c r="E82" t="s">
         <v>313</v>
       </c>
       <c r="F82">
         <v>2018</v>
       </c>
       <c r="G82" t="s">
         <v>314</v>
       </c>
       <c r="H82">
         <v>1.58</v>
       </c>
       <c r="I82">
         <v>0.43</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
@@ -4000,51 +4000,51 @@
       </c>
       <c r="D84">
         <v>10</v>
       </c>
       <c r="E84" t="s">
         <v>320</v>
       </c>
       <c r="F84">
         <v>2018</v>
       </c>
       <c r="G84" t="s">
         <v>321</v>
       </c>
       <c r="H84">
         <v>4.53</v>
       </c>
       <c r="I84">
         <v>1.94</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
         <v>322</v>
       </c>
       <c r="B85" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="C85" t="s">
         <v>140</v>
       </c>
       <c r="D85" t="s">
         <v>323</v>
       </c>
       <c r="E85" t="s">
         <v>324</v>
       </c>
       <c r="F85">
         <v>2018</v>
       </c>
       <c r="G85" t="s">
         <v>325</v>
       </c>
       <c r="H85">
         <v>3.41</v>
       </c>
       <c r="I85">
         <v>1.71</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
@@ -4053,90 +4053,90 @@
       <c r="B86" t="s">
         <v>327</v>
       </c>
       <c r="C86" t="s">
         <v>328</v>
       </c>
       <c r="D86"/>
       <c r="E86"/>
       <c r="F86">
         <v>2018</v>
       </c>
       <c r="G86" t="s">
         <v>329</v>
       </c>
       <c r="H86"/>
       <c r="I86"/>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>330</v>
       </c>
       <c r="B87" t="s">
         <v>331</v>
       </c>
       <c r="C87" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="D87"/>
       <c r="E87"/>
       <c r="F87">
         <v>2018</v>
       </c>
       <c r="G87" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="H87"/>
       <c r="I87"/>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B88" t="s">
-        <v>334</v>
+        <v>327</v>
       </c>
       <c r="C88" t="s">
-        <v>335</v>
+        <v>328</v>
       </c>
       <c r="D88"/>
       <c r="E88"/>
       <c r="F88">
         <v>2018</v>
       </c>
       <c r="G88" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="H88"/>
       <c r="I88"/>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
+        <v>336</v>
+      </c>
+      <c r="B89" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
       <c r="C89" t="s">
         <v>328</v>
       </c>
       <c r="D89"/>
       <c r="E89"/>
       <c r="F89">
         <v>2018</v>
       </c>
       <c r="G89" t="s">
         <v>338</v>
       </c>
       <c r="H89"/>
       <c r="I89"/>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
         <v>339</v>
       </c>
       <c r="B90" t="s">
         <v>340</v>
       </c>
       <c r="C90" t="s">
         <v>87</v>
       </c>
@@ -4296,72 +4296,72 @@
       </c>
       <c r="B96" t="s">
         <v>360</v>
       </c>
       <c r="C96" t="s">
         <v>354</v>
       </c>
       <c r="D96"/>
       <c r="E96" t="s">
         <v>361</v>
       </c>
       <c r="F96">
         <v>2017</v>
       </c>
       <c r="G96" t="s">
         <v>362</v>
       </c>
       <c r="H96"/>
       <c r="I96"/>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
         <v>363</v>
       </c>
       <c r="B97" t="s">
-        <v>327</v>
+        <v>337</v>
       </c>
       <c r="C97" t="s">
         <v>354</v>
       </c>
       <c r="D97"/>
       <c r="E97"/>
       <c r="F97">
         <v>2017</v>
       </c>
       <c r="G97" t="s">
         <v>364</v>
       </c>
       <c r="H97"/>
       <c r="I97"/>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
         <v>365</v>
       </c>
       <c r="B98" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="C98" t="s">
         <v>49</v>
       </c>
       <c r="D98">
         <v>12</v>
       </c>
       <c r="E98" t="s">
         <v>366</v>
       </c>
       <c r="F98">
         <v>2017</v>
       </c>
       <c r="G98" t="s">
         <v>367</v>
       </c>
       <c r="H98">
         <v>4.13</v>
       </c>
       <c r="I98">
         <v>1.31</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
@@ -4403,99 +4403,99 @@
       <c r="D100"/>
       <c r="E100"/>
       <c r="F100">
         <v>2017</v>
       </c>
       <c r="G100" t="s">
         <v>373</v>
       </c>
       <c r="H100"/>
       <c r="I100"/>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
         <v>374</v>
       </c>
       <c r="B101" t="s">
         <v>375</v>
       </c>
       <c r="C101" t="s">
         <v>111</v>
       </c>
       <c r="D101">
         <v>1874</v>
       </c>
       <c r="E101">
-        <v>30011</v>
+        <v>20007</v>
       </c>
       <c r="F101">
         <v>2017</v>
       </c>
       <c r="G101" t="s">
         <v>376</v>
       </c>
       <c r="H101"/>
       <c r="I101">
         <v>0.17</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
         <v>377</v>
       </c>
       <c r="B102" t="s">
         <v>378</v>
       </c>
       <c r="C102" t="s">
         <v>111</v>
       </c>
       <c r="D102">
         <v>1874</v>
       </c>
       <c r="E102">
-        <v>20007</v>
+        <v>30011</v>
       </c>
       <c r="F102">
         <v>2017</v>
       </c>
       <c r="G102" t="s">
         <v>379</v>
       </c>
       <c r="H102"/>
       <c r="I102">
         <v>0.17</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
         <v>380</v>
       </c>
       <c r="B103" t="s">
         <v>353</v>
       </c>
       <c r="C103" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="D103">
         <v>16</v>
       </c>
       <c r="E103" t="s">
         <v>381</v>
       </c>
       <c r="F103">
         <v>2017</v>
       </c>
       <c r="G103" t="s">
         <v>382</v>
       </c>
       <c r="H103">
         <v>3.45</v>
       </c>
       <c r="I103">
         <v>1.05</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
         <v>383</v>
       </c>
       <c r="B104" t="s">
@@ -4509,51 +4509,51 @@
       </c>
       <c r="E104" t="s">
         <v>385</v>
       </c>
       <c r="F104">
         <v>2017</v>
       </c>
       <c r="G104" t="s">
         <v>386</v>
       </c>
       <c r="H104">
         <v>4.13</v>
       </c>
       <c r="I104">
         <v>1.31</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
         <v>387</v>
       </c>
       <c r="B105" t="s">
         <v>388</v>
       </c>
       <c r="C105" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="D105">
         <v>16</v>
       </c>
       <c r="E105" t="s">
         <v>389</v>
       </c>
       <c r="F105">
         <v>2017</v>
       </c>
       <c r="G105" t="s">
         <v>390</v>
       </c>
       <c r="H105">
         <v>3.45</v>
       </c>
       <c r="I105">
         <v>1.05</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
         <v>391</v>
       </c>
       <c r="B106" t="s">
@@ -4579,143 +4579,143 @@
       </c>
       <c r="B107" t="s">
         <v>396</v>
       </c>
       <c r="C107" t="s">
         <v>397</v>
       </c>
       <c r="D107"/>
       <c r="E107" t="s">
         <v>398</v>
       </c>
       <c r="F107">
         <v>2016</v>
       </c>
       <c r="G107" t="s">
         <v>399</v>
       </c>
       <c r="H107"/>
       <c r="I107"/>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
         <v>400</v>
       </c>
       <c r="B108" t="s">
-        <v>384</v>
+        <v>401</v>
       </c>
       <c r="C108" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="D108"/>
       <c r="E108" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="F108">
         <v>2016</v>
       </c>
       <c r="G108" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="H108"/>
       <c r="I108"/>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B109" t="s">
-        <v>405</v>
+        <v>384</v>
       </c>
       <c r="C109" t="s">
         <v>397</v>
       </c>
       <c r="D109"/>
       <c r="E109" t="s">
         <v>406</v>
       </c>
       <c r="F109">
         <v>2016</v>
       </c>
       <c r="G109" t="s">
         <v>407</v>
       </c>
       <c r="H109"/>
       <c r="I109"/>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
         <v>408</v>
       </c>
       <c r="B110" t="s">
         <v>409</v>
       </c>
       <c r="C110" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="D110"/>
       <c r="E110" t="s">
         <v>410</v>
       </c>
       <c r="F110">
         <v>2016</v>
       </c>
       <c r="G110" t="s">
         <v>411</v>
       </c>
       <c r="H110"/>
       <c r="I110"/>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
         <v>412</v>
       </c>
       <c r="B111" t="s">
         <v>413</v>
       </c>
       <c r="C111" t="s">
         <v>414</v>
       </c>
       <c r="D111"/>
       <c r="E111" t="s">
         <v>415</v>
       </c>
       <c r="F111">
         <v>2016</v>
       </c>
       <c r="G111" t="s">
         <v>416</v>
       </c>
       <c r="H111"/>
       <c r="I111"/>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
         <v>417</v>
       </c>
       <c r="B112" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="C112" t="s">
         <v>49</v>
       </c>
       <c r="D112">
         <v>64</v>
       </c>
       <c r="E112" t="s">
         <v>418</v>
       </c>
       <c r="F112">
         <v>2016</v>
       </c>
       <c r="G112" t="s">
         <v>419</v>
       </c>
       <c r="H112">
         <v>2.96</v>
       </c>
       <c r="I112">
         <v>1.23</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
@@ -4862,51 +4862,51 @@
       <c r="A118" t="s">
         <v>436</v>
       </c>
       <c r="B118" t="s">
         <v>437</v>
       </c>
       <c r="C118" t="s">
         <v>438</v>
       </c>
       <c r="D118"/>
       <c r="E118"/>
       <c r="F118">
         <v>2015</v>
       </c>
       <c r="G118" t="s">
         <v>439</v>
       </c>
       <c r="H118"/>
       <c r="I118"/>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
         <v>440</v>
       </c>
       <c r="B119" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="C119" t="s">
         <v>438</v>
       </c>
       <c r="D119"/>
       <c r="E119"/>
       <c r="F119">
         <v>2015</v>
       </c>
       <c r="G119" t="s">
         <v>441</v>
       </c>
       <c r="H119"/>
       <c r="I119"/>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
         <v>442</v>
       </c>
       <c r="B120" t="s">
         <v>443</v>
       </c>
       <c r="C120" t="s">
         <v>444</v>
       </c>
@@ -5031,109 +5031,109 @@
       <c r="C125" t="s">
         <v>96</v>
       </c>
       <c r="D125">
         <v>92</v>
       </c>
       <c r="E125">
         <v>45433</v>
       </c>
       <c r="F125">
         <v>2015</v>
       </c>
       <c r="G125" t="s">
         <v>466</v>
       </c>
       <c r="H125">
         <v>3.72</v>
       </c>
       <c r="I125"/>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
         <v>467</v>
       </c>
       <c r="B126" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="C126" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="D126">
         <v>13</v>
       </c>
       <c r="E126" t="s">
         <v>468</v>
       </c>
       <c r="F126">
         <v>2014</v>
       </c>
       <c r="G126" t="s">
         <v>469</v>
       </c>
       <c r="H126">
         <v>1.58</v>
       </c>
       <c r="I126">
         <v>1.44</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
         <v>470</v>
       </c>
       <c r="B127" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="C127" t="s">
         <v>49</v>
       </c>
       <c r="D127">
         <v>62</v>
       </c>
       <c r="E127" t="s">
         <v>471</v>
       </c>
       <c r="F127">
         <v>2014</v>
       </c>
       <c r="G127" t="s">
         <v>472</v>
       </c>
       <c r="H127">
         <v>2.18</v>
       </c>
       <c r="I127">
         <v>1.77</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
         <v>473</v>
       </c>
       <c r="B128" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="C128" t="s">
         <v>474</v>
       </c>
       <c r="D128">
         <v>39</v>
       </c>
       <c r="E128" t="s">
         <v>475</v>
       </c>
       <c r="F128">
         <v>2013</v>
       </c>
       <c r="G128" t="s">
         <v>476</v>
       </c>
       <c r="H128">
         <v>0.58</v>
       </c>
       <c r="I128">
         <v>0.39</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">