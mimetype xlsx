--- v1 (2025-11-04)
+++ v2 (2025-11-29)
@@ -12,157 +12,259 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="483">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="514">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Cylindrical Metasurface for Efficient Travelling-wave Excitation for Head Imaging at 7T</t>
+  </si>
+  <si>
+    <t>Kristina Popova (Shin), Georgiy Solomakha, Stanislav Glybovski,  Xiaotong Zhang,  Yang Gao</t>
+  </si>
+  <si>
+    <t>ESMRMB 2025 Online 41st Annual Scientific Meeting</t>
+  </si>
+  <si>
+    <t>10.1007/s10334-025-01278-8</t>
+  </si>
+  <si>
+    <t>A Miniaturized Patch Antenna With Independent Tuning and Decoupling of Two Copolarized Feeds</t>
+  </si>
+  <si>
+    <t>Valeriya Gress, Mikhail Siganov, Dmitry Tatarnikov, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>IEEE Antennas and Wireless Propagation Letters</t>
+  </si>
+  <si>
+    <t>3500-3504</t>
+  </si>
+  <si>
+    <t>10.1109/lawp.2025.3594899</t>
+  </si>
+  <si>
+    <t>Radiation-pattern synthesis with uniform nonlocal metasurfaces</t>
+  </si>
+  <si>
+    <t>Alexander Zhuravlev, Iurii Kurenkov, Xuchen Wang, Fedor Dushko, Victor Zalipaev, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>Physical Review Applied</t>
+  </si>
+  <si>
+    <t>10.1103/physrevapplied.23.044052</t>
+  </si>
+  <si>
+    <t>An Impedance Surface Technique for Wideband Matching and Miniaturization of Circular Patch Antennas</t>
+  </si>
+  <si>
+    <t>Mikhail Siganov, Stanislav Glybovski, Dmitry Tatarnikov</t>
+  </si>
+  <si>
+    <t>Progress In Electromagnetics Research</t>
+  </si>
+  <si>
+    <t>95-105</t>
+  </si>
+  <si>
+    <t>10.2528/pier24120405</t>
+  </si>
+  <si>
+    <t>Anomalous Reflection from Hyperbolic Media</t>
+  </si>
+  <si>
+    <t>Ilya Deriy, Kseniia Lezhennikova, Stanislav Glybovski, Ivan Iorsh, Oleh Y. Yermakov, Mingzhao Song, Redha Abdeddaim, Stefan Enoch, Pavel Belov, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>85-94</t>
+  </si>
+  <si>
+    <t>10.2528/pier24121702</t>
+  </si>
+  <si>
     <t>Semi-transparent magnetic metasurface screens with modulated impedance for mitigation of radiation in the shadow domain</t>
   </si>
   <si>
     <t>Mikhail Popov, Stanislav Glybovski, Dmitry Tatarnikov</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2025.101363</t>
   </si>
   <si>
     <t>Ultrabroadband infrared self-complementary nanoantennas</t>
   </si>
   <si>
     <t>Syuzanna Asadulina, Stanislav Glybovski, I. L. Ruiz, Juan Domingo Baena</t>
   </si>
   <si>
     <t>Physical Review A</t>
   </si>
   <si>
     <t>10.1103/physreva.110.063521</t>
   </si>
   <si>
     <t>Multilayer homogenization and experimental demonstration of artificial plasma matched with free space</t>
   </si>
   <si>
     <t>J.A. Parra, Alexander Zhuravlev, Dmitry Zhirihin, Andrey Sayanskiy, Stanislav Glybovski, Juan Domingo Baena</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2024.101344</t>
   </si>
   <si>
+    <t>Using Inductively-Coupled Dipole Pairs as Array Elements for Improving Whole-Brain Coverage at 9.4T</t>
+  </si>
+  <si>
+    <t>Kristina Popova (Shin), Stanislav Glybovski, Klaus Scheffler, Nikolai Avdievich, Georgiy Solomakha</t>
+  </si>
+  <si>
+    <t>ISMRM Annual Meeting</t>
+  </si>
+  <si>
+    <t>10.58530/2024/0464</t>
+  </si>
+  <si>
     <t>An array of paired folded-end dipoles for whole-brain imaging at 9.4 T</t>
   </si>
   <si>
     <t>Kristina Popova (Shin), F. Glang, D. Bosch, K. Scheffler, N.I. Avdievich, Stanislav Glybovski, Georgiy Solomakha</t>
   </si>
   <si>
     <t>Journal of Magnetic Resonance</t>
   </si>
   <si>
     <t>10.1016/j.jmr.2024.107791</t>
   </si>
   <si>
     <t>Constraints on co- and cross-polarization reflection and transmission of Babinet-complementary metasurfaces</t>
   </si>
   <si>
     <t>Alexander Zhuravlev, L.M. Pulido-Mancera, Andrey Sayanskiy, Vladimir Lenets, Stanislav Glybovski, Juan Domingo Baena</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2024.101320</t>
   </si>
   <si>
+    <t>Tailoring the Radiation Pattern of Infrared Self-Complementary Nanoantennas With Ultrawide Impedance Bandwidth</t>
+  </si>
+  <si>
+    <t>2024 Eighteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
+  </si>
+  <si>
+    <t>1-3</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials62190.2024.10703221</t>
+  </si>
+  <si>
     <t>Constraints and Loss Effects of Babinet Metasurfaces</t>
   </si>
   <si>
     <t>Alexander Zhuravlev, Stanislav Glybovski, Andrey Sayanskiy, Irina Melchakova, Juan Domingo Baena</t>
   </si>
   <si>
-    <t>2024 Eighteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/Metamaterials62190.2024.10703291</t>
   </si>
   <si>
     <t>Microwave analogy of Förster resonance energy transfer and effect of finite antenna length</t>
   </si>
   <si>
     <t>Kseniia Lezhennikova, Kaizad Rustomji, Pierre Jomin, Stanislav Glybovski, C. Martijn de Sterke, Jerome Wenger, Redha Abdeddaim, Stefan Enoch</t>
   </si>
   <si>
     <t>Scientific Reports</t>
   </si>
   <si>
     <t>10.1038/s41598-024-59824-8</t>
   </si>
   <si>
+    <t>Metasurface Modeling for Low Reflectance Polarization Conversion Based on a Multilayer Liquid Crystal Panel</t>
+  </si>
+  <si>
+    <t>Vasiliy Surikov, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>2023 Antennas Design and Measurement International Conference (ADMInC)</t>
+  </si>
+  <si>
+    <t>3-6</t>
+  </si>
+  <si>
+    <t>10.1109/adminc59462.2023.10335381</t>
+  </si>
+  <si>
     <t>No reflection paradox at the boundary of hyperbolic medium</t>
   </si>
   <si>
     <t>Ilya Deriy, Ksenia Lezhennikova, Stanislav Glybovski, Pavel Belov, Ivan Iorsh, Mingzhao Song, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Optical Manipulation and Structured Materials Conference</t>
   </si>
   <si>
     <t>10.1117/12.3008377</t>
   </si>
   <si>
     <t>Numerical Simulation of 8-Channel Array for Human Brain Imaging using C-Shaped Dipole Antennas with Improved Coverage</t>
   </si>
   <si>
     <t>Kristina Popova (Shin), Stanislav Glybovski, Georgiy Solomakha</t>
   </si>
   <si>
     <t>2023 IEEE 24th International Conference of Young Professionals in Electron Devices and Materials (EDM)</t>
   </si>
   <si>
     <t>10.1109/edm58354.2023.10225088</t>
   </si>
   <si>
     <t>Experimental evidence of Förster energy transfer enhancement in the near field through engineered metamaterial surface waves</t>
@@ -194,89 +296,86 @@
   <si>
     <t>An Antenna Based on Three Coupled Dipoles with Minimized E-field for Ultra-high-field MRI</t>
   </si>
   <si>
     <t>Rustam  Balafendiev, Georgiy Solomakha, Marc Dubois, Redha Abdeddaim, Stefan Enoch, Constantin Simovski, Stanislav Glybovski</t>
   </si>
   <si>
     <t>1-1</t>
   </si>
   <si>
     <t>10.1109/tap.2022.3195515</t>
   </si>
   <si>
     <t>Reply to Comments on “A Semi-Analytical Model of High-Permittivity Dielectric Ring Resonators for Magnetic Resonance Imaging”</t>
   </si>
   <si>
     <t>Marine A. C. Moussu, Redha Abdeddaim, Marc Dubois, Elodie Georget, Andrew G. Webb, Elizaveta Nenasheva, Pavel Belov, Stanislav Glybovski, Luisa Ciobanu, Stefan Enoch</t>
   </si>
   <si>
     <t>3131-3131</t>
   </si>
   <si>
     <t>10.1109/tap.2022.3143879</t>
   </si>
   <si>
+    <t>Comparison of angular-selective metasurfaces as tools for sub-THz single-frequency sensing</t>
+  </si>
+  <si>
+    <t>Maksim Tumashov, J P del Risco, Stanislav Glybovski, Andrey Sayanskiy, S A Kuznetsov, Juan Domingo Baena</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012158</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012158</t>
+  </si>
+  <si>
+    <t>Polarization degeneracy of TE and TM eigenmodes for dielectric metasurface in the microwave</t>
+  </si>
+  <si>
+    <t>Syuzanna Asadulina, Andrey Bogdanov, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>012008</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012008</t>
+  </si>
+  <si>
     <t>A Mode Decoupling Method for Circular Patch Antennas</t>
   </si>
   <si>
-    <t>Mikhail Siganov, Stanislav Glybovski, Dmitry Tatarnikov</t>
-[...4 lines deleted...]
-  <si>
     <t>012140</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012140</t>
   </si>
   <si>
-    <t>Comparison of angular-selective metasurfaces as tools for sub-THz single-frequency sensing</t>
-[...22 lines deleted...]
-  <si>
     <t>Potential Reduction of Peripheral Local SAR for a Birdcage Body Coil at 3 Tesla Using a Magnetic Shield</t>
   </si>
   <si>
     <t>C.C. van Leeuwen, B.R. Steensma, Stanislav Glybovski, M.F.J. Lunenburg</t>
   </si>
   <si>
     <t>Frontiers in Physics</t>
   </si>
   <si>
     <t>10.3389/fphy.2021.716521</t>
   </si>
   <si>
     <t>Near Field Dipole-Dipole Coupling Near Conductive Plate In The Microwave Range: An RF Analogue To Förster Resonance Energy Transfer In Optics</t>
   </si>
   <si>
     <t>Ksenia Lezhennikova, Stanislav Glybovski, Redha Abdeddaim, Kaizad Rustomji, Jerome Wenger, C. Martijn de Sterke, Stefan Enoch</t>
   </si>
   <si>
     <t>2021 International Conference on Electromagnetics in Advanced Applications (ICEAA)</t>
   </si>
   <si>
     <t>10.1109/iceaa52647.2021.9539600</t>
   </si>
   <si>
     <t>Surface Waves on Self-Complementary Metasurfaces: All-Frequency Hyperbolicity, Extreme Canalization, and TE-TM Polarization Degeneracy</t>
@@ -479,119 +578,116 @@
   <si>
     <t>Anna Hurshkainen, Masoud Sharifian Mazraeh Mollaei, Marc Dubois, Sergei Kurdjumov, Stanislav Glybovski</t>
   </si>
   <si>
     <t>1094-1106</t>
   </si>
   <si>
     <t>10.1109/tap.2020.3016495</t>
   </si>
   <si>
     <t>THz power divider based on self-complementary metasurface</t>
   </si>
   <si>
     <t>2020 14th European Conference on Antennas and Propagation (EuCAP)</t>
   </si>
   <si>
     <t>10.23919/eucap48036.2020.9135500</t>
   </si>
   <si>
     <t>Constructive Near-Field Interference Effect in a Birdcage MRI Coil with an Artificial Magnetic Shield</t>
   </si>
   <si>
     <t>Ksenia Lezhennikova, Anna Hurshkainen, A. Vignaud, M. Dubois, P. Jomin, Irina Melchakova, Pavel Belov, Stanislav Glybovski</t>
   </si>
   <si>
-    <t>Physical Review Applied</t>
-[...1 lines deleted...]
-  <si>
     <t>064004</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.13.064004</t>
   </si>
   <si>
+    <t>A new RF-coil for UHF MRI based on a slotted microstrip line</t>
+  </si>
+  <si>
+    <t>Georgiy Solomakha, J. T. Svejda, A. Rennings, D. Erni, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>012168</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012168</t>
+  </si>
+  <si>
+    <t>Volume metasolenoid-based coil for 23Na MRI at 7 Tesla</t>
+  </si>
+  <si>
+    <t>Georgiy Solomakha, Anna Hurshkainen, Stanislav Glybovski, Anna Andreychenko</t>
+  </si>
+  <si>
+    <t>012056</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012056</t>
+  </si>
+  <si>
     <t>Polarization hybridization of surface waves on anisotropic metasurface</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Polina Kapitanova, Ivan Iorsh, Stanislav Glybovski, Andrey Bogdanov</t>
   </si>
   <si>
     <t>012196</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012196</t>
   </si>
   <si>
     <t>RF-resonator for clinical MR imaging in urology and andrology</t>
   </si>
   <si>
     <t>Evgeniy Koreshin, Mikhail Zubkov, Stanislav Glybovski</t>
   </si>
   <si>
     <t>012069</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012069</t>
   </si>
   <si>
     <t>A practical realization of an artificial magnetic shield for preclinical birdcage RF coils</t>
   </si>
   <si>
     <t>Ksenia Lezhennikova, Anna Hurshkainen, Irina Melchakova, Stanislav Glybovski</t>
   </si>
   <si>
     <t>012085</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012085</t>
   </si>
   <si>
-    <t>A new RF-coil for UHF MRI based on a slotted microstrip line</t>
-[...22 lines deleted...]
-  <si>
     <t>A Semi-Analytical Model Of High Permittivity Dielectric Ring Resonators for Magnetic Resonance Imaging</t>
   </si>
   <si>
     <t>Marine A.C. Moussu, Marc Dubois, Andrew G. Webb, Pavel Belov, Stanislav Glybovski</t>
   </si>
   <si>
     <t>6317-6329</t>
   </si>
   <si>
     <t>10.1109/tap.2020.2980771</t>
   </si>
   <si>
     <t>RF Coils for Preclinical Multinuclear Imaging Based on Coupled-wire Structures Working in Resonant and Non-resonant Regime</t>
   </si>
   <si>
     <t>Tania S. Vergara Gomez, Marc Dubois, Stanislav Glybovski, Julien de Rosny, Carsten Rockstuhl, Monique Bernard, Frank Kober</t>
   </si>
   <si>
     <t>2019 PhotonIcs &amp; Electromagnetics Research Symposium - Spring (PIERS-Spring)</t>
   </si>
   <si>
     <t>10.1109/piers-spring46901.2019.9017435</t>
   </si>
   <si>
     <t>Metasurface for Near-Field Wireless Power Transfer With Reduced Electric Field Leakage</t>
@@ -602,167 +698,164 @@
   <si>
     <t>IEEE Access</t>
   </si>
   <si>
     <t>40224-40231</t>
   </si>
   <si>
     <t>10.1109/access.2020.2976755</t>
   </si>
   <si>
     <t>A parametric study of radiative dipole body array coil for 7 Tesla MRI</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Stanislav Glybovski, Ingmar J. Voogt, Irina Melchakova, Pavel Belov, Cornelis A.T. van den Berg, Alexander J.E. Raaijmakers</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2019.100764</t>
   </si>
   <si>
     <t>Radio Frequency Coil for Dual-Nuclei MR Muscle Energetics Investigation Based on Two Capacitively Coupled Periodic Wire Arrays</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Marc Dubois, Christophe Vilmen, Stanislav Glybovski</t>
   </si>
   <si>
-    <t>IEEE Antennas and Wireless Propagation Letters</t>
-[...1 lines deleted...]
-  <si>
     <t>721-725</t>
   </si>
   <si>
     <t>10.1109/lawp.2019.2960610</t>
   </si>
   <si>
     <t>Efficient Probes for Ultra-high-field Magnetic Resonance Microscopy Based on Coupled Ceramic Resonators</t>
   </si>
   <si>
     <t>Sergei Kurdjumov, L. Ciobanu, B. Djemai, Pavel Belov, Stanislav Glybovski, E. Nenasheva, A. Webb, M. Moussu, M. Dubois</t>
   </si>
   <si>
     <t>2019 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
   </si>
   <si>
     <t>10.1109/comcas44984.2019.8958418</t>
   </si>
   <si>
+    <t>Metasurface for Extension of Wireless Power Transfer Distance</t>
+  </si>
+  <si>
+    <t>Mingzhao Song, Pavel Belov, Stanislav Glybovski, Polina Kapitanova</t>
+  </si>
+  <si>
+    <t>2019 Thirteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials.2019.8900879</t>
+  </si>
+  <si>
+    <t>Left-handed metamaterials matched to free space through mechanical tuning</t>
+  </si>
+  <si>
+    <t>A. C. Escobar, Andrey Sayanskiy, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials.2019.8900935</t>
+  </si>
+  <si>
+    <t>Reflectionless perfect absorber with low angular and polarization sensitivity</t>
+  </si>
+  <si>
+    <t>J. P. del Risco, Andrey Sayanskiy, J. D. Ortiz, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials.2019.8900945</t>
+  </si>
+  <si>
+    <t>Quasi-isotropic Huygens resonant scatterer in microwaves</t>
+  </si>
+  <si>
+    <t>A. C. Escobar, Andrey Sayanskiy, J. L. Araque-Quijano, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials.2019.8900867</t>
+  </si>
+  <si>
     <t>Investigation of surface waves on anisotropic self-complementary metasurfaces</t>
   </si>
   <si>
     <t>Vladimir Lenets, Andrey Sayanskiy, Stanislav Glybovski, E. Martini, J. Baena, S. Maci</t>
   </si>
   <si>
-    <t>2019 Thirteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/metamaterials.2019.8900944</t>
   </si>
   <si>
     <t>Self-complementary metasurfaces as efficient tools for polarization sensitive control of THz beams</t>
   </si>
   <si>
     <t>Andrey Sayanskiy, Vladimir Lenets, S. Kuznetsov, Stanislav Glybovski</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2019.8900847</t>
   </si>
   <si>
-    <t>Metasurface for Extension of Wireless Power Transfer Distance</t>
-[...34 lines deleted...]
-  <si>
     <t>Frequency controllable polarization rotation of THz waves with a self-complementary metasurface</t>
   </si>
   <si>
     <t>Andrey Sayanskiy, Sergei A. Kuznetsov, Daria S. Tanygina, Juan P. del Risco, Stanislav Glybovski, Juan D. Baena</t>
   </si>
   <si>
     <t>10.1109/tap.2019.2948738</t>
   </si>
   <si>
+    <t>Tunable all-dielectric RF-coils for magnetic resonance microscopy</t>
+  </si>
+  <si>
+    <t>Sergei Kurdjumov, Stanislav Glybovski, M. A.C. Moussu, L. Ciobanu, E. Nenasheva, B. Djemai, M. Dubois, A. Webb, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2019 International Conference on Electromagnetics in Advanced Applications (ICEAA)</t>
+  </si>
+  <si>
+    <t>10.1109/iceaa.2019.8878984</t>
+  </si>
+  <si>
+    <t>An artificial magnetic shield for a volume coil for 7T MRI</t>
+  </si>
+  <si>
+    <t>Anna Hurshkainen, Ksenia Lezhennikova, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>10.1109/iceaa.2019.8878996</t>
+  </si>
+  <si>
     <t>Numerical and Experimental Evaluation of Short Folded Recieve-Only Dipoles for 9.4T Human Head Arrays</t>
   </si>
   <si>
     <t>Georgiy Solomakha, Stanislav Glybovski, Irina Melchakova, A. Hennig, K. Schefler</t>
   </si>
   <si>
-    <t>2019 International Conference on Electromagnetics in Advanced Applications (ICEAA)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/iceaa.2019.8879340</t>
   </si>
   <si>
-    <t>Tunable all-dielectric RF-coils for magnetic resonance microscopy</t>
-[...16 lines deleted...]
-  <si>
     <t>Non-scattering Metasurface-bound Cavities for Field Localization, Enhancement, and Suppression</t>
   </si>
   <si>
     <t>F.S. Cuesta, Andrey Sayanskiy, Vladimir Lenets, X. Ma, Stanislav Glybovski</t>
   </si>
   <si>
     <t>10.1109/tap.2019.2938661</t>
   </si>
   <si>
     <t>Systematic Analysis of the Improvements in Magnetic Resonance Microscopy with Ferroelectric Composite Ceramics</t>
   </si>
   <si>
     <t>Pavel Belov, Stanislav Glybovski</t>
   </si>
   <si>
     <t>Advanced Materials</t>
   </si>
   <si>
     <t>10.1002/adma.201900912</t>
   </si>
   <si>
     <t>Surface and Volumetric Modes of Resonators Based on Periodic Wires for MRI Applications</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Georgiy Solomakha, Anna Hurshkainen, Alexey Slobozhanyuk, Alena Shchelokova, Alexandr Kozachenko, Irina Melchakova</t>
@@ -788,293 +881,293 @@
   <si>
     <t>10.1002/nbm.4079</t>
   </si>
   <si>
     <t>A Quantitative Study of a New RF-coil for 7 Tesla Small-Animal Imaging</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Irina Melchakova, Pavel Belov, Stanislav Glybovski</t>
   </si>
   <si>
     <t>2018 IEEE International Symposium on Antennas and Propagation &amp; USNC/URSI National Radio Science Meeting</t>
   </si>
   <si>
     <t>10.1109/apusncursinrsm.2018.8609429</t>
   </si>
   <si>
     <t>A Radiofrequency Coil Based on Hybridized Modes Two Resonant Dipoles</t>
   </si>
   <si>
     <t>Georgiy Solomakha, Stanislav Glybovski, Irina Melchakova</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012142</t>
   </si>
   <si>
+    <t>A linear-to-circular polarization converter with broadband transparency based on Huygens’ metasurface</t>
+  </si>
+  <si>
+    <t>Andrey Sayanskiy, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>2018 12th Int. Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
+  </si>
+  <si>
+    <t>343–345</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2018.8534062</t>
+  </si>
+  <si>
+    <t>The physics of self-complementary metasurfaces under circularly polarized waves</t>
+  </si>
+  <si>
+    <t>37–39</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2018.8534054</t>
+  </si>
+  <si>
+    <t>The physics of self-complementary metasurfaces</t>
+  </si>
+  <si>
+    <t>2018 International Conference on Electromagnetics in Advanced Applications (ICEAA)</t>
+  </si>
+  <si>
+    <t>515–517</t>
+  </si>
+  <si>
+    <t>10.1109/ICEAA.2018.8520493</t>
+  </si>
+  <si>
+    <t>Self-complementary tessellations as universal design approach for lp-to-cp transforming frequency selective surfaces</t>
+  </si>
+  <si>
+    <t>Stanislav Glybovski, Andrey Sayanskiy, Alexey Slobozhanyuk, Pavel Belov</t>
+  </si>
+  <si>
+    <t>155–157</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2018.8534085</t>
+  </si>
+  <si>
+    <t>Broadband-Reflectionless Perfect Absorber Made of Planar Resonators</t>
+  </si>
+  <si>
+    <t>34–36</t>
+  </si>
+  <si>
+    <t>https://ieee</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2018.8534141</t>
+  </si>
+  <si>
     <t>Huygens’ metasurfaces covering from waveplates to perfect absorbers</t>
   </si>
   <si>
-    <t>Andrey Sayanskiy, Stanislav Glybovski</t>
-[...4 lines deleted...]
-  <si>
     <t>511–514</t>
   </si>
   <si>
     <t>10.1109/ICEAA.2018.8520494</t>
   </si>
   <si>
     <t>Validity of homogenization for artificial plasmas: Straight strips versus zigzag strips</t>
   </si>
   <si>
     <t>Andrey Sayanskiy, Dmitry Zhirihin, Stanislav Glybovski</t>
   </si>
   <si>
-    <t>2018 12th Int. Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
-[...1 lines deleted...]
-  <si>
     <t>31–33</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2018.8534144</t>
   </si>
   <si>
-    <t>A linear-to-circular polarization converter with broadband transparency based on Huygens’ metasurface</t>
-[...47 lines deleted...]
-    <t>10.1109/MetaMaterials.2018.8534141</t>
+    <t>Decoupling of Two Closely Located Dipoles Using Metasurfaces of Resonant Dipoles and Split-Loop Resonators</t>
+  </si>
+  <si>
+    <t>Anna Hurshkainen, Sergei Kurdjumov, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials.2018.8534082</t>
   </si>
   <si>
     <t>Tunability methods for magnetic resonance imaging applications of metasurfaces</t>
   </si>
   <si>
     <t>Alena Shchelokova, Ekaterina Brui, Stanislav Glybovski, Alexey Slobozhanyuk, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2018.8534104</t>
   </si>
   <si>
-    <t>Decoupling of Two Closely Located Dipoles Using Metasurfaces of Resonant Dipoles and Split-Loop Resonators</t>
-[...7 lines deleted...]
-  <si>
     <t>Experimental observation of hybrid TE-TM polarized surface waves supported by hyperbolic metasurface</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.195404</t>
   </si>
   <si>
     <t>Decoupling of Two Closely Located Dipole Antennas by a Split-Loop Resonator</t>
   </si>
   <si>
     <t>Radio Science</t>
   </si>
   <si>
     <t>1398-1405</t>
   </si>
   <si>
     <t>10.1029/2018RS006679</t>
   </si>
   <si>
     <t>Mode hopping in arrays of resonant thin wires over a dielectric interface</t>
   </si>
   <si>
     <t>Victor Zalipaev, Alena Shchelokova, Irina Melchakova, Stanislav Glybovski, Alexey Slobozhanyuk, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.174302</t>
   </si>
   <si>
+    <t>Small animal large field of view magnetic resonance imaging with metamaterial-inspired resonator</t>
+  </si>
+  <si>
+    <t>Mikhail Zubkov, Anna Hurshkainen, Ekaterina Brui, Stanislav Glybovski, Irina Melchakova</t>
+  </si>
+  <si>
+    <t>012180</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012180</t>
+  </si>
+  <si>
+    <t>Passive Decoupling Techniques in Ultra-High Field MRI</t>
+  </si>
+  <si>
+    <t>Anna Hurshkainen, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>012049</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012049</t>
+  </si>
+  <si>
     <t>Decoupling of Dipole Antennas by a Split Loop</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Anna Hurshkainen</t>
   </si>
   <si>
     <t>012137</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012137</t>
   </si>
   <si>
-    <t>Small animal large field of view magnetic resonance imaging with metamaterial-inspired resonator</t>
-[...22 lines deleted...]
-  <si>
     <t>Passive Electromagnetic Decoupling in an Active Metasurface of Dipoles</t>
   </si>
   <si>
     <t>53-61</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2018.10.001</t>
   </si>
   <si>
     <t>The dual‐mode dipole: A new array element for 7T body imaging with reduced SAR</t>
   </si>
   <si>
     <t>Georgiy Solomakha, Carel van Leeuwen, Alexander Raaijmakers, Alexander Popugaev, Irina Melchakova, Stanislav Glybovski</t>
   </si>
   <si>
     <t>1459-1469</t>
   </si>
   <si>
     <t>10.1002/mrm.27485</t>
   </si>
   <si>
     <t>Broadband Huygens' Metasurface Based on Hybrid Resonances</t>
   </si>
   <si>
     <t>034026</t>
   </si>
   <si>
     <t>10.1103/PhysRevApplied.10.034026</t>
   </si>
   <si>
     <t>Small animal whole-body imaging with metamaterial-inspired RF coil</t>
   </si>
   <si>
     <t>31(8)</t>
   </si>
   <si>
     <t>e3952</t>
   </si>
   <si>
     <t>10.1002/nbm.3952</t>
   </si>
   <si>
+    <t>Resonance scattering of a plane electromagnetic wave by electric dipole located inside resonator formed by two parallel disks</t>
+  </si>
+  <si>
+    <t>Victor Zalipaev, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
+  </si>
+  <si>
+    <t>10.1109/PIERS.2017.8261977</t>
+  </si>
+  <si>
+    <t>Hybridized eigenmodes of periodic wire arrays and their application in radiofrequency coils for preclinical MRI</t>
+  </si>
+  <si>
+    <t>Anna Hurshkainen, Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1109/PIERS.2017.8262394</t>
+  </si>
+  <si>
     <t>Electromagnetic guided waves on infinite and finite periodic linear arrays of thin metallic wires</t>
   </si>
   <si>
-    <t>Victor Zalipaev, Stanislav Glybovski</t>
-[...4 lines deleted...]
-  <si>
     <t>10.1109/PIERS.2017.8262409</t>
   </si>
   <si>
     <t>Metasurface-based wireless coils for magnetic resonance imaging</t>
   </si>
   <si>
     <t>Alena Shchelokova, Alexey Slobozhanyuk, Stanislav Glybovski, Mikhail Zubkov, Ekaterina Brui, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>2017 IEEE Int. Conf. on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
   </si>
   <si>
     <t>10.1109/COMCAS.2017.8244854</t>
   </si>
   <si>
-    <t>Resonance scattering of a plane electromagnetic wave by electric dipole located inside resonator formed by two parallel disks</t>
-[...13 lines deleted...]
-  <si>
     <t>Volumetric Wireless Coil Based on Periodically Coupled Split-Loop Resonators for Clinical Wrist Imaging</t>
   </si>
   <si>
     <t>Alena Shchelokova, Stanislav Glybovski, Mikhail Zubkov, Ekaterina Brui, Alexandr Kozachenko, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>1726-1737</t>
   </si>
   <si>
     <t>10.1002/mrm.27140</t>
   </si>
   <si>
     <t>Adjustable subwavelength metasurface-inspired resonator for magnetic resonance imaging</t>
   </si>
   <si>
     <t>Ekaterina Brui, Alena Shchelokova, Mikhail Zubkov, Irina Melchakova, Stanislav Glybovski, Alexey Slobozhanyuk</t>
   </si>
   <si>
     <t>Physica Status Solidi (A) Applications and Materials</t>
   </si>
   <si>
     <t>10.1002/pssa.201700788</t>
   </si>
   <si>
     <t>A Novel Metamaterial-Inspired RF-coil for Preclinical Dual-Nuclei MRI</t>
@@ -1118,66 +1211,66 @@
   <si>
     <t>Alena Shchelokova, Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>82-84</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2017.8107846</t>
   </si>
   <si>
     <t>A metamaterial-inspired MR antenna independently tunable at two frequencies</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2017.8107858</t>
   </si>
   <si>
     <t>High Frequency Asymptotic Description of Resonant Antenna Formed by Two Metallic Parallel Disks</t>
   </si>
   <si>
     <t>507-513</t>
   </si>
   <si>
     <t>doi:10.1109/TAP.2016.2635621</t>
   </si>
   <si>
+    <t>Tunable hybrid metasurfaces for image quality enhancement</t>
+  </si>
+  <si>
+    <t>Alexey Slobozhanyuk, Yuri Kivshar, Alena Shchelokova, Irina Melchakova, Stanislav Glybovski, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2017 IEEE Int. Symposium on Antennas and Propagation &amp; USNC/URSI National Radio Science Meeting</t>
+  </si>
+  <si>
+    <t>doi: 10.1109/APUSNCURSINRSM.2017.8072791</t>
+  </si>
+  <si>
     <t>Tunable hybrid metasurfaces for MRI applications</t>
   </si>
   <si>
     <t>doi: 10.1063/1.4998062</t>
-  </si>
-[...10 lines deleted...]
-    <t>doi: 10.1109/APUSNCURSINRSM.2017.8072791</t>
   </si>
   <si>
     <t>Decoupling capabilities of split-loop resonator structure for 7 Tesla MRI surface array coils</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Sergei Kurdjumov, Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998028</t>
   </si>
   <si>
     <t>A mechanically tunable and efficient ceramic probe for MR-microscopy at 17 Tesla</t>
   </si>
   <si>
     <t>Sergei Kurdjumov, Stanislav Glybovski, Anna Hurshkainen, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998040</t>
   </si>
   <si>
     <t>Mushroom High-Impedance Metasurfaces for Perfect Absorption at Two Angles of Incidence</t>
   </si>
   <si>
     <t>2626 - 2629</t>
   </si>
@@ -1808,51 +1901,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I130"/>
+  <dimension ref="A1:I138"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="167.388" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="209.949" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="126.112" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -1866,3342 +1959,3544 @@
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
-      <c r="D2">
-[...4 lines deleted...]
-      </c>
+      <c r="D2"/>
+      <c r="E2"/>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
-      <c r="H2">
-[...4 lines deleted...]
-      </c>
+      <c r="H2"/>
+      <c r="I2"/>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="E3"/>
+        <v>24</v>
+      </c>
+      <c r="E3" t="s">
+        <v>16</v>
+      </c>
       <c r="F3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="H3">
-        <v>3.14</v>
+        <v>3.83</v>
       </c>
       <c r="I3">
-        <v>1.39</v>
+        <v>1.33</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="D4">
-        <v>63</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="E4"/>
       <c r="F4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="H4">
-        <v>3.01</v>
+        <v>4.99</v>
       </c>
       <c r="I4">
-        <v>0.55</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C5" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D5">
-        <v>368</v>
-[...2 lines deleted...]
-        <v>107791</v>
+        <v>182</v>
+      </c>
+      <c r="E5" t="s">
+        <v>25</v>
       </c>
       <c r="F5">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G5" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="H5">
-        <v>2.23</v>
+        <v>2.95</v>
       </c>
       <c r="I5">
-        <v>0.78</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C6" t="s">
         <v>24</v>
       </c>
-      <c r="B6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D6">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>101320</v>
+        <v>182</v>
+      </c>
+      <c r="E6" t="s">
+        <v>29</v>
       </c>
       <c r="F6">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G6" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H6">
-        <v>3.01</v>
+        <v>2.95</v>
       </c>
       <c r="I6">
-        <v>0.55</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B7" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C7" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="E7"/>
+        <v>33</v>
+      </c>
+      <c r="D7">
+        <v>63</v>
+      </c>
+      <c r="E7">
+        <v>101363</v>
+      </c>
       <c r="F7">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G7" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-      <c r="I7"/>
+        <v>34</v>
+      </c>
+      <c r="H7">
+        <v>3.01</v>
+      </c>
+      <c r="I7">
+        <v>0.55</v>
+      </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="B8" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="C8" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="D8">
-        <v>14</v>
+        <v>110</v>
       </c>
       <c r="E8"/>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="H8">
-        <v>4.38</v>
+        <v>3.14</v>
       </c>
       <c r="I8">
-        <v>1.24</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="B9" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="C9" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-      <c r="E9"/>
+        <v>33</v>
+      </c>
+      <c r="D9">
+        <v>63</v>
+      </c>
+      <c r="E9">
+        <v>101344</v>
+      </c>
       <c r="F9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G9" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-      <c r="I9"/>
+        <v>41</v>
+      </c>
+      <c r="H9">
+        <v>3.01</v>
+      </c>
+      <c r="I9">
+        <v>0.55</v>
+      </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B10" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C10" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G10" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="H10"/>
       <c r="I10"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B11" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C11" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D11">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E11"/>
+        <v>368</v>
+      </c>
+      <c r="E11">
+        <v>107791</v>
+      </c>
       <c r="F11">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G11" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="H11">
-        <v>6.37</v>
+        <v>2.23</v>
       </c>
       <c r="I11">
-        <v>2.38</v>
+        <v>0.78</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B12" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C12" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="D12">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>62</v>
+      </c>
+      <c r="E12">
+        <v>101320</v>
       </c>
       <c r="F12">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="G12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H12">
-        <v>4.39</v>
+        <v>3.01</v>
       </c>
       <c r="I12">
-        <v>1.65</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B13" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="C13" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="D13"/>
       <c r="E13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F13">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="G13" t="s">
-        <v>55</v>
-[...6 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B14" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C14" t="s">
-        <v>49</v>
-[...6 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="D14"/>
+      <c r="E14"/>
       <c r="F14">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>59</v>
       </c>
-      <c r="H14">
-[...4 lines deleted...]
-      </c>
+      <c r="H14"/>
+      <c r="I14"/>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>60</v>
       </c>
       <c r="B15" t="s">
         <v>61</v>
       </c>
       <c r="C15" t="s">
         <v>62</v>
       </c>
       <c r="D15">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="E15" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15"/>
+      <c r="F15">
+        <v>2024</v>
+      </c>
+      <c r="G15" t="s">
         <v>63</v>
       </c>
-      <c r="F15">
-[...5 lines deleted...]
-      <c r="H15"/>
+      <c r="H15">
+        <v>4.38</v>
+      </c>
       <c r="I15">
-        <v>0.21</v>
+        <v>1.24</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>64</v>
+      </c>
+      <c r="B16" t="s">
         <v>65</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>66</v>
       </c>
-      <c r="C16" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D16"/>
       <c r="E16" t="s">
         <v>67</v>
       </c>
       <c r="F16">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="G16" t="s">
         <v>68</v>
       </c>
       <c r="H16"/>
-      <c r="I16">
-[...1 lines deleted...]
-      </c>
+      <c r="I16"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>69</v>
       </c>
       <c r="B17" t="s">
         <v>70</v>
       </c>
       <c r="C17" t="s">
-        <v>62</v>
-[...4 lines deleted...]
-      <c r="E17" t="s">
         <v>71</v>
       </c>
+      <c r="D17"/>
+      <c r="E17"/>
       <c r="F17">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="G17" t="s">
         <v>72</v>
       </c>
       <c r="H17"/>
-      <c r="I17">
-[...1 lines deleted...]
-      </c>
+      <c r="I17"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>73</v>
       </c>
       <c r="B18" t="s">
         <v>74</v>
       </c>
       <c r="C18" t="s">
         <v>75</v>
       </c>
-      <c r="D18">
-[...1 lines deleted...]
-      </c>
+      <c r="D18"/>
       <c r="E18"/>
       <c r="F18">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="G18" t="s">
         <v>76</v>
       </c>
-      <c r="H18">
-[...4 lines deleted...]
-      </c>
+      <c r="H18"/>
+      <c r="I18"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>77</v>
       </c>
       <c r="B19" t="s">
         <v>78</v>
       </c>
       <c r="C19" t="s">
         <v>79</v>
       </c>
-      <c r="D19"/>
+      <c r="D19">
+        <v>6</v>
+      </c>
       <c r="E19"/>
       <c r="F19">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="G19" t="s">
         <v>80</v>
       </c>
-      <c r="H19"/>
-      <c r="I19"/>
+      <c r="H19">
+        <v>6.37</v>
+      </c>
+      <c r="I19">
+        <v>2.38</v>
+      </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>81</v>
       </c>
       <c r="B20" t="s">
         <v>82</v>
       </c>
       <c r="C20" t="s">
         <v>83</v>
       </c>
       <c r="D20">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="E20"/>
+        <v>71</v>
+      </c>
+      <c r="E20" t="s">
+        <v>84</v>
+      </c>
       <c r="F20">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G20" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H20">
-        <v>14.42</v>
+        <v>4.39</v>
       </c>
       <c r="I20">
-        <v>6.74</v>
+        <v>1.65</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B21" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C21" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="D21"/>
       <c r="E21" t="s">
         <v>88</v>
       </c>
       <c r="F21">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G21" t="s">
         <v>89</v>
       </c>
       <c r="H21">
-        <v>3.74</v>
+        <v>4.82</v>
       </c>
       <c r="I21">
-        <v>1.5</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>90</v>
       </c>
       <c r="B22" t="s">
         <v>91</v>
       </c>
       <c r="C22" t="s">
+        <v>83</v>
+      </c>
+      <c r="D22">
+        <v>70</v>
+      </c>
+      <c r="E22" t="s">
         <v>92</v>
       </c>
-      <c r="D22">
-[...4 lines deleted...]
-      </c>
       <c r="F22">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G22" t="s">
         <v>93</v>
       </c>
       <c r="H22">
-        <v>3.97</v>
+        <v>4.82</v>
       </c>
       <c r="I22">
-        <v>1.03</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>94</v>
       </c>
       <c r="B23" t="s">
         <v>95</v>
       </c>
       <c r="C23" t="s">
         <v>96</v>
       </c>
       <c r="D23">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="E23"/>
+        <v>2015</v>
+      </c>
+      <c r="E23" t="s">
+        <v>97</v>
+      </c>
       <c r="F23">
         <v>2021</v>
       </c>
       <c r="G23" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="H23"/>
       <c r="I23">
-        <v>1.54</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B24" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C24" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D24">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E24"/>
+        <v>2015</v>
+      </c>
+      <c r="E24" t="s">
+        <v>101</v>
+      </c>
       <c r="F24">
         <v>2021</v>
       </c>
       <c r="G24" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="H24"/>
       <c r="I24">
-        <v>4.85</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B25" t="s">
-        <v>103</v>
+        <v>23</v>
       </c>
       <c r="C25" t="s">
-        <v>11</v>
+        <v>96</v>
       </c>
       <c r="D25">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>100890</v>
+        <v>2015</v>
+      </c>
+      <c r="E25" t="s">
+        <v>104</v>
       </c>
       <c r="F25">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G25" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="H25"/>
       <c r="I25">
-        <v>0.58</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B26" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C26" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="D26"/>
+        <v>108</v>
+      </c>
+      <c r="D26">
+        <v>9</v>
+      </c>
       <c r="E26"/>
       <c r="F26">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G26" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-      <c r="I26"/>
+        <v>109</v>
+      </c>
+      <c r="H26">
+        <v>3.72</v>
+      </c>
+      <c r="I26">
+        <v>0.67</v>
+      </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B27" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C27" t="s">
-        <v>111</v>
-[...4 lines deleted...]
-      <c r="E27" t="s">
         <v>112</v>
       </c>
+      <c r="D27"/>
+      <c r="E27"/>
       <c r="F27">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G27" t="s">
         <v>113</v>
       </c>
       <c r="H27"/>
-      <c r="I27">
-[...1 lines deleted...]
-      </c>
+      <c r="I27"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>114</v>
       </c>
       <c r="B28" t="s">
         <v>115</v>
       </c>
       <c r="C28" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="D28">
-        <v>2300</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="E28"/>
       <c r="F28">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G28" t="s">
         <v>117</v>
       </c>
-      <c r="H28"/>
+      <c r="H28">
+        <v>14.42</v>
+      </c>
       <c r="I28">
-        <v>0.19</v>
+        <v>6.74</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>118</v>
       </c>
       <c r="B29" t="s">
         <v>119</v>
       </c>
       <c r="C29" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="D29">
-        <v>2300</v>
+        <v>87</v>
       </c>
       <c r="E29" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F29">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G29" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="H29"/>
+        <v>122</v>
+      </c>
+      <c r="H29">
+        <v>3.74</v>
+      </c>
       <c r="I29">
-        <v>0.19</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B30" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C30" t="s">
-        <v>111</v>
+        <v>125</v>
       </c>
       <c r="D30">
-        <v>2300</v>
-[...2 lines deleted...]
-        <v>124</v>
+        <v>118</v>
+      </c>
+      <c r="E30">
+        <v>131601</v>
       </c>
       <c r="F30">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G30" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="H30"/>
+        <v>126</v>
+      </c>
+      <c r="H30">
+        <v>3.97</v>
+      </c>
       <c r="I30">
-        <v>0.19</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B31" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C31" t="s">
-        <v>111</v>
+        <v>129</v>
       </c>
       <c r="D31">
-        <v>2300</v>
-[...3 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="E31"/>
       <c r="F31">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G31" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="H31"/>
+        <v>130</v>
+      </c>
+      <c r="H31">
+        <v>3.91</v>
+      </c>
       <c r="I31">
-        <v>0.19</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B32" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C32" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D32">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E32"/>
       <c r="F32">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G32" t="s">
         <v>134</v>
       </c>
       <c r="H32">
-        <v>3.27</v>
+        <v>17.69</v>
       </c>
       <c r="I32">
-        <v>1.09</v>
+        <v>4.85</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>135</v>
       </c>
       <c r="B33" t="s">
         <v>136</v>
       </c>
       <c r="C33" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="D33">
-        <v>320</v>
+        <v>43</v>
       </c>
       <c r="E33">
-        <v>106835</v>
+        <v>100890</v>
       </c>
       <c r="F33">
         <v>2020</v>
       </c>
       <c r="G33" t="s">
         <v>137</v>
       </c>
       <c r="H33">
-        <v>2.23</v>
+        <v>2.45</v>
       </c>
       <c r="I33">
-        <v>0.78</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>138</v>
       </c>
       <c r="B34" t="s">
         <v>139</v>
       </c>
       <c r="C34" t="s">
         <v>140</v>
       </c>
-      <c r="D34">
-[...1 lines deleted...]
-      </c>
+      <c r="D34"/>
       <c r="E34"/>
       <c r="F34">
         <v>2020</v>
       </c>
       <c r="G34" t="s">
         <v>141</v>
       </c>
-      <c r="H34">
-[...4 lines deleted...]
-      </c>
+      <c r="H34"/>
+      <c r="I34"/>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>142</v>
       </c>
       <c r="B35" t="s">
         <v>143</v>
       </c>
       <c r="C35" t="s">
-        <v>92</v>
+        <v>144</v>
       </c>
       <c r="D35">
-        <v>117</v>
+        <v>2300</v>
       </c>
       <c r="E35" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="F35">
         <v>2020</v>
       </c>
       <c r="G35" t="s">
-        <v>145</v>
-[...3 lines deleted...]
-      </c>
+        <v>146</v>
+      </c>
+      <c r="H35"/>
       <c r="I35">
-        <v>1.18</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B36" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C36" t="s">
-        <v>49</v>
+        <v>144</v>
       </c>
       <c r="D36">
-        <v>69</v>
+        <v>2300</v>
       </c>
       <c r="E36" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F36">
         <v>2020</v>
       </c>
       <c r="G36" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="H36"/>
       <c r="I36">
-        <v>1.65</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B37" t="s">
-        <v>110</v>
+        <v>152</v>
       </c>
       <c r="C37" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-      <c r="E37"/>
+        <v>144</v>
+      </c>
+      <c r="D37">
+        <v>2300</v>
+      </c>
+      <c r="E37" t="s">
+        <v>153</v>
+      </c>
       <c r="F37">
         <v>2020</v>
       </c>
       <c r="G37" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="H37"/>
-      <c r="I37"/>
+      <c r="I37">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B38" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C38" t="s">
-        <v>155</v>
+        <v>144</v>
       </c>
       <c r="D38">
-        <v>13</v>
+        <v>2300</v>
       </c>
       <c r="E38" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F38">
         <v>2020</v>
       </c>
       <c r="G38" t="s">
-        <v>157</v>
-[...3 lines deleted...]
-      </c>
+        <v>158</v>
+      </c>
+      <c r="H38"/>
       <c r="I38">
-        <v>1.88</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B39" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C39" t="s">
-        <v>62</v>
+        <v>144</v>
       </c>
       <c r="D39">
-        <v>1461</v>
+        <v>2300</v>
       </c>
       <c r="E39" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F39">
         <v>2020</v>
       </c>
       <c r="G39" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="H39"/>
       <c r="I39">
-        <v>0.23</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B40" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C40" t="s">
-        <v>62</v>
+        <v>165</v>
       </c>
       <c r="D40">
-        <v>1461</v>
+        <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="F40">
         <v>2020</v>
       </c>
       <c r="G40" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="H40"/>
+        <v>167</v>
+      </c>
+      <c r="H40">
+        <v>3.27</v>
+      </c>
       <c r="I40">
-        <v>0.23</v>
+        <v>1.09</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B41" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C41" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="D41">
-        <v>1461</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>320</v>
+      </c>
+      <c r="E41">
+        <v>106835</v>
       </c>
       <c r="F41">
         <v>2020</v>
       </c>
       <c r="G41" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="H41"/>
+        <v>170</v>
+      </c>
+      <c r="H41">
+        <v>2.23</v>
+      </c>
       <c r="I41">
-        <v>0.23</v>
+        <v>0.78</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B42" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C42" t="s">
-        <v>62</v>
+        <v>173</v>
       </c>
       <c r="D42">
-        <v>1461</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="E42"/>
       <c r="F42">
         <v>2020</v>
       </c>
       <c r="G42" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="H42"/>
+        <v>174</v>
+      </c>
+      <c r="H42">
+        <v>4.04</v>
+      </c>
       <c r="I42">
-        <v>0.23</v>
+        <v>1.28</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B43" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C43" t="s">
-        <v>62</v>
+        <v>125</v>
       </c>
       <c r="D43">
-        <v>1461</v>
+        <v>117</v>
       </c>
       <c r="E43" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F43">
         <v>2020</v>
       </c>
       <c r="G43" t="s">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="H43"/>
+        <v>178</v>
+      </c>
+      <c r="H43">
+        <v>3.79</v>
+      </c>
       <c r="I43">
-        <v>0.23</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B44" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C44" t="s">
-        <v>49</v>
+        <v>83</v>
       </c>
       <c r="D44">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E44" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F44">
         <v>2020</v>
       </c>
       <c r="G44" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="H44">
         <v>4.39</v>
       </c>
       <c r="I44">
         <v>1.65</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B45" t="s">
-        <v>183</v>
+        <v>143</v>
       </c>
       <c r="C45" t="s">
         <v>184</v>
       </c>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45">
         <v>2020</v>
       </c>
       <c r="G45" t="s">
         <v>185</v>
       </c>
       <c r="H45"/>
       <c r="I45"/>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>186</v>
       </c>
       <c r="B46" t="s">
         <v>187</v>
       </c>
       <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>189</v>
       </c>
       <c r="F46">
         <v>2020</v>
       </c>
       <c r="G46" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="H46">
-        <v>3.37</v>
+        <v>4.99</v>
       </c>
       <c r="I46">
-        <v>0.59</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>190</v>
+      </c>
+      <c r="B47" t="s">
         <v>191</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
+        <v>96</v>
+      </c>
+      <c r="D47">
+        <v>1461</v>
+      </c>
+      <c r="E47" t="s">
         <v>192</v>
-      </c>
-[...7 lines deleted...]
-        <v>100764</v>
       </c>
       <c r="F47">
         <v>2020</v>
       </c>
       <c r="G47" t="s">
         <v>193</v>
       </c>
-      <c r="H47">
-[...1 lines deleted...]
-      </c>
+      <c r="H47"/>
       <c r="I47">
-        <v>0.58</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>194</v>
       </c>
       <c r="B48" t="s">
         <v>195</v>
       </c>
       <c r="C48" t="s">
+        <v>96</v>
+      </c>
+      <c r="D48">
+        <v>1461</v>
+      </c>
+      <c r="E48" t="s">
         <v>196</v>
-      </c>
-[...4 lines deleted...]
-        <v>197</v>
       </c>
       <c r="F48">
         <v>2020</v>
       </c>
       <c r="G48" t="s">
-        <v>198</v>
-[...3 lines deleted...]
-      </c>
+        <v>197</v>
+      </c>
+      <c r="H48"/>
       <c r="I48">
-        <v>1.33</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>198</v>
+      </c>
+      <c r="B49" t="s">
         <v>199</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
+        <v>96</v>
+      </c>
+      <c r="D49">
+        <v>1461</v>
+      </c>
+      <c r="E49" t="s">
         <v>200</v>
       </c>
-      <c r="C49" t="s">
-[...3 lines deleted...]
-      <c r="E49"/>
       <c r="F49">
         <v>2020</v>
       </c>
       <c r="G49" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="H49"/>
-      <c r="I49"/>
+      <c r="I49">
+        <v>0.23</v>
+      </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>202</v>
+      </c>
+      <c r="B50" t="s">
         <v>203</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
+        <v>96</v>
+      </c>
+      <c r="D50">
+        <v>1461</v>
+      </c>
+      <c r="E50" t="s">
         <v>204</v>
       </c>
-      <c r="C50" t="s">
+      <c r="F50">
+        <v>2020</v>
+      </c>
+      <c r="G50" t="s">
         <v>205</v>
       </c>
-      <c r="D50"/>
-[...6 lines deleted...]
-      </c>
       <c r="H50"/>
-      <c r="I50"/>
+      <c r="I50">
+        <v>0.23</v>
+      </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>206</v>
+      </c>
+      <c r="B51" t="s">
         <v>207</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
+        <v>96</v>
+      </c>
+      <c r="D51">
+        <v>1461</v>
+      </c>
+      <c r="E51" t="s">
         <v>208</v>
       </c>
-      <c r="C51" t="s">
-[...3 lines deleted...]
-      <c r="E51"/>
       <c r="F51">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G51" t="s">
         <v>209</v>
       </c>
       <c r="H51"/>
-      <c r="I51"/>
+      <c r="I51">
+        <v>0.23</v>
+      </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>210</v>
       </c>
       <c r="B52" t="s">
         <v>211</v>
       </c>
       <c r="C52" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-      <c r="E52"/>
+        <v>83</v>
+      </c>
+      <c r="D52">
+        <v>68</v>
+      </c>
+      <c r="E52" t="s">
+        <v>212</v>
+      </c>
       <c r="F52">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G52" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-      <c r="I52"/>
+        <v>213</v>
+      </c>
+      <c r="H52">
+        <v>4.39</v>
+      </c>
+      <c r="I52">
+        <v>1.65</v>
+      </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B53" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C53" t="s">
-        <v>205</v>
+        <v>216</v>
       </c>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G53" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="H53"/>
       <c r="I53"/>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B54" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C54" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-      <c r="E54"/>
+        <v>220</v>
+      </c>
+      <c r="D54">
+        <v>8</v>
+      </c>
+      <c r="E54" t="s">
+        <v>221</v>
+      </c>
       <c r="F54">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G54" t="s">
-        <v>218</v>
-[...2 lines deleted...]
-      <c r="I54"/>
+        <v>222</v>
+      </c>
+      <c r="H54">
+        <v>3.37</v>
+      </c>
+      <c r="I54">
+        <v>0.59</v>
+      </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B55" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="C55" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-      <c r="E55"/>
+        <v>33</v>
+      </c>
+      <c r="D55">
+        <v>39</v>
+      </c>
+      <c r="E55">
+        <v>100764</v>
+      </c>
       <c r="F55">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G55" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-      <c r="I55"/>
+        <v>225</v>
+      </c>
+      <c r="H55">
+        <v>2.45</v>
+      </c>
+      <c r="I55">
+        <v>0.58</v>
+      </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B56" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="C56" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="D56"/>
+        <v>15</v>
+      </c>
+      <c r="D56">
+        <v>19</v>
+      </c>
       <c r="E56" t="s">
-        <v>54</v>
+        <v>228</v>
       </c>
       <c r="F56">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G56" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="H56">
-        <v>4.37</v>
+        <v>3.83</v>
       </c>
       <c r="I56">
-        <v>1.7</v>
+        <v>1.33</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="B57" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="C57" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G57" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="H57"/>
       <c r="I57"/>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="B58" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="C58" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58">
         <v>2019</v>
       </c>
       <c r="G58" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="H58"/>
       <c r="I58"/>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="B59" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="C59" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59">
         <v>2019</v>
       </c>
       <c r="G59" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="H59"/>
       <c r="I59"/>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="B60" t="s">
+        <v>242</v>
+      </c>
+      <c r="C60" t="s">
         <v>236</v>
       </c>
-      <c r="C60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D60"/>
-      <c r="E60" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E60"/>
       <c r="F60">
         <v>2019</v>
       </c>
       <c r="G60" t="s">
-        <v>237</v>
-[...6 lines deleted...]
-      </c>
+        <v>243</v>
+      </c>
+      <c r="H60"/>
+      <c r="I60"/>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="B61" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="C61" t="s">
-        <v>240</v>
-[...6 lines deleted...]
-      </c>
+        <v>236</v>
+      </c>
+      <c r="D61"/>
+      <c r="E61"/>
       <c r="F61">
         <v>2019</v>
       </c>
       <c r="G61" t="s">
-        <v>241</v>
-[...6 lines deleted...]
-      </c>
+        <v>246</v>
+      </c>
+      <c r="H61"/>
+      <c r="I61"/>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B62" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="C62" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62">
         <v>2019</v>
       </c>
-      <c r="G62"/>
+      <c r="G62" t="s">
+        <v>249</v>
+      </c>
       <c r="H62"/>
       <c r="I62"/>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B63" t="s">
-        <v>187</v>
+        <v>251</v>
       </c>
       <c r="C63" t="s">
-        <v>62</v>
-[...6 lines deleted...]
-      </c>
+        <v>236</v>
+      </c>
+      <c r="D63"/>
+      <c r="E63"/>
       <c r="F63">
         <v>2019</v>
       </c>
       <c r="G63" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="H63"/>
-      <c r="I63">
-[...1 lines deleted...]
-      </c>
+      <c r="I63"/>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="B64" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="C64" t="s">
-        <v>140</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="D64"/>
       <c r="E64" t="s">
-        <v>249</v>
+        <v>88</v>
       </c>
       <c r="F64">
         <v>2019</v>
       </c>
       <c r="G64" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="H64">
-        <v>3.22</v>
+        <v>4.37</v>
       </c>
       <c r="I64">
-        <v>1.37</v>
+        <v>1.7</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="B65" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="C65" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="D65"/>
       <c r="E65"/>
       <c r="F65">
         <v>2019</v>
       </c>
       <c r="G65" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="H65"/>
       <c r="I65"/>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="B66" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="C66" t="s">
-        <v>62</v>
-[...6 lines deleted...]
-      </c>
+        <v>258</v>
+      </c>
+      <c r="D66"/>
+      <c r="E66"/>
       <c r="F66">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G66" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="H66"/>
-      <c r="I66">
-[...1 lines deleted...]
-      </c>
+      <c r="I66"/>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>263</v>
+      </c>
+      <c r="B67" t="s">
+        <v>264</v>
+      </c>
+      <c r="C67" t="s">
         <v>258</v>
       </c>
-      <c r="B67" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D67"/>
-      <c r="E67" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E67"/>
       <c r="F67">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G67" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="H67"/>
       <c r="I67"/>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="B68" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="C68" t="s">
-        <v>265</v>
+        <v>83</v>
       </c>
       <c r="D68"/>
       <c r="E68" t="s">
-        <v>266</v>
+        <v>88</v>
       </c>
       <c r="F68">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G68" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-      <c r="I68"/>
+        <v>268</v>
+      </c>
+      <c r="H68">
+        <v>4.37</v>
+      </c>
+      <c r="I68">
+        <v>1.7</v>
+      </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B69" t="s">
-        <v>259</v>
+        <v>270</v>
       </c>
       <c r="C69" t="s">
-        <v>265</v>
-[...3 lines deleted...]
-        <v>269</v>
+        <v>271</v>
+      </c>
+      <c r="D69">
+        <v>31</v>
+      </c>
+      <c r="E69">
+        <v>1900912</v>
       </c>
       <c r="F69">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G69" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-      <c r="I69"/>
+        <v>272</v>
+      </c>
+      <c r="H69">
+        <v>27.4</v>
+      </c>
+      <c r="I69">
+        <v>10.57</v>
+      </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="B70" t="s">
-        <v>259</v>
+        <v>274</v>
       </c>
       <c r="C70" t="s">
-        <v>265</v>
+        <v>275</v>
       </c>
       <c r="D70"/>
-      <c r="E70" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E70"/>
       <c r="F70">
-        <v>2018</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="G70"/>
       <c r="H70"/>
       <c r="I70"/>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B71" t="s">
-        <v>259</v>
+        <v>219</v>
       </c>
       <c r="C71" t="s">
-        <v>260</v>
-[...3 lines deleted...]
-        <v>275</v>
+        <v>96</v>
+      </c>
+      <c r="D71">
+        <v>1092</v>
+      </c>
+      <c r="E71">
+        <v>12083</v>
       </c>
       <c r="F71">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G71" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="H71"/>
-      <c r="I71"/>
+      <c r="I71">
+        <v>0.22</v>
+      </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B72" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C72" t="s">
-        <v>265</v>
-[...1 lines deleted...]
-      <c r="D72"/>
+        <v>173</v>
+      </c>
+      <c r="D72">
+        <v>32</v>
+      </c>
       <c r="E72" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="F72">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G72" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-      <c r="I72"/>
+        <v>281</v>
+      </c>
+      <c r="H72">
+        <v>3.22</v>
+      </c>
+      <c r="I72">
+        <v>1.37</v>
+      </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B73" t="s">
-        <v>259</v>
+        <v>283</v>
       </c>
       <c r="C73" t="s">
-        <v>265</v>
-[...6 lines deleted...]
-      </c>
+        <v>284</v>
+      </c>
+      <c r="D73"/>
+      <c r="E73"/>
       <c r="F73">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G73" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="H73"/>
       <c r="I73"/>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B74" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C74" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-      <c r="E74"/>
+        <v>96</v>
+      </c>
+      <c r="D74">
+        <v>12142</v>
+      </c>
+      <c r="E74">
+        <v>12142</v>
+      </c>
       <c r="F74">
         <v>2018</v>
       </c>
       <c r="G74" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="H74"/>
-      <c r="I74"/>
+      <c r="I74">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B75" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C75" t="s">
-        <v>265</v>
+        <v>291</v>
       </c>
       <c r="D75"/>
-      <c r="E75"/>
+      <c r="E75" t="s">
+        <v>292</v>
+      </c>
       <c r="F75">
         <v>2018</v>
       </c>
       <c r="G75" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="H75"/>
       <c r="I75"/>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>294</v>
+      </c>
+      <c r="B76" t="s">
+        <v>290</v>
+      </c>
+      <c r="C76" t="s">
         <v>291</v>
       </c>
-      <c r="B76" t="s">
-[...9 lines deleted...]
-        <v>195404</v>
+      <c r="D76"/>
+      <c r="E76" t="s">
+        <v>295</v>
       </c>
       <c r="F76">
         <v>2018</v>
       </c>
       <c r="G76" t="s">
-        <v>292</v>
-[...6 lines deleted...]
-      </c>
+        <v>296</v>
+      </c>
+      <c r="H76"/>
+      <c r="I76"/>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="B77" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C77" t="s">
-        <v>294</v>
-[...3 lines deleted...]
-      </c>
+        <v>298</v>
+      </c>
+      <c r="D77"/>
       <c r="E77" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="F77">
         <v>2018</v>
       </c>
       <c r="G77" t="s">
-        <v>296</v>
-[...6 lines deleted...]
-      </c>
+        <v>300</v>
+      </c>
+      <c r="H77"/>
+      <c r="I77"/>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="B78" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="C78" t="s">
-        <v>96</v>
-[...5 lines deleted...]
-        <v>174302</v>
+        <v>291</v>
+      </c>
+      <c r="D78"/>
+      <c r="E78" t="s">
+        <v>303</v>
       </c>
       <c r="F78">
         <v>2018</v>
       </c>
       <c r="G78" t="s">
-        <v>299</v>
-[...6 lines deleted...]
-      </c>
+        <v>304</v>
+      </c>
+      <c r="H78"/>
+      <c r="I78"/>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="B79" t="s">
-        <v>301</v>
+        <v>290</v>
       </c>
       <c r="C79" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>1092</v>
+        <v>291</v>
+      </c>
+      <c r="D79" t="s">
+        <v>306</v>
       </c>
       <c r="E79" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="F79">
         <v>2018</v>
       </c>
       <c r="G79" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="H79"/>
-      <c r="I79">
-[...1 lines deleted...]
-      </c>
+      <c r="I79"/>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="B80" t="s">
-        <v>305</v>
+        <v>290</v>
       </c>
       <c r="C80" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-      </c>
+        <v>298</v>
+      </c>
+      <c r="D80"/>
       <c r="E80" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="F80">
         <v>2018</v>
       </c>
       <c r="G80" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="H80"/>
-      <c r="I80">
-[...1 lines deleted...]
-      </c>
+      <c r="I80"/>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="B81" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="C81" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="D81"/>
       <c r="E81" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="F81">
         <v>2018</v>
       </c>
       <c r="G81" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="H81"/>
-      <c r="I81">
-[...1 lines deleted...]
-      </c>
+      <c r="I81"/>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="B82" t="s">
-        <v>289</v>
+        <v>317</v>
       </c>
       <c r="C82" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="D82"/>
+      <c r="E82"/>
       <c r="F82">
         <v>2018</v>
       </c>
       <c r="G82" t="s">
-        <v>314</v>
-[...6 lines deleted...]
-      </c>
+        <v>318</v>
+      </c>
+      <c r="H82"/>
+      <c r="I82"/>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="B83" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="C83" t="s">
-        <v>87</v>
-[...6 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="D83"/>
+      <c r="E83"/>
       <c r="F83">
         <v>2018</v>
       </c>
       <c r="G83" t="s">
-        <v>318</v>
-[...6 lines deleted...]
-      </c>
+        <v>321</v>
+      </c>
+      <c r="H83"/>
+      <c r="I83"/>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="B84" t="s">
-        <v>259</v>
+        <v>199</v>
       </c>
       <c r="C84" t="s">
-        <v>155</v>
+        <v>129</v>
       </c>
       <c r="D84">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>320</v>
+        <v>98</v>
+      </c>
+      <c r="E84">
+        <v>195404</v>
       </c>
       <c r="F84">
         <v>2018</v>
       </c>
       <c r="G84" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="H84">
-        <v>4.53</v>
+        <v>3.74</v>
       </c>
       <c r="I84">
-        <v>1.94</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="B85" t="s">
-        <v>305</v>
+        <v>317</v>
       </c>
       <c r="C85" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>323</v>
+        <v>325</v>
+      </c>
+      <c r="D85">
+        <v>53</v>
       </c>
       <c r="E85" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="F85">
         <v>2018</v>
       </c>
       <c r="G85" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="H85">
-        <v>3.41</v>
+        <v>1.66</v>
       </c>
       <c r="I85">
-        <v>1.71</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B86" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="C86" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-      <c r="E86"/>
+        <v>129</v>
+      </c>
+      <c r="D86">
+        <v>98</v>
+      </c>
+      <c r="E86">
+        <v>174302</v>
+      </c>
       <c r="F86">
         <v>2018</v>
       </c>
       <c r="G86" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-      <c r="I86"/>
+        <v>330</v>
+      </c>
+      <c r="H86">
+        <v>3.74</v>
+      </c>
+      <c r="I86">
+        <v>1.5</v>
+      </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B87" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C87" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-      <c r="E87"/>
+        <v>96</v>
+      </c>
+      <c r="D87">
+        <v>1092</v>
+      </c>
+      <c r="E87" t="s">
+        <v>333</v>
+      </c>
       <c r="F87">
         <v>2018</v>
       </c>
       <c r="G87" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="H87"/>
-      <c r="I87"/>
+      <c r="I87">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B88" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
       <c r="C88" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-      <c r="E88"/>
+        <v>96</v>
+      </c>
+      <c r="D88">
+        <v>1092</v>
+      </c>
+      <c r="E88" t="s">
+        <v>337</v>
+      </c>
       <c r="F88">
         <v>2018</v>
       </c>
       <c r="G88" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="H88"/>
-      <c r="I88"/>
+      <c r="I88">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="B89" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C89" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-      <c r="E89"/>
+        <v>96</v>
+      </c>
+      <c r="D89">
+        <v>1092</v>
+      </c>
+      <c r="E89" t="s">
+        <v>341</v>
+      </c>
       <c r="F89">
         <v>2018</v>
       </c>
       <c r="G89" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="H89"/>
-      <c r="I89"/>
+      <c r="I89">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="B90" t="s">
-        <v>340</v>
+        <v>317</v>
       </c>
       <c r="C90" t="s">
-        <v>87</v>
+        <v>33</v>
       </c>
       <c r="D90">
-        <v>80</v>
+        <v>32</v>
       </c>
       <c r="E90" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="F90">
         <v>2018</v>
       </c>
       <c r="G90" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="H90">
-        <v>3.86</v>
+        <v>1.58</v>
       </c>
       <c r="I90">
-        <v>1.99</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="B91" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="C91" t="s">
-        <v>345</v>
+        <v>120</v>
       </c>
       <c r="D91">
-        <v>215</v>
-[...2 lines deleted...]
-        <v>1700788</v>
+        <v>81</v>
+      </c>
+      <c r="E91" t="s">
+        <v>348</v>
       </c>
       <c r="F91">
         <v>2018</v>
       </c>
       <c r="G91" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="H91">
-        <v>1.8</v>
+        <v>3.86</v>
       </c>
       <c r="I91">
-        <v>0.65</v>
+        <v>1.99</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="B92" t="s">
-        <v>252</v>
+        <v>290</v>
       </c>
       <c r="C92" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D92">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>9190</v>
+        <v>10</v>
+      </c>
+      <c r="E92" t="s">
+        <v>351</v>
       </c>
       <c r="F92">
         <v>2018</v>
       </c>
       <c r="G92" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="H92">
-        <v>4.01</v>
+        <v>4.53</v>
       </c>
       <c r="I92">
-        <v>1.41</v>
+        <v>1.94</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="B93" t="s">
-        <v>350</v>
+        <v>332</v>
       </c>
       <c r="C93" t="s">
-        <v>155</v>
-[...5 lines deleted...]
-        <v>14020</v>
+        <v>173</v>
+      </c>
+      <c r="D93" t="s">
+        <v>354</v>
+      </c>
+      <c r="E93" t="s">
+        <v>355</v>
       </c>
       <c r="F93">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G93" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="H93">
-        <v>4.78</v>
+        <v>3.41</v>
       </c>
       <c r="I93">
-        <v>2.09</v>
+        <v>1.71</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="B94" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="C94" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="D94"/>
       <c r="E94"/>
       <c r="F94">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G94" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="H94"/>
       <c r="I94"/>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="B95" t="s">
-        <v>259</v>
+        <v>362</v>
       </c>
       <c r="C95" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="D95"/>
-      <c r="E95" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E95"/>
       <c r="F95">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G95" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="H95"/>
       <c r="I95"/>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
+        <v>364</v>
+      </c>
+      <c r="B96" t="s">
+        <v>358</v>
+      </c>
+      <c r="C96" t="s">
         <v>359</v>
       </c>
-      <c r="B96" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D96"/>
-      <c r="E96" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E96"/>
       <c r="F96">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G96" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="H96"/>
       <c r="I96"/>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B97" t="s">
-        <v>337</v>
+        <v>367</v>
       </c>
       <c r="C97" t="s">
-        <v>354</v>
+        <v>368</v>
       </c>
       <c r="D97"/>
       <c r="E97"/>
       <c r="F97">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G97" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="H97"/>
       <c r="I97"/>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B98" t="s">
-        <v>327</v>
+        <v>371</v>
       </c>
       <c r="C98" t="s">
-        <v>49</v>
+        <v>120</v>
       </c>
       <c r="D98">
-        <v>12</v>
+        <v>80</v>
       </c>
       <c r="E98" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="F98">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G98" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="H98">
-        <v>4.13</v>
+        <v>3.86</v>
       </c>
       <c r="I98">
-        <v>1.31</v>
+        <v>1.99</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="B99" t="s">
-        <v>350</v>
+        <v>375</v>
       </c>
       <c r="C99" t="s">
-        <v>111</v>
+        <v>376</v>
       </c>
       <c r="D99">
-        <v>1874</v>
+        <v>215</v>
       </c>
       <c r="E99">
-        <v>30033</v>
+        <v>1700788</v>
       </c>
       <c r="F99">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G99" t="s">
-        <v>369</v>
-[...1 lines deleted...]
-      <c r="H99"/>
+        <v>377</v>
+      </c>
+      <c r="H99">
+        <v>1.8</v>
+      </c>
       <c r="I99">
-        <v>0.17</v>
+        <v>0.65</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
-        <v>370</v>
+        <v>378</v>
       </c>
       <c r="B100" t="s">
-        <v>371</v>
+        <v>283</v>
       </c>
       <c r="C100" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-      <c r="E100"/>
+        <v>62</v>
+      </c>
+      <c r="D100">
+        <v>8</v>
+      </c>
+      <c r="E100">
+        <v>9190</v>
+      </c>
       <c r="F100">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G100" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-      <c r="I100"/>
+        <v>379</v>
+      </c>
+      <c r="H100">
+        <v>4.01</v>
+      </c>
+      <c r="I100">
+        <v>1.41</v>
+      </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="B101" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
       <c r="C101" t="s">
-        <v>111</v>
+        <v>20</v>
       </c>
       <c r="D101">
-        <v>1874</v>
+        <v>9</v>
       </c>
       <c r="E101">
-        <v>20007</v>
+        <v>14020</v>
       </c>
       <c r="F101">
         <v>2017</v>
       </c>
       <c r="G101" t="s">
-        <v>376</v>
-[...1 lines deleted...]
-      <c r="H101"/>
+        <v>382</v>
+      </c>
+      <c r="H101">
+        <v>4.78</v>
+      </c>
       <c r="I101">
-        <v>0.17</v>
+        <v>2.09</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="B102" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="C102" t="s">
-        <v>111</v>
-[...6 lines deleted...]
-      </c>
+        <v>385</v>
+      </c>
+      <c r="D102"/>
+      <c r="E102"/>
       <c r="F102">
         <v>2017</v>
       </c>
       <c r="G102" t="s">
-        <v>379</v>
+        <v>386</v>
       </c>
       <c r="H102"/>
-      <c r="I102">
-[...1 lines deleted...]
-      </c>
+      <c r="I102"/>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
       <c r="B103" t="s">
-        <v>353</v>
+        <v>290</v>
       </c>
       <c r="C103" t="s">
-        <v>196</v>
-[...3 lines deleted...]
-      </c>
+        <v>385</v>
+      </c>
+      <c r="D103"/>
       <c r="E103" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
       <c r="F103">
         <v>2017</v>
       </c>
       <c r="G103" t="s">
-        <v>382</v>
-[...6 lines deleted...]
-      </c>
+        <v>389</v>
+      </c>
+      <c r="H103"/>
+      <c r="I103"/>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="B104" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="C104" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>385</v>
+      </c>
+      <c r="D104"/>
       <c r="E104" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="F104">
         <v>2017</v>
       </c>
       <c r="G104" t="s">
-        <v>386</v>
-[...6 lines deleted...]
-      </c>
+        <v>393</v>
+      </c>
+      <c r="H104"/>
+      <c r="I104"/>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="B105" t="s">
-        <v>388</v>
+        <v>362</v>
       </c>
       <c r="C105" t="s">
-        <v>196</v>
-[...6 lines deleted...]
-      </c>
+        <v>385</v>
+      </c>
+      <c r="D105"/>
+      <c r="E105"/>
       <c r="F105">
         <v>2017</v>
       </c>
       <c r="G105" t="s">
-        <v>390</v>
-[...6 lines deleted...]
-      </c>
+        <v>395</v>
+      </c>
+      <c r="H105"/>
+      <c r="I105"/>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B106" t="s">
-        <v>392</v>
+        <v>358</v>
       </c>
       <c r="C106" t="s">
-        <v>393</v>
-[...2 lines deleted...]
-      <c r="E106"/>
+        <v>83</v>
+      </c>
+      <c r="D106">
+        <v>12</v>
+      </c>
+      <c r="E106" t="s">
+        <v>397</v>
+      </c>
       <c r="F106">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G106" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-      <c r="I106"/>
+        <v>398</v>
+      </c>
+      <c r="H106">
+        <v>4.13</v>
+      </c>
+      <c r="I106">
+        <v>1.31</v>
+      </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="B107" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="C107" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="D107"/>
-      <c r="E107" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E107"/>
       <c r="F107">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G107" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="H107"/>
       <c r="I107"/>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="B108" t="s">
-        <v>401</v>
+        <v>381</v>
       </c>
       <c r="C108" t="s">
-        <v>402</v>
-[...3 lines deleted...]
-        <v>403</v>
+        <v>144</v>
+      </c>
+      <c r="D108">
+        <v>1874</v>
+      </c>
+      <c r="E108">
+        <v>30033</v>
       </c>
       <c r="F108">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G108" t="s">
         <v>404</v>
       </c>
       <c r="H108"/>
-      <c r="I108"/>
+      <c r="I108">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
         <v>405</v>
       </c>
       <c r="B109" t="s">
-        <v>384</v>
+        <v>406</v>
       </c>
       <c r="C109" t="s">
-        <v>397</v>
-[...3 lines deleted...]
-        <v>406</v>
+        <v>144</v>
+      </c>
+      <c r="D109">
+        <v>1874</v>
+      </c>
+      <c r="E109">
+        <v>20007</v>
       </c>
       <c r="F109">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G109" t="s">
         <v>407</v>
       </c>
       <c r="H109"/>
-      <c r="I109"/>
+      <c r="I109">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
         <v>408</v>
       </c>
       <c r="B110" t="s">
         <v>409</v>
       </c>
       <c r="C110" t="s">
-        <v>402</v>
-[...2 lines deleted...]
-      <c r="E110" t="s">
+        <v>144</v>
+      </c>
+      <c r="D110">
+        <v>1874</v>
+      </c>
+      <c r="E110">
+        <v>30011</v>
+      </c>
+      <c r="F110">
+        <v>2017</v>
+      </c>
+      <c r="G110" t="s">
         <v>410</v>
       </c>
-      <c r="F110">
-[...4 lines deleted...]
-      </c>
       <c r="H110"/>
-      <c r="I110"/>
+      <c r="I110">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
+        <v>411</v>
+      </c>
+      <c r="B111" t="s">
+        <v>384</v>
+      </c>
+      <c r="C111" t="s">
+        <v>15</v>
+      </c>
+      <c r="D111">
+        <v>16</v>
+      </c>
+      <c r="E111" t="s">
         <v>412</v>
       </c>
-      <c r="B111" t="s">
+      <c r="F111">
+        <v>2017</v>
+      </c>
+      <c r="G111" t="s">
         <v>413</v>
       </c>
-      <c r="C111" t="s">
-[...13 lines deleted...]
-      <c r="I111"/>
+      <c r="H111">
+        <v>3.45</v>
+      </c>
+      <c r="I111">
+        <v>1.05</v>
+      </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
+        <v>414</v>
+      </c>
+      <c r="B112" t="s">
+        <v>415</v>
+      </c>
+      <c r="C112" t="s">
+        <v>83</v>
+      </c>
+      <c r="D112">
+        <v>65</v>
+      </c>
+      <c r="E112" t="s">
+        <v>416</v>
+      </c>
+      <c r="F112">
+        <v>2017</v>
+      </c>
+      <c r="G112" t="s">
         <v>417</v>
       </c>
-      <c r="B112" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H112">
-        <v>2.96</v>
+        <v>4.13</v>
       </c>
       <c r="I112">
-        <v>1.23</v>
+        <v>1.31</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
+        <v>418</v>
+      </c>
+      <c r="B113" t="s">
+        <v>419</v>
+      </c>
+      <c r="C113" t="s">
+        <v>15</v>
+      </c>
+      <c r="D113">
+        <v>16</v>
+      </c>
+      <c r="E113" t="s">
         <v>420</v>
       </c>
-      <c r="B113" t="s">
+      <c r="F113">
+        <v>2017</v>
+      </c>
+      <c r="G113" t="s">
         <v>421</v>
       </c>
-      <c r="C113" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H113">
-        <v>3.84</v>
-[...1 lines deleted...]
-      <c r="I113"/>
+        <v>3.45</v>
+      </c>
+      <c r="I113">
+        <v>1.05</v>
+      </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
+        <v>422</v>
+      </c>
+      <c r="B114" t="s">
         <v>423</v>
       </c>
-      <c r="B114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C114" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      <c r="E114" t="s">
         <v>424</v>
       </c>
+      <c r="D114"/>
+      <c r="E114"/>
       <c r="F114">
         <v>2016</v>
       </c>
       <c r="G114" t="s">
         <v>425</v>
       </c>
-      <c r="H114">
-[...4 lines deleted...]
-      </c>
+      <c r="H114"/>
+      <c r="I114"/>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
         <v>426</v>
       </c>
       <c r="B115" t="s">
         <v>427</v>
       </c>
       <c r="C115" t="s">
-        <v>92</v>
-[...5 lines deleted...]
-        <v>211105</v>
+        <v>428</v>
+      </c>
+      <c r="D115"/>
+      <c r="E115" t="s">
+        <v>429</v>
       </c>
       <c r="F115">
         <v>2016</v>
       </c>
       <c r="G115" t="s">
-        <v>428</v>
-[...6 lines deleted...]
-      </c>
+        <v>430</v>
+      </c>
+      <c r="H115"/>
+      <c r="I115"/>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B116" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="C116" t="s">
-        <v>431</v>
-[...5 lines deleted...]
-        <v>26299</v>
+        <v>433</v>
+      </c>
+      <c r="D116"/>
+      <c r="E116" t="s">
+        <v>434</v>
       </c>
       <c r="F116">
         <v>2016</v>
       </c>
       <c r="G116" t="s">
-        <v>432</v>
-[...6 lines deleted...]
-      </c>
+        <v>435</v>
+      </c>
+      <c r="H116"/>
+      <c r="I116"/>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B117" t="s">
-        <v>434</v>
+        <v>415</v>
       </c>
       <c r="C117" t="s">
-        <v>96</v>
-[...5 lines deleted...]
-        <v>245413</v>
+        <v>428</v>
+      </c>
+      <c r="D117"/>
+      <c r="E117" t="s">
+        <v>437</v>
       </c>
       <c r="F117">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G117" t="s">
-        <v>435</v>
-[...3 lines deleted...]
-      </c>
+        <v>438</v>
+      </c>
+      <c r="H117"/>
       <c r="I117"/>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="B118" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="C118" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="D118"/>
-      <c r="E118"/>
+      <c r="E118" t="s">
+        <v>441</v>
+      </c>
       <c r="F118">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G118" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="H118"/>
       <c r="I118"/>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="B119" t="s">
-        <v>401</v>
+        <v>444</v>
       </c>
       <c r="C119" t="s">
-        <v>438</v>
+        <v>445</v>
       </c>
       <c r="D119"/>
-      <c r="E119"/>
+      <c r="E119" t="s">
+        <v>446</v>
+      </c>
       <c r="F119">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G119" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="H119"/>
       <c r="I119"/>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
       <c r="B120" t="s">
-        <v>443</v>
+        <v>432</v>
       </c>
       <c r="C120" t="s">
-        <v>444</v>
-[...2 lines deleted...]
-      <c r="E120"/>
+        <v>83</v>
+      </c>
+      <c r="D120">
+        <v>64</v>
+      </c>
+      <c r="E120" t="s">
+        <v>449</v>
+      </c>
       <c r="F120">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G120" t="s">
-        <v>445</v>
-[...2 lines deleted...]
-      <c r="I120"/>
+        <v>450</v>
+      </c>
+      <c r="H120">
+        <v>2.96</v>
+      </c>
+      <c r="I120">
+        <v>1.23</v>
+      </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="B121" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="C121" t="s">
-        <v>448</v>
+        <v>129</v>
       </c>
       <c r="D121">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>449</v>
+        <v>93</v>
+      </c>
+      <c r="E121">
+        <v>201115</v>
       </c>
       <c r="F121">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G121" t="s">
-        <v>450</v>
-[...1 lines deleted...]
-      <c r="H121"/>
+        <v>453</v>
+      </c>
+      <c r="H121">
+        <v>3.84</v>
+      </c>
       <c r="I121"/>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B122" t="s">
-        <v>452</v>
+        <v>423</v>
       </c>
       <c r="C122" t="s">
-        <v>453</v>
-[...1 lines deleted...]
-      <c r="D122"/>
+        <v>48</v>
+      </c>
+      <c r="D122">
+        <v>269</v>
+      </c>
       <c r="E122" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="F122">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G122" t="s">
-        <v>455</v>
-[...2 lines deleted...]
-      <c r="I122"/>
+        <v>456</v>
+      </c>
+      <c r="H122">
+        <v>2.43</v>
+      </c>
+      <c r="I122">
+        <v>1.02</v>
+      </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B123" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C123" t="s">
-        <v>49</v>
+        <v>125</v>
       </c>
       <c r="D123">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>458</v>
+        <v>108</v>
+      </c>
+      <c r="E123">
+        <v>211105</v>
       </c>
       <c r="F123">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G123" t="s">
         <v>459</v>
       </c>
       <c r="H123">
-        <v>2.05</v>
+        <v>3.41</v>
       </c>
       <c r="I123">
-        <v>1.74</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
         <v>460</v>
       </c>
       <c r="B124" t="s">
-        <v>434</v>
+        <v>461</v>
       </c>
       <c r="C124" t="s">
-        <v>461</v>
-[...2 lines deleted...]
-      <c r="E124" t="s">
         <v>462</v>
       </c>
+      <c r="D124">
+        <v>634</v>
+      </c>
+      <c r="E124">
+        <v>26299</v>
+      </c>
       <c r="F124">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G124" t="s">
         <v>463</v>
       </c>
-      <c r="H124"/>
-      <c r="I124"/>
+      <c r="H124">
+        <v>16.24</v>
+      </c>
+      <c r="I124">
+        <v>8.05</v>
+      </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
         <v>464</v>
       </c>
       <c r="B125" t="s">
         <v>465</v>
       </c>
       <c r="C125" t="s">
-        <v>96</v>
+        <v>129</v>
       </c>
       <c r="D125">
         <v>92</v>
       </c>
       <c r="E125">
-        <v>45433</v>
+        <v>245413</v>
       </c>
       <c r="F125">
         <v>2015</v>
       </c>
       <c r="G125" t="s">
         <v>466</v>
       </c>
       <c r="H125">
         <v>3.72</v>
       </c>
       <c r="I125"/>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
         <v>467</v>
       </c>
       <c r="B126" t="s">
-        <v>401</v>
+        <v>468</v>
       </c>
       <c r="C126" t="s">
-        <v>196</v>
-[...6 lines deleted...]
-      </c>
+        <v>469</v>
+      </c>
+      <c r="D126"/>
+      <c r="E126"/>
       <c r="F126">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G126" t="s">
-        <v>469</v>
-[...6 lines deleted...]
-      </c>
+        <v>470</v>
+      </c>
+      <c r="H126"/>
+      <c r="I126"/>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B127" t="s">
-        <v>401</v>
+        <v>432</v>
       </c>
       <c r="C127" t="s">
-        <v>49</v>
-[...6 lines deleted...]
-      </c>
+        <v>469</v>
+      </c>
+      <c r="D127"/>
+      <c r="E127"/>
       <c r="F127">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G127" t="s">
         <v>472</v>
       </c>
-      <c r="H127">
-[...4 lines deleted...]
-      </c>
+      <c r="H127"/>
+      <c r="I127"/>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
         <v>473</v>
       </c>
       <c r="B128" t="s">
-        <v>401</v>
+        <v>474</v>
       </c>
       <c r="C128" t="s">
-        <v>474</v>
-[...4 lines deleted...]
-      <c r="E128" t="s">
         <v>475</v>
       </c>
+      <c r="D128"/>
+      <c r="E128"/>
       <c r="F128">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="G128" t="s">
         <v>476</v>
       </c>
-      <c r="H128">
-[...4 lines deleted...]
-      </c>
+      <c r="H128"/>
+      <c r="I128"/>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
         <v>477</v>
       </c>
       <c r="B129" t="s">
         <v>478</v>
       </c>
       <c r="C129" t="s">
         <v>479</v>
       </c>
       <c r="D129">
-        <v>152</v>
+        <v>28</v>
       </c>
       <c r="E129" t="s">
         <v>480</v>
       </c>
       <c r="F129">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="G129"/>
+        <v>2015</v>
+      </c>
+      <c r="G129" t="s">
+        <v>481</v>
+      </c>
       <c r="H129"/>
       <c r="I129"/>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B130" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="C130" t="s">
-        <v>479</v>
-[...3 lines deleted...]
-      </c>
+        <v>484</v>
+      </c>
+      <c r="D130"/>
       <c r="E130" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="F130">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="G130"/>
+        <v>2015</v>
+      </c>
+      <c r="G130" t="s">
+        <v>486</v>
+      </c>
       <c r="H130"/>
       <c r="I130"/>
+    </row>
+    <row r="131" spans="1:9">
+      <c r="A131" t="s">
+        <v>487</v>
+      </c>
+      <c r="B131" t="s">
+        <v>488</v>
+      </c>
+      <c r="C131" t="s">
+        <v>83</v>
+      </c>
+      <c r="D131">
+        <v>63</v>
+      </c>
+      <c r="E131" t="s">
+        <v>489</v>
+      </c>
+      <c r="F131">
+        <v>2015</v>
+      </c>
+      <c r="G131" t="s">
+        <v>490</v>
+      </c>
+      <c r="H131">
+        <v>2.05</v>
+      </c>
+      <c r="I131">
+        <v>1.74</v>
+      </c>
+    </row>
+    <row r="132" spans="1:9">
+      <c r="A132" t="s">
+        <v>491</v>
+      </c>
+      <c r="B132" t="s">
+        <v>465</v>
+      </c>
+      <c r="C132" t="s">
+        <v>492</v>
+      </c>
+      <c r="D132"/>
+      <c r="E132" t="s">
+        <v>493</v>
+      </c>
+      <c r="F132">
+        <v>2015</v>
+      </c>
+      <c r="G132" t="s">
+        <v>494</v>
+      </c>
+      <c r="H132"/>
+      <c r="I132"/>
+    </row>
+    <row r="133" spans="1:9">
+      <c r="A133" t="s">
+        <v>495</v>
+      </c>
+      <c r="B133" t="s">
+        <v>496</v>
+      </c>
+      <c r="C133" t="s">
+        <v>129</v>
+      </c>
+      <c r="D133">
+        <v>92</v>
+      </c>
+      <c r="E133">
+        <v>45433</v>
+      </c>
+      <c r="F133">
+        <v>2015</v>
+      </c>
+      <c r="G133" t="s">
+        <v>497</v>
+      </c>
+      <c r="H133">
+        <v>3.72</v>
+      </c>
+      <c r="I133"/>
+    </row>
+    <row r="134" spans="1:9">
+      <c r="A134" t="s">
+        <v>498</v>
+      </c>
+      <c r="B134" t="s">
+        <v>432</v>
+      </c>
+      <c r="C134" t="s">
+        <v>15</v>
+      </c>
+      <c r="D134">
+        <v>13</v>
+      </c>
+      <c r="E134" t="s">
+        <v>499</v>
+      </c>
+      <c r="F134">
+        <v>2014</v>
+      </c>
+      <c r="G134" t="s">
+        <v>500</v>
+      </c>
+      <c r="H134">
+        <v>1.58</v>
+      </c>
+      <c r="I134">
+        <v>1.44</v>
+      </c>
+    </row>
+    <row r="135" spans="1:9">
+      <c r="A135" t="s">
+        <v>501</v>
+      </c>
+      <c r="B135" t="s">
+        <v>432</v>
+      </c>
+      <c r="C135" t="s">
+        <v>83</v>
+      </c>
+      <c r="D135">
+        <v>62</v>
+      </c>
+      <c r="E135" t="s">
+        <v>502</v>
+      </c>
+      <c r="F135">
+        <v>2014</v>
+      </c>
+      <c r="G135" t="s">
+        <v>503</v>
+      </c>
+      <c r="H135">
+        <v>2.18</v>
+      </c>
+      <c r="I135">
+        <v>1.77</v>
+      </c>
+    </row>
+    <row r="136" spans="1:9">
+      <c r="A136" t="s">
+        <v>504</v>
+      </c>
+      <c r="B136" t="s">
+        <v>432</v>
+      </c>
+      <c r="C136" t="s">
+        <v>505</v>
+      </c>
+      <c r="D136">
+        <v>39</v>
+      </c>
+      <c r="E136" t="s">
+        <v>506</v>
+      </c>
+      <c r="F136">
+        <v>2013</v>
+      </c>
+      <c r="G136" t="s">
+        <v>507</v>
+      </c>
+      <c r="H136">
+        <v>0.58</v>
+      </c>
+      <c r="I136">
+        <v>0.39</v>
+      </c>
+    </row>
+    <row r="137" spans="1:9">
+      <c r="A137" t="s">
+        <v>508</v>
+      </c>
+      <c r="B137" t="s">
+        <v>509</v>
+      </c>
+      <c r="C137" t="s">
+        <v>510</v>
+      </c>
+      <c r="D137">
+        <v>152</v>
+      </c>
+      <c r="E137" t="s">
+        <v>511</v>
+      </c>
+      <c r="F137">
+        <v>2012</v>
+      </c>
+      <c r="G137"/>
+      <c r="H137"/>
+      <c r="I137"/>
+    </row>
+    <row r="138" spans="1:9">
+      <c r="A138" t="s">
+        <v>512</v>
+      </c>
+      <c r="B138" t="s">
+        <v>509</v>
+      </c>
+      <c r="C138" t="s">
+        <v>510</v>
+      </c>
+      <c r="D138">
+        <v>126</v>
+      </c>
+      <c r="E138" t="s">
+        <v>513</v>
+      </c>
+      <c r="F138">
+        <v>2011</v>
+      </c>
+      <c r="G138"/>
+      <c r="H138"/>
+      <c r="I138"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>