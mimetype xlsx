--- v2 (2025-11-29)
+++ v3 (2026-03-24)
@@ -12,79 +12,94 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="514">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="519">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Passive Birdcage Coil for Travelling-wave Excitation for Head Imaging at 7T</t>
+  </si>
+  <si>
+    <t>Kristina Popova (Shin), Yang Gao, Xiatong Zhang, Zicheng Wen, Stanislav Glybovski, Georgiy Solomakha</t>
+  </si>
+  <si>
+    <t>2025 Antennas Design and Measurement International Conference (ADMInC)</t>
+  </si>
+  <si>
+    <t>32-34</t>
+  </si>
+  <si>
+    <t>10.1109/adminc68550.2025.11325491</t>
+  </si>
+  <si>
     <t>Cylindrical Metasurface for Efficient Travelling-wave Excitation for Head Imaging at 7T</t>
   </si>
   <si>
     <t>Kristina Popova (Shin), Georgiy Solomakha, Stanislav Glybovski,  Xiaotong Zhang,  Yang Gao</t>
   </si>
   <si>
     <t>ESMRMB 2025 Online 41st Annual Scientific Meeting</t>
   </si>
   <si>
     <t>10.1007/s10334-025-01278-8</t>
   </si>
   <si>
     <t>A Miniaturized Patch Antenna With Independent Tuning and Decoupling of Two Copolarized Feeds</t>
   </si>
   <si>
     <t>Valeriya Gress, Mikhail Siganov, Dmitry Tatarnikov, Stanislav Glybovski</t>
   </si>
   <si>
     <t>IEEE Antennas and Wireless Propagation Letters</t>
   </si>
   <si>
     <t>3500-3504</t>
   </si>
   <si>
     <t>10.1109/lawp.2025.3594899</t>
@@ -173,71 +188,71 @@
   <si>
     <t>10.58530/2024/0464</t>
   </si>
   <si>
     <t>An array of paired folded-end dipoles for whole-brain imaging at 9.4 T</t>
   </si>
   <si>
     <t>Kristina Popova (Shin), F. Glang, D. Bosch, K. Scheffler, N.I. Avdievich, Stanislav Glybovski, Georgiy Solomakha</t>
   </si>
   <si>
     <t>Journal of Magnetic Resonance</t>
   </si>
   <si>
     <t>10.1016/j.jmr.2024.107791</t>
   </si>
   <si>
     <t>Constraints on co- and cross-polarization reflection and transmission of Babinet-complementary metasurfaces</t>
   </si>
   <si>
     <t>Alexander Zhuravlev, L.M. Pulido-Mancera, Andrey Sayanskiy, Vladimir Lenets, Stanislav Glybovski, Juan Domingo Baena</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2024.101320</t>
   </si>
   <si>
+    <t>Constraints and Loss Effects of Babinet Metasurfaces</t>
+  </si>
+  <si>
+    <t>Alexander Zhuravlev, Stanislav Glybovski, Andrey Sayanskiy, Irina Melchakova, Juan Domingo Baena</t>
+  </si>
+  <si>
+    <t>2024 Eighteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
+  </si>
+  <si>
+    <t>10.1109/Metamaterials62190.2024.10703291</t>
+  </si>
+  <si>
     <t>Tailoring the Radiation Pattern of Infrared Self-Complementary Nanoantennas With Ultrawide Impedance Bandwidth</t>
   </si>
   <si>
-    <t>2024 Eighteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
-[...1 lines deleted...]
-  <si>
     <t>1-3</t>
   </si>
   <si>
     <t>10.1109/metamaterials62190.2024.10703221</t>
   </si>
   <si>
-    <t>Constraints and Loss Effects of Babinet Metasurfaces</t>
-[...7 lines deleted...]
-  <si>
     <t>Microwave analogy of Förster resonance energy transfer and effect of finite antenna length</t>
   </si>
   <si>
     <t>Kseniia Lezhennikova, Kaizad Rustomji, Pierre Jomin, Stanislav Glybovski, C. Martijn de Sterke, Jerome Wenger, Redha Abdeddaim, Stefan Enoch</t>
   </si>
   <si>
     <t>Scientific Reports</t>
   </si>
   <si>
     <t>10.1038/s41598-024-59824-8</t>
   </si>
   <si>
     <t>Metasurface Modeling for Low Reflectance Polarization Conversion Based on a Multilayer Liquid Crystal Panel</t>
   </si>
   <si>
     <t>Vasiliy Surikov, Stanislav Glybovski</t>
   </si>
   <si>
     <t>2023 Antennas Design and Measurement International Conference (ADMInC)</t>
   </si>
   <si>
     <t>3-6</t>
   </si>
   <si>
     <t>10.1109/adminc59462.2023.10335381</t>
@@ -296,86 +311,86 @@
   <si>
     <t>An Antenna Based on Three Coupled Dipoles with Minimized E-field for Ultra-high-field MRI</t>
   </si>
   <si>
     <t>Rustam  Balafendiev, Georgiy Solomakha, Marc Dubois, Redha Abdeddaim, Stefan Enoch, Constantin Simovski, Stanislav Glybovski</t>
   </si>
   <si>
     <t>1-1</t>
   </si>
   <si>
     <t>10.1109/tap.2022.3195515</t>
   </si>
   <si>
     <t>Reply to Comments on “A Semi-Analytical Model of High-Permittivity Dielectric Ring Resonators for Magnetic Resonance Imaging”</t>
   </si>
   <si>
     <t>Marine A. C. Moussu, Redha Abdeddaim, Marc Dubois, Elodie Georget, Andrew G. Webb, Elizaveta Nenasheva, Pavel Belov, Stanislav Glybovski, Luisa Ciobanu, Stefan Enoch</t>
   </si>
   <si>
     <t>3131-3131</t>
   </si>
   <si>
     <t>10.1109/tap.2022.3143879</t>
   </si>
   <si>
+    <t>Polarization degeneracy of TE and TM eigenmodes for dielectric metasurface in the microwave</t>
+  </si>
+  <si>
+    <t>Syuzanna Asadulina, Andrey Bogdanov, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012008</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012008</t>
+  </si>
+  <si>
+    <t>A Mode Decoupling Method for Circular Patch Antennas</t>
+  </si>
+  <si>
+    <t>012140</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012140</t>
+  </si>
+  <si>
     <t>Comparison of angular-selective metasurfaces as tools for sub-THz single-frequency sensing</t>
   </si>
   <si>
     <t>Maksim Tumashov, J P del Risco, Stanislav Glybovski, Andrey Sayanskiy, S A Kuznetsov, Juan Domingo Baena</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012158</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012158</t>
   </si>
   <si>
-    <t>Polarization degeneracy of TE and TM eigenmodes for dielectric metasurface in the microwave</t>
-[...19 lines deleted...]
-  <si>
     <t>Potential Reduction of Peripheral Local SAR for a Birdcage Body Coil at 3 Tesla Using a Magnetic Shield</t>
   </si>
   <si>
     <t>C.C. van Leeuwen, B.R. Steensma, Stanislav Glybovski, M.F.J. Lunenburg</t>
   </si>
   <si>
     <t>Frontiers in Physics</t>
   </si>
   <si>
     <t>10.3389/fphy.2021.716521</t>
   </si>
   <si>
     <t>Near Field Dipole-Dipole Coupling Near Conductive Plate In The Microwave Range: An RF Analogue To Förster Resonance Energy Transfer In Optics</t>
   </si>
   <si>
     <t>Ksenia Lezhennikova, Stanislav Glybovski, Redha Abdeddaim, Kaizad Rustomji, Jerome Wenger, C. Martijn de Sterke, Stefan Enoch</t>
   </si>
   <si>
     <t>2021 International Conference on Electromagnetics in Advanced Applications (ICEAA)</t>
   </si>
   <si>
     <t>10.1109/iceaa52647.2021.9539600</t>
   </si>
   <si>
     <t>Surface Waves on Self-Complementary Metasurfaces: All-Frequency Hyperbolicity, Extreme Canalization, and TE-TM Polarization Degeneracy</t>
@@ -440,113 +455,113 @@
   <si>
     <t>10.1038/s41467-020-20708-w</t>
   </si>
   <si>
     <t>Extending a birdcage coil for magnetic resonance imaging of a human head with an artificial magnetic shield</t>
   </si>
   <si>
     <t>Ksenia Lezhennikova, Rustam  Balafendiev, Stanislav Glybovski</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2020.100890</t>
   </si>
   <si>
     <t>Manipulation with Terahertz Wave Fronts Using Self-Complementary Metasurfaces</t>
   </si>
   <si>
     <t>Vladimir Lenets, S.A. Kuznetsov, Andrey Sayanskiy, Pavel Lazorskiy, Juan Domingo Baena, Stanislav Glybovski</t>
   </si>
   <si>
     <t>2020 Fourteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>10.1109/metamaterials49557.2020.9285140</t>
   </si>
   <si>
+    <t>An extended birdcage coil for 7T MRI with a high-impedance shield</t>
+  </si>
+  <si>
+    <t>Ksenia Lezhennikova, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020081</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032571</t>
+  </si>
+  <si>
+    <t>Artificial dielectric for 7T MRI</t>
+  </si>
+  <si>
+    <t>Alena Shchelokova, I. Zivkovic, Alexey Slobozhanyuk, J. P. del Risco, A. Webb, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>020132</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032015</t>
+  </si>
+  <si>
     <t>Floquet analysis of non-uniform self-complementary metasurface</t>
   </si>
   <si>
     <t>Andrey Sayanskiy, Vladimir Lenets, Sergei Kuznetsov, Stanislav Glybovski, Juan Domingo Baena</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020108</t>
   </si>
   <si>
     <t>10.1063/5.0031915</t>
   </si>
   <si>
     <t>A method for E-field reduction using a surface coil based on three coupled dipoles</t>
   </si>
   <si>
     <t>Rustam  Balafendiev, Georgiy Solomakha, Marc Dubois, Stanislav Glybovski</t>
   </si>
   <si>
     <t>020006</t>
   </si>
   <si>
     <t>10.1063/5.0031759</t>
   </si>
   <si>
     <t>A method for current phase manipulation in RF-Cols for UHF MRI using individually driven slots</t>
   </si>
   <si>
     <t>Georgiy Solomakha, Rustam  Balafendiev, Stanislav Glybovski</t>
   </si>
   <si>
     <t>020121</t>
   </si>
   <si>
     <t>10.1063/5.0031919</t>
   </si>
   <si>
-    <t>An extended birdcage coil for 7T MRI with a high-impedance shield</t>
-[...22 lines deleted...]
-  <si>
     <t>A Focusing Circular-Polarization THz Beam Splitter Based on a Self-Complementary Metasurface</t>
   </si>
   <si>
     <t>Vladimir Lenets, Sergei A. Kuznetsov, Andrey Sayanskiy, Pavel Lazorskiy, Juan Domingo Baena, Stanislav Glybovski</t>
   </si>
   <si>
     <t>IEEE Transactions on Terahertz Science and Technology</t>
   </si>
   <si>
     <t>165-174</t>
   </si>
   <si>
     <t>10.1109/tthz.2020.3036191</t>
   </si>
   <si>
     <t>An artificial dielectric slab for ultra high-field MRI: Proof of concept</t>
   </si>
   <si>
     <t>Alena Shchelokova, Alexey Slobozhanyuk, Juan D. Baena, Juan P. del Risco, Stanislav Glybovski</t>
   </si>
   <si>
     <t>10.1016/j.jmr.2020.106835</t>
   </si>
   <si>
     <t>Imaging of two samples with a single transmit/receive channel using coupled ceramic resonators for MR microscopy at 17.2 T</t>
@@ -584,239 +599,239 @@
   <si>
     <t>10.1109/tap.2020.3016495</t>
   </si>
   <si>
     <t>THz power divider based on self-complementary metasurface</t>
   </si>
   <si>
     <t>2020 14th European Conference on Antennas and Propagation (EuCAP)</t>
   </si>
   <si>
     <t>10.23919/eucap48036.2020.9135500</t>
   </si>
   <si>
     <t>Constructive Near-Field Interference Effect in a Birdcage MRI Coil with an Artificial Magnetic Shield</t>
   </si>
   <si>
     <t>Ksenia Lezhennikova, Anna Hurshkainen, A. Vignaud, M. Dubois, P. Jomin, Irina Melchakova, Pavel Belov, Stanislav Glybovski</t>
   </si>
   <si>
     <t>064004</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.13.064004</t>
   </si>
   <si>
+    <t>Volume metasolenoid-based coil for 23Na MRI at 7 Tesla</t>
+  </si>
+  <si>
+    <t>Georgiy Solomakha, Anna Hurshkainen, Stanislav Glybovski, Anna Andreychenko</t>
+  </si>
+  <si>
+    <t>012056</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012056</t>
+  </si>
+  <si>
+    <t>Polarization hybridization of surface waves on anisotropic metasurface</t>
+  </si>
+  <si>
+    <t>Anna Hurshkainen, Polina Kapitanova, Ivan Iorsh, Stanislav Glybovski, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>012196</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012196</t>
+  </si>
+  <si>
+    <t>RF-resonator for clinical MR imaging in urology and andrology</t>
+  </si>
+  <si>
+    <t>Evgeniy Koreshin, Mikhail Zubkov, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>012069</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012069</t>
+  </si>
+  <si>
+    <t>A practical realization of an artificial magnetic shield for preclinical birdcage RF coils</t>
+  </si>
+  <si>
+    <t>Ksenia Lezhennikova, Anna Hurshkainen, Irina Melchakova, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>012085</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012085</t>
+  </si>
+  <si>
     <t>A new RF-coil for UHF MRI based on a slotted microstrip line</t>
   </si>
   <si>
     <t>Georgiy Solomakha, J. T. Svejda, A. Rennings, D. Erni, Stanislav Glybovski</t>
   </si>
   <si>
     <t>012168</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012168</t>
   </si>
   <si>
-    <t>Volume metasolenoid-based coil for 23Na MRI at 7 Tesla</t>
-[...46 lines deleted...]
-  <si>
     <t>A Semi-Analytical Model Of High Permittivity Dielectric Ring Resonators for Magnetic Resonance Imaging</t>
   </si>
   <si>
     <t>Marine A.C. Moussu, Marc Dubois, Andrew G. Webb, Pavel Belov, Stanislav Glybovski</t>
   </si>
   <si>
     <t>6317-6329</t>
   </si>
   <si>
     <t>10.1109/tap.2020.2980771</t>
   </si>
   <si>
     <t>RF Coils for Preclinical Multinuclear Imaging Based on Coupled-wire Structures Working in Resonant and Non-resonant Regime</t>
   </si>
   <si>
     <t>Tania S. Vergara Gomez, Marc Dubois, Stanislav Glybovski, Julien de Rosny, Carsten Rockstuhl, Monique Bernard, Frank Kober</t>
   </si>
   <si>
     <t>2019 PhotonIcs &amp; Electromagnetics Research Symposium - Spring (PIERS-Spring)</t>
   </si>
   <si>
     <t>10.1109/piers-spring46901.2019.9017435</t>
   </si>
   <si>
     <t>Metasurface for Near-Field Wireless Power Transfer With Reduced Electric Field Leakage</t>
   </si>
   <si>
     <t>Aleksandr Markvart, Mingzhao Song, Stanislav Glybovski, Pavel Belov, Polina Kapitanova</t>
   </si>
   <si>
     <t>IEEE Access</t>
   </si>
   <si>
     <t>40224-40231</t>
   </si>
   <si>
     <t>10.1109/access.2020.2976755</t>
   </si>
   <si>
+    <t>Radio Frequency Coil for Dual-Nuclei MR Muscle Energetics Investigation Based on Two Capacitively Coupled Periodic Wire Arrays</t>
+  </si>
+  <si>
+    <t>Anna Hurshkainen, Marc Dubois, Christophe Vilmen, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>721-725</t>
+  </si>
+  <si>
+    <t>10.1109/lawp.2019.2960610</t>
+  </si>
+  <si>
     <t>A parametric study of radiative dipole body array coil for 7 Tesla MRI</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Stanislav Glybovski, Ingmar J. Voogt, Irina Melchakova, Pavel Belov, Cornelis A.T. van den Berg, Alexander J.E. Raaijmakers</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2019.100764</t>
   </si>
   <si>
-    <t>Radio Frequency Coil for Dual-Nuclei MR Muscle Energetics Investigation Based on Two Capacitively Coupled Periodic Wire Arrays</t>
-[...10 lines deleted...]
-  <si>
     <t>Efficient Probes for Ultra-high-field Magnetic Resonance Microscopy Based on Coupled Ceramic Resonators</t>
   </si>
   <si>
     <t>Sergei Kurdjumov, L. Ciobanu, B. Djemai, Pavel Belov, Stanislav Glybovski, E. Nenasheva, A. Webb, M. Moussu, M. Dubois</t>
   </si>
   <si>
     <t>2019 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
   </si>
   <si>
     <t>10.1109/comcas44984.2019.8958418</t>
   </si>
   <si>
+    <t>Reflectionless perfect absorber with low angular and polarization sensitivity</t>
+  </si>
+  <si>
+    <t>J. P. del Risco, Andrey Sayanskiy, J. D. Ortiz, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>2019 Thirteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials.2019.8900945</t>
+  </si>
+  <si>
+    <t>Quasi-isotropic Huygens resonant scatterer in microwaves</t>
+  </si>
+  <si>
+    <t>A. C. Escobar, Andrey Sayanskiy, J. L. Araque-Quijano, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials.2019.8900867</t>
+  </si>
+  <si>
+    <t>Investigation of surface waves on anisotropic self-complementary metasurfaces</t>
+  </si>
+  <si>
+    <t>Vladimir Lenets, Andrey Sayanskiy, Stanislav Glybovski, E. Martini, J. Baena, S. Maci</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials.2019.8900944</t>
+  </si>
+  <si>
+    <t>Self-complementary metasurfaces as efficient tools for polarization sensitive control of THz beams</t>
+  </si>
+  <si>
+    <t>Andrey Sayanskiy, Vladimir Lenets, S. Kuznetsov, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials.2019.8900847</t>
+  </si>
+  <si>
     <t>Metasurface for Extension of Wireless Power Transfer Distance</t>
   </si>
   <si>
     <t>Mingzhao Song, Pavel Belov, Stanislav Glybovski, Polina Kapitanova</t>
   </si>
   <si>
-    <t>2019 Thirteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/metamaterials.2019.8900879</t>
   </si>
   <si>
     <t>Left-handed metamaterials matched to free space through mechanical tuning</t>
   </si>
   <si>
     <t>A. C. Escobar, Andrey Sayanskiy, Stanislav Glybovski</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2019.8900935</t>
   </si>
   <si>
-    <t>Reflectionless perfect absorber with low angular and polarization sensitivity</t>
-[...34 lines deleted...]
-  <si>
     <t>Frequency controllable polarization rotation of THz waves with a self-complementary metasurface</t>
   </si>
   <si>
     <t>Andrey Sayanskiy, Sergei A. Kuznetsov, Daria S. Tanygina, Juan P. del Risco, Stanislav Glybovski, Juan D. Baena</t>
   </si>
   <si>
     <t>10.1109/tap.2019.2948738</t>
   </si>
   <si>
     <t>Tunable all-dielectric RF-coils for magnetic resonance microscopy</t>
   </si>
   <si>
     <t>Sergei Kurdjumov, Stanislav Glybovski, M. A.C. Moussu, L. Ciobanu, E. Nenasheva, B. Djemai, M. Dubois, A. Webb, Pavel Belov</t>
   </si>
   <si>
     <t>2019 International Conference on Electromagnetics in Advanced Applications (ICEAA)</t>
   </si>
   <si>
     <t>10.1109/iceaa.2019.8878984</t>
   </si>
   <si>
     <t>An artificial magnetic shield for a volume coil for 7T MRI</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Ksenia Lezhennikova, Stanislav Glybovski</t>
@@ -881,293 +896,293 @@
   <si>
     <t>10.1002/nbm.4079</t>
   </si>
   <si>
     <t>A Quantitative Study of a New RF-coil for 7 Tesla Small-Animal Imaging</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Irina Melchakova, Pavel Belov, Stanislav Glybovski</t>
   </si>
   <si>
     <t>2018 IEEE International Symposium on Antennas and Propagation &amp; USNC/URSI National Radio Science Meeting</t>
   </si>
   <si>
     <t>10.1109/apusncursinrsm.2018.8609429</t>
   </si>
   <si>
     <t>A Radiofrequency Coil Based on Hybridized Modes Two Resonant Dipoles</t>
   </si>
   <si>
     <t>Georgiy Solomakha, Stanislav Glybovski, Irina Melchakova</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012142</t>
   </si>
   <si>
+    <t>The physics of self-complementary metasurfaces</t>
+  </si>
+  <si>
+    <t>Andrey Sayanskiy, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>2018 International Conference on Electromagnetics in Advanced Applications (ICEAA)</t>
+  </si>
+  <si>
+    <t>515–517</t>
+  </si>
+  <si>
+    <t>10.1109/ICEAA.2018.8520493</t>
+  </si>
+  <si>
+    <t>Self-complementary tessellations as universal design approach for lp-to-cp transforming frequency selective surfaces</t>
+  </si>
+  <si>
+    <t>Stanislav Glybovski, Andrey Sayanskiy, Alexey Slobozhanyuk, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2018 12th Int. Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
+  </si>
+  <si>
+    <t>155–157</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2018.8534085</t>
+  </si>
+  <si>
+    <t>Broadband-Reflectionless Perfect Absorber Made of Planar Resonators</t>
+  </si>
+  <si>
+    <t>34–36</t>
+  </si>
+  <si>
+    <t>https://ieee</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2018.8534141</t>
+  </si>
+  <si>
+    <t>Huygens’ metasurfaces covering from waveplates to perfect absorbers</t>
+  </si>
+  <si>
+    <t>511–514</t>
+  </si>
+  <si>
+    <t>10.1109/ICEAA.2018.8520494</t>
+  </si>
+  <si>
+    <t>Validity of homogenization for artificial plasmas: Straight strips versus zigzag strips</t>
+  </si>
+  <si>
+    <t>Andrey Sayanskiy, Dmitry Zhirihin, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>31–33</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2018.8534144</t>
+  </si>
+  <si>
     <t>A linear-to-circular polarization converter with broadband transparency based on Huygens’ metasurface</t>
   </si>
   <si>
-    <t>Andrey Sayanskiy, Stanislav Glybovski</t>
-[...4 lines deleted...]
-  <si>
     <t>343–345</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2018.8534062</t>
   </si>
   <si>
     <t>The physics of self-complementary metasurfaces under circularly polarized waves</t>
   </si>
   <si>
     <t>37–39</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2018.8534054</t>
   </si>
   <si>
-    <t>The physics of self-complementary metasurfaces</t>
-[...53 lines deleted...]
-    <t>10.1109/MetaMaterials.2018.8534144</t>
+    <t>Tunability methods for magnetic resonance imaging applications of metasurfaces</t>
+  </si>
+  <si>
+    <t>Alena Shchelokova, Ekaterina Brui, Stanislav Glybovski, Alexey Slobozhanyuk, Irina Melchakova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials.2018.8534104</t>
   </si>
   <si>
     <t>Decoupling of Two Closely Located Dipoles Using Metasurfaces of Resonant Dipoles and Split-Loop Resonators</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Sergei Kurdjumov, Stanislav Glybovski</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2018.8534082</t>
   </si>
   <si>
-    <t>Tunability methods for magnetic resonance imaging applications of metasurfaces</t>
-[...7 lines deleted...]
-  <si>
     <t>Experimental observation of hybrid TE-TM polarized surface waves supported by hyperbolic metasurface</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.195404</t>
   </si>
   <si>
     <t>Decoupling of Two Closely Located Dipole Antennas by a Split-Loop Resonator</t>
   </si>
   <si>
     <t>Radio Science</t>
   </si>
   <si>
     <t>1398-1405</t>
   </si>
   <si>
     <t>10.1029/2018RS006679</t>
   </si>
   <si>
     <t>Mode hopping in arrays of resonant thin wires over a dielectric interface</t>
   </si>
   <si>
     <t>Victor Zalipaev, Alena Shchelokova, Irina Melchakova, Stanislav Glybovski, Alexey Slobozhanyuk, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.174302</t>
   </si>
   <si>
+    <t>Passive Decoupling Techniques in Ultra-High Field MRI</t>
+  </si>
+  <si>
+    <t>Anna Hurshkainen, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>012049</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012049</t>
+  </si>
+  <si>
+    <t>Decoupling of Dipole Antennas by a Split Loop</t>
+  </si>
+  <si>
+    <t>Stanislav Glybovski, Anna Hurshkainen</t>
+  </si>
+  <si>
+    <t>012137</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012137</t>
+  </si>
+  <si>
     <t>Small animal large field of view magnetic resonance imaging with metamaterial-inspired resonator</t>
   </si>
   <si>
     <t>Mikhail Zubkov, Anna Hurshkainen, Ekaterina Brui, Stanislav Glybovski, Irina Melchakova</t>
   </si>
   <si>
     <t>012180</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012180</t>
   </si>
   <si>
-    <t>Passive Decoupling Techniques in Ultra-High Field MRI</t>
-[...22 lines deleted...]
-  <si>
     <t>Passive Electromagnetic Decoupling in an Active Metasurface of Dipoles</t>
   </si>
   <si>
     <t>53-61</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2018.10.001</t>
   </si>
   <si>
     <t>The dual‐mode dipole: A new array element for 7T body imaging with reduced SAR</t>
   </si>
   <si>
     <t>Georgiy Solomakha, Carel van Leeuwen, Alexander Raaijmakers, Alexander Popugaev, Irina Melchakova, Stanislav Glybovski</t>
   </si>
   <si>
     <t>1459-1469</t>
   </si>
   <si>
     <t>10.1002/mrm.27485</t>
   </si>
   <si>
     <t>Broadband Huygens' Metasurface Based on Hybrid Resonances</t>
   </si>
   <si>
     <t>034026</t>
   </si>
   <si>
     <t>10.1103/PhysRevApplied.10.034026</t>
   </si>
   <si>
     <t>Small animal whole-body imaging with metamaterial-inspired RF coil</t>
   </si>
   <si>
     <t>31(8)</t>
   </si>
   <si>
     <t>e3952</t>
   </si>
   <si>
     <t>10.1002/nbm.3952</t>
   </si>
   <si>
+    <t>Hybridized eigenmodes of periodic wire arrays and their application in radiofrequency coils for preclinical MRI</t>
+  </si>
+  <si>
+    <t>Anna Hurshkainen, Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
+  </si>
+  <si>
+    <t>10.1109/PIERS.2017.8262394</t>
+  </si>
+  <si>
+    <t>Electromagnetic guided waves on infinite and finite periodic linear arrays of thin metallic wires</t>
+  </si>
+  <si>
+    <t>Victor Zalipaev, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>10.1109/PIERS.2017.8262409</t>
+  </si>
+  <si>
+    <t>Metasurface-based wireless coils for magnetic resonance imaging</t>
+  </si>
+  <si>
+    <t>Alena Shchelokova, Alexey Slobozhanyuk, Stanislav Glybovski, Mikhail Zubkov, Ekaterina Brui, Irina Melchakova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2017 IEEE Int. Conf. on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
+  </si>
+  <si>
+    <t>10.1109/COMCAS.2017.8244854</t>
+  </si>
+  <si>
     <t>Resonance scattering of a plane electromagnetic wave by electric dipole located inside resonator formed by two parallel disks</t>
   </si>
   <si>
-    <t>Victor Zalipaev, Stanislav Glybovski</t>
-[...4 lines deleted...]
-  <si>
     <t>10.1109/PIERS.2017.8261977</t>
   </si>
   <si>
-    <t>Hybridized eigenmodes of periodic wire arrays and their application in radiofrequency coils for preclinical MRI</t>
-[...25 lines deleted...]
-  <si>
     <t>Volumetric Wireless Coil Based on Periodically Coupled Split-Loop Resonators for Clinical Wrist Imaging</t>
   </si>
   <si>
     <t>Alena Shchelokova, Stanislav Glybovski, Mikhail Zubkov, Ekaterina Brui, Alexandr Kozachenko, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>1726-1737</t>
   </si>
   <si>
     <t>10.1002/mrm.27140</t>
   </si>
   <si>
     <t>Adjustable subwavelength metasurface-inspired resonator for magnetic resonance imaging</t>
   </si>
   <si>
     <t>Ekaterina Brui, Alena Shchelokova, Mikhail Zubkov, Irina Melchakova, Stanislav Glybovski, Alexey Slobozhanyuk</t>
   </si>
   <si>
     <t>Physica Status Solidi (A) Applications and Materials</t>
   </si>
   <si>
     <t>10.1002/pssa.201700788</t>
   </si>
   <si>
     <t>A Novel Metamaterial-Inspired RF-coil for Preclinical Dual-Nuclei MRI</t>
@@ -1211,182 +1226,182 @@
   <si>
     <t>Alena Shchelokova, Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>82-84</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2017.8107846</t>
   </si>
   <si>
     <t>A metamaterial-inspired MR antenna independently tunable at two frequencies</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2017.8107858</t>
   </si>
   <si>
     <t>High Frequency Asymptotic Description of Resonant Antenna Formed by Two Metallic Parallel Disks</t>
   </si>
   <si>
     <t>507-513</t>
   </si>
   <si>
     <t>doi:10.1109/TAP.2016.2635621</t>
   </si>
   <si>
+    <t>Tunable hybrid metasurfaces for MRI applications</t>
+  </si>
+  <si>
+    <t>doi: 10.1063/1.4998062</t>
+  </si>
+  <si>
     <t>Tunable hybrid metasurfaces for image quality enhancement</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Yuri Kivshar, Alena Shchelokova, Irina Melchakova, Stanislav Glybovski, Pavel Belov</t>
   </si>
   <si>
     <t>2017 IEEE Int. Symposium on Antennas and Propagation &amp; USNC/URSI National Radio Science Meeting</t>
   </si>
   <si>
     <t>doi: 10.1109/APUSNCURSINRSM.2017.8072791</t>
   </si>
   <si>
-    <t>Tunable hybrid metasurfaces for MRI applications</t>
-[...2 lines deleted...]
-    <t>doi: 10.1063/1.4998062</t>
+    <t>A mechanically tunable and efficient ceramic probe for MR-microscopy at 17 Tesla</t>
+  </si>
+  <si>
+    <t>Sergei Kurdjumov, Stanislav Glybovski, Anna Hurshkainen, Irina Melchakova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998040</t>
   </si>
   <si>
     <t>Decoupling capabilities of split-loop resonator structure for 7 Tesla MRI surface array coils</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Sergei Kurdjumov, Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998028</t>
   </si>
   <si>
-    <t>A mechanically tunable and efficient ceramic probe for MR-microscopy at 17 Tesla</t>
-[...7 lines deleted...]
-  <si>
     <t>Mushroom High-Impedance Metasurfaces for Perfect Absorption at Two Angles of Incidence</t>
   </si>
   <si>
     <t>2626 - 2629</t>
   </si>
   <si>
     <t>10.1109/LAWP.2017.2736506</t>
   </si>
   <si>
     <t>Broadband and Thin Linear-to-Circular Polarizers Based on Self-Complementary Zigzag Metasurfaces</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Alexey Slobozhanyuk, Pavel Belov</t>
   </si>
   <si>
     <t>4124-4133</t>
   </si>
   <si>
     <t>10.1109/TAP.2017.2717964</t>
   </si>
   <si>
     <t>Broadband 3D Luneburg Lenses Based on Metamaterials of Radially Diverging Dielectric Rods</t>
   </si>
   <si>
     <t>Andrey Sayanskiy, Stanislav Glybovski, Dmitry Filonov, Pavel Belov</t>
   </si>
   <si>
     <t>1520-1523</t>
   </si>
   <si>
     <t>10.1109/LAWP.2016.2647383</t>
   </si>
   <si>
     <t>EBG metasurfaces for MRI application</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Tatiana Derzhavskaya, Stanislav Glybovski, Irina Melchakova</t>
   </si>
   <si>
     <t>2016 IEEE Radio and Antenna Days of the Indian Ocean (RADIO)</t>
   </si>
   <si>
     <t>10.1109/radio.2016.7772010</t>
   </si>
   <si>
+    <t>Experimental characterization of microwave self-complimentary metasurfaces for linear-to-circular polarization transform</t>
+  </si>
+  <si>
+    <t>2016 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>36-40</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756809</t>
+  </si>
+  <si>
+    <t>A dual-frequency MRI coil for small animal imaging at 7 Tesla based on metamaterial-inspired wire structures</t>
+  </si>
+  <si>
+    <t>Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2016 10th International Congress on Adv. Electromagnetic Mat. in Microwaves and Optics (METAMAT.)</t>
+  </si>
+  <si>
+    <t>241-243</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2016.7746502</t>
+  </si>
+  <si>
     <t>Decoupling of antennas with wire metasurface structures: MRI applications</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Stanislav Glybovski, Irina Melchakova</t>
   </si>
   <si>
-    <t>2016 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>193-197</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756840</t>
   </si>
   <si>
     <t>Low plasma frequency zigzag metamaterials</t>
   </si>
   <si>
     <t>Stanislav Glybovski</t>
   </si>
   <si>
-    <t>2016 10th International Congress on Adv. Electromagnetic Mat. in Microwaves and Optics (METAMAT.)</t>
-[...1 lines deleted...]
-  <si>
     <t>37-39</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2016.7746409</t>
   </si>
   <si>
-    <t>Experimental characterization of microwave self-complimentary metasurfaces for linear-to-circular polarization transform</t>
-[...19 lines deleted...]
-  <si>
     <t>Safety aspects of the metamaterial resonator for application in magnetic resonance imaging</t>
   </si>
   <si>
     <t>Alena Shchelokova, Alexey Slobozhanyuk, Stanislav Glybovski, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>2016 IEEE International Symposium on Antennas and Propagation (APSURSI)</t>
   </si>
   <si>
     <t>1397-1398</t>
   </si>
   <si>
     <t>10.1109/APS.2016.7696405</t>
   </si>
   <si>
     <t>Enhancement of Radiation With Irregular Wire Media</t>
   </si>
   <si>
     <t>5469 - 5474</t>
   </si>
   <si>
     <t>10.1109/TAP.2016.2606569</t>
   </si>
   <si>
     <t>Giant spatial-dispersion-induced birefringence in metamaterials</t>
@@ -1415,66 +1430,66 @@
   <si>
     <t>10.1063/1.4952740</t>
   </si>
   <si>
     <t>Metasurfaces: From microwaves to visible</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Physics Reports</t>
   </si>
   <si>
     <t>10.1016/j.physrep.2016.04.004</t>
   </si>
   <si>
     <t>Self-Complementary Metasurfaces for Linear-to-Circular Polarization Conversion</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Stanislav Glybovski, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.92.245413</t>
   </si>
   <si>
+    <t>Electromagnetic wave propagation along a thin wire over an arbitrary isotropic interface</t>
+  </si>
+  <si>
+    <t>2015 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354843</t>
+  </si>
+  <si>
     <t>Electromagnetic bandgap metasurfaces for decoupling of elements of MRI body coil array at 7 Tesla</t>
   </si>
   <si>
     <t>Tatiana Derzhavskaya, Stanislav Glybovski, Irina Melchakova</t>
   </si>
   <si>
-    <t>2015 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/DD.2015.7354836</t>
-  </si>
-[...4 lines deleted...]
-    <t>10.1109/DD.2015.7354843</t>
   </si>
   <si>
     <t>Decoupling capabilities of mushroom-type high-impedance metasurfaces in 7T MRI applications</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Anna Hurshkainen, Irina Melchakova</t>
   </si>
   <si>
     <t>2015 SBMO/IEEE MTT-S International Microwave and Optoelectronics Conference (IMOC)</t>
   </si>
   <si>
     <t>10.1109/IMOC.2015.7369220</t>
   </si>
   <si>
     <t>SNR enhancement by resonant metasurfaces: experimental verification in 1.5 T clinical MRI</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Alena Shchelokova, Alexander Sokolov, Irina Melchakova, Alexey Slobozhanyuk, Alexandr Kozachenko, Pavel Belov</t>
   </si>
   <si>
     <t>Magnetic Resonance Mat. in Physics, Biology and Medicine. Book of Abstracts ESMRMB 2015 32nd Ed</t>
   </si>
   <si>
     <t>220-221</t>
   </si>
@@ -1901,51 +1916,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I138"/>
+  <dimension ref="A1:I139"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="167.388" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="209.949" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="126.112" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -1960,3543 +1975,3566 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2"/>
-      <c r="E2"/>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
       <c r="F2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H2"/>
       <c r="I2"/>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-      <c r="E3" t="s">
         <v>16</v>
       </c>
+      <c r="D3"/>
+      <c r="E3"/>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
-      <c r="H3">
-[...4 lines deleted...]
-      </c>
+      <c r="H3"/>
+      <c r="I3"/>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="E4"/>
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>21</v>
+      </c>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H4">
-        <v>4.99</v>
+        <v>3.83</v>
       </c>
       <c r="I4">
-        <v>1.88</v>
+        <v>1.33</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D5">
         <v>23</v>
       </c>
-      <c r="C5" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E5"/>
       <c r="F5">
         <v>2025</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
-        <v>2.95</v>
+        <v>4.99</v>
       </c>
       <c r="I5">
-        <v>0.44</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="D6">
         <v>182</v>
       </c>
       <c r="E6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F6">
         <v>2025</v>
       </c>
       <c r="G6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H6">
         <v>2.95</v>
       </c>
       <c r="I6">
         <v>0.44</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C7" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D7">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>101363</v>
+        <v>182</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
       </c>
       <c r="F7">
         <v>2025</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H7">
-        <v>3.01</v>
+        <v>2.95</v>
       </c>
       <c r="I7">
-        <v>0.55</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D8">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="E8"/>
+        <v>63</v>
+      </c>
+      <c r="E8">
+        <v>101363</v>
+      </c>
       <c r="F8">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H8">
-        <v>3.14</v>
+        <v>3.01</v>
       </c>
       <c r="I8">
-        <v>1.39</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C9" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="D9">
-        <v>63</v>
-[...3 lines deleted...]
-      </c>
+        <v>110</v>
+      </c>
+      <c r="E9"/>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="H9">
-        <v>3.01</v>
+        <v>3.14</v>
       </c>
       <c r="I9">
-        <v>0.55</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B10" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C10" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-      <c r="E10"/>
+        <v>38</v>
+      </c>
+      <c r="D10">
+        <v>63</v>
+      </c>
+      <c r="E10">
+        <v>101344</v>
+      </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-      <c r="I10"/>
+        <v>46</v>
+      </c>
+      <c r="H10">
+        <v>3.01</v>
+      </c>
+      <c r="I10">
+        <v>0.55</v>
+      </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C11" t="s">
-        <v>48</v>
-[...6 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="D11"/>
+      <c r="E11"/>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
-        <v>49</v>
-[...6 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="D12">
-        <v>62</v>
+        <v>368</v>
       </c>
       <c r="E12">
-        <v>101320</v>
+        <v>107791</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="H12">
-        <v>3.01</v>
+        <v>2.23</v>
       </c>
       <c r="I12">
-        <v>0.55</v>
+        <v>0.78</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="C13" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-        <v>55</v>
+        <v>38</v>
+      </c>
+      <c r="D13">
+        <v>62</v>
+      </c>
+      <c r="E13">
+        <v>101320</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="I13"/>
+        <v>57</v>
+      </c>
+      <c r="H13">
+        <v>3.01</v>
+      </c>
+      <c r="I13">
+        <v>0.55</v>
+      </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B14" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C14" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="H14"/>
       <c r="I14"/>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>62</v>
+      </c>
+      <c r="B15" t="s">
+        <v>41</v>
+      </c>
+      <c r="C15" t="s">
         <v>60</v>
       </c>
-      <c r="B15" t="s">
-[...8 lines deleted...]
-      <c r="E15"/>
+      <c r="D15"/>
+      <c r="E15" t="s">
+        <v>63</v>
+      </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
-        <v>63</v>
-[...6 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B16" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C16" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-      <c r="E16" t="s">
         <v>67</v>
       </c>
+      <c r="D16">
+        <v>14</v>
+      </c>
+      <c r="E16"/>
       <c r="F16">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G16" t="s">
         <v>68</v>
       </c>
-      <c r="H16"/>
-      <c r="I16"/>
+      <c r="H16">
+        <v>4.38</v>
+      </c>
+      <c r="I16">
+        <v>1.24</v>
+      </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>69</v>
       </c>
       <c r="B17" t="s">
         <v>70</v>
       </c>
       <c r="C17" t="s">
         <v>71</v>
       </c>
       <c r="D17"/>
-      <c r="E17"/>
+      <c r="E17" t="s">
+        <v>72</v>
+      </c>
       <c r="F17">
         <v>2023</v>
       </c>
       <c r="G17" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H17"/>
       <c r="I17"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B18" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C18" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18">
         <v>2023</v>
       </c>
       <c r="G18" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H18"/>
       <c r="I18"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B19" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C19" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="D19"/>
       <c r="E19"/>
       <c r="F19">
         <v>2023</v>
       </c>
       <c r="G19" t="s">
-        <v>80</v>
-[...6 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19"/>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B20" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C20" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D20">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="E20"/>
       <c r="F20">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G20" t="s">
         <v>85</v>
       </c>
       <c r="H20">
-        <v>4.39</v>
+        <v>6.37</v>
       </c>
       <c r="I20">
-        <v>1.65</v>
+        <v>2.38</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>86</v>
       </c>
       <c r="B21" t="s">
         <v>87</v>
       </c>
       <c r="C21" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="D21"/>
+        <v>88</v>
+      </c>
+      <c r="D21">
+        <v>71</v>
+      </c>
       <c r="E21" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F21">
         <v>2022</v>
       </c>
       <c r="G21" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H21">
-        <v>4.82</v>
+        <v>4.39</v>
       </c>
       <c r="I21">
-        <v>2.13</v>
+        <v>1.65</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B22" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C22" t="s">
-        <v>83</v>
-[...3 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="D22"/>
       <c r="E22" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F22">
         <v>2022</v>
       </c>
       <c r="G22" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="H22">
         <v>4.82</v>
       </c>
       <c r="I22">
         <v>2.13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B23" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C23" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="D23">
-        <v>2015</v>
+        <v>70</v>
       </c>
       <c r="E23" t="s">
         <v>97</v>
       </c>
       <c r="F23">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G23" t="s">
         <v>98</v>
       </c>
-      <c r="H23"/>
+      <c r="H23">
+        <v>4.82</v>
+      </c>
       <c r="I23">
-        <v>0.21</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>99</v>
       </c>
       <c r="B24" t="s">
         <v>100</v>
       </c>
       <c r="C24" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="D24">
         <v>2015</v>
       </c>
       <c r="E24" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F24">
         <v>2021</v>
       </c>
       <c r="G24" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="H24"/>
       <c r="I24">
         <v>0.21</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B25" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="C25" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="D25">
         <v>2015</v>
       </c>
       <c r="E25" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F25">
         <v>2021</v>
       </c>
       <c r="G25" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="H25"/>
       <c r="I25">
         <v>0.21</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B26" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C26" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="D26">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="E26"/>
+        <v>2015</v>
+      </c>
+      <c r="E26" t="s">
+        <v>109</v>
+      </c>
       <c r="F26">
         <v>2021</v>
       </c>
       <c r="G26" t="s">
-        <v>109</v>
-[...3 lines deleted...]
-      </c>
+        <v>110</v>
+      </c>
+      <c r="H26"/>
       <c r="I26">
-        <v>0.67</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B27" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C27" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="D27"/>
+        <v>113</v>
+      </c>
+      <c r="D27">
+        <v>9</v>
+      </c>
       <c r="E27"/>
       <c r="F27">
         <v>2021</v>
       </c>
       <c r="G27" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-      <c r="I27"/>
+        <v>114</v>
+      </c>
+      <c r="H27">
+        <v>3.72</v>
+      </c>
+      <c r="I27">
+        <v>0.67</v>
+      </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B28" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C28" t="s">
-        <v>116</v>
-[...3 lines deleted...]
-      </c>
+        <v>117</v>
+      </c>
+      <c r="D28"/>
       <c r="E28"/>
       <c r="F28">
         <v>2021</v>
       </c>
       <c r="G28" t="s">
-        <v>117</v>
-[...6 lines deleted...]
-      </c>
+        <v>118</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B29" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C29" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D29">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="E29"/>
       <c r="F29">
         <v>2021</v>
       </c>
       <c r="G29" t="s">
         <v>122</v>
       </c>
       <c r="H29">
-        <v>3.74</v>
+        <v>14.42</v>
       </c>
       <c r="I29">
-        <v>1.5</v>
+        <v>6.74</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>123</v>
       </c>
       <c r="B30" t="s">
         <v>124</v>
       </c>
       <c r="C30" t="s">
         <v>125</v>
       </c>
       <c r="D30">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>131601</v>
+        <v>87</v>
+      </c>
+      <c r="E30" t="s">
+        <v>126</v>
       </c>
       <c r="F30">
         <v>2021</v>
       </c>
       <c r="G30" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="H30">
-        <v>3.97</v>
+        <v>3.74</v>
       </c>
       <c r="I30">
-        <v>1.03</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B31" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C31" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D31">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="E31"/>
+        <v>118</v>
+      </c>
+      <c r="E31">
+        <v>131601</v>
+      </c>
       <c r="F31">
         <v>2021</v>
       </c>
       <c r="G31" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="H31">
-        <v>3.91</v>
+        <v>3.97</v>
       </c>
       <c r="I31">
-        <v>1.54</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B32" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C32" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D32">
-        <v>12</v>
+        <v>103</v>
       </c>
       <c r="E32"/>
       <c r="F32">
         <v>2021</v>
       </c>
       <c r="G32" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="H32">
-        <v>17.69</v>
+        <v>3.91</v>
       </c>
       <c r="I32">
-        <v>4.85</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B33" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C33" t="s">
-        <v>33</v>
+        <v>138</v>
       </c>
       <c r="D33">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E33"/>
       <c r="F33">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G33" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="H33">
-        <v>2.45</v>
+        <v>17.69</v>
       </c>
       <c r="I33">
-        <v>0.58</v>
+        <v>4.85</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B34" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C34" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-      <c r="E34"/>
+        <v>38</v>
+      </c>
+      <c r="D34">
+        <v>43</v>
+      </c>
+      <c r="E34">
+        <v>100890</v>
+      </c>
       <c r="F34">
         <v>2020</v>
       </c>
       <c r="G34" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-      <c r="I34"/>
+        <v>142</v>
+      </c>
+      <c r="H34">
+        <v>2.45</v>
+      </c>
+      <c r="I34">
+        <v>0.58</v>
+      </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B35" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C35" t="s">
-        <v>144</v>
-[...4 lines deleted...]
-      <c r="E35" t="s">
         <v>145</v>
       </c>
+      <c r="D35"/>
+      <c r="E35"/>
       <c r="F35">
         <v>2020</v>
       </c>
       <c r="G35" t="s">
         <v>146</v>
       </c>
       <c r="H35"/>
-      <c r="I35">
-[...1 lines deleted...]
-      </c>
+      <c r="I35"/>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>147</v>
       </c>
       <c r="B36" t="s">
         <v>148</v>
       </c>
       <c r="C36" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D36">
         <v>2300</v>
       </c>
       <c r="E36" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F36">
         <v>2020</v>
       </c>
       <c r="G36" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H36"/>
       <c r="I36">
         <v>0.19</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B37" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C37" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D37">
         <v>2300</v>
       </c>
       <c r="E37" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F37">
         <v>2020</v>
       </c>
       <c r="G37" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="H37"/>
       <c r="I37">
         <v>0.19</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B38" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C38" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D38">
         <v>2300</v>
       </c>
       <c r="E38" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="F38">
         <v>2020</v>
       </c>
       <c r="G38" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="H38"/>
       <c r="I38">
         <v>0.19</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B39" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C39" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D39">
         <v>2300</v>
       </c>
       <c r="E39" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F39">
         <v>2020</v>
       </c>
       <c r="G39" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="H39"/>
       <c r="I39">
         <v>0.19</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B40" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C40" t="s">
-        <v>165</v>
+        <v>149</v>
       </c>
       <c r="D40">
-        <v>11</v>
+        <v>2300</v>
       </c>
       <c r="E40" t="s">
         <v>166</v>
       </c>
       <c r="F40">
         <v>2020</v>
       </c>
       <c r="G40" t="s">
         <v>167</v>
       </c>
-      <c r="H40">
-[...1 lines deleted...]
-      </c>
+      <c r="H40"/>
       <c r="I40">
-        <v>1.09</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>168</v>
       </c>
       <c r="B41" t="s">
         <v>169</v>
       </c>
       <c r="C41" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="D41">
-        <v>320</v>
-[...2 lines deleted...]
-        <v>106835</v>
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>171</v>
       </c>
       <c r="F41">
         <v>2020</v>
       </c>
       <c r="G41" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="H41">
-        <v>2.23</v>
+        <v>3.27</v>
       </c>
       <c r="I41">
-        <v>0.78</v>
+        <v>1.09</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B42" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C42" t="s">
-        <v>173</v>
+        <v>53</v>
       </c>
       <c r="D42">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="E42"/>
+        <v>320</v>
+      </c>
+      <c r="E42">
+        <v>106835</v>
+      </c>
       <c r="F42">
         <v>2020</v>
       </c>
       <c r="G42" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="H42">
-        <v>4.04</v>
+        <v>2.23</v>
       </c>
       <c r="I42">
-        <v>1.28</v>
+        <v>0.78</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B43" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C43" t="s">
-        <v>125</v>
+        <v>178</v>
       </c>
       <c r="D43">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="E43"/>
       <c r="F43">
         <v>2020</v>
       </c>
       <c r="G43" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="H43">
-        <v>3.79</v>
+        <v>4.04</v>
       </c>
       <c r="I43">
-        <v>1.18</v>
+        <v>1.28</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B44" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C44" t="s">
-        <v>83</v>
+        <v>130</v>
       </c>
       <c r="D44">
-        <v>69</v>
+        <v>117</v>
       </c>
       <c r="E44" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F44">
         <v>2020</v>
       </c>
       <c r="G44" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="H44">
-        <v>4.39</v>
+        <v>3.79</v>
       </c>
       <c r="I44">
-        <v>1.65</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B45" t="s">
-        <v>143</v>
+        <v>185</v>
       </c>
       <c r="C45" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-      <c r="E45"/>
+        <v>88</v>
+      </c>
+      <c r="D45">
+        <v>69</v>
+      </c>
+      <c r="E45" t="s">
+        <v>186</v>
+      </c>
       <c r="F45">
         <v>2020</v>
       </c>
       <c r="G45" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-      <c r="I45"/>
+        <v>187</v>
+      </c>
+      <c r="H45">
+        <v>4.39</v>
+      </c>
+      <c r="I45">
+        <v>1.65</v>
+      </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B46" t="s">
-        <v>187</v>
+        <v>157</v>
       </c>
       <c r="C46" t="s">
-        <v>20</v>
-[...6 lines deleted...]
-      </c>
+        <v>189</v>
+      </c>
+      <c r="D46"/>
+      <c r="E46"/>
       <c r="F46">
         <v>2020</v>
       </c>
       <c r="G46" t="s">
-        <v>189</v>
-[...6 lines deleted...]
-      </c>
+        <v>190</v>
+      </c>
+      <c r="H46"/>
+      <c r="I46"/>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B47" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C47" t="s">
-        <v>96</v>
+        <v>25</v>
       </c>
       <c r="D47">
-        <v>1461</v>
+        <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="F47">
         <v>2020</v>
       </c>
       <c r="G47" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="H47"/>
+        <v>194</v>
+      </c>
+      <c r="H47">
+        <v>4.99</v>
+      </c>
       <c r="I47">
-        <v>0.23</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B48" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C48" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="D48">
         <v>1461</v>
       </c>
       <c r="E48" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="F48">
         <v>2020</v>
       </c>
       <c r="G48" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H48"/>
       <c r="I48">
         <v>0.23</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B49" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C49" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="D49">
         <v>1461</v>
       </c>
       <c r="E49" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F49">
         <v>2020</v>
       </c>
       <c r="G49" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="H49"/>
       <c r="I49">
         <v>0.23</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B50" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C50" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="D50">
         <v>1461</v>
       </c>
       <c r="E50" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F50">
         <v>2020</v>
       </c>
       <c r="G50" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H50"/>
       <c r="I50">
         <v>0.23</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B51" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C51" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="D51">
         <v>1461</v>
       </c>
       <c r="E51" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="F51">
         <v>2020</v>
       </c>
       <c r="G51" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H51"/>
       <c r="I51">
         <v>0.23</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B52" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C52" t="s">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="D52">
-        <v>68</v>
+        <v>1461</v>
       </c>
       <c r="E52" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="F52">
         <v>2020</v>
       </c>
       <c r="G52" t="s">
-        <v>213</v>
-[...3 lines deleted...]
-      </c>
+        <v>214</v>
+      </c>
+      <c r="H52"/>
       <c r="I52">
-        <v>1.65</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B53" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C53" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-      <c r="E53"/>
+        <v>88</v>
+      </c>
+      <c r="D53">
+        <v>68</v>
+      </c>
+      <c r="E53" t="s">
+        <v>217</v>
+      </c>
       <c r="F53">
         <v>2020</v>
       </c>
       <c r="G53" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-      <c r="I53"/>
+        <v>218</v>
+      </c>
+      <c r="H53">
+        <v>4.39</v>
+      </c>
+      <c r="I53">
+        <v>1.65</v>
+      </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B54" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C54" t="s">
-        <v>220</v>
-[...4 lines deleted...]
-      <c r="E54" t="s">
         <v>221</v>
       </c>
+      <c r="D54"/>
+      <c r="E54"/>
       <c r="F54">
         <v>2020</v>
       </c>
       <c r="G54" t="s">
         <v>222</v>
       </c>
-      <c r="H54">
-[...4 lines deleted...]
-      </c>
+      <c r="H54"/>
+      <c r="I54"/>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>223</v>
       </c>
       <c r="B55" t="s">
         <v>224</v>
       </c>
       <c r="C55" t="s">
-        <v>33</v>
+        <v>225</v>
       </c>
       <c r="D55">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>100764</v>
+        <v>8</v>
+      </c>
+      <c r="E55" t="s">
+        <v>226</v>
       </c>
       <c r="F55">
         <v>2020</v>
       </c>
       <c r="G55" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="H55">
-        <v>2.45</v>
+        <v>3.37</v>
       </c>
       <c r="I55">
-        <v>0.58</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="B56" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C56" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D56">
         <v>19</v>
       </c>
       <c r="E56" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F56">
         <v>2020</v>
       </c>
       <c r="G56" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="H56">
         <v>3.83</v>
       </c>
       <c r="I56">
         <v>1.33</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="B57" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C57" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-      <c r="E57"/>
+        <v>38</v>
+      </c>
+      <c r="D57">
+        <v>39</v>
+      </c>
+      <c r="E57">
+        <v>100764</v>
+      </c>
       <c r="F57">
         <v>2020</v>
       </c>
       <c r="G57" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-      <c r="I57"/>
+        <v>234</v>
+      </c>
+      <c r="H57">
+        <v>2.45</v>
+      </c>
+      <c r="I57">
+        <v>0.58</v>
+      </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B58" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C58" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G58" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="H58"/>
       <c r="I58"/>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B59" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C59" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59">
         <v>2019</v>
       </c>
       <c r="G59" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="H59"/>
       <c r="I59"/>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>243</v>
+      </c>
+      <c r="B60" t="s">
+        <v>244</v>
+      </c>
+      <c r="C60" t="s">
         <v>241</v>
-      </c>
-[...4 lines deleted...]
-        <v>236</v>
       </c>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60">
         <v>2019</v>
       </c>
       <c r="G60" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="H60"/>
       <c r="I60"/>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B61" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C61" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="D61"/>
       <c r="E61"/>
       <c r="F61">
         <v>2019</v>
       </c>
       <c r="G61" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="H61"/>
       <c r="I61"/>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B62" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C62" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62">
         <v>2019</v>
       </c>
       <c r="G62" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="H62"/>
       <c r="I62"/>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="B63" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="C63" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="D63"/>
       <c r="E63"/>
       <c r="F63">
         <v>2019</v>
       </c>
       <c r="G63" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="H63"/>
       <c r="I63"/>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B64" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C64" t="s">
-        <v>83</v>
+        <v>241</v>
       </c>
       <c r="D64"/>
-      <c r="E64" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E64"/>
       <c r="F64">
         <v>2019</v>
       </c>
       <c r="G64" t="s">
-        <v>255</v>
-[...6 lines deleted...]
-      </c>
+        <v>257</v>
+      </c>
+      <c r="H64"/>
+      <c r="I64"/>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="B65" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="C65" t="s">
-        <v>258</v>
+        <v>88</v>
       </c>
       <c r="D65"/>
-      <c r="E65"/>
+      <c r="E65" t="s">
+        <v>93</v>
+      </c>
       <c r="F65">
         <v>2019</v>
       </c>
       <c r="G65" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-      <c r="I65"/>
+        <v>260</v>
+      </c>
+      <c r="H65">
+        <v>4.37</v>
+      </c>
+      <c r="I65">
+        <v>1.7</v>
+      </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B66" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C66" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="D66"/>
       <c r="E66"/>
       <c r="F66">
         <v>2019</v>
       </c>
       <c r="G66" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="H66"/>
       <c r="I66"/>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>265</v>
+      </c>
+      <c r="B67" t="s">
+        <v>266</v>
+      </c>
+      <c r="C67" t="s">
         <v>263</v>
-      </c>
-[...4 lines deleted...]
-        <v>258</v>
       </c>
       <c r="D67"/>
       <c r="E67"/>
       <c r="F67">
         <v>2019</v>
       </c>
       <c r="G67" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="H67"/>
       <c r="I67"/>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="B68" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="C68" t="s">
-        <v>83</v>
+        <v>263</v>
       </c>
       <c r="D68"/>
-      <c r="E68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E68"/>
       <c r="F68">
         <v>2019</v>
       </c>
       <c r="G68" t="s">
-        <v>268</v>
-[...6 lines deleted...]
-      </c>
+        <v>270</v>
+      </c>
+      <c r="H68"/>
+      <c r="I68"/>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="B69" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C69" t="s">
-        <v>271</v>
-[...5 lines deleted...]
-        <v>1900912</v>
+        <v>88</v>
+      </c>
+      <c r="D69"/>
+      <c r="E69" t="s">
+        <v>93</v>
       </c>
       <c r="F69">
         <v>2019</v>
       </c>
       <c r="G69" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="H69">
-        <v>27.4</v>
+        <v>4.37</v>
       </c>
       <c r="I69">
-        <v>10.57</v>
+        <v>1.7</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B70" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C70" t="s">
-        <v>275</v>
-[...2 lines deleted...]
-      <c r="E70"/>
+        <v>276</v>
+      </c>
+      <c r="D70">
+        <v>31</v>
+      </c>
+      <c r="E70">
+        <v>1900912</v>
+      </c>
       <c r="F70">
         <v>2019</v>
       </c>
-      <c r="G70"/>
-[...1 lines deleted...]
-      <c r="I70"/>
+      <c r="G70" t="s">
+        <v>277</v>
+      </c>
+      <c r="H70">
+        <v>27.4</v>
+      </c>
+      <c r="I70">
+        <v>10.57</v>
+      </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="B71" t="s">
-        <v>219</v>
+        <v>279</v>
       </c>
       <c r="C71" t="s">
-        <v>96</v>
-[...6 lines deleted...]
-      </c>
+        <v>280</v>
+      </c>
+      <c r="D71"/>
+      <c r="E71"/>
       <c r="F71">
         <v>2019</v>
       </c>
-      <c r="G71" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G71"/>
       <c r="H71"/>
-      <c r="I71">
-[...1 lines deleted...]
-      </c>
+      <c r="I71"/>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="B72" t="s">
-        <v>279</v>
+        <v>224</v>
       </c>
       <c r="C72" t="s">
-        <v>173</v>
+        <v>101</v>
       </c>
       <c r="D72">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>280</v>
+        <v>1092</v>
+      </c>
+      <c r="E72">
+        <v>12083</v>
       </c>
       <c r="F72">
         <v>2019</v>
       </c>
       <c r="G72" t="s">
-        <v>281</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="H72"/>
       <c r="I72">
-        <v>1.37</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B73" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C73" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-      <c r="E73"/>
+        <v>178</v>
+      </c>
+      <c r="D73">
+        <v>32</v>
+      </c>
+      <c r="E73" t="s">
+        <v>285</v>
+      </c>
       <c r="F73">
         <v>2019</v>
       </c>
       <c r="G73" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-      <c r="I73"/>
+        <v>286</v>
+      </c>
+      <c r="H73">
+        <v>3.22</v>
+      </c>
+      <c r="I73">
+        <v>1.37</v>
+      </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B74" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C74" t="s">
-        <v>96</v>
-[...6 lines deleted...]
-      </c>
+        <v>289</v>
+      </c>
+      <c r="D74"/>
+      <c r="E74"/>
       <c r="F74">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G74" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="H74"/>
-      <c r="I74">
-[...1 lines deleted...]
-      </c>
+      <c r="I74"/>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B75" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C75" t="s">
-        <v>291</v>
-[...3 lines deleted...]
-        <v>292</v>
+        <v>101</v>
+      </c>
+      <c r="D75">
+        <v>12142</v>
+      </c>
+      <c r="E75">
+        <v>12142</v>
       </c>
       <c r="F75">
         <v>2018</v>
       </c>
       <c r="G75" t="s">
         <v>293</v>
       </c>
       <c r="H75"/>
-      <c r="I75"/>
+      <c r="I75">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
         <v>294</v>
       </c>
       <c r="B76" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="C76" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="D76"/>
       <c r="E76" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="F76">
         <v>2018</v>
       </c>
       <c r="G76" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="H76"/>
       <c r="I76"/>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B77" t="s">
-        <v>290</v>
+        <v>300</v>
       </c>
       <c r="C77" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="D77"/>
       <c r="E77" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="F77">
         <v>2018</v>
       </c>
       <c r="G77" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="H77"/>
       <c r="I77"/>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>304</v>
+      </c>
+      <c r="B78" t="s">
+        <v>295</v>
+      </c>
+      <c r="C78" t="s">
         <v>301</v>
       </c>
-      <c r="B78" t="s">
-[...5 lines deleted...]
-      <c r="D78"/>
+      <c r="D78" t="s">
+        <v>305</v>
+      </c>
       <c r="E78" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="F78">
         <v>2018</v>
       </c>
       <c r="G78" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="H78"/>
       <c r="I78"/>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="B79" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="C79" t="s">
-        <v>291</v>
-[...3 lines deleted...]
-      </c>
+        <v>296</v>
+      </c>
+      <c r="D79"/>
       <c r="E79" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="F79">
         <v>2018</v>
       </c>
       <c r="G79" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="H79"/>
       <c r="I79"/>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B80" t="s">
-        <v>290</v>
+        <v>312</v>
       </c>
       <c r="C80" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="D80"/>
       <c r="E80" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="F80">
         <v>2018</v>
       </c>
       <c r="G80" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="H80"/>
       <c r="I80"/>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="B81" t="s">
-        <v>313</v>
+        <v>295</v>
       </c>
       <c r="C81" t="s">
-        <v>291</v>
+        <v>301</v>
       </c>
       <c r="D81"/>
       <c r="E81" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="F81">
         <v>2018</v>
       </c>
       <c r="G81" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="H81"/>
       <c r="I81"/>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="B82" t="s">
-        <v>317</v>
+        <v>295</v>
       </c>
       <c r="C82" t="s">
-        <v>291</v>
+        <v>301</v>
       </c>
       <c r="D82"/>
-      <c r="E82"/>
+      <c r="E82" t="s">
+        <v>319</v>
+      </c>
       <c r="F82">
         <v>2018</v>
       </c>
       <c r="G82" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="H82"/>
       <c r="I82"/>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B83" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C83" t="s">
-        <v>291</v>
+        <v>301</v>
       </c>
       <c r="D83"/>
       <c r="E83"/>
       <c r="F83">
         <v>2018</v>
       </c>
       <c r="G83" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="H83"/>
       <c r="I83"/>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="B84" t="s">
-        <v>199</v>
+        <v>325</v>
       </c>
       <c r="C84" t="s">
-        <v>129</v>
-[...6 lines deleted...]
-      </c>
+        <v>301</v>
+      </c>
+      <c r="D84"/>
+      <c r="E84"/>
       <c r="F84">
         <v>2018</v>
       </c>
       <c r="G84" t="s">
-        <v>323</v>
-[...6 lines deleted...]
-      </c>
+        <v>326</v>
+      </c>
+      <c r="H84"/>
+      <c r="I84"/>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="B85" t="s">
-        <v>317</v>
+        <v>200</v>
       </c>
       <c r="C85" t="s">
-        <v>325</v>
+        <v>134</v>
       </c>
       <c r="D85">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>326</v>
+        <v>98</v>
+      </c>
+      <c r="E85">
+        <v>195404</v>
       </c>
       <c r="F85">
         <v>2018</v>
       </c>
       <c r="G85" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="H85">
-        <v>1.66</v>
+        <v>3.74</v>
       </c>
       <c r="I85">
-        <v>0.5</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B86" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="C86" t="s">
-        <v>129</v>
+        <v>330</v>
       </c>
       <c r="D86">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>174302</v>
+        <v>53</v>
+      </c>
+      <c r="E86" t="s">
+        <v>331</v>
       </c>
       <c r="F86">
         <v>2018</v>
       </c>
       <c r="G86" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="H86">
-        <v>3.74</v>
+        <v>1.66</v>
       </c>
       <c r="I86">
-        <v>1.5</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B87" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C87" t="s">
-        <v>96</v>
+        <v>134</v>
       </c>
       <c r="D87">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>333</v>
+        <v>98</v>
+      </c>
+      <c r="E87">
+        <v>174302</v>
       </c>
       <c r="F87">
         <v>2018</v>
       </c>
       <c r="G87" t="s">
-        <v>334</v>
-[...1 lines deleted...]
-      <c r="H87"/>
+        <v>335</v>
+      </c>
+      <c r="H87">
+        <v>3.74</v>
+      </c>
       <c r="I87">
-        <v>0.24</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B88" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C88" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="D88">
         <v>1092</v>
       </c>
       <c r="E88" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="F88">
         <v>2018</v>
       </c>
       <c r="G88" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="H88"/>
       <c r="I88">
         <v>0.24</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B89" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C89" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="D89">
         <v>1092</v>
       </c>
       <c r="E89" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="F89">
         <v>2018</v>
       </c>
       <c r="G89" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="H89"/>
       <c r="I89">
         <v>0.24</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B90" t="s">
-        <v>317</v>
+        <v>345</v>
       </c>
       <c r="C90" t="s">
-        <v>33</v>
+        <v>101</v>
       </c>
       <c r="D90">
-        <v>32</v>
+        <v>1092</v>
       </c>
       <c r="E90" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F90">
         <v>2018</v>
       </c>
       <c r="G90" t="s">
-        <v>345</v>
-[...3 lines deleted...]
-      </c>
+        <v>347</v>
+      </c>
+      <c r="H90"/>
       <c r="I90">
-        <v>0.43</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B91" t="s">
-        <v>347</v>
+        <v>325</v>
       </c>
       <c r="C91" t="s">
-        <v>120</v>
+        <v>38</v>
       </c>
       <c r="D91">
-        <v>81</v>
+        <v>32</v>
       </c>
       <c r="E91" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="F91">
         <v>2018</v>
       </c>
       <c r="G91" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="H91">
-        <v>3.86</v>
+        <v>1.58</v>
       </c>
       <c r="I91">
-        <v>1.99</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B92" t="s">
-        <v>290</v>
+        <v>352</v>
       </c>
       <c r="C92" t="s">
-        <v>20</v>
+        <v>125</v>
       </c>
       <c r="D92">
-        <v>10</v>
+        <v>81</v>
       </c>
       <c r="E92" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="F92">
         <v>2018</v>
       </c>
       <c r="G92" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="H92">
-        <v>4.53</v>
+        <v>3.86</v>
       </c>
       <c r="I92">
-        <v>1.94</v>
+        <v>1.99</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="B93" t="s">
-        <v>332</v>
+        <v>295</v>
       </c>
       <c r="C93" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-        <v>354</v>
+        <v>25</v>
+      </c>
+      <c r="D93">
+        <v>10</v>
       </c>
       <c r="E93" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="F93">
         <v>2018</v>
       </c>
       <c r="G93" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="H93">
-        <v>3.41</v>
+        <v>4.53</v>
       </c>
       <c r="I93">
-        <v>1.71</v>
+        <v>1.94</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B94" t="s">
-        <v>358</v>
+        <v>345</v>
       </c>
       <c r="C94" t="s">
+        <v>178</v>
+      </c>
+      <c r="D94" t="s">
         <v>359</v>
       </c>
-      <c r="D94"/>
-      <c r="E94"/>
+      <c r="E94" t="s">
+        <v>360</v>
+      </c>
       <c r="F94">
         <v>2018</v>
       </c>
       <c r="G94" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-      <c r="I94"/>
+        <v>361</v>
+      </c>
+      <c r="H94">
+        <v>3.41</v>
+      </c>
+      <c r="I94">
+        <v>1.71</v>
+      </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B95" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C95" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="D95"/>
       <c r="E95"/>
       <c r="F95">
         <v>2018</v>
       </c>
       <c r="G95" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="H95"/>
       <c r="I95"/>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
+        <v>366</v>
+      </c>
+      <c r="B96" t="s">
+        <v>367</v>
+      </c>
+      <c r="C96" t="s">
         <v>364</v>
-      </c>
-[...4 lines deleted...]
-        <v>359</v>
       </c>
       <c r="D96"/>
       <c r="E96"/>
       <c r="F96">
         <v>2018</v>
       </c>
       <c r="G96" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="H96"/>
       <c r="I96"/>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="B97" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="C97" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="D97"/>
       <c r="E97"/>
       <c r="F97">
         <v>2018</v>
       </c>
       <c r="G97" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="H97"/>
       <c r="I97"/>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="B98" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="C98" t="s">
-        <v>120</v>
-[...6 lines deleted...]
-      </c>
+        <v>364</v>
+      </c>
+      <c r="D98"/>
+      <c r="E98"/>
       <c r="F98">
         <v>2018</v>
       </c>
       <c r="G98" t="s">
-        <v>373</v>
-[...6 lines deleted...]
-      </c>
+        <v>374</v>
+      </c>
+      <c r="H98"/>
+      <c r="I98"/>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B99" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C99" t="s">
-        <v>376</v>
+        <v>125</v>
       </c>
       <c r="D99">
-        <v>215</v>
-[...2 lines deleted...]
-        <v>1700788</v>
+        <v>80</v>
+      </c>
+      <c r="E99" t="s">
+        <v>377</v>
       </c>
       <c r="F99">
         <v>2018</v>
       </c>
       <c r="G99" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="H99">
-        <v>1.8</v>
+        <v>3.86</v>
       </c>
       <c r="I99">
-        <v>0.65</v>
+        <v>1.99</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B100" t="s">
-        <v>283</v>
+        <v>380</v>
       </c>
       <c r="C100" t="s">
-        <v>62</v>
+        <v>381</v>
       </c>
       <c r="D100">
-        <v>8</v>
+        <v>215</v>
       </c>
       <c r="E100">
-        <v>9190</v>
+        <v>1700788</v>
       </c>
       <c r="F100">
         <v>2018</v>
       </c>
       <c r="G100" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="H100">
-        <v>4.01</v>
+        <v>1.8</v>
       </c>
       <c r="I100">
-        <v>1.41</v>
+        <v>0.65</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="B101" t="s">
-        <v>381</v>
+        <v>288</v>
       </c>
       <c r="C101" t="s">
-        <v>20</v>
+        <v>67</v>
       </c>
       <c r="D101">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="E101">
-        <v>14020</v>
+        <v>9190</v>
       </c>
       <c r="F101">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G101" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="H101">
-        <v>4.78</v>
+        <v>4.01</v>
       </c>
       <c r="I101">
-        <v>2.09</v>
+        <v>1.41</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="B102" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="C102" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-      <c r="E102"/>
+        <v>25</v>
+      </c>
+      <c r="D102">
+        <v>9</v>
+      </c>
+      <c r="E102">
+        <v>14020</v>
+      </c>
       <c r="F102">
         <v>2017</v>
       </c>
       <c r="G102" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-      <c r="I102"/>
+        <v>387</v>
+      </c>
+      <c r="H102">
+        <v>4.78</v>
+      </c>
+      <c r="I102">
+        <v>2.09</v>
+      </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B103" t="s">
-        <v>290</v>
+        <v>389</v>
       </c>
       <c r="C103" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="D103"/>
-      <c r="E103" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E103"/>
       <c r="F103">
         <v>2017</v>
       </c>
       <c r="G103" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="H103"/>
       <c r="I103"/>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
+        <v>392</v>
+      </c>
+      <c r="B104" t="s">
+        <v>295</v>
+      </c>
+      <c r="C104" t="s">
         <v>390</v>
-      </c>
-[...4 lines deleted...]
-        <v>385</v>
       </c>
       <c r="D104"/>
       <c r="E104" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="F104">
         <v>2017</v>
       </c>
       <c r="G104" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="H104"/>
       <c r="I104"/>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B105" t="s">
-        <v>362</v>
+        <v>396</v>
       </c>
       <c r="C105" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="D105"/>
-      <c r="E105"/>
+      <c r="E105" t="s">
+        <v>397</v>
+      </c>
       <c r="F105">
         <v>2017</v>
       </c>
       <c r="G105" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="H105"/>
       <c r="I105"/>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="B106" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="C106" t="s">
-        <v>83</v>
-[...6 lines deleted...]
-      </c>
+        <v>390</v>
+      </c>
+      <c r="D106"/>
+      <c r="E106"/>
       <c r="F106">
         <v>2017</v>
       </c>
       <c r="G106" t="s">
-        <v>398</v>
-[...6 lines deleted...]
-      </c>
+        <v>400</v>
+      </c>
+      <c r="H106"/>
+      <c r="I106"/>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="B107" t="s">
-        <v>400</v>
+        <v>367</v>
       </c>
       <c r="C107" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-      <c r="E107"/>
+        <v>88</v>
+      </c>
+      <c r="D107">
+        <v>12</v>
+      </c>
+      <c r="E107" t="s">
+        <v>402</v>
+      </c>
       <c r="F107">
         <v>2017</v>
       </c>
       <c r="G107" t="s">
-        <v>402</v>
-[...2 lines deleted...]
-      <c r="I107"/>
+        <v>403</v>
+      </c>
+      <c r="H107">
+        <v>4.13</v>
+      </c>
+      <c r="I107">
+        <v>1.31</v>
+      </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B108" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="C108" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D108">
         <v>1874</v>
       </c>
       <c r="E108">
         <v>30033</v>
       </c>
       <c r="F108">
         <v>2017</v>
       </c>
       <c r="G108" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="H108"/>
       <c r="I108">
         <v>0.17</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B109" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C109" t="s">
-        <v>144</v>
-[...6 lines deleted...]
-      </c>
+        <v>408</v>
+      </c>
+      <c r="D109"/>
+      <c r="E109"/>
       <c r="F109">
         <v>2017</v>
       </c>
       <c r="G109" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="H109"/>
-      <c r="I109">
-[...1 lines deleted...]
-      </c>
+      <c r="I109"/>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B110" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C110" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D110">
         <v>1874</v>
       </c>
       <c r="E110">
         <v>30011</v>
       </c>
       <c r="F110">
         <v>2017</v>
       </c>
       <c r="G110" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="H110"/>
       <c r="I110">
         <v>0.17</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B111" t="s">
-        <v>384</v>
+        <v>414</v>
       </c>
       <c r="C111" t="s">
-        <v>15</v>
+        <v>149</v>
       </c>
       <c r="D111">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>412</v>
+        <v>1874</v>
+      </c>
+      <c r="E111">
+        <v>20007</v>
       </c>
       <c r="F111">
         <v>2017</v>
       </c>
       <c r="G111" t="s">
-        <v>413</v>
-[...3 lines deleted...]
-      </c>
+        <v>415</v>
+      </c>
+      <c r="H111"/>
       <c r="I111">
-        <v>1.05</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B112" t="s">
-        <v>415</v>
+        <v>389</v>
       </c>
       <c r="C112" t="s">
-        <v>83</v>
+        <v>20</v>
       </c>
       <c r="D112">
-        <v>65</v>
+        <v>16</v>
       </c>
       <c r="E112" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="F112">
         <v>2017</v>
       </c>
       <c r="G112" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="H112">
-        <v>4.13</v>
+        <v>3.45</v>
       </c>
       <c r="I112">
-        <v>1.31</v>
+        <v>1.05</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B113" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C113" t="s">
-        <v>15</v>
+        <v>88</v>
       </c>
       <c r="D113">
-        <v>16</v>
+        <v>65</v>
       </c>
       <c r="E113" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="F113">
         <v>2017</v>
       </c>
       <c r="G113" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="H113">
-        <v>3.45</v>
+        <v>4.13</v>
       </c>
       <c r="I113">
-        <v>1.05</v>
+        <v>1.31</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B114" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C114" t="s">
-        <v>424</v>
-[...2 lines deleted...]
-      <c r="E114"/>
+        <v>20</v>
+      </c>
+      <c r="D114">
+        <v>16</v>
+      </c>
+      <c r="E114" t="s">
+        <v>425</v>
+      </c>
       <c r="F114">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G114" t="s">
-        <v>425</v>
-[...2 lines deleted...]
-      <c r="I114"/>
+        <v>426</v>
+      </c>
+      <c r="H114">
+        <v>3.45</v>
+      </c>
+      <c r="I114">
+        <v>1.05</v>
+      </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B115" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C115" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D115"/>
-      <c r="E115" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E115"/>
       <c r="F115">
         <v>2016</v>
       </c>
       <c r="G115" t="s">
         <v>430</v>
       </c>
       <c r="H115"/>
       <c r="I115"/>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
         <v>431</v>
       </c>
       <c r="B116" t="s">
+        <v>420</v>
+      </c>
+      <c r="C116" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
       <c r="D116"/>
       <c r="E116" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="F116">
         <v>2016</v>
       </c>
       <c r="G116" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="H116"/>
       <c r="I116"/>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
+        <v>435</v>
+      </c>
+      <c r="B117" t="s">
         <v>436</v>
       </c>
-      <c r="B117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C117" t="s">
-        <v>428</v>
+        <v>437</v>
       </c>
       <c r="D117"/>
       <c r="E117" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="F117">
         <v>2016</v>
       </c>
       <c r="G117" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="H117"/>
       <c r="I117"/>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B118" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C118" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="D118"/>
       <c r="E118" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="F118">
         <v>2016</v>
       </c>
       <c r="G118" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="H118"/>
       <c r="I118"/>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B119" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C119" t="s">
-        <v>445</v>
+        <v>437</v>
       </c>
       <c r="D119"/>
       <c r="E119" t="s">
         <v>446</v>
       </c>
       <c r="F119">
         <v>2016</v>
       </c>
       <c r="G119" t="s">
         <v>447</v>
       </c>
       <c r="H119"/>
       <c r="I119"/>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
         <v>448</v>
       </c>
       <c r="B120" t="s">
-        <v>432</v>
+        <v>449</v>
       </c>
       <c r="C120" t="s">
-        <v>83</v>
-[...3 lines deleted...]
-      </c>
+        <v>450</v>
+      </c>
+      <c r="D120"/>
       <c r="E120" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F120">
         <v>2016</v>
       </c>
       <c r="G120" t="s">
-        <v>450</v>
-[...6 lines deleted...]
-      </c>
+        <v>452</v>
+      </c>
+      <c r="H120"/>
+      <c r="I120"/>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B121" t="s">
-        <v>452</v>
+        <v>445</v>
       </c>
       <c r="C121" t="s">
-        <v>129</v>
+        <v>88</v>
       </c>
       <c r="D121">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>201115</v>
+        <v>64</v>
+      </c>
+      <c r="E121" t="s">
+        <v>454</v>
       </c>
       <c r="F121">
         <v>2016</v>
       </c>
       <c r="G121" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="H121">
-        <v>3.84</v>
-[...1 lines deleted...]
-      <c r="I121"/>
+        <v>2.96</v>
+      </c>
+      <c r="I121">
+        <v>1.23</v>
+      </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B122" t="s">
-        <v>423</v>
+        <v>457</v>
       </c>
       <c r="C122" t="s">
-        <v>48</v>
+        <v>134</v>
       </c>
       <c r="D122">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>455</v>
+        <v>93</v>
+      </c>
+      <c r="E122">
+        <v>201115</v>
       </c>
       <c r="F122">
         <v>2016</v>
       </c>
       <c r="G122" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="H122">
-        <v>2.43</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.84</v>
+      </c>
+      <c r="I122"/>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B123" t="s">
-        <v>458</v>
+        <v>428</v>
       </c>
       <c r="C123" t="s">
-        <v>125</v>
+        <v>53</v>
       </c>
       <c r="D123">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>211105</v>
+        <v>269</v>
+      </c>
+      <c r="E123" t="s">
+        <v>460</v>
       </c>
       <c r="F123">
         <v>2016</v>
       </c>
       <c r="G123" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="H123">
-        <v>3.41</v>
+        <v>2.43</v>
       </c>
       <c r="I123">
-        <v>1.67</v>
+        <v>1.02</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B124" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="C124" t="s">
-        <v>462</v>
+        <v>130</v>
       </c>
       <c r="D124">
-        <v>634</v>
+        <v>108</v>
       </c>
       <c r="E124">
-        <v>26299</v>
+        <v>211105</v>
       </c>
       <c r="F124">
         <v>2016</v>
       </c>
       <c r="G124" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="H124">
-        <v>16.24</v>
+        <v>3.41</v>
       </c>
       <c r="I124">
-        <v>8.05</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B125" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C125" t="s">
-        <v>129</v>
+        <v>467</v>
       </c>
       <c r="D125">
-        <v>92</v>
+        <v>634</v>
       </c>
       <c r="E125">
-        <v>245413</v>
+        <v>26299</v>
       </c>
       <c r="F125">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G125" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="H125">
-        <v>3.72</v>
-[...1 lines deleted...]
-      <c r="I125"/>
+        <v>16.24</v>
+      </c>
+      <c r="I125">
+        <v>8.05</v>
+      </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B126" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="C126" t="s">
-        <v>469</v>
-[...2 lines deleted...]
-      <c r="E126"/>
+        <v>134</v>
+      </c>
+      <c r="D126">
+        <v>92</v>
+      </c>
+      <c r="E126">
+        <v>245413</v>
+      </c>
       <c r="F126">
         <v>2015</v>
       </c>
       <c r="G126" t="s">
-        <v>470</v>
-[...1 lines deleted...]
-      <c r="H126"/>
+        <v>471</v>
+      </c>
+      <c r="H126">
+        <v>3.72</v>
+      </c>
       <c r="I126"/>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B127" t="s">
-        <v>432</v>
+        <v>445</v>
       </c>
       <c r="C127" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="D127"/>
       <c r="E127"/>
       <c r="F127">
         <v>2015</v>
       </c>
       <c r="G127" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="H127"/>
       <c r="I127"/>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
+        <v>475</v>
+      </c>
+      <c r="B128" t="s">
+        <v>476</v>
+      </c>
+      <c r="C128" t="s">
         <v>473</v>
-      </c>
-[...4 lines deleted...]
-        <v>475</v>
       </c>
       <c r="D128"/>
       <c r="E128"/>
       <c r="F128">
         <v>2015</v>
       </c>
       <c r="G128" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="H128"/>
       <c r="I128"/>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B129" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C129" t="s">
-        <v>479</v>
-[...4 lines deleted...]
-      <c r="E129" t="s">
         <v>480</v>
       </c>
+      <c r="D129"/>
+      <c r="E129"/>
       <c r="F129">
         <v>2015</v>
       </c>
       <c r="G129" t="s">
         <v>481</v>
       </c>
       <c r="H129"/>
       <c r="I129"/>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
         <v>482</v>
       </c>
       <c r="B130" t="s">
         <v>483</v>
       </c>
       <c r="C130" t="s">
         <v>484</v>
       </c>
-      <c r="D130"/>
+      <c r="D130">
+        <v>28</v>
+      </c>
       <c r="E130" t="s">
         <v>485</v>
       </c>
       <c r="F130">
         <v>2015</v>
       </c>
       <c r="G130" t="s">
         <v>486</v>
       </c>
       <c r="H130"/>
       <c r="I130"/>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
         <v>487</v>
       </c>
       <c r="B131" t="s">
         <v>488</v>
       </c>
       <c r="C131" t="s">
-        <v>83</v>
-[...3 lines deleted...]
-      </c>
+        <v>489</v>
+      </c>
+      <c r="D131"/>
       <c r="E131" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="F131">
         <v>2015</v>
       </c>
       <c r="G131" t="s">
-        <v>490</v>
-[...6 lines deleted...]
-      </c>
+        <v>491</v>
+      </c>
+      <c r="H131"/>
+      <c r="I131"/>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="B132" t="s">
-        <v>465</v>
+        <v>493</v>
       </c>
       <c r="C132" t="s">
-        <v>492</v>
-[...1 lines deleted...]
-      <c r="D132"/>
+        <v>88</v>
+      </c>
+      <c r="D132">
+        <v>63</v>
+      </c>
       <c r="E132" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="F132">
         <v>2015</v>
       </c>
       <c r="G132" t="s">
-        <v>494</v>
-[...2 lines deleted...]
-      <c r="I132"/>
+        <v>495</v>
+      </c>
+      <c r="H132">
+        <v>2.05</v>
+      </c>
+      <c r="I132">
+        <v>1.74</v>
+      </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B133" t="s">
-        <v>496</v>
+        <v>470</v>
       </c>
       <c r="C133" t="s">
-        <v>129</v>
-[...5 lines deleted...]
-        <v>45433</v>
+        <v>497</v>
+      </c>
+      <c r="D133"/>
+      <c r="E133" t="s">
+        <v>498</v>
       </c>
       <c r="F133">
         <v>2015</v>
       </c>
       <c r="G133" t="s">
-        <v>497</v>
-[...3 lines deleted...]
-      </c>
+        <v>499</v>
+      </c>
+      <c r="H133"/>
       <c r="I133"/>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B134" t="s">
-        <v>432</v>
+        <v>501</v>
       </c>
       <c r="C134" t="s">
-        <v>15</v>
+        <v>134</v>
       </c>
       <c r="D134">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>499</v>
+        <v>92</v>
+      </c>
+      <c r="E134">
+        <v>45433</v>
       </c>
       <c r="F134">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G134" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="H134">
-        <v>1.58</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.72</v>
+      </c>
+      <c r="I134"/>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B135" t="s">
-        <v>432</v>
+        <v>445</v>
       </c>
       <c r="C135" t="s">
-        <v>83</v>
+        <v>20</v>
       </c>
       <c r="D135">
-        <v>62</v>
+        <v>13</v>
       </c>
       <c r="E135" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="F135">
         <v>2014</v>
       </c>
       <c r="G135" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="H135">
-        <v>2.18</v>
+        <v>1.58</v>
       </c>
       <c r="I135">
-        <v>1.77</v>
+        <v>1.44</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B136" t="s">
-        <v>432</v>
+        <v>445</v>
       </c>
       <c r="C136" t="s">
-        <v>505</v>
+        <v>88</v>
       </c>
       <c r="D136">
-        <v>39</v>
+        <v>62</v>
       </c>
       <c r="E136" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="F136">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G136" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="H136">
-        <v>0.58</v>
+        <v>2.18</v>
       </c>
       <c r="I136">
-        <v>0.39</v>
+        <v>1.77</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B137" t="s">
-        <v>509</v>
+        <v>445</v>
       </c>
       <c r="C137" t="s">
         <v>510</v>
       </c>
       <c r="D137">
-        <v>152</v>
+        <v>39</v>
       </c>
       <c r="E137" t="s">
         <v>511</v>
       </c>
       <c r="F137">
-        <v>2012</v>
-[...3 lines deleted...]
-      <c r="I137"/>
+        <v>2013</v>
+      </c>
+      <c r="G137" t="s">
+        <v>512</v>
+      </c>
+      <c r="H137">
+        <v>0.58</v>
+      </c>
+      <c r="I137">
+        <v>0.39</v>
+      </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="B138" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="C138" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="D138">
-        <v>126</v>
+        <v>152</v>
       </c>
       <c r="E138" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F138">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G138"/>
       <c r="H138"/>
       <c r="I138"/>
+    </row>
+    <row r="139" spans="1:9">
+      <c r="A139" t="s">
+        <v>517</v>
+      </c>
+      <c r="B139" t="s">
+        <v>514</v>
+      </c>
+      <c r="C139" t="s">
+        <v>515</v>
+      </c>
+      <c r="D139">
+        <v>126</v>
+      </c>
+      <c r="E139" t="s">
+        <v>518</v>
+      </c>
+      <c r="F139">
+        <v>2011</v>
+      </c>
+      <c r="G139"/>
+      <c r="H139"/>
+      <c r="I139"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>