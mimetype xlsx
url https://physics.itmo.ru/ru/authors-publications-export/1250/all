--- v0 (2025-10-08)
+++ v1 (2025-11-11)
@@ -140,87 +140,87 @@
   <si>
     <t>Sergei Krasikov, Aaron Tranter, Andrey Bogdanov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Opto-Electronic Advances</t>
   </si>
   <si>
     <t>210147-210147</t>
   </si>
   <si>
     <t>10.29026/oea.2022.210147</t>
   </si>
   <si>
     <t>Seeing is believing</t>
   </si>
   <si>
     <t>Sergei Krasikov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Light: Science &amp; Applications</t>
   </si>
   <si>
     <t>10.1038/s41377-022-00737-4</t>
   </si>
   <si>
+    <t>Superscattering for non-spherical objects</t>
+  </si>
+  <si>
+    <t>Sergei Krasikov, Mikhail Odit, Ildar Yusupov, Diana Shakirova, Alexey Shcherbakov, Alexey Slobozhanyuk, Dmitry Filonov, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012073</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012073</t>
+  </si>
+  <si>
     <t>Generalized Kerker effect in dielectric antennas for enhanced backscattering modulation</t>
   </si>
   <si>
     <t>Diana Shakirova, Sergei Krasikov, Ildar Yusupov, Alexey Slobozhanyuk, Konstantin Ladutenko, Dmitry Filonov, Andrey Bogdanov</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012136</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012136</t>
   </si>
   <si>
     <t>Miniaturized all-angle accessible RIFD tag</t>
   </si>
   <si>
     <t>Ildar Yusupov, Sergei Krasikov, Diana Shakirova, Andrey Bogdanov, Dmitry Filonov</t>
   </si>
   <si>
     <t>012092</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012092</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1088/1742-6596/2015/1/012073</t>
   </si>
   <si>
     <t>Anapole-enabled RFID security against far-field attacks</t>
   </si>
   <si>
     <t>Diana Shakirova, Sergei Krasikov, Ildar Yusupov, Alexey Slobozhanyuk, Andrey Bogdanov, Dmitry Filonov</t>
   </si>
   <si>
     <t>Nanophotonics</t>
   </si>
   <si>
     <t>10.1515/nanoph-2021-0394</t>
   </si>
   <si>
     <t>Erratum: Multipolar engineering of subwavelength dielectric particles for scattering enhancement [Phys. Rev. Applied 15, 024052 (2021)]</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.16.039901</t>
   </si>
   <si>
     <t>Broadband noise mitigation using coupled Helmholtz resonators: a numerical study</t>
   </si>
   <si>
     <t>Mariia Krasikova, Anton Melnikov, Sergei Krasikov, Yuri Baloshin, Alexey Slobozhanyuk,  Steffen Marburg,  David Powell, Andrey Bogdanov</t>
   </si>
@@ -1060,51 +1060,51 @@
       <c r="C13" t="s">
         <v>57</v>
       </c>
       <c r="D13">
         <v>0</v>
       </c>
       <c r="E13"/>
       <c r="F13">
         <v>2021</v>
       </c>
       <c r="G13" t="s">
         <v>58</v>
       </c>
       <c r="H13">
         <v>7.92</v>
       </c>
       <c r="I13">
         <v>2.12</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>59</v>
       </c>
       <c r="B14" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="C14" t="s">
         <v>15</v>
       </c>
       <c r="D14">
         <v>16</v>
       </c>
       <c r="E14"/>
       <c r="F14">
         <v>2021</v>
       </c>
       <c r="G14" t="s">
         <v>60</v>
       </c>
       <c r="H14">
         <v>4.93</v>
       </c>
       <c r="I14">
         <v>1.53</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>61</v>
       </c>
@@ -1112,51 +1112,51 @@
         <v>62</v>
       </c>
       <c r="C15" t="s">
         <v>23</v>
       </c>
       <c r="D15">
         <v>263</v>
       </c>
       <c r="E15" t="s">
         <v>63</v>
       </c>
       <c r="F15">
         <v>2021</v>
       </c>
       <c r="G15" t="s">
         <v>64</v>
       </c>
       <c r="H15"/>
       <c r="I15"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>65</v>
       </c>
       <c r="B16" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="C16" t="s">
         <v>66</v>
       </c>
       <c r="D16">
         <v>119</v>
       </c>
       <c r="E16" t="s">
         <v>67</v>
       </c>
       <c r="F16">
         <v>2021</v>
       </c>
       <c r="G16" t="s">
         <v>68</v>
       </c>
       <c r="H16">
         <v>3.97</v>
       </c>
       <c r="I16">
         <v>1.03</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
@@ -1210,51 +1210,51 @@
       <c r="A19" t="s">
         <v>77</v>
       </c>
       <c r="B19" t="s">
         <v>78</v>
       </c>
       <c r="C19" t="s">
         <v>79</v>
       </c>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19">
         <v>2021</v>
       </c>
       <c r="G19" t="s">
         <v>80</v>
       </c>
       <c r="H19"/>
       <c r="I19"/>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>81</v>
       </c>
       <c r="B20" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="C20" t="s">
         <v>15</v>
       </c>
       <c r="D20">
         <v>15</v>
       </c>
       <c r="E20"/>
       <c r="F20">
         <v>2021</v>
       </c>
       <c r="G20" t="s">
         <v>82</v>
       </c>
       <c r="H20">
         <v>4.93</v>
       </c>
       <c r="I20">
         <v>1.53</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>83</v>
       </c>
@@ -1318,51 +1318,51 @@
       <c r="C23" t="s">
         <v>91</v>
       </c>
       <c r="D23"/>
       <c r="E23" t="s">
         <v>92</v>
       </c>
       <c r="F23">
         <v>2020</v>
       </c>
       <c r="G23" t="s">
         <v>93</v>
       </c>
       <c r="H23">
         <v>4.39</v>
       </c>
       <c r="I23">
         <v>1.65</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>94</v>
       </c>
       <c r="B24" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="C24" t="s">
         <v>71</v>
       </c>
       <c r="D24">
         <v>102</v>
       </c>
       <c r="E24"/>
       <c r="F24">
         <v>2020</v>
       </c>
       <c r="G24" t="s">
         <v>95</v>
       </c>
       <c r="H24">
         <v>4.04</v>
       </c>
       <c r="I24">
         <v>1.78</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>96</v>
       </c>