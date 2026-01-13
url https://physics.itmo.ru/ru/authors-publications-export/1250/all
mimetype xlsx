--- v1 (2025-11-11)
+++ v2 (2026-01-13)
@@ -140,87 +140,87 @@
   <si>
     <t>Sergei Krasikov, Aaron Tranter, Andrey Bogdanov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Opto-Electronic Advances</t>
   </si>
   <si>
     <t>210147-210147</t>
   </si>
   <si>
     <t>10.29026/oea.2022.210147</t>
   </si>
   <si>
     <t>Seeing is believing</t>
   </si>
   <si>
     <t>Sergei Krasikov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Light: Science &amp; Applications</t>
   </si>
   <si>
     <t>10.1038/s41377-022-00737-4</t>
   </si>
   <si>
+    <t>Miniaturized all-angle accessible RIFD tag</t>
+  </si>
+  <si>
+    <t>Ildar Yusupov, Sergei Krasikov, Diana Shakirova, Andrey Bogdanov, Dmitry Filonov</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012092</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012092</t>
+  </si>
+  <si>
     <t>Superscattering for non-spherical objects</t>
   </si>
   <si>
     <t>Sergei Krasikov, Mikhail Odit, Ildar Yusupov, Diana Shakirova, Alexey Shcherbakov, Alexey Slobozhanyuk, Dmitry Filonov, Andrey Bogdanov</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012073</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012073</t>
   </si>
   <si>
     <t>Generalized Kerker effect in dielectric antennas for enhanced backscattering modulation</t>
   </si>
   <si>
     <t>Diana Shakirova, Sergei Krasikov, Ildar Yusupov, Alexey Slobozhanyuk, Konstantin Ladutenko, Dmitry Filonov, Andrey Bogdanov</t>
   </si>
   <si>
     <t>012136</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012136</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1088/1742-6596/2015/1/012092</t>
   </si>
   <si>
     <t>Anapole-enabled RFID security against far-field attacks</t>
   </si>
   <si>
     <t>Diana Shakirova, Sergei Krasikov, Ildar Yusupov, Alexey Slobozhanyuk, Andrey Bogdanov, Dmitry Filonov</t>
   </si>
   <si>
     <t>Nanophotonics</t>
   </si>
   <si>
     <t>10.1515/nanoph-2021-0394</t>
   </si>
   <si>
     <t>Erratum: Multipolar engineering of subwavelength dielectric particles for scattering enhancement [Phys. Rev. Applied 15, 024052 (2021)]</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.16.039901</t>
   </si>
   <si>
     <t>Broadband noise mitigation using coupled Helmholtz resonators: a numerical study</t>
   </si>
   <si>
     <t>Mariia Krasikova, Anton Melnikov, Sergei Krasikov, Yuri Baloshin, Alexey Slobozhanyuk,  Steffen Marburg,  David Powell, Andrey Bogdanov</t>
   </si>
@@ -1060,51 +1060,51 @@
       <c r="C13" t="s">
         <v>57</v>
       </c>
       <c r="D13">
         <v>0</v>
       </c>
       <c r="E13"/>
       <c r="F13">
         <v>2021</v>
       </c>
       <c r="G13" t="s">
         <v>58</v>
       </c>
       <c r="H13">
         <v>7.92</v>
       </c>
       <c r="I13">
         <v>2.12</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>59</v>
       </c>
       <c r="B14" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="C14" t="s">
         <v>15</v>
       </c>
       <c r="D14">
         <v>16</v>
       </c>
       <c r="E14"/>
       <c r="F14">
         <v>2021</v>
       </c>
       <c r="G14" t="s">
         <v>60</v>
       </c>
       <c r="H14">
         <v>4.93</v>
       </c>
       <c r="I14">
         <v>1.53</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>61</v>
       </c>
@@ -1112,51 +1112,51 @@
         <v>62</v>
       </c>
       <c r="C15" t="s">
         <v>23</v>
       </c>
       <c r="D15">
         <v>263</v>
       </c>
       <c r="E15" t="s">
         <v>63</v>
       </c>
       <c r="F15">
         <v>2021</v>
       </c>
       <c r="G15" t="s">
         <v>64</v>
       </c>
       <c r="H15"/>
       <c r="I15"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>65</v>
       </c>
       <c r="B16" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="C16" t="s">
         <v>66</v>
       </c>
       <c r="D16">
         <v>119</v>
       </c>
       <c r="E16" t="s">
         <v>67</v>
       </c>
       <c r="F16">
         <v>2021</v>
       </c>
       <c r="G16" t="s">
         <v>68</v>
       </c>
       <c r="H16">
         <v>3.97</v>
       </c>
       <c r="I16">
         <v>1.03</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
@@ -1210,51 +1210,51 @@
       <c r="A19" t="s">
         <v>77</v>
       </c>
       <c r="B19" t="s">
         <v>78</v>
       </c>
       <c r="C19" t="s">
         <v>79</v>
       </c>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19">
         <v>2021</v>
       </c>
       <c r="G19" t="s">
         <v>80</v>
       </c>
       <c r="H19"/>
       <c r="I19"/>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>81</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="C20" t="s">
         <v>15</v>
       </c>
       <c r="D20">
         <v>15</v>
       </c>
       <c r="E20"/>
       <c r="F20">
         <v>2021</v>
       </c>
       <c r="G20" t="s">
         <v>82</v>
       </c>
       <c r="H20">
         <v>4.93</v>
       </c>
       <c r="I20">
         <v>1.53</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>83</v>
       </c>
@@ -1318,51 +1318,51 @@
       <c r="C23" t="s">
         <v>91</v>
       </c>
       <c r="D23"/>
       <c r="E23" t="s">
         <v>92</v>
       </c>
       <c r="F23">
         <v>2020</v>
       </c>
       <c r="G23" t="s">
         <v>93</v>
       </c>
       <c r="H23">
         <v>4.39</v>
       </c>
       <c r="I23">
         <v>1.65</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>94</v>
       </c>
       <c r="B24" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="C24" t="s">
         <v>71</v>
       </c>
       <c r="D24">
         <v>102</v>
       </c>
       <c r="E24"/>
       <c r="F24">
         <v>2020</v>
       </c>
       <c r="G24" t="s">
         <v>95</v>
       </c>
       <c r="H24">
         <v>4.04</v>
       </c>
       <c r="I24">
         <v>1.78</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>96</v>
       </c>