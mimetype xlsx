--- v0 (2025-10-08)
+++ v1 (2025-11-02)
@@ -503,105 +503,105 @@
   <si>
     <t>Daniil Bobylev, Daria A. Smirnova, Maxim Gorlach</t>
   </si>
   <si>
     <t>10.1002/lpor.201900392</t>
   </si>
   <si>
     <t>Realizing topological corner states in two-dimensional Su-Schrieffer-Heeger model with next-nearest neighbor couplings</t>
   </si>
   <si>
     <t>Polina Ivanova, Nikita Olekhno, Valeriy Kachin, Dmitry Zhirihin,  Pavel Seregin, Maxim Gorlach</t>
   </si>
   <si>
     <t>012142</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1695/1/012142</t>
   </si>
   <si>
     <t>Topological States in Qubit Arrays Induced by Density-Dependent Coupling</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.14.064040</t>
   </si>
   <si>
+    <t>Statistics-induced topological States of interacting anyons</t>
+  </si>
+  <si>
+    <t>Nikita Olekhno, Alina Rozenblit,  Pavel Seregin, Maxim Gorlach</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020093</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031727</t>
+  </si>
+  <si>
+    <t>Demonstration of higher-order topological States in photonic kagome lattice with next-nearest-neighbour coupling</t>
+  </si>
+  <si>
+    <t>Dmitry Zhirihin, M. Li, Maxim Gorlach, Dmitry Filonov, Alexey Slobozhanyuk, A. Alu</t>
+  </si>
+  <si>
+    <t>020139</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032066</t>
+  </si>
+  <si>
     <t>Nonlocal dipole response of resonant particles</t>
   </si>
   <si>
     <t>Daniil Bobylev, Maxim Gorlach</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1063/5.0031677</t>
   </si>
   <si>
     <t>Engineering topological states in two-mode waveguide arrays</t>
   </si>
   <si>
     <t>Roman Savelev, Maxim Gorlach</t>
   </si>
   <si>
     <t>020107</t>
   </si>
   <si>
     <t>10.1063/5.0031935</t>
   </si>
   <si>
     <t>Two-photon topological States in the array of qubits caused by the effective photon-photon interaction</t>
   </si>
   <si>
     <t>020123</t>
   </si>
   <si>
     <t>10.1063/5.0031720</t>
-  </si>
-[...22 lines deleted...]
-    <t>10.1063/5.0032066</t>
   </si>
   <si>
     <t>Topological states in arrays of optical waveguides engineered via mode interference</t>
   </si>
   <si>
     <t>10.1103/physrevb.102.161112</t>
   </si>
   <si>
     <t>Nonlocal response of Mie-resonant dielectric particles</t>
   </si>
   <si>
     <t>10.1103/physrevb.102.115110</t>
   </si>
   <si>
     <t>Interaction-induced topological states of photon pairs</t>
   </si>
   <si>
     <t>013510</t>
   </si>
   <si>
     <t>10.1103/physreva.102.013510</t>
   </si>
   <si>
     <t>Optical modes in perovskite nanowire with shallow bi-periodic grating</t>
   </si>
@@ -2570,175 +2570,175 @@
       </c>
       <c r="E45"/>
       <c r="F45">
         <v>2020</v>
       </c>
       <c r="G45" t="s">
         <v>162</v>
       </c>
       <c r="H45">
         <v>4.99</v>
       </c>
       <c r="I45">
         <v>1.88</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>163</v>
       </c>
       <c r="B46" t="s">
         <v>164</v>
       </c>
       <c r="C46" t="s">
         <v>165</v>
       </c>
-      <c r="D46"/>
-      <c r="E46"/>
+      <c r="D46">
+        <v>2300</v>
+      </c>
+      <c r="E46" t="s">
+        <v>166</v>
+      </c>
       <c r="F46">
         <v>2020</v>
       </c>
       <c r="G46" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="H46"/>
-      <c r="I46"/>
+      <c r="I46">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B47" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C47" t="s">
         <v>165</v>
       </c>
       <c r="D47">
         <v>2300</v>
       </c>
       <c r="E47" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F47">
         <v>2020</v>
       </c>
       <c r="G47" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="H47"/>
       <c r="I47">
         <v>0.19</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B48" t="s">
-        <v>103</v>
+        <v>173</v>
       </c>
       <c r="C48" t="s">
         <v>165</v>
       </c>
-      <c r="D48">
-[...4 lines deleted...]
-      </c>
+      <c r="D48"/>
+      <c r="E48"/>
       <c r="F48">
         <v>2020</v>
       </c>
       <c r="G48" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="H48"/>
-      <c r="I48">
-[...1 lines deleted...]
-      </c>
+      <c r="I48"/>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B49" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C49" t="s">
         <v>165</v>
       </c>
       <c r="D49">
         <v>2300</v>
       </c>
       <c r="E49" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F49">
         <v>2020</v>
       </c>
       <c r="G49" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H49"/>
       <c r="I49">
         <v>0.19</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B50" t="s">
-        <v>179</v>
+        <v>103</v>
       </c>
       <c r="C50" t="s">
         <v>165</v>
       </c>
       <c r="D50">
         <v>2300</v>
       </c>
       <c r="E50" t="s">
         <v>180</v>
       </c>
       <c r="F50">
         <v>2020</v>
       </c>
       <c r="G50" t="s">
         <v>181</v>
       </c>
       <c r="H50"/>
       <c r="I50">
         <v>0.19</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>182</v>
       </c>
       <c r="B51" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="C51" t="s">
         <v>55</v>
       </c>
       <c r="D51">
         <v>102</v>
       </c>
       <c r="E51"/>
       <c r="F51">
         <v>2020</v>
       </c>
       <c r="G51" t="s">
         <v>183</v>
       </c>
       <c r="H51">
         <v>4.04</v>
       </c>
       <c r="I51">
         <v>1.78</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>184</v>
       </c>