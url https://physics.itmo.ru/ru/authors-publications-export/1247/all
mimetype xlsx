--- v0 (2025-10-06)
+++ v1 (2025-11-09)
@@ -353,80 +353,80 @@
   <si>
     <t>Mariia Krasikova, Aleksandra Pavliuk, Sergei Krasikov, Mikhail Kuzmin, Andrey Lutovinov, Anton Melnikov, Yuri Baloshin, David A. Powell, Steffen Marburg, Andrey Bogdanov</t>
   </si>
   <si>
     <t>APL Materials</t>
   </si>
   <si>
     <t>10.1063/5.0175167</t>
   </si>
   <si>
     <t>The influence of structural changes and defects on noise mitigation properties of the periodic structures based on coupled Helmholtz resonators</t>
   </si>
   <si>
     <t>Aleksandra Pavliuk, Mariia Krasikova, Sergei Krasikov, Anton Melnikov, Yuri Baloshin, David A. Powell, Steffen Marburg, Andrey Bogdanov</t>
   </si>
   <si>
     <t>INTER-NOISE and NOISE-CON Congress and Conference Proceedings</t>
   </si>
   <si>
     <t>5053-5061</t>
   </si>
   <si>
     <t>10.3397/in_2023_0718</t>
   </si>
   <si>
+    <t>Analytical calculation of SPP generation with structured substrates</t>
+  </si>
+  <si>
+    <t>Alexey Proskurin, Andrey Bogdanov, Anton V. Dyshlyuk, Oleg B. Vitrik</t>
+  </si>
+  <si>
+    <t>2023 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>10.1109/dd58728.2023.10325761</t>
+  </si>
+  <si>
     <t>Two approaches in defining topological charge of bound states in the continuum in multipolar lattices</t>
   </si>
   <si>
     <t>Artem Shalev, Igor Lobanov, Andrey Bogdanov</t>
   </si>
   <si>
-    <t>2023 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/dd58728.2023.10325780</t>
   </si>
   <si>
     <t>High-Q resonances in one-dimensional arrays of dipolar scatterers</t>
   </si>
   <si>
     <t>Mikhail Mikhailovskii, Maria Poleva, Mikhail Sidorenko, Zarina Sadrieva, Mihail Petrov, Andrey Bogdanov, Roman Savelev</t>
   </si>
   <si>
     <t>10.1109/dd58728.2023.10325819</t>
   </si>
   <si>
-    <t>Analytical calculation of SPP generation with structured substrates</t>
-[...7 lines deleted...]
-  <si>
     <t>Inverse design of all-dielectric metasurfaces with accidental bound states in the continuum</t>
   </si>
   <si>
     <t>Sergey Gladishev, Theodosios D. Karamanos, Lina Kuhn, Dominik Beutel, Thomas Weiss, Carsten Rockstuhl, Andrey Bogdanov</t>
   </si>
   <si>
     <t>3767-3779</t>
   </si>
   <si>
     <t>10.1515/nanoph-2023-0373</t>
   </si>
   <si>
     <t>No reflection paradox at the boundary of hyperbolic medium</t>
   </si>
   <si>
     <t>Ilya Deriy, Ksenia Lezhennikova, Stanislav Glybovski, Pavel Belov, Ivan Iorsh, Mingzhao Song, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Optical Manipulation and Structured Materials Conference</t>
   </si>
   <si>
     <t>10.1117/12.3008377</t>
   </si>
   <si>
     <t>Rapid and sensitive detection of nucleoprotein SARS-CoV-2 virus: SERS vs ELISA</t>
@@ -569,131 +569,131 @@
   <si>
     <t>APL Photonics</t>
   </si>
   <si>
     <t>10.1063/5.0111203</t>
   </si>
   <si>
     <t>Inverse design of nanophotonics devices and materials</t>
   </si>
   <si>
     <t>Peter R. Wiecha, Alexander Yu. Petrov, Patrice Genevet, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2022.101084</t>
   </si>
   <si>
     <t>Radiation outcoupling from microdisk lasers via dielectric resonant nanoantennas</t>
   </si>
   <si>
     <t>Dmitry Pidgayko, Ivan Melnichenko, Vitaliy Shkoldin, Lev Logunov, Natalia Kryzhanovskaya, Anton Samusev, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2022.101081</t>
   </si>
   <si>
+    <t>Collective states with high quality factors in chains of dielectric resonators</t>
+  </si>
+  <si>
+    <t>Mikhail Mikhailovskii, Roman Savelev, Mikhail Sidorenko, Zarina Sadrieva, Andrey Bogdanov, Mihail Petrov</t>
+  </si>
+  <si>
+    <t>St. Petersburg Polytechnic University Journal - Physics and Mathematics</t>
+  </si>
+  <si>
+    <t>10.18721/JPM.153.341</t>
+  </si>
+  <si>
     <t>Passive temperature sensor tag based on quasi-BIC</t>
   </si>
   <si>
     <t>Ildar Yusupov, Dmitry Filonov, Andrey Bogdanov, Mikhail Rybin, Alexey Slobozhanyuk</t>
   </si>
   <si>
     <t>2022 7th International Conference on Smart and Sustainable Technologies (SpliTech)</t>
   </si>
   <si>
     <t>10.23919/splitech55088.2022.9854305</t>
   </si>
   <si>
-    <t>Collective states with high quality factors in chains of dielectric resonators</t>
-[...10 lines deleted...]
-  <si>
     <t>Nanoscale Gallium Phosphide Epilayers on Sapphire for Low-Loss Visible Nanophotonics</t>
   </si>
   <si>
     <t>Vladimir V. Fedorov, Olga Yu. Koval, Daniil Ryabov, Sergey V. Fedina, Igor E. Eliseev, Demid A. Kirilenko, Dmitry Pidgayko, Andrey Bogdanov, Yury M. Zadiranov, Alexandr S. Goltaev, Georgy A. Ermolaev, Aleksey V. Arsenin, Sergey Makarov, Anton Samusev, Valentyn S. Volkov, Ivan Mukhin</t>
   </si>
   <si>
     <t>ACS Applied Nano Materials</t>
   </si>
   <si>
     <t>8846-8858</t>
   </si>
   <si>
     <t>10.1021/acsanm.2c00941</t>
   </si>
   <si>
     <t>Bound states in the continuum in multipolar lattices</t>
   </si>
   <si>
     <t>Sergey Gladishev, Artem Shalev, Kristina Frizyuk, Konstantin Ladutenko, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1103/physrevb.105.l241301</t>
   </si>
   <si>
     <t>Topologically enabled ultrahigh-Q chiroptical resonances by merging bound states in the continuum</t>
   </si>
   <si>
     <t>Shun Wan, Keda Wang, Fatian Wang, Chunying Guan, Wenjia Li, Jianlong Liu, Andrey Bogdanov, Pavel Belov, Jinhui Shi</t>
   </si>
   <si>
     <t>Optics Letters</t>
   </si>
   <si>
     <t>10.1364/ol.462021</t>
   </si>
   <si>
+    <t>Bound states in the continuum in the multipole approximation</t>
+  </si>
+  <si>
+    <t>Metamaterials XIII</t>
+  </si>
+  <si>
+    <t>10.1117/12.2621078</t>
+  </si>
+  <si>
     <t>Coherent perfect absorption by a single nanoparticle</t>
   </si>
   <si>
     <t>Alexey Proskurin, Andrey Bogdanov, Denis Baranov</t>
   </si>
   <si>
     <t>Nanophotonics IX</t>
   </si>
   <si>
     <t>10.1117/12.2621039</t>
   </si>
   <si>
-    <t>Bound states in the continuum in the multipole approximation</t>
-[...7 lines deleted...]
-  <si>
     <t>Intelligent metaphotonics empowered by machine learning</t>
   </si>
   <si>
     <t>Sergei Krasikov, Aaron Tranter, Andrey Bogdanov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Opto-Electronic Advances</t>
   </si>
   <si>
     <t>210147-210147</t>
   </si>
   <si>
     <t>10.29026/oea.2022.210147</t>
   </si>
   <si>
     <t>Enhanced sensitivity of an all-dielectric refractive index sensor with an optical bound state in the continuum</t>
   </si>
   <si>
     <t>Dmitrii N. Maksimov, Valery S. Gerasimov, Andrey Bogdanov, Sergey P. Polyutov</t>
   </si>
   <si>
     <t>Physical Review A</t>
   </si>
   <si>
     <t>10.1103/physreva.105.033518</t>
@@ -716,50 +716,74 @@
   <si>
     <t>Andrey Bogdanov</t>
   </si>
   <si>
     <t>2021 International Conference on Information Technology and Nanotechnology (ITNT)</t>
   </si>
   <si>
     <t>10.1109/itnt52450.2021.9649233</t>
   </si>
   <si>
     <t>Measurement of the photon detection efficiency of silicon photomultipliers for the new detector cluster of the Cherenkov gamma-ray telescope TAIGA-IACT equipped with UV filters</t>
   </si>
   <si>
     <t>D O Kuleshov, Vlad Simonian, Andrey Bogdanov, E E Kholupenko, Yu V Tuboltsev, Yu V Chichagov, A M Krassilchtchikov</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>012036</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2103/1/012036</t>
   </si>
   <si>
+    <t>Superscattering for non-spherical objects</t>
+  </si>
+  <si>
+    <t>Sergei Krasikov, Mikhail Odit, Ildar Yusupov, Diana Shakirova, Alexey Shcherbakov, Alexey Slobozhanyuk, Dmitry Filonov, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>012073</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012073</t>
+  </si>
+  <si>
+    <t>Second harmonic generation in hybrid GaP/Au nanocylinders</t>
+  </si>
+  <si>
+    <t>Dmitry Pidgayko, Ilya Deriy, Vladimir Fedorov, Alexey Mozharov, Ivan Mukhin, Yuriy Zadiranov, Mihail Petrov, Anton Samusev, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>012172</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012172</t>
+  </si>
+  <si>
     <t>Miniaturized all-angle accessible RIFD tag</t>
   </si>
   <si>
     <t>Ildar Yusupov, Sergei Krasikov, Diana Shakirova, Andrey Bogdanov, Dmitry Filonov</t>
   </si>
   <si>
     <t>012092</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012092</t>
   </si>
   <si>
     <t>Bound states in the continuum-induced enhancement of evanescent field confinement</t>
   </si>
   <si>
     <t>Sergey Lepeshov, Andrey Bogdanov</t>
   </si>
   <si>
     <t>012083</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012083</t>
   </si>
   <si>
     <t>Stability of bound states in the continuum in low-contrast photonic structures</t>
@@ -785,74 +809,50 @@
   <si>
     <t>Mechanical scanning probe lithography of nanophotonic devices based on multilayer TMDCs</t>
   </si>
   <si>
     <t>B R Borodin, Fedor Benimetskiy, V Yu Davydov, I A Eliseyev, Sergey Lepeshov, Andrey Bogdanov, P A Alekseev</t>
   </si>
   <si>
     <t>012020</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012020</t>
   </si>
   <si>
     <t>Generalized Kerker effect in dielectric antennas for enhanced backscattering modulation</t>
   </si>
   <si>
     <t>Diana Shakirova, Sergei Krasikov, Ildar Yusupov, Alexey Slobozhanyuk, Konstantin Ladutenko, Dmitry Filonov, Andrey Bogdanov</t>
   </si>
   <si>
     <t>012136</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012136</t>
   </si>
   <si>
-    <t>Superscattering for non-spherical objects</t>
-[...22 lines deleted...]
-  <si>
     <t>Anapole-enabled RFID security against far-field attacks</t>
   </si>
   <si>
     <t>Diana Shakirova, Sergei Krasikov, Ildar Yusupov, Alexey Slobozhanyuk, Andrey Bogdanov, Dmitry Filonov</t>
   </si>
   <si>
     <t>10.1515/nanoph-2021-0394</t>
   </si>
   <si>
     <t>Chipless wireless temperature sensor based on quasi-BIC resonance</t>
   </si>
   <si>
     <t>10.1063/5.0064480</t>
   </si>
   <si>
     <t>Accidental bound state in the continuum in a chain of dielectric disks</t>
   </si>
   <si>
     <t>Mikhail Sidorenko, Olga Sergaeva, Zarina Sadrieva, C. Roques-Carmes, P. S. Muraev, D. N. Maksimov, Andrey Bogdanov</t>
   </si>
   <si>
     <t>2021 Conference on Lasers and Electro-Optics Europe &amp;amp; European Quantum Electronics Conference (CLEO/Europe-EQEC)</t>
   </si>
   <si>
     <t>10.1109/cleo/europe-eqec52157.2021.9592618</t>
@@ -884,152 +884,152 @@
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.1c03257</t>
   </si>
   <si>
     <t>Erratum: Multipolar engineering of subwavelength dielectric particles for scattering enhancement [Phys. Rev. Applied 15, 024052 (2021)]</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.16.039901</t>
   </si>
   <si>
     <t>Broadband noise mitigation using coupled Helmholtz resonators: a numerical study</t>
   </si>
   <si>
     <t>Mariia Krasikova, Anton Melnikov, Sergei Krasikov, Yuri Baloshin, Alexey Slobozhanyuk,  Steffen Marburg,  David Powell, Andrey Bogdanov</t>
   </si>
   <si>
     <t>3999-4007</t>
   </si>
   <si>
     <t>10.3397/in-2021-2573</t>
   </si>
   <si>
+    <t>Fano Resonances in Individual Dielectric Nanoantennas</t>
+  </si>
+  <si>
+    <t>Elizaveta Melik-Gaykazyan, Andrey Bogdanov, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>Conference on Lasers and Electro-Optics</t>
+  </si>
+  <si>
+    <t>10.1364/cleo_qels.2021.ftu4f.4</t>
+  </si>
+  <si>
     <t>Observation of Ultrafast Self-Action Effects in Resonant Dielectric Metasurfaces</t>
   </si>
   <si>
     <t>Ivan Sinev, Zhuojun Liu, Anton Rudenko, Konstantin Ladutenko, Alexey Shcherbakov, Zarina Sadrieva, Tatiana Itina, Andrey Bogdanov, Yuri Kivshar</t>
   </si>
   <si>
-    <t>Conference on Lasers and Electro-Optics</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1364/cleo_qels.2021.fm3i.6</t>
   </si>
   <si>
     <t>Exceptionally high coupling of light into optical fibers via all-dielectric nanostructures</t>
   </si>
   <si>
     <t>Henrik Schneidewind, Uwe Hübner, Torsten Wieduwilt, Matthias Zeisberger, Andrey Bogdanov, Yuri Kivshar, Markus A. Schmidt</t>
   </si>
   <si>
     <t>10.1364/cleo_si.2021.sm1p.4</t>
   </si>
   <si>
-    <t>Fano Resonances in Individual Dielectric Nanoantennas</t>
-[...7 lines deleted...]
-  <si>
     <t>Omnidirectional miniature RFID tag</t>
   </si>
   <si>
     <t>033503</t>
   </si>
   <si>
     <t>10.1063/5.0054740</t>
   </si>
   <si>
     <t>Excitation of a bound state in the continuum via spontaneous symmetry breaking</t>
   </si>
   <si>
     <t>Alexander Chukhrov, Sergei Krasikov, Alexey Yulin, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1103/physrevb.103.214312</t>
   </si>
   <si>
     <t>Perfect Absorption of a Focused Light Beam by a Single Nanoparticle</t>
   </si>
   <si>
     <t>Alexey Proskurin, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1002/lpor.202000430</t>
   </si>
   <si>
     <t>High-Permittivity Ceramic Tags Miniaturization for Long-Range RFID Applications</t>
   </si>
   <si>
     <t>Ildar Yusupov, Sergei Krasikov, Diana Shakirova, Andrey Bogdanov, Alexey Slobozhanyuk, Dmitry Filonov</t>
   </si>
   <si>
     <t>2021 15th European Conference on Antennas and Propagation (EuCAP)</t>
   </si>
   <si>
     <t>10.23919/eucap51087.2021.9411439</t>
   </si>
   <si>
     <t>Tuning exceptional points with Kerr nonlinearity</t>
   </si>
   <si>
     <t>Shahab Ramezanpour, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1103/physreva.103.043510</t>
   </si>
   <si>
+    <t>Record-breaking light coupling into nanostructured optical fibers under large incident angles</t>
+  </si>
+  <si>
+    <t>Henrik Schneidewind, Uwe Hubner, Torsten Wieduwilt, Matthias Zeisberger, Andrey Bogdanov, Yuri Kivshar, Markus A. Schmidt</t>
+  </si>
+  <si>
+    <t>Micro-structured and Specialty Optical Fibres VII</t>
+  </si>
+  <si>
+    <t>10.1117/12.2590790</t>
+  </si>
+  <si>
     <t>Excitation of a bound state in the continuum in nonlinear systems from the far field</t>
   </si>
   <si>
     <t>Sergei Krasikov, Alexander Chukhrov, Alexey Yulin, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Nonlinear Optics and Applications XII</t>
   </si>
   <si>
     <t>10.1117/12.2591938</t>
   </si>
   <si>
-    <t>Record-breaking light coupling into nanostructured optical fibers under large incident angles</t>
-[...10 lines deleted...]
-  <si>
     <t>Observation of an Accidental Bound State in the Continuum in a Chain of Dielectric Disks</t>
   </si>
   <si>
     <t>Mikhail Sidorenko, Olga Sergaeva, Zarina Sadrieva, C. Roques-Carmes, P.S. Muraev, D.N. Maksimov, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.15.034041</t>
   </si>
   <si>
     <t>Multipolar Engineering of Subwavelength Dielectric Particles for Scattering Enhancement</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.15.024052</t>
   </si>
   <si>
     <t>Fractional Charge States in the Magneto-Photoluminescence Spectra of Single-Electron InP/GaInP2 Quantum Dots</t>
   </si>
   <si>
     <t>Alexander Mintairov, Dmitrii Lebedev, Alexei Vlasov, Andrey Bogdanov, Shahab Ramezanpour, Steven Blundell</t>
   </si>
   <si>
     <t>10.3390/nano11020493</t>
   </si>
   <si>
     <t>From Fano to Quasi-BIC Resonances in Individual Dielectric Nanoantennas</t>
@@ -1376,71 +1376,71 @@
   <si>
     <t>10.1016/j.jqsrt.2019.106825</t>
   </si>
   <si>
     <t>Engineering with Bound States in the Continuum</t>
   </si>
   <si>
     <t>Optics and Photonics News</t>
   </si>
   <si>
     <t>10.1364/opn.31.1.000038</t>
   </si>
   <si>
     <t>Numerical and analytical models for calculating optical forces near auxiliary plasmonic substrates</t>
   </si>
   <si>
     <t>Alexander Shalin, Aleksandra Ivinskaia, Natalia Kostina, Mihail Petrov, Andrey Bogdanov, Sergei Sukhov</t>
   </si>
   <si>
     <t>PROCEEDINGS OF THE INTERNATIONAL CONFERENCE OF COMPUTATIONAL METHODS IN SCIENCES AND ENGINEERING 2019 (ICCMSE-2019)</t>
   </si>
   <si>
     <t>10.1063/1.5137933</t>
   </si>
   <si>
+    <t>Visualization of isofrequency contours of guided modes in all-dielectric hyperbolic-like metasurface</t>
+  </si>
+  <si>
+    <t>Dmitry Pidgayko, Anton Samusev, Ivan Sinev, Dmitry Permyakov, Stanislav Sychev, F. Heyroth, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>2019 Thirteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials.2019.8900818</t>
+  </si>
+  <si>
     <t>Multipole analysis of bound states in the continuum supported by a periodic array of spheres</t>
   </si>
   <si>
     <t>Zarina Sadrieva, Kristina Frizyuk, Mihail Petrov, Yuri Kivshar, Andrey Bogdanov</t>
   </si>
   <si>
-    <t>2019 Thirteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/metamaterials.2019.8900887</t>
   </si>
   <si>
-    <t>Visualization of isofrequency contours of guided modes in all-dielectric hyperbolic-like metasurface</t>
-[...7 lines deleted...]
-  <si>
     <t>High-harmonic generation at the nanoscale boosted by bound states in the continuum</t>
   </si>
   <si>
     <t>Physical Review Research</t>
   </si>
   <si>
     <t>023016</t>
   </si>
   <si>
     <t>10.1103/physrevresearch.1.023016</t>
   </si>
   <si>
     <t>Multipolar origin of bound states in the continuum</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.100.115303</t>
   </si>
   <si>
     <t>Investigation of effective media applicability for ultrathin multilayer structures</t>
   </si>
   <si>
     <t>Stanislav Sychev, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Nanoscale</t>
@@ -1577,50 +1577,86 @@
   <si>
     <t>419-424</t>
   </si>
   <si>
     <t>10.1016/j.apsusc.2018.12.084</t>
   </si>
   <si>
     <t>Experimental observation of hybrid TE-TM polarized surface waves supported by hyperbolic metasurface</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.195404</t>
   </si>
   <si>
     <t>Near-field observation of guided-mode resonances on a metasurface via dielectric nanosphere excitation</t>
   </si>
   <si>
     <t>Ivan Sinev, Konstantin Ladutenko, Filipp Komissarenko, Andrey Bogdanov</t>
   </si>
   <si>
     <t>4238-4243</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.8b00900</t>
   </si>
   <si>
+    <t>Bound state in the continuum in 1D chain of dielectric disks: theory and experiment</t>
+  </si>
+  <si>
+    <t>Mikhail Balezin, Zarina Sadrieva, Mikhail Beliakov, Polina Kapitanova, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012012</t>
+  </si>
+  <si>
+    <t>Asymmetric metasurfaces with high-Q resonances governed by bound states in the continuum</t>
+  </si>
+  <si>
+    <t>Sergey Lepeshov, Andrey Bogdanov, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>10.1103/PhysRevLett.121.193903</t>
+  </si>
+  <si>
+    <t>Direct imaging of isofrequency contours in all-dielectric optical metasurface</t>
+  </si>
+  <si>
+    <t>Dmitry Pidgayko, Ivan Sinev, Dmitry Permyakov, Anton Samusev, Stanislav Sychev, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012116</t>
+  </si>
+  <si>
+    <t>2pi steering of surface plasmon polaritons with silicon nanoantennas</t>
+  </si>
+  <si>
+    <t>Ivan Sinev, Andrey Bogdanov, Filipp Komissarenko, Ivan Mukhin, Anton Samusev, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012140</t>
+  </si>
+  <si>
     <t>Nonlinear Bound States in the Continuum in One-Dimensional Photonic Crystal Slab</t>
   </si>
   <si>
     <t>Sergei Krasikov, Andrey Bogdanov, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012068</t>
   </si>
   <si>
     <t>Effect of finite lateral size of dielectric grating on optical bound state in the continuum</t>
   </si>
   <si>
     <t>Zarina Sadrieva, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012127</t>
   </si>
   <si>
     <t>Direct near-field mapping of nano-sphere-excited leaky surface modes atanisotropic metasurface</t>
   </si>
   <si>
     <t>Bürkle F. , Ivan Sinev, Andrey Bogdanov, Filipp Komissarenko</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012165</t>
@@ -1658,86 +1694,50 @@
   <si>
     <t>Tractor beams at metamaterial substrates</t>
   </si>
   <si>
     <t>Aleksandra Ivinskaia, Natalia Kostina, Mihail Petrov, Andrey Bogdanov, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012132</t>
   </si>
   <si>
     <t>Eigenmodes degeneracy with Huygens-like all-dielectric metasurface</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012169</t>
   </si>
   <si>
     <t>Optomechanical manipulation with hyperbolic metasurfaces</t>
   </si>
   <si>
     <t>4371-4377</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.8b00775</t>
   </si>
   <si>
-    <t>Bound state in the continuum in 1D chain of dielectric disks: theory and experiment</t>
-[...34 lines deleted...]
-  <si>
     <t>Strong coupling between excitons in transition metal dichalcogenides and optical bound states in the continuum</t>
   </si>
   <si>
     <t>161113(R)</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.161113</t>
   </si>
   <si>
     <t>Strong Mode Coupling and High-Q Supercavity Modes in Subwavelength Dielectric Resonators</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Sergey Gladishev, Zarina Sadrieva, Mikhail Rybin, Kirill Samusev, Mikhail Limonov, Yuri Kivshar</t>
   </si>
   <si>
     <t>IEEE - 2018 Conference on Lasers and Electro-Optics (CLEO)</t>
   </si>
   <si>
     <t>10.1364/CLEO_AT.2018.JTh2A.73</t>
   </si>
   <si>
     <t>Effective surface conductivity of optical hyperbolic metasurfaces: from far-field characterization to surface wave analysis</t>
   </si>
   <si>
     <t>Dmitry Permyakov, Pavel Dmitriev, Anton Samusev, Ivan Iorsh, Andrey Bogdanov</t>
@@ -1883,80 +1883,80 @@
   <si>
     <t>Photonics surface waves on metamaterials interfaces</t>
   </si>
   <si>
     <t>Journal of Physics: Condensed Matter</t>
   </si>
   <si>
     <t>10.1088/1361-648X/aa8bdd</t>
   </si>
   <si>
     <t>Plasmon-assisted optical trapping and anti-trapping</t>
   </si>
   <si>
     <t>Aleksandra Ivinskaia, Mihail Petrov, Andrey Bogdanov, Ivan Shishkin, Alexander Shalin</t>
   </si>
   <si>
     <t>Light: Science and Applications</t>
   </si>
   <si>
     <t>e16258</t>
   </si>
   <si>
     <t>10.1038/lsa.2016.258</t>
   </si>
   <si>
+    <t>Effect of substrate on optical bound states in the continuum in 1D photonic structures</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998034</t>
+  </si>
+  <si>
     <t>Theory of Fano resonance for scattering spectrum of all-dielectric spherical resonators</t>
   </si>
   <si>
     <t>10.1063/1.4998049</t>
   </si>
   <si>
     <t>Retrieval procedure of effective conductivity for plasmonic resonant anisotropic metasurface</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Anton Samusev, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1063/1.4998069</t>
   </si>
   <si>
     <t>Demultiplexing surface waves with silicon nanoantennas</t>
   </si>
   <si>
     <t>Ivan Sinev, Andrey Bogdanov, Filipp Komissarenko, Mihail Petrov, Kristina Frizyuk, Sergey Makarov, Ivan Mukhin, Anton Samusev, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1063/1.4998064</t>
   </si>
   <si>
-    <t>Effect of substrate on optical bound states in the continuum in 1D photonic structures</t>
-[...4 lines deleted...]
-  <si>
     <t>Tunable spin-directional coupling for surface localized waves with anisotropic metasurface</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Ivan Iorsh, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1117/12.2261663</t>
   </si>
   <si>
     <t>High-Q supercavity modes in subwavelength dielectric resonators</t>
   </si>
   <si>
     <t>Mikhail Rybin, Zarina Sadrieva, Kirill Samusev, Andrey Bogdanov, Mikhail Limonov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.119.243901</t>
   </si>
   <si>
     <t>Effective conductivity tensor of plasmonic anisotropic metasurface: Theory and experiment</t>
   </si>
   <si>
     <t>Ivan Mukhin, Anton Samusev, Andrey Bogdanov, Ivan Iorsh</t>
   </si>
   <si>
     <t>1524-1528</t>
@@ -2084,62 +2084,62 @@
   <si>
     <t>Maxim Gorlach, Mingzhao Song, Alexey Slobozhanyuk, Andrey Bogdanov, Pavel Belov</t>
   </si>
   <si>
     <t>Physica Status Solidi - Rapid Research Letters</t>
   </si>
   <si>
     <t>900-904</t>
   </si>
   <si>
     <t>10.1002/pssr.201600289</t>
   </si>
   <si>
     <t>Tamm-Langmuir surface waves</t>
   </si>
   <si>
     <t>10.1103/PhysRevA.94.043815</t>
   </si>
   <si>
     <t>Interplay between anisotropy and spatial dispersion in metamaterial waveguides</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.94.115439</t>
   </si>
   <si>
+    <t>Bound state in the continuum in the one-dimensional photonic crystal slab</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/741/1/012122</t>
+  </si>
+  <si>
     <t>Improved emission outcoupling from microdisk laser by Si nanospheres</t>
   </si>
   <si>
     <t>10.1088/1742-6596/741/1/012158</t>
   </si>
   <si>
-    <t>Bound state in the continuum in the one-dimensional photonic crystal slab</t>
-[...4 lines deleted...]
-  <si>
     <t>Spin control of light with hyperbolic metasurfaces</t>
   </si>
   <si>
     <t>Anton Ovcharenko, Andrey Bogdanov, Ivan Iorsh, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.94.075446</t>
   </si>
   <si>
     <t>Polarization control over electric and magnetic dipole resonances of dielectric nanoparticles on metallic films</t>
   </si>
   <si>
     <t>Ivan Sinev, Ivan Iorsh, Andrey Bogdanov, Dmitry Permyakov, Filipp Komissarenko, Ivan Mukhin, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>vol. 10(5)</t>
   </si>
   <si>
     <t>799-806</t>
   </si>
   <si>
     <t>10.1002/lpor.201600055</t>
   </si>
   <si>
     <t>From high-Q magnetic dipole scattering to broadband electric field localization by silicon nanoparticle on metal</t>
@@ -2255,66 +2255,66 @@
   <si>
     <t>Optical forces in nanorod metamaterial</t>
   </si>
   <si>
     <t>10.1038/srep15846</t>
   </si>
   <si>
     <t>Mode selection in InAs quantum dot microdisk lasers using focused ion beam technique</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Ivan Mukhin, Zarina Sadrieva</t>
   </si>
   <si>
     <t>4022-4025</t>
   </si>
   <si>
     <t>10.1364/OL.40.004022</t>
   </si>
   <si>
     <t>Temperature-tunable semiconductor metamaterial</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.92.085305</t>
   </si>
   <si>
+    <t>Dyakonov-like Plasmonic Localized Waves on Graphene Metasurfaces</t>
+  </si>
+  <si>
+    <t>Ivan Iorsh, Anton Ovcharenko, Andrey Bogdanov, Pavel Belov, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>Progress in Electromagnetics Research Symposium</t>
+  </si>
+  <si>
+    <t>2347-2351</t>
+  </si>
+  <si>
     <t>Semiconductor Temperature Tunable Metameterial for Terahertz Applications</t>
   </si>
   <si>
-    <t>Progress in Electromagnetics Research Symposium</t>
-[...1 lines deleted...]
-  <si>
     <t>978-982</t>
-  </si>
-[...7 lines deleted...]
-    <t>2347-2351</t>
   </si>
   <si>
     <t>Optical pulling forces in hyperbolic metamaterials</t>
   </si>
   <si>
     <t>10.1103/PhysRevA.91.063830</t>
   </si>
   <si>
     <t>Hybrid waves localized at hyperbolic metasurfaces</t>
   </si>
   <si>
     <t>Anton Ovcharenko, Mingzhao Song, Andrey Bogdanov, Ivan Iorsh, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.91.235423</t>
   </si>
   <si>
     <t>Ultrasmall microdisk and microring lasers based on InAs/InGaAs/GaAs quantum dots</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Zarina Sadrieva</t>
   </si>
   <si>
     <t>Nanoscale Research Letters</t>
   </si>
@@ -4006,74 +4006,74 @@
         <v>101081</v>
       </c>
       <c r="F47">
         <v>2022</v>
       </c>
       <c r="G47" t="s">
         <v>184</v>
       </c>
       <c r="H47">
         <v>3.01</v>
       </c>
       <c r="I47">
         <v>0.55</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>185</v>
       </c>
       <c r="B48" t="s">
         <v>186</v>
       </c>
       <c r="C48" t="s">
         <v>187</v>
       </c>
-      <c r="D48"/>
+      <c r="D48">
+        <v>15</v>
+      </c>
       <c r="E48"/>
       <c r="F48">
         <v>2022</v>
       </c>
       <c r="G48" t="s">
         <v>188</v>
       </c>
       <c r="H48"/>
       <c r="I48"/>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>189</v>
       </c>
       <c r="B49" t="s">
         <v>190</v>
       </c>
       <c r="C49" t="s">
         <v>191</v>
       </c>
-      <c r="D49">
-[...1 lines deleted...]
-      </c>
+      <c r="D49"/>
       <c r="E49"/>
       <c r="F49">
         <v>2022</v>
       </c>
       <c r="G49" t="s">
         <v>192</v>
       </c>
       <c r="H49"/>
       <c r="I49"/>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>193</v>
       </c>
       <c r="B50" t="s">
         <v>194</v>
       </c>
       <c r="C50" t="s">
         <v>195</v>
       </c>
       <c r="D50">
         <v>5</v>
       </c>
       <c r="E50" t="s">
         <v>196</v>
@@ -4130,72 +4130,72 @@
       </c>
       <c r="D52">
         <v>47</v>
       </c>
       <c r="E52">
         <v>3291</v>
       </c>
       <c r="F52">
         <v>2022</v>
       </c>
       <c r="G52" t="s">
         <v>204</v>
       </c>
       <c r="H52">
         <v>3.56</v>
       </c>
       <c r="I52">
         <v>1.26</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>205</v>
       </c>
       <c r="B53" t="s">
+        <v>199</v>
+      </c>
+      <c r="C53" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53">
         <v>2022</v>
       </c>
       <c r="G53" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="H53"/>
       <c r="I53"/>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>208</v>
+      </c>
+      <c r="B54" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="C54" t="s">
         <v>210</v>
       </c>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54">
         <v>2022</v>
       </c>
       <c r="G54" t="s">
         <v>211</v>
       </c>
       <c r="H54"/>
       <c r="I54"/>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>212</v>
       </c>
       <c r="B55" t="s">
         <v>213</v>
       </c>
       <c r="C55" t="s">
         <v>214</v>
       </c>
@@ -4357,105 +4357,105 @@
       <c r="C61" t="s">
         <v>231</v>
       </c>
       <c r="D61">
         <v>2015</v>
       </c>
       <c r="E61" t="s">
         <v>240</v>
       </c>
       <c r="F61">
         <v>2021</v>
       </c>
       <c r="G61" t="s">
         <v>241</v>
       </c>
       <c r="H61"/>
       <c r="I61">
         <v>0.21</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>242</v>
       </c>
       <c r="B62" t="s">
-        <v>172</v>
+        <v>243</v>
       </c>
       <c r="C62" t="s">
         <v>231</v>
       </c>
       <c r="D62">
         <v>2015</v>
       </c>
       <c r="E62" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="F62">
         <v>2021</v>
       </c>
       <c r="G62" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="H62"/>
       <c r="I62">
         <v>0.21</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B63" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C63" t="s">
         <v>231</v>
       </c>
       <c r="D63">
         <v>2015</v>
       </c>
       <c r="E63" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="F63">
         <v>2021</v>
       </c>
       <c r="G63" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="H63"/>
       <c r="I63">
         <v>0.21</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B64" t="s">
-        <v>250</v>
+        <v>172</v>
       </c>
       <c r="C64" t="s">
         <v>231</v>
       </c>
       <c r="D64">
         <v>2015</v>
       </c>
       <c r="E64" t="s">
         <v>251</v>
       </c>
       <c r="F64">
         <v>2021</v>
       </c>
       <c r="G64" t="s">
         <v>252</v>
       </c>
       <c r="H64"/>
       <c r="I64">
         <v>0.21</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
         <v>253</v>
       </c>
@@ -4546,51 +4546,51 @@
       <c r="C68" t="s">
         <v>11</v>
       </c>
       <c r="D68">
         <v>0</v>
       </c>
       <c r="E68"/>
       <c r="F68">
         <v>2021</v>
       </c>
       <c r="G68" t="s">
         <v>267</v>
       </c>
       <c r="H68">
         <v>7.92</v>
       </c>
       <c r="I68">
         <v>2.12</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>268</v>
       </c>
       <c r="B69" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69">
         <v>119</v>
       </c>
       <c r="E69">
         <v>193504</v>
       </c>
       <c r="F69">
         <v>2021</v>
       </c>
       <c r="G69" t="s">
         <v>269</v>
       </c>
       <c r="H69">
         <v>3.97</v>
       </c>
       <c r="I69">
         <v>1.03</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
@@ -4679,51 +4679,51 @@
         <v>281</v>
       </c>
       <c r="C73" t="s">
         <v>282</v>
       </c>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73">
         <v>2021</v>
       </c>
       <c r="G73" t="s">
         <v>283</v>
       </c>
       <c r="H73">
         <v>12.26</v>
       </c>
       <c r="I73">
         <v>3.76</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>284</v>
       </c>
       <c r="B74" t="s">
-        <v>258</v>
+        <v>235</v>
       </c>
       <c r="C74" t="s">
         <v>58</v>
       </c>
       <c r="D74">
         <v>16</v>
       </c>
       <c r="E74"/>
       <c r="F74">
         <v>2021</v>
       </c>
       <c r="G74" t="s">
         <v>285</v>
       </c>
       <c r="H74">
         <v>4.93</v>
       </c>
       <c r="I74">
         <v>1.53</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>286</v>
       </c>
@@ -4794,51 +4794,51 @@
       <c r="A78" t="s">
         <v>297</v>
       </c>
       <c r="B78" t="s">
         <v>298</v>
       </c>
       <c r="C78" t="s">
         <v>292</v>
       </c>
       <c r="D78"/>
       <c r="E78"/>
       <c r="F78">
         <v>2021</v>
       </c>
       <c r="G78" t="s">
         <v>299</v>
       </c>
       <c r="H78"/>
       <c r="I78"/>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
         <v>300</v>
       </c>
       <c r="B79" t="s">
-        <v>235</v>
+        <v>243</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79">
         <v>119</v>
       </c>
       <c r="E79" t="s">
         <v>301</v>
       </c>
       <c r="F79">
         <v>2021</v>
       </c>
       <c r="G79" t="s">
         <v>302</v>
       </c>
       <c r="H79">
         <v>3.97</v>
       </c>
       <c r="I79">
         <v>1.03</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
@@ -4996,51 +4996,51 @@
       <c r="C86" t="s">
         <v>58</v>
       </c>
       <c r="D86">
         <v>15</v>
       </c>
       <c r="E86"/>
       <c r="F86">
         <v>2021</v>
       </c>
       <c r="G86" t="s">
         <v>326</v>
       </c>
       <c r="H86">
         <v>4.93</v>
       </c>
       <c r="I86">
         <v>1.53</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>327</v>
       </c>
       <c r="B87" t="s">
-        <v>258</v>
+        <v>235</v>
       </c>
       <c r="C87" t="s">
         <v>58</v>
       </c>
       <c r="D87">
         <v>15</v>
       </c>
       <c r="E87"/>
       <c r="F87">
         <v>2021</v>
       </c>
       <c r="G87" t="s">
         <v>328</v>
       </c>
       <c r="H87">
         <v>4.93</v>
       </c>
       <c r="I87">
         <v>1.53</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>329</v>
       </c>
@@ -5187,51 +5187,51 @@
       <c r="C93" t="s">
         <v>345</v>
       </c>
       <c r="D93">
         <v>2300</v>
       </c>
       <c r="E93" t="s">
         <v>350</v>
       </c>
       <c r="F93">
         <v>2020</v>
       </c>
       <c r="G93" t="s">
         <v>351</v>
       </c>
       <c r="H93"/>
       <c r="I93">
         <v>0.19</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
         <v>352</v>
       </c>
       <c r="B94" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="C94" t="s">
         <v>345</v>
       </c>
       <c r="D94">
         <v>2300</v>
       </c>
       <c r="E94" t="s">
         <v>353</v>
       </c>
       <c r="F94">
         <v>2020</v>
       </c>
       <c r="G94" t="s">
         <v>354</v>
       </c>
       <c r="H94"/>
       <c r="I94">
         <v>0.19</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
         <v>355</v>
       </c>
@@ -5376,51 +5376,51 @@
       <c r="C100" t="s">
         <v>373</v>
       </c>
       <c r="D100"/>
       <c r="E100" t="s">
         <v>374</v>
       </c>
       <c r="F100">
         <v>2020</v>
       </c>
       <c r="G100" t="s">
         <v>375</v>
       </c>
       <c r="H100">
         <v>4.39</v>
       </c>
       <c r="I100">
         <v>1.65</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
         <v>376</v>
       </c>
       <c r="B101" t="s">
-        <v>254</v>
+        <v>262</v>
       </c>
       <c r="C101" t="s">
         <v>32</v>
       </c>
       <c r="D101">
         <v>102</v>
       </c>
       <c r="E101"/>
       <c r="F101">
         <v>2020</v>
       </c>
       <c r="G101" t="s">
         <v>377</v>
       </c>
       <c r="H101">
         <v>4.04</v>
       </c>
       <c r="I101">
         <v>1.78</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
         <v>378</v>
       </c>
@@ -5451,72 +5451,72 @@
       <c r="C103" t="s">
         <v>383</v>
       </c>
       <c r="D103"/>
       <c r="E103">
         <v>2003804</v>
       </c>
       <c r="F103">
         <v>2020</v>
       </c>
       <c r="G103" t="s">
         <v>384</v>
       </c>
       <c r="H103">
         <v>30.85</v>
       </c>
       <c r="I103">
         <v>10.71</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
         <v>385</v>
       </c>
       <c r="B104" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
       <c r="C104" t="s">
         <v>386</v>
       </c>
       <c r="D104"/>
       <c r="E104"/>
       <c r="F104">
         <v>2020</v>
       </c>
       <c r="G104" t="s">
         <v>387</v>
       </c>
       <c r="H104"/>
       <c r="I104"/>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
         <v>388</v>
       </c>
       <c r="B105" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="C105" t="s">
         <v>90</v>
       </c>
       <c r="D105">
         <v>7</v>
       </c>
       <c r="E105" t="s">
         <v>389</v>
       </c>
       <c r="F105">
         <v>2020</v>
       </c>
       <c r="G105" t="s">
         <v>390</v>
       </c>
       <c r="H105">
         <v>7.53</v>
       </c>
       <c r="I105">
         <v>2.74</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
@@ -5784,51 +5784,51 @@
       <c r="A116" t="s">
         <v>427</v>
       </c>
       <c r="B116" t="s">
         <v>428</v>
       </c>
       <c r="C116" t="s">
         <v>429</v>
       </c>
       <c r="D116"/>
       <c r="E116"/>
       <c r="F116">
         <v>2020</v>
       </c>
       <c r="G116" t="s">
         <v>430</v>
       </c>
       <c r="H116"/>
       <c r="I116"/>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
         <v>431</v>
       </c>
       <c r="B117" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
       <c r="C117" t="s">
         <v>432</v>
       </c>
       <c r="D117"/>
       <c r="E117"/>
       <c r="F117">
         <v>2020</v>
       </c>
       <c r="G117" t="s">
         <v>433</v>
       </c>
       <c r="H117"/>
       <c r="I117"/>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
         <v>434</v>
       </c>
       <c r="B118" t="s">
         <v>435</v>
       </c>
       <c r="C118" t="s">
         <v>90</v>
       </c>
@@ -6009,51 +6009,51 @@
         <v>439</v>
       </c>
       <c r="C125" t="s">
         <v>462</v>
       </c>
       <c r="D125">
         <v>1</v>
       </c>
       <c r="E125" t="s">
         <v>463</v>
       </c>
       <c r="F125">
         <v>2019</v>
       </c>
       <c r="G125" t="s">
         <v>464</v>
       </c>
       <c r="H125"/>
       <c r="I125"/>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
         <v>465</v>
       </c>
       <c r="B126" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="C126" t="s">
         <v>32</v>
       </c>
       <c r="D126">
         <v>100</v>
       </c>
       <c r="E126">
         <v>115303</v>
       </c>
       <c r="F126">
         <v>2019</v>
       </c>
       <c r="G126" t="s">
         <v>466</v>
       </c>
       <c r="H126">
         <v>3.58</v>
       </c>
       <c r="I126">
         <v>1.81</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
@@ -6468,399 +6468,399 @@
       </c>
       <c r="G141" t="s">
         <v>520</v>
       </c>
       <c r="H141">
         <v>7.14</v>
       </c>
       <c r="I141">
         <v>2.98</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" t="s">
         <v>521</v>
       </c>
       <c r="B142" t="s">
         <v>522</v>
       </c>
       <c r="C142" t="s">
         <v>231</v>
       </c>
       <c r="D142">
         <v>1092</v>
       </c>
       <c r="E142">
-        <v>12068</v>
+        <v>12012</v>
       </c>
       <c r="F142">
         <v>2018</v>
       </c>
       <c r="G142" t="s">
         <v>523</v>
       </c>
       <c r="H142"/>
       <c r="I142">
         <v>0.24</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
         <v>524</v>
       </c>
       <c r="B143" t="s">
         <v>525</v>
       </c>
       <c r="C143" t="s">
-        <v>231</v>
+        <v>223</v>
       </c>
       <c r="D143">
-        <v>1092</v>
+        <v>121</v>
       </c>
       <c r="E143">
-        <v>12127</v>
+        <v>193903</v>
       </c>
       <c r="F143">
         <v>2018</v>
       </c>
       <c r="G143" t="s">
         <v>526</v>
       </c>
-      <c r="H143"/>
+      <c r="H143">
+        <v>9.23</v>
+      </c>
       <c r="I143">
-        <v>0.24</v>
+        <v>3.57</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
         <v>527</v>
       </c>
       <c r="B144" t="s">
         <v>528</v>
       </c>
       <c r="C144" t="s">
         <v>231</v>
       </c>
       <c r="D144">
         <v>1092</v>
       </c>
       <c r="E144">
-        <v>12165</v>
+        <v>12116</v>
       </c>
       <c r="F144">
         <v>2018</v>
       </c>
       <c r="G144" t="s">
         <v>529</v>
       </c>
       <c r="H144"/>
       <c r="I144">
         <v>0.24</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" t="s">
         <v>530</v>
       </c>
       <c r="B145" t="s">
         <v>531</v>
       </c>
       <c r="C145" t="s">
-        <v>532</v>
+        <v>231</v>
       </c>
       <c r="D145">
-        <v>124</v>
+        <v>1092</v>
       </c>
       <c r="E145">
-        <v>163102</v>
+        <v>12140</v>
       </c>
       <c r="F145">
         <v>2018</v>
       </c>
       <c r="G145" t="s">
-        <v>533</v>
-[...3 lines deleted...]
-      </c>
+        <v>532</v>
+      </c>
+      <c r="H145"/>
       <c r="I145">
-        <v>0.75</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
+        <v>533</v>
+      </c>
+      <c r="B146" t="s">
         <v>534</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
       <c r="C146" t="s">
         <v>231</v>
       </c>
       <c r="D146">
         <v>1092</v>
       </c>
       <c r="E146">
-        <v>12064</v>
+        <v>12068</v>
       </c>
       <c r="F146">
         <v>2018</v>
       </c>
       <c r="G146" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="H146"/>
       <c r="I146">
         <v>0.24</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
+        <v>536</v>
+      </c>
+      <c r="B147" t="s">
         <v>537</v>
-      </c>
-[...1 lines deleted...]
-        <v>538</v>
       </c>
       <c r="C147" t="s">
         <v>231</v>
       </c>
       <c r="D147">
         <v>1092</v>
       </c>
       <c r="E147">
-        <v>12118</v>
+        <v>12127</v>
       </c>
       <c r="F147">
         <v>2018</v>
       </c>
       <c r="G147" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="H147"/>
       <c r="I147">
         <v>0.24</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" t="s">
+        <v>539</v>
+      </c>
+      <c r="B148" t="s">
         <v>540</v>
-      </c>
-[...1 lines deleted...]
-        <v>541</v>
       </c>
       <c r="C148" t="s">
         <v>231</v>
       </c>
       <c r="D148">
         <v>1092</v>
       </c>
       <c r="E148">
-        <v>12132</v>
+        <v>12165</v>
       </c>
       <c r="F148">
         <v>2018</v>
       </c>
       <c r="G148" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="H148"/>
       <c r="I148">
         <v>0.24</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" t="s">
+        <v>542</v>
+      </c>
+      <c r="B149" t="s">
         <v>543</v>
       </c>
-      <c r="B149" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C149" t="s">
-        <v>231</v>
+        <v>544</v>
       </c>
       <c r="D149">
-        <v>1092</v>
+        <v>124</v>
       </c>
       <c r="E149">
-        <v>12169</v>
+        <v>163102</v>
       </c>
       <c r="F149">
         <v>2018</v>
       </c>
       <c r="G149" t="s">
-        <v>544</v>
-[...1 lines deleted...]
-      <c r="H149"/>
+        <v>545</v>
+      </c>
+      <c r="H149">
+        <v>2.33</v>
+      </c>
       <c r="I149">
-        <v>0.24</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="B150" t="s">
-        <v>541</v>
+        <v>547</v>
       </c>
       <c r="C150" t="s">
-        <v>90</v>
+        <v>231</v>
       </c>
       <c r="D150">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>546</v>
+        <v>1092</v>
+      </c>
+      <c r="E150">
+        <v>12064</v>
       </c>
       <c r="F150">
         <v>2018</v>
       </c>
       <c r="G150" t="s">
-        <v>547</v>
-[...3 lines deleted...]
-      </c>
+        <v>548</v>
+      </c>
+      <c r="H150"/>
       <c r="I150">
-        <v>2.98</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="B151" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="C151" t="s">
         <v>231</v>
       </c>
       <c r="D151">
         <v>1092</v>
       </c>
       <c r="E151">
-        <v>12012</v>
+        <v>12118</v>
       </c>
       <c r="F151">
         <v>2018</v>
       </c>
       <c r="G151" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="H151"/>
       <c r="I151">
         <v>0.24</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B152" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C152" t="s">
-        <v>223</v>
+        <v>231</v>
       </c>
       <c r="D152">
-        <v>121</v>
+        <v>1092</v>
       </c>
       <c r="E152">
-        <v>193903</v>
+        <v>12132</v>
       </c>
       <c r="F152">
         <v>2018</v>
       </c>
       <c r="G152" t="s">
-        <v>553</v>
-[...3 lines deleted...]
-      </c>
+        <v>554</v>
+      </c>
+      <c r="H152"/>
       <c r="I152">
-        <v>3.57</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B153" t="s">
-        <v>555</v>
+        <v>226</v>
       </c>
       <c r="C153" t="s">
         <v>231</v>
       </c>
       <c r="D153">
         <v>1092</v>
       </c>
       <c r="E153">
-        <v>12116</v>
+        <v>12169</v>
       </c>
       <c r="F153">
         <v>2018</v>
       </c>
       <c r="G153" t="s">
         <v>556</v>
       </c>
       <c r="H153"/>
       <c r="I153">
         <v>0.24</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" t="s">
         <v>557</v>
       </c>
       <c r="B154" t="s">
+        <v>553</v>
+      </c>
+      <c r="C154" t="s">
+        <v>90</v>
+      </c>
+      <c r="D154">
+        <v>5</v>
+      </c>
+      <c r="E154" t="s">
         <v>558</v>
-      </c>
-[...7 lines deleted...]
-        <v>12140</v>
       </c>
       <c r="F154">
         <v>2018</v>
       </c>
       <c r="G154" t="s">
         <v>559</v>
       </c>
-      <c r="H154"/>
+      <c r="H154">
+        <v>7.14</v>
+      </c>
       <c r="I154">
-        <v>0.24</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" t="s">
         <v>560</v>
       </c>
       <c r="B155" t="s">
-        <v>535</v>
+        <v>547</v>
       </c>
       <c r="C155" t="s">
         <v>32</v>
       </c>
       <c r="D155">
         <v>98</v>
       </c>
       <c r="E155" t="s">
         <v>561</v>
       </c>
       <c r="F155">
         <v>2018</v>
       </c>
       <c r="G155" t="s">
         <v>562</v>
       </c>
       <c r="H155">
         <v>3.74</v>
       </c>
       <c r="I155">
         <v>1.5</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" t="s">
@@ -6895,51 +6895,51 @@
       </c>
       <c r="D157">
         <v>8</v>
       </c>
       <c r="E157">
         <v>14135</v>
       </c>
       <c r="F157">
         <v>2018</v>
       </c>
       <c r="G157" t="s">
         <v>570</v>
       </c>
       <c r="H157">
         <v>4.01</v>
       </c>
       <c r="I157">
         <v>1.41</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" t="s">
         <v>571</v>
       </c>
       <c r="B158" t="s">
-        <v>522</v>
+        <v>534</v>
       </c>
       <c r="C158" t="s">
         <v>32</v>
       </c>
       <c r="D158">
         <v>97</v>
       </c>
       <c r="E158">
         <v>224309</v>
       </c>
       <c r="F158">
         <v>2018</v>
       </c>
       <c r="G158" t="s">
         <v>572</v>
       </c>
       <c r="H158">
         <v>3.74</v>
       </c>
       <c r="I158">
         <v>1.5</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" t="s">
@@ -7302,141 +7302,141 @@
       </c>
       <c r="D172">
         <v>6</v>
       </c>
       <c r="E172" t="s">
         <v>621</v>
       </c>
       <c r="F172">
         <v>2017</v>
       </c>
       <c r="G172" t="s">
         <v>622</v>
       </c>
       <c r="H172">
         <v>14.1</v>
       </c>
       <c r="I172">
         <v>5.58</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" t="s">
         <v>623</v>
       </c>
       <c r="B173" t="s">
-        <v>226</v>
+        <v>607</v>
       </c>
       <c r="C173" t="s">
         <v>345</v>
       </c>
       <c r="D173">
         <v>1874</v>
       </c>
       <c r="E173">
-        <v>30020</v>
+        <v>30005</v>
       </c>
       <c r="F173">
         <v>2017</v>
       </c>
       <c r="G173" t="s">
         <v>624</v>
       </c>
       <c r="H173"/>
       <c r="I173">
         <v>0.17</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" t="s">
         <v>625</v>
       </c>
       <c r="B174" t="s">
-        <v>626</v>
+        <v>226</v>
       </c>
       <c r="C174" t="s">
         <v>345</v>
       </c>
       <c r="D174">
         <v>1874</v>
       </c>
       <c r="E174">
-        <v>30040</v>
+        <v>30020</v>
       </c>
       <c r="F174">
         <v>2017</v>
       </c>
       <c r="G174" t="s">
-        <v>627</v>
+        <v>626</v>
       </c>
       <c r="H174"/>
       <c r="I174">
         <v>0.17</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" t="s">
+        <v>627</v>
+      </c>
+      <c r="B175" t="s">
         <v>628</v>
-      </c>
-[...1 lines deleted...]
-        <v>629</v>
       </c>
       <c r="C175" t="s">
         <v>345</v>
       </c>
       <c r="D175">
         <v>1874</v>
       </c>
       <c r="E175">
-        <v>30035</v>
+        <v>30040</v>
       </c>
       <c r="F175">
         <v>2017</v>
       </c>
       <c r="G175" t="s">
-        <v>630</v>
+        <v>629</v>
       </c>
       <c r="H175"/>
       <c r="I175">
         <v>0.17</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" t="s">
+        <v>630</v>
+      </c>
+      <c r="B176" t="s">
         <v>631</v>
-      </c>
-[...1 lines deleted...]
-        <v>607</v>
       </c>
       <c r="C176" t="s">
         <v>345</v>
       </c>
       <c r="D176">
         <v>1874</v>
       </c>
       <c r="E176">
-        <v>30005</v>
+        <v>30035</v>
       </c>
       <c r="F176">
         <v>2017</v>
       </c>
       <c r="G176" t="s">
         <v>632</v>
       </c>
       <c r="H176"/>
       <c r="I176">
         <v>0.17</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" t="s">
         <v>633</v>
       </c>
       <c r="B177" t="s">
         <v>634</v>
       </c>
       <c r="C177" t="s">
         <v>579</v>
       </c>
       <c r="D177">
         <v>10227</v>
       </c>
@@ -7820,87 +7820,87 @@
       <c r="C192" t="s">
         <v>32</v>
       </c>
       <c r="D192">
         <v>94</v>
       </c>
       <c r="E192">
         <v>115439</v>
       </c>
       <c r="F192">
         <v>2016</v>
       </c>
       <c r="G192" t="s">
         <v>689</v>
       </c>
       <c r="H192">
         <v>3.84</v>
       </c>
       <c r="I192"/>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" t="s">
         <v>690</v>
       </c>
       <c r="B193" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="C193" t="s">
         <v>231</v>
       </c>
       <c r="D193">
         <v>741</v>
       </c>
       <c r="E193">
-        <v>12158</v>
+        <v>12122</v>
       </c>
       <c r="F193">
         <v>2016</v>
       </c>
       <c r="G193" t="s">
         <v>691</v>
       </c>
       <c r="H193"/>
       <c r="I193">
         <v>0.25</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" t="s">
         <v>692</v>
       </c>
       <c r="B194" t="s">
-        <v>525</v>
+        <v>543</v>
       </c>
       <c r="C194" t="s">
         <v>231</v>
       </c>
       <c r="D194">
         <v>741</v>
       </c>
       <c r="E194">
-        <v>12122</v>
+        <v>12158</v>
       </c>
       <c r="F194">
         <v>2016</v>
       </c>
       <c r="G194" t="s">
         <v>693</v>
       </c>
       <c r="H194"/>
       <c r="I194">
         <v>0.25</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" t="s">
         <v>694</v>
       </c>
       <c r="B195" t="s">
         <v>695</v>
       </c>
       <c r="C195" t="s">
         <v>32</v>
       </c>
       <c r="D195">
         <v>94</v>
       </c>
@@ -8297,75 +8297,75 @@
       <c r="C211" t="s">
         <v>32</v>
       </c>
       <c r="D211">
         <v>92</v>
       </c>
       <c r="E211">
         <v>85305</v>
       </c>
       <c r="F211">
         <v>2015</v>
       </c>
       <c r="G211" t="s">
         <v>746</v>
       </c>
       <c r="H211">
         <v>3.72</v>
       </c>
       <c r="I211"/>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" t="s">
         <v>747</v>
       </c>
       <c r="B212" t="s">
-        <v>226</v>
+        <v>748</v>
       </c>
       <c r="C212" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="D212"/>
       <c r="E212" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="F212">
         <v>2015</v>
       </c>
       <c r="G212"/>
       <c r="H212"/>
       <c r="I212"/>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="B213" t="s">
-        <v>751</v>
+        <v>226</v>
       </c>
       <c r="C213" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="D213"/>
       <c r="E213" t="s">
         <v>752</v>
       </c>
       <c r="F213">
         <v>2015</v>
       </c>
       <c r="G213"/>
       <c r="H213"/>
       <c r="I213"/>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" t="s">
         <v>753</v>
       </c>
       <c r="B214" t="s">
         <v>712</v>
       </c>
       <c r="C214" t="s">
         <v>219</v>
       </c>
       <c r="D214">
         <v>91</v>
       </c>