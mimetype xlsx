--- v1 (2025-11-09)
+++ v2 (2025-11-29)
@@ -12,175 +12,247 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="791">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="819">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Molecular Chiral Response Enhanced by Crosstalking Quasi-Bound States in the Continuum</t>
+  </si>
+  <si>
+    <t>Diana Shakirova, Adria Canos Valero, Daniil Riabov, Hatice Altug, Andrey Bogdanov, Thomas Weiss</t>
+  </si>
+  <si>
+    <t>ACS Photonics</t>
+  </si>
+  <si>
+    <t>6011-6018</t>
+  </si>
+  <si>
+    <t>10.1021/acsphotonics.5c01225</t>
+  </si>
+  <si>
+    <t>Optical spin currents in chiral optical fibers</t>
+  </si>
+  <si>
+    <t>Ilya Deriy, Mikhail Petrov , Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>Scientific and Technical Journal of Information Technologies, Mechanics and Optics</t>
+  </si>
+  <si>
+    <t>807-816</t>
+  </si>
+  <si>
+    <t>10.17586/2226-1494-2025-25-5-807-816</t>
+  </si>
+  <si>
+    <t>Optical spintronics: Towards optical communication without energy transfer</t>
+  </si>
+  <si>
+    <t>Ilya Deriy, Mihail Petrov, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>Photonics and Nanostructures - Fundamentals and Applications</t>
+  </si>
+  <si>
+    <t>10.1016/j.photonics.2025.101458</t>
+  </si>
+  <si>
+    <t>Polarization vortex for enhanced refractive index sensing</t>
+  </si>
+  <si>
+    <t>Ravshanjon Nazarov, Mingzhao Song, Andrey Bogdanov, Zarina Sadrieva</t>
+  </si>
+  <si>
+    <t>Optics Express</t>
+  </si>
+  <si>
+    <t>10.1364/oe.574292</t>
+  </si>
+  <si>
     <t>Bound states in the continuum in a chain of coupled Mie resonators with structural disorder: theory and experiment</t>
   </si>
   <si>
     <t>Ravshanjon Nazarov, Denis Khanabiev, Elizaveta Chernysheva, Aleksandra Dudnikova, Vyacheslav Istomin, Mikhail Sidorenko, Jinhui Shi, Ekaterina Maslova, Andrey Bogdanov, Zarina Sadrieva</t>
   </si>
   <si>
     <t>Nanophotonics</t>
   </si>
   <si>
     <t>3133-3143</t>
   </si>
   <si>
     <t>10.1515/nanoph-2025-0225</t>
   </si>
   <si>
-    <t>Polarization vortex for enhanced refractive index sensing</t>
-[...10 lines deleted...]
-  <si>
     <t>Experimental study of Fabry–Pérot BICs in a microwave waveguide</t>
   </si>
   <si>
     <t>Zilong Zhao, Nikolay Solodovchenko, Chao Sun, Mingzhao Song, Ekaterina Maslova, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/5.0285583</t>
   </si>
   <si>
+    <t>Bound states in the continuum in a wire medium</t>
+  </si>
+  <si>
+    <t>Evgeniy Koreshin, Sergey Gladishev, Ivan Matchenya, Rustam  Balafendiev, Ivan  Terekhov, Pavel Belov, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>Physical Review B</t>
+  </si>
+  <si>
+    <t>10.1103/wvv8-qdk5</t>
+  </si>
+  <si>
     <t>Resonant mode crossing in hybrid structures for effective light-emission</t>
   </si>
   <si>
     <t>Martin Rojas Bustamante, Ruslan Azizov, Ravshanjon Nazarov, Mingzhao Song, Pavel S. Pankin, Dmitrii N. Maksimov, Sergey Makarov, Andrey Bogdanov</t>
   </si>
   <si>
-    <t>Photonics and Nanostructures - Fundamentals and Applications</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1016/j.photonics.2025.101436</t>
   </si>
   <si>
     <t>Engineering whispering gallery modes in MoSe2/WS2 double heterostructure nanocavities: Towards developing all-TMDC light sources</t>
   </si>
   <si>
     <t>Prokhor Alekseev, I.A. Milekhin, K.A. Gasnikova, I.A. Eliseyev, V. Yu. Davydov, Andrey Bogdanov, Vasily Kravtsov, Alexey Mikhin, B.R. Borodin, A.G. Milekhin</t>
   </si>
   <si>
     <t>Materials Today Nano</t>
   </si>
   <si>
     <t>10.1016/j.mtnano.2025.100633</t>
   </si>
   <si>
     <t>Wave scattering calculation for particles of arbitrary shape based on scale separation in the Green's function</t>
   </si>
   <si>
     <t>Polina Pantuhina, Andrey Bogdanov, Alexey Shcherbakov, Ivan  Terekhov</t>
   </si>
   <si>
-    <t>Physical Review B</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1103/physrevb.111.115422</t>
   </si>
   <si>
+    <t>Exceptional Bound States in the Continuum</t>
+  </si>
+  <si>
+    <t>Adria Canos Valero, Zoltan Sztranyovszky, Egor A. Muljarov, Andrey Bogdanov, Thomas Weiss</t>
+  </si>
+  <si>
+    <t>Physical Review Letters</t>
+  </si>
+  <si>
+    <t>10.1103/physrevlett.134.103802</t>
+  </si>
+  <si>
+    <t>Anomalous Reflection from Hyperbolic Media</t>
+  </si>
+  <si>
+    <t>Ilya Deriy, Kseniia Lezhennikova, Stanislav Glybovski, Ivan Iorsh, Oleh Y. Yermakov, Mingzhao Song, Redha Abdeddaim, Stefan Enoch, Pavel Belov, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>Progress In Electromagnetics Research</t>
+  </si>
+  <si>
+    <t>85-94</t>
+  </si>
+  <si>
+    <t>10.2528/pier24121702</t>
+  </si>
+  <si>
     <t>Non-Hermitian singularities in scattering spectra of Mie resonators</t>
   </si>
   <si>
     <t>Fan Zhang, Nikolay Solodovchenko, Hangkai Fan, Mikhail Limonov, Mingzhao Song, Yuri S. Kivshar, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Science Advances</t>
   </si>
   <si>
     <t>10.1126/sciadv.adr9183</t>
   </si>
   <si>
     <t>Emergence of Diffractive Phenomena in Finite Arrays of Subwavelength Scatterers</t>
   </si>
   <si>
     <t>Iliya Karavaev, Ravshanjon Nazarov,  Yicheng Li, Andrey Bogdanov,  Denis G. Baranov</t>
   </si>
   <si>
-    <t>Progress In Electromagnetics Research</t>
-[...1 lines deleted...]
-  <si>
     <t>63-75</t>
   </si>
   <si>
     <t>10.2528/PIER24121104</t>
   </si>
   <si>
     <t>Unique features of plasmonic absorption in ultrafine metal nanoparticles: unity and rivalry of volumetric compression and spill-out effect</t>
   </si>
   <si>
     <t>Daniil Khrennikov, Victor Labuntsov, Konstantin Ladutenko, Ivan  Terekhov, Andrey Bogdanov, Hans Ågren, Sergey Karpov</t>
   </si>
   <si>
     <t>4795-4804</t>
   </si>
   <si>
     <t>10.1515/nanoph-2024-0475</t>
   </si>
   <si>
     <t>Machine learning assisted rapid approach for quantitative prediction of biochemical parameters of blood serum with FTIR spectroscopy</t>
   </si>
   <si>
     <t>O.G. Chechekina, E.V. Tropina, Landysh Fatkhutdinova, Mikhail Zyuzin, Andrey Bogdanov, Yangyang Ju, K.N. Boldyrev</t>
   </si>
   <si>
     <t>Spectrochimica Acta Part A: Molecular and Biomolecular Spectroscopy</t>
@@ -284,101 +356,107 @@
   <si>
     <t>Daniil Ryabov, Ruslan Gladkov, Olesya Pashina, Andrey Bogdanov, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1002/lpor.202300829</t>
   </si>
   <si>
     <t>Huygens’ metasurface: from anomalous refraction to reflection</t>
   </si>
   <si>
     <t>Yicheng Li, Shicheng Wan, Ruiqiang Zhao, Zheng Zhu, Wenjia Li, Chunying Guan, Jun Yang, Andrey Bogdanov, Pavel Belov, Jinhui Shi</t>
   </si>
   <si>
     <t>Optics Communications</t>
   </si>
   <si>
     <t>10.1016/j.optcom.2024.130648</t>
   </si>
   <si>
     <t>Engineering of High-Q States via Collective Mode Coupling in Chains of Mie Resonators</t>
   </si>
   <si>
     <t>Mikhail Mikhailovskii, Maria Poleva, Nikolay Solodovchenko, Mikhail Sidorenko, Zarina Sadrieva, Mihail Petrov, Andrey Bogdanov, Roman S. Savelev</t>
   </si>
   <si>
-    <t>ACS Photonics</t>
-[...1 lines deleted...]
-  <si>
     <t>1657-1663</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.3c01874</t>
   </si>
   <si>
     <t>Independent control of circularly polarized light with exceptional topological phase coding metasurfaces: erratum</t>
   </si>
   <si>
     <t>Yicheng Li, Shicheng Wan, Shaoxuan Deng, Zhengwei Deng, Bo Lv, Chunying Guan, Jun Yang, Andrey Bogdanov, Pavel Belov, Jinhui Shi</t>
   </si>
   <si>
     <t>Photonics Research</t>
   </si>
   <si>
     <t>10.1364/prj.523220</t>
   </si>
   <si>
     <t>High-Q Mie resonators for refractive-index sensing</t>
   </si>
   <si>
     <t>Esmaeel Zanganeh, Zarina Sadrieva, Polina Kapitanova, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.21.024028</t>
   </si>
   <si>
+    <t>Stacked space-folded acoustic metasurfaces for the flexible control of sound absorption</t>
+  </si>
+  <si>
+    <t>Xin Wang, Jiahao Wang, Zedong Ma, Ilya Deriy, Mingzhao Song, Andrey Bogdanov, Yongyao Chen</t>
+  </si>
+  <si>
+    <t>APL Materials</t>
+  </si>
+  <si>
+    <t>10.1063/5.0175346</t>
+  </si>
+  <si>
     <t>Fast Simulation of Light Scattering and Harmonic Generation in Axially Symmetric Structures in COMSOL</t>
   </si>
   <si>
     <t>Sergey Gladishev, Olesya Pashina, Alexey Proskurin, Anna Nikolaeva, Zarina Sadrieva, Mihail Petrov, Andrey Bogdanov, Kristina Frizyuk</t>
   </si>
   <si>
     <t>404-418</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.3c01166</t>
   </si>
   <si>
     <t>Broadband noise-insulating periodic structures made of coupled Helmholtz resonators</t>
   </si>
   <si>
     <t>Mariia Krasikova, Aleksandra Pavliuk, Sergei Krasikov, Mikhail Kuzmin, Andrey Lutovinov, Anton Melnikov, Yuri Baloshin, David A. Powell, Steffen Marburg, Andrey Bogdanov</t>
   </si>
   <si>
-    <t>APL Materials</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1063/5.0175167</t>
   </si>
   <si>
     <t>The influence of structural changes and defects on noise mitigation properties of the periodic structures based on coupled Helmholtz resonators</t>
   </si>
   <si>
     <t>Aleksandra Pavliuk, Mariia Krasikova, Sergei Krasikov, Anton Melnikov, Yuri Baloshin, David A. Powell, Steffen Marburg, Andrey Bogdanov</t>
   </si>
   <si>
     <t>INTER-NOISE and NOISE-CON Congress and Conference Proceedings</t>
   </si>
   <si>
     <t>5053-5061</t>
   </si>
   <si>
     <t>10.3397/in_2023_0718</t>
   </si>
   <si>
     <t>Analytical calculation of SPP generation with structured substrates</t>
   </si>
   <si>
     <t>Alexey Proskurin, Andrey Bogdanov, Anton V. Dyshlyuk, Oleg B. Vitrik</t>
   </si>
   <si>
     <t>2023 Days on Diffraction (DD)</t>
@@ -593,173 +671,215 @@
   <si>
     <t>Collective states with high quality factors in chains of dielectric resonators</t>
   </si>
   <si>
     <t>Mikhail Mikhailovskii, Roman Savelev, Mikhail Sidorenko, Zarina Sadrieva, Andrey Bogdanov, Mihail Petrov</t>
   </si>
   <si>
     <t>St. Petersburg Polytechnic University Journal - Physics and Mathematics</t>
   </si>
   <si>
     <t>10.18721/JPM.153.341</t>
   </si>
   <si>
     <t>Passive temperature sensor tag based on quasi-BIC</t>
   </si>
   <si>
     <t>Ildar Yusupov, Dmitry Filonov, Andrey Bogdanov, Mikhail Rybin, Alexey Slobozhanyuk</t>
   </si>
   <si>
     <t>2022 7th International Conference on Smart and Sustainable Technologies (SpliTech)</t>
   </si>
   <si>
     <t>10.23919/splitech55088.2022.9854305</t>
   </si>
   <si>
+    <t>Bound states in the continuum in multipolar lattices</t>
+  </si>
+  <si>
+    <t>Sergey Gladishev, Artem Shalev, Kristina Frizyuk, Konstantin Ladutenko, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>10.1103/physrevb.105.l241301</t>
+  </si>
+  <si>
     <t>Nanoscale Gallium Phosphide Epilayers on Sapphire for Low-Loss Visible Nanophotonics</t>
   </si>
   <si>
     <t>Vladimir V. Fedorov, Olga Yu. Koval, Daniil Ryabov, Sergey V. Fedina, Igor E. Eliseev, Demid A. Kirilenko, Dmitry Pidgayko, Andrey Bogdanov, Yury M. Zadiranov, Alexandr S. Goltaev, Georgy A. Ermolaev, Aleksey V. Arsenin, Sergey Makarov, Anton Samusev, Valentyn S. Volkov, Ivan Mukhin</t>
   </si>
   <si>
     <t>ACS Applied Nano Materials</t>
   </si>
   <si>
     <t>8846-8858</t>
   </si>
   <si>
     <t>10.1021/acsanm.2c00941</t>
   </si>
   <si>
-    <t>Bound states in the continuum in multipolar lattices</t>
-[...7 lines deleted...]
-  <si>
     <t>Topologically enabled ultrahigh-Q chiroptical resonances by merging bound states in the continuum</t>
   </si>
   <si>
     <t>Shun Wan, Keda Wang, Fatian Wang, Chunying Guan, Wenjia Li, Jianlong Liu, Andrey Bogdanov, Pavel Belov, Jinhui Shi</t>
   </si>
   <si>
     <t>Optics Letters</t>
   </si>
   <si>
     <t>10.1364/ol.462021</t>
   </si>
   <si>
+    <t>Coherent perfect absorption by a single nanoparticle</t>
+  </si>
+  <si>
+    <t>Alexey Proskurin, Andrey Bogdanov, Denis Baranov</t>
+  </si>
+  <si>
+    <t>Nanophotonics IX</t>
+  </si>
+  <si>
+    <t>10.1117/12.2621039</t>
+  </si>
+  <si>
     <t>Bound states in the continuum in the multipole approximation</t>
   </si>
   <si>
     <t>Metamaterials XIII</t>
   </si>
   <si>
     <t>10.1117/12.2621078</t>
   </si>
   <si>
-    <t>Coherent perfect absorption by a single nanoparticle</t>
-[...10 lines deleted...]
-  <si>
     <t>Intelligent metaphotonics empowered by machine learning</t>
   </si>
   <si>
     <t>Sergei Krasikov, Aaron Tranter, Andrey Bogdanov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Opto-Electronic Advances</t>
   </si>
   <si>
     <t>210147-210147</t>
   </si>
   <si>
     <t>10.29026/oea.2022.210147</t>
   </si>
   <si>
     <t>Enhanced sensitivity of an all-dielectric refractive index sensor with an optical bound state in the continuum</t>
   </si>
   <si>
     <t>Dmitrii N. Maksimov, Valery S. Gerasimov, Andrey Bogdanov, Sergey P. Polyutov</t>
   </si>
   <si>
     <t>Physical Review A</t>
   </si>
   <si>
     <t>10.1103/physreva.105.033518</t>
   </si>
   <si>
     <t>Bound States in the Continuum in Compact Acoustic Resonators</t>
   </si>
   <si>
     <t>Ilya Deriy, Ivan Toftul, Mihail Petrov, Andrey Bogdanov</t>
   </si>
   <si>
-    <t>Physical Review Letters</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1103/physrevlett.128.084301</t>
   </si>
   <si>
     <t>Canalization, routing and polarization peculiarities of hyperbolic plasmon-polaritons on resonant anisotropic metasurfaces</t>
   </si>
   <si>
     <t>Andrey Bogdanov</t>
   </si>
   <si>
     <t>2021 International Conference on Information Technology and Nanotechnology (ITNT)</t>
   </si>
   <si>
     <t>10.1109/itnt52450.2021.9649233</t>
   </si>
   <si>
     <t>Measurement of the photon detection efficiency of silicon photomultipliers for the new detector cluster of the Cherenkov gamma-ray telescope TAIGA-IACT equipped with UV filters</t>
   </si>
   <si>
     <t>D O Kuleshov, Vlad Simonian, Andrey Bogdanov, E E Kholupenko, Yu V Tuboltsev, Yu V Chichagov, A M Krassilchtchikov</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>012036</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2103/1/012036</t>
   </si>
   <si>
+    <t>Polarization degeneracy of TE and TM eigenmodes for dielectric metasurface in the microwave</t>
+  </si>
+  <si>
+    <t>Syuzanna Asadulina, Andrey Bogdanov, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>012008</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012008</t>
+  </si>
+  <si>
+    <t>Mechanical scanning probe lithography of nanophotonic devices based on multilayer TMDCs</t>
+  </si>
+  <si>
+    <t>B R Borodin, Fedor Benimetskiy, V Yu Davydov, I A Eliseyev, Sergey Lepeshov, Andrey Bogdanov, P A Alekseev</t>
+  </si>
+  <si>
+    <t>012020</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012020</t>
+  </si>
+  <si>
+    <t>Generalized Kerker effect in dielectric antennas for enhanced backscattering modulation</t>
+  </si>
+  <si>
+    <t>Diana Shakirova, Sergei Krasikov, Ildar Yusupov, Alexey Slobozhanyuk, Konstantin Ladutenko, Dmitry Filonov, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>012136</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012136</t>
+  </si>
+  <si>
+    <t>Elastic Trapped Modes in Solid Acoustic Resonators of Various Shapes</t>
+  </si>
+  <si>
+    <t>012032</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012032</t>
+  </si>
+  <si>
     <t>Superscattering for non-spherical objects</t>
   </si>
   <si>
     <t>Sergei Krasikov, Mikhail Odit, Ildar Yusupov, Diana Shakirova, Alexey Shcherbakov, Alexey Slobozhanyuk, Dmitry Filonov, Andrey Bogdanov</t>
   </si>
   <si>
     <t>012073</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012073</t>
   </si>
   <si>
     <t>Second harmonic generation in hybrid GaP/Au nanocylinders</t>
   </si>
   <si>
     <t>Dmitry Pidgayko, Ilya Deriy, Vladimir Fedorov, Alexey Mozharov, Ivan Mukhin, Yuriy Zadiranov, Mihail Petrov, Anton Samusev, Andrey Bogdanov</t>
   </si>
   <si>
     <t>012172</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012172</t>
   </si>
   <si>
     <t>Miniaturized all-angle accessible RIFD tag</t>
@@ -773,263 +893,227 @@
   <si>
     <t>10.1088/1742-6596/2015/1/012092</t>
   </si>
   <si>
     <t>Bound states in the continuum-induced enhancement of evanescent field confinement</t>
   </si>
   <si>
     <t>Sergey Lepeshov, Andrey Bogdanov</t>
   </si>
   <si>
     <t>012083</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012083</t>
   </si>
   <si>
     <t>Stability of bound states in the continuum in low-contrast photonic structures</t>
   </si>
   <si>
     <t>012090</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012090</t>
   </si>
   <si>
-    <t>Polarization degeneracy of TE and TM eigenmodes for dielectric metasurface in the microwave</t>
-[...32 lines deleted...]
-    <t>10.1088/1742-6596/2015/1/012136</t>
+    <t>Chipless wireless temperature sensor based on quasi-BIC resonance</t>
+  </si>
+  <si>
+    <t>10.1063/5.0064480</t>
+  </si>
+  <si>
+    <t>Accidental bound state in the continuum in a chain of dielectric disks</t>
+  </si>
+  <si>
+    <t>Mikhail Sidorenko, Olga Sergaeva, Zarina Sadrieva, C. Roques-Carmes, P. S. Muraev, D. N. Maksimov, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>2021 Conference on Lasers and Electro-Optics Europe &amp;amp; European Quantum Electronics Conference (CLEO/Europe-EQEC)</t>
+  </si>
+  <si>
+    <t>10.1109/cleo/europe-eqec52157.2021.9592618</t>
+  </si>
+  <si>
+    <t>Bound states in the continuum in periodic structures with structural disorder</t>
+  </si>
+  <si>
+    <t>Ekaterina Maslova, Mikhail Rybin, Andrey Bogdanov, Zarina Sadrieva</t>
+  </si>
+  <si>
+    <t>4313-4321</t>
+  </si>
+  <si>
+    <t>10.1515/nanoph-2021-0475</t>
   </si>
   <si>
     <t>Anapole-enabled RFID security against far-field attacks</t>
   </si>
   <si>
     <t>Diana Shakirova, Sergei Krasikov, Ildar Yusupov, Alexey Slobozhanyuk, Andrey Bogdanov, Dmitry Filonov</t>
   </si>
   <si>
     <t>10.1515/nanoph-2021-0394</t>
   </si>
   <si>
-    <t>Chipless wireless temperature sensor based on quasi-BIC resonance</t>
-[...28 lines deleted...]
-  <si>
     <t>Analytical Calculations of Scattering Amplitude of Surface Plasmon Polaritons Excited by a Spherical Nanoantenna</t>
   </si>
   <si>
     <t>10.3390/nano11112937</t>
   </si>
   <si>
     <t>Observation of Ultrafast Self-Action Effects in Quasi-BIC Resonant Metasurfaces</t>
   </si>
   <si>
     <t>Ivan Sinev, Zhuojun Liu, Anton Rudenko, Konstantin Ladutenko, Alexey Shcherbakov, Zarina Sadrieva, Mikhail Baranov, Tatiana Itina, Jin Liu, Andrey Bogdanov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.1c03257</t>
   </si>
   <si>
     <t>Erratum: Multipolar engineering of subwavelength dielectric particles for scattering enhancement [Phys. Rev. Applied 15, 024052 (2021)]</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.16.039901</t>
   </si>
   <si>
     <t>Broadband noise mitigation using coupled Helmholtz resonators: a numerical study</t>
   </si>
   <si>
     <t>Mariia Krasikova, Anton Melnikov, Sergei Krasikov, Yuri Baloshin, Alexey Slobozhanyuk,  Steffen Marburg,  David Powell, Andrey Bogdanov</t>
   </si>
   <si>
     <t>3999-4007</t>
   </si>
   <si>
     <t>10.3397/in-2021-2573</t>
   </si>
   <si>
+    <t>Exceptionally high coupling of light into optical fibers via all-dielectric nanostructures</t>
+  </si>
+  <si>
+    <t>Henrik Schneidewind, Uwe Hübner, Torsten Wieduwilt, Matthias Zeisberger, Andrey Bogdanov, Yuri Kivshar, Markus A. Schmidt</t>
+  </si>
+  <si>
+    <t>Conference on Lasers and Electro-Optics</t>
+  </si>
+  <si>
+    <t>10.1364/cleo_si.2021.sm1p.4</t>
+  </si>
+  <si>
     <t>Fano Resonances in Individual Dielectric Nanoantennas</t>
   </si>
   <si>
     <t>Elizaveta Melik-Gaykazyan, Andrey Bogdanov, Yuri Kivshar</t>
   </si>
   <si>
-    <t>Conference on Lasers and Electro-Optics</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1364/cleo_qels.2021.ftu4f.4</t>
   </si>
   <si>
     <t>Observation of Ultrafast Self-Action Effects in Resonant Dielectric Metasurfaces</t>
   </si>
   <si>
     <t>Ivan Sinev, Zhuojun Liu, Anton Rudenko, Konstantin Ladutenko, Alexey Shcherbakov, Zarina Sadrieva, Tatiana Itina, Andrey Bogdanov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1364/cleo_qels.2021.fm3i.6</t>
   </si>
   <si>
-    <t>Exceptionally high coupling of light into optical fibers via all-dielectric nanostructures</t>
-[...7 lines deleted...]
-  <si>
     <t>Omnidirectional miniature RFID tag</t>
   </si>
   <si>
     <t>033503</t>
   </si>
   <si>
     <t>10.1063/5.0054740</t>
   </si>
   <si>
     <t>Excitation of a bound state in the continuum via spontaneous symmetry breaking</t>
   </si>
   <si>
     <t>Alexander Chukhrov, Sergei Krasikov, Alexey Yulin, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1103/physrevb.103.214312</t>
   </si>
   <si>
     <t>Perfect Absorption of a Focused Light Beam by a Single Nanoparticle</t>
   </si>
   <si>
     <t>Alexey Proskurin, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1002/lpor.202000430</t>
   </si>
   <si>
     <t>High-Permittivity Ceramic Tags Miniaturization for Long-Range RFID Applications</t>
   </si>
   <si>
     <t>Ildar Yusupov, Sergei Krasikov, Diana Shakirova, Andrey Bogdanov, Alexey Slobozhanyuk, Dmitry Filonov</t>
   </si>
   <si>
     <t>2021 15th European Conference on Antennas and Propagation (EuCAP)</t>
   </si>
   <si>
     <t>10.23919/eucap51087.2021.9411439</t>
   </si>
   <si>
     <t>Tuning exceptional points with Kerr nonlinearity</t>
   </si>
   <si>
     <t>Shahab Ramezanpour, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1103/physreva.103.043510</t>
   </si>
   <si>
+    <t>Excitation of a bound state in the continuum in nonlinear systems from the far field</t>
+  </si>
+  <si>
+    <t>Sergei Krasikov, Alexander Chukhrov, Alexey Yulin, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>Nonlinear Optics and Applications XII</t>
+  </si>
+  <si>
+    <t>10.1117/12.2591938</t>
+  </si>
+  <si>
     <t>Record-breaking light coupling into nanostructured optical fibers under large incident angles</t>
   </si>
   <si>
     <t>Henrik Schneidewind, Uwe Hubner, Torsten Wieduwilt, Matthias Zeisberger, Andrey Bogdanov, Yuri Kivshar, Markus A. Schmidt</t>
   </si>
   <si>
     <t>Micro-structured and Specialty Optical Fibres VII</t>
   </si>
   <si>
     <t>10.1117/12.2590790</t>
   </si>
   <si>
-    <t>Excitation of a bound state in the continuum in nonlinear systems from the far field</t>
-[...10 lines deleted...]
-  <si>
     <t>Observation of an Accidental Bound State in the Continuum in a Chain of Dielectric Disks</t>
   </si>
   <si>
     <t>Mikhail Sidorenko, Olga Sergaeva, Zarina Sadrieva, C. Roques-Carmes, P.S. Muraev, D.N. Maksimov, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.15.034041</t>
   </si>
   <si>
     <t>Multipolar Engineering of Subwavelength Dielectric Particles for Scattering Enhancement</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.15.024052</t>
   </si>
   <si>
     <t>Fractional Charge States in the Magneto-Photoluminescence Spectra of Single-Electron InP/GaInP2 Quantum Dots</t>
   </si>
   <si>
     <t>Alexander Mintairov, Dmitrii Lebedev, Alexei Vlasov, Andrey Bogdanov, Shahab Ramezanpour, Steven Blundell</t>
   </si>
   <si>
     <t>10.3390/nano11020493</t>
   </si>
   <si>
     <t>From Fano to Quasi-BIC Resonances in Individual Dielectric Nanoantennas</t>
@@ -1043,128 +1127,128 @@
   <si>
     <t>A simple analytic approach to the problem of excitation of surface plasmon polaritons with a dipole nanoantenna</t>
   </si>
   <si>
     <t>Anton V. Dyshlyuk, Andrey Bogdanov, Oleg B. Vitrik</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2021.100895</t>
   </si>
   <si>
     <t>Scanning Tunneling Microscopy-Induced Light Emission and I(V) Study of Optical Near-Field Properties of Single Plasmonic Nanoantennas</t>
   </si>
   <si>
     <t>Denis V. Lebedev, Vitaliy Shkoldin, Dmitry Permyakov, Lilia N. Dvoretckaia, Andrey Bogdanov, Anton Samusev, Alexander O. Golubok, Ivan Mukhin</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry Letters</t>
   </si>
   <si>
     <t>501-507</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.0c03039</t>
   </si>
   <si>
+    <t>Compact ceramic resonators for RFID applications</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020023</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031922</t>
+  </si>
+  <si>
+    <t>Noise reduction using structures based on coupled Helmholtz resonators</t>
+  </si>
+  <si>
+    <t>Mariia Krasikova, Yuri Baloshin, Alexey Slobozhanyuk, Anton Melnikov, David Powell, Mihail Petrov, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>020069</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032103</t>
+  </si>
+  <si>
+    <t>Hybrid silicon-phase change nanoantenna for surface plasmon polariton routing</t>
+  </si>
+  <si>
+    <t>Pavel Trofimov, Andrey Bogdanov, Ivan Sinev</t>
+  </si>
+  <si>
+    <t>020129</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032061</t>
+  </si>
+  <si>
     <t>Polarization driven control over scattering of a silicon nanoparticle on one-layered substrate</t>
   </si>
   <si>
     <t>Dmitry Pidgayko, Konstantin Ladutenko, Andrey Bogdanov</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020097</t>
   </si>
   <si>
     <t>10.1063/5.0031956</t>
   </si>
   <si>
     <t>Radiation outcoupling efficiency from hyperbolic metamaterial resonators of various shapes</t>
   </si>
   <si>
     <t>Ilya Deriy, Andrey Bogdanov</t>
   </si>
   <si>
     <t>020021</t>
   </si>
   <si>
     <t>10.1063/5.0032229</t>
   </si>
   <si>
     <t>Dynamics of a dark mode excitation in nonlinear systems</t>
   </si>
   <si>
     <t>020068</t>
   </si>
   <si>
     <t>10.1063/5.0031923</t>
   </si>
   <si>
     <t>Tuning 2nd and 3rd order exceptional points with Kerr nonlinearity</t>
   </si>
   <si>
     <t>020102</t>
   </si>
   <si>
     <t>10.1063/5.0031758</t>
   </si>
   <si>
-    <t>Compact ceramic resonators for RFID applications</t>
-[...31 lines deleted...]
-  <si>
     <t>Polarization-controlled selective excitation of Mie resonances in a dielectric nanoparticle on a coated substrate</t>
   </si>
   <si>
     <t>Dmitry Pidgayko, Zarina Sadrieva, Konstantin Ladutenko, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1103/physrevb.102.245406</t>
   </si>
   <si>
     <t>Long-range miniaturized ceramic RFID tags</t>
   </si>
   <si>
     <t>IEEE Transactions on Antennas and Propagation</t>
   </si>
   <si>
     <t>1-1</t>
   </si>
   <si>
     <t>10.1109/tap.2020.3037663</t>
   </si>
   <si>
     <t>Multipole engineering for enhanced backscattering modulation</t>
   </si>
   <si>
     <t>10.1103/physrevb.102.195129</t>
@@ -1238,107 +1322,107 @@
   <si>
     <t>Dmitrii N. Maksimov, Andrey Bogdanov, Evgeny N. Bulgakov</t>
   </si>
   <si>
     <t>10.1103/physreva.102.033511</t>
   </si>
   <si>
     <t>Symmetry analysis and multipole classification of eigenmodes in electromagnetic resonators for engineering their optical properties</t>
   </si>
   <si>
     <t>Sergey Gladishev, Kristina Frizyuk, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1103/physrevb.102.075103</t>
   </si>
   <si>
     <t>Dyakonov-like surface waves in anisotropic cylindrical waveguides</t>
   </si>
   <si>
     <t>K. Yu. Golenitskii, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1103/physrevb.101.165434</t>
   </si>
   <si>
+    <t>Sublayer induced enhancement of electric and magnetic dipole scattering of dielectric nanoparticles</t>
+  </si>
+  <si>
+    <t>012133</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012133</t>
+  </si>
+  <si>
+    <t>Calculation of the 1D grating scattering matrix frequency derivatives</t>
+  </si>
+  <si>
+    <t>Alexey Shcherbakov, Lydia Pogorelskaya, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>012159</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012159</t>
+  </si>
+  <si>
     <t>Controlling Energy Spectra and Whispering Gallery Modes of Electrons in a Few Electrons Lateral QD</t>
   </si>
   <si>
     <t>Shahab Ramezanpour, A. M. Mintairov, Andrey Bogdanov</t>
   </si>
   <si>
     <t>012135</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012135</t>
   </si>
   <si>
     <t>Polarization hybridization of surface waves on anisotropic metasurface</t>
   </si>
   <si>
     <t>Anna Hurshkainen, Polina Kapitanova, Ivan Iorsh, Stanislav Glybovski, Andrey Bogdanov</t>
   </si>
   <si>
     <t>012196</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012196</t>
   </si>
   <si>
     <t>Fabrication of halide-perovskite resonant microcylinders by nanoimprint lithography</t>
   </si>
   <si>
     <t>Artem Polushkin, S Kruk, R Malurean, Ekaterina Tiguntseva, Anvar Zakhidov, Andrey Bogdanov, Yuri Kivshar, Sergey Makarov</t>
   </si>
   <si>
     <t>012178</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012178</t>
   </si>
   <si>
-    <t>Sublayer induced enhancement of electric and magnetic dipole scattering of dielectric nanoparticles</t>
-[...19 lines deleted...]
-  <si>
     <t>Analysis of multipolar contributions to eigenmodes in resonators of various shapes</t>
   </si>
   <si>
     <t>Сергей Гладышев, Кристина Фризюк, Андрей Богданов</t>
   </si>
   <si>
     <t>Nanophotonics VIII</t>
   </si>
   <si>
     <t>10.1117/12.2555709</t>
   </si>
   <si>
     <t>Observation of highly efficient second-harmonic generation at the nanoscale driven by bound states in the continuum</t>
   </si>
   <si>
     <t>High Contrast Metastructures IX</t>
   </si>
   <si>
     <t>10.1117/12.2544231</t>
   </si>
   <si>
     <t>Steering of Guided Light with Dielectric Nanoantennas</t>
   </si>
   <si>
     <t>Ivan Sinev, Filipp Komissarenko, Ivan Iorsh, Dmitry Permyakov, Anton Samusev, Andrey Bogdanov</t>
@@ -1577,50 +1661,104 @@
   <si>
     <t>419-424</t>
   </si>
   <si>
     <t>10.1016/j.apsusc.2018.12.084</t>
   </si>
   <si>
     <t>Experimental observation of hybrid TE-TM polarized surface waves supported by hyperbolic metasurface</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.195404</t>
   </si>
   <si>
     <t>Near-field observation of guided-mode resonances on a metasurface via dielectric nanosphere excitation</t>
   </si>
   <si>
     <t>Ivan Sinev, Konstantin Ladutenko, Filipp Komissarenko, Andrey Bogdanov</t>
   </si>
   <si>
     <t>4238-4243</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.8b00900</t>
   </si>
   <si>
+    <t>Enhanced light outcoupling in microdisk lasers via Si spherical nanoantennas</t>
+  </si>
+  <si>
+    <t>Ivan Mukhin, Filipp Komissarenko, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>Journal of Applied Physics</t>
+  </si>
+  <si>
+    <t>10.1063/1.5046823</t>
+  </si>
+  <si>
+    <t>Light-matter interaction between photonic bound states in the continuum and bright excitons in transition metal dichalcogenides</t>
+  </si>
+  <si>
+    <t>Zarina Sadrieva, Andrey Bogdanov, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012064</t>
+  </si>
+  <si>
+    <t>Bound state in the continuum supported by a low refractive index contrast waveguide in a woodpile structure</t>
+  </si>
+  <si>
+    <t>Lydia Pogorelskaya, Andrey Bogdanov, Kirill Samusev, Artem Sinelnik, Zarina Sadrieva</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012118</t>
+  </si>
+  <si>
+    <t>Tractor beams at metamaterial substrates</t>
+  </si>
+  <si>
+    <t>Aleksandra Ivinskaia, Natalia Kostina, Mihail Petrov, Andrey Bogdanov, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012132</t>
+  </si>
+  <si>
+    <t>Eigenmodes degeneracy with Huygens-like all-dielectric metasurface</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012169</t>
+  </si>
+  <si>
+    <t>Optomechanical manipulation with hyperbolic metasurfaces</t>
+  </si>
+  <si>
+    <t>4371-4377</t>
+  </si>
+  <si>
+    <t>10.1021/acsphotonics.8b00775</t>
+  </si>
+  <si>
     <t>Bound state in the continuum in 1D chain of dielectric disks: theory and experiment</t>
   </si>
   <si>
     <t>Mikhail Balezin, Zarina Sadrieva, Mikhail Beliakov, Polina Kapitanova, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012012</t>
   </si>
   <si>
     <t>Asymmetric metasurfaces with high-Q resonances governed by bound states in the continuum</t>
   </si>
   <si>
     <t>Sergey Lepeshov, Andrey Bogdanov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.121.193903</t>
   </si>
   <si>
     <t>Direct imaging of isofrequency contours in all-dielectric optical metasurface</t>
   </si>
   <si>
     <t>Dmitry Pidgayko, Ivan Sinev, Dmitry Permyakov, Anton Samusev, Stanislav Sychev, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012116</t>
@@ -1640,104 +1778,50 @@
   <si>
     <t>Sergei Krasikov, Andrey Bogdanov, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012068</t>
   </si>
   <si>
     <t>Effect of finite lateral size of dielectric grating on optical bound state in the continuum</t>
   </si>
   <si>
     <t>Zarina Sadrieva, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012127</t>
   </si>
   <si>
     <t>Direct near-field mapping of nano-sphere-excited leaky surface modes atanisotropic metasurface</t>
   </si>
   <si>
     <t>Bürkle F. , Ivan Sinev, Andrey Bogdanov, Filipp Komissarenko</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012165</t>
   </si>
   <si>
-    <t>Enhanced light outcoupling in microdisk lasers via Si spherical nanoantennas</t>
-[...52 lines deleted...]
-  <si>
     <t>Strong coupling between excitons in transition metal dichalcogenides and optical bound states in the continuum</t>
   </si>
   <si>
     <t>161113(R)</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.161113</t>
   </si>
   <si>
     <t>Strong Mode Coupling and High-Q Supercavity Modes in Subwavelength Dielectric Resonators</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Sergey Gladishev, Zarina Sadrieva, Mikhail Rybin, Kirill Samusev, Mikhail Limonov, Yuri Kivshar</t>
   </si>
   <si>
     <t>IEEE - 2018 Conference on Lasers and Electro-Optics (CLEO)</t>
   </si>
   <si>
     <t>10.1364/CLEO_AT.2018.JTh2A.73</t>
   </si>
   <si>
     <t>Effective surface conductivity of optical hyperbolic metasurfaces: from far-field characterization to surface wave analysis</t>
   </si>
   <si>
     <t>Dmitry Permyakov, Pavel Dmitriev, Anton Samusev, Ivan Iorsh, Andrey Bogdanov</t>
@@ -1883,80 +1967,80 @@
   <si>
     <t>Photonics surface waves on metamaterials interfaces</t>
   </si>
   <si>
     <t>Journal of Physics: Condensed Matter</t>
   </si>
   <si>
     <t>10.1088/1361-648X/aa8bdd</t>
   </si>
   <si>
     <t>Plasmon-assisted optical trapping and anti-trapping</t>
   </si>
   <si>
     <t>Aleksandra Ivinskaia, Mihail Petrov, Andrey Bogdanov, Ivan Shishkin, Alexander Shalin</t>
   </si>
   <si>
     <t>Light: Science and Applications</t>
   </si>
   <si>
     <t>e16258</t>
   </si>
   <si>
     <t>10.1038/lsa.2016.258</t>
   </si>
   <si>
+    <t>Demultiplexing surface waves with silicon nanoantennas</t>
+  </si>
+  <si>
+    <t>Ivan Sinev, Andrey Bogdanov, Filipp Komissarenko, Mihail Petrov, Kristina Frizyuk, Sergey Makarov, Ivan Mukhin, Anton Samusev, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998064</t>
+  </si>
+  <si>
     <t>Effect of substrate on optical bound states in the continuum in 1D photonic structures</t>
   </si>
   <si>
     <t>10.1063/1.4998034</t>
   </si>
   <si>
     <t>Theory of Fano resonance for scattering spectrum of all-dielectric spherical resonators</t>
   </si>
   <si>
     <t>10.1063/1.4998049</t>
   </si>
   <si>
     <t>Retrieval procedure of effective conductivity for plasmonic resonant anisotropic metasurface</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Anton Samusev, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1063/1.4998069</t>
   </si>
   <si>
-    <t>Demultiplexing surface waves with silicon nanoantennas</t>
-[...7 lines deleted...]
-  <si>
     <t>Tunable spin-directional coupling for surface localized waves with anisotropic metasurface</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Ivan Iorsh, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1117/12.2261663</t>
   </si>
   <si>
     <t>High-Q supercavity modes in subwavelength dielectric resonators</t>
   </si>
   <si>
     <t>Mikhail Rybin, Zarina Sadrieva, Kirill Samusev, Andrey Bogdanov, Mikhail Limonov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.119.243901</t>
   </si>
   <si>
     <t>Effective conductivity tensor of plasmonic anisotropic metasurface: Theory and experiment</t>
   </si>
   <si>
     <t>Ivan Mukhin, Anton Samusev, Andrey Bogdanov, Ivan Iorsh</t>
   </si>
   <si>
     <t>1524-1528</t>
@@ -2015,308 +2099,308 @@
   <si>
     <t>2016 Progress in Electromagnetic Research Symposium (PIERS)</t>
   </si>
   <si>
     <t>1723-1727</t>
   </si>
   <si>
     <t>10.1109/PIERS.2016.7734773</t>
   </si>
   <si>
     <t>Hybrid surface plasmon polaritons localized at anisotropic metasurface</t>
   </si>
   <si>
     <t>Anton Ovcharenko, Andrey Bogdanov, Ivan Iorsh</t>
   </si>
   <si>
     <t>II International Young Scientists Forum on Applied Physics and Engineering (YSF)</t>
   </si>
   <si>
     <t>73-76</t>
   </si>
   <si>
     <t>10.1109/YSF.2016.7753804</t>
   </si>
   <si>
+    <t>Slow light in nonlocal anisotropic metamaterials</t>
+  </si>
+  <si>
+    <t>2016 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>229-233</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756847</t>
+  </si>
+  <si>
+    <t>Optical bound state in the continuum in the one-dimensional photonic crystal slab: theory and experiment</t>
+  </si>
+  <si>
+    <t>356-360</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756873</t>
+  </si>
+  <si>
     <t>Plasmonic substrates for optical tweezers</t>
   </si>
   <si>
     <t>Aleksandra Ivinskaia, Mihail Petrov, Andrey Bogdanov, Alexander Shalin, Ivan Shishkin</t>
   </si>
   <si>
-    <t>2016 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>198-201</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756841</t>
   </si>
   <si>
     <t>New degrees of freedom of spin-optronics implemented by using hybrid surface waves localized at hyperbolic metasurface</t>
   </si>
   <si>
     <t>449-454</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756892</t>
   </si>
   <si>
-    <t>Slow light in nonlocal anisotropic metamaterials</t>
-[...16 lines deleted...]
-  <si>
     <t>Topological transition in coated wire medium</t>
   </si>
   <si>
     <t>Maxim Gorlach, Mingzhao Song, Alexey Slobozhanyuk, Andrey Bogdanov, Pavel Belov</t>
   </si>
   <si>
     <t>Physica Status Solidi - Rapid Research Letters</t>
   </si>
   <si>
     <t>900-904</t>
   </si>
   <si>
     <t>10.1002/pssr.201600289</t>
   </si>
   <si>
     <t>Tamm-Langmuir surface waves</t>
   </si>
   <si>
     <t>10.1103/PhysRevA.94.043815</t>
   </si>
   <si>
     <t>Interplay between anisotropy and spatial dispersion in metamaterial waveguides</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.94.115439</t>
   </si>
   <si>
+    <t>Improved emission outcoupling from microdisk laser by Si nanospheres</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/741/1/012158</t>
+  </si>
+  <si>
     <t>Bound state in the continuum in the one-dimensional photonic crystal slab</t>
   </si>
   <si>
     <t>10.1088/1742-6596/741/1/012122</t>
   </si>
   <si>
-    <t>Improved emission outcoupling from microdisk laser by Si nanospheres</t>
-[...4 lines deleted...]
-  <si>
     <t>Spin control of light with hyperbolic metasurfaces</t>
   </si>
   <si>
     <t>Anton Ovcharenko, Andrey Bogdanov, Ivan Iorsh, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.94.075446</t>
   </si>
   <si>
     <t>Polarization control over electric and magnetic dipole resonances of dielectric nanoparticles on metallic films</t>
   </si>
   <si>
     <t>Ivan Sinev, Ivan Iorsh, Andrey Bogdanov, Dmitry Permyakov, Filipp Komissarenko, Ivan Mukhin, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>vol. 10(5)</t>
   </si>
   <si>
     <t>799-806</t>
   </si>
   <si>
     <t>10.1002/lpor.201600055</t>
   </si>
   <si>
+    <t>Attraction Optical Forces inside Hyperbolic Metamaterials</t>
+  </si>
+  <si>
+    <t>Alexander Shalin, Andrey Bogdanov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1364/CLEO_AT.2016.JW2A.17</t>
+  </si>
+  <si>
+    <t>Optical forces in nanorod metamaterials: beyond the effective medium approach</t>
+  </si>
+  <si>
+    <t>Andrey Bogdanov, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>10.1364/CLEO_AT.2016.JW2A.32</t>
+  </si>
+  <si>
     <t>From high-Q magnetic dipole scattering to broadband electric field localization by silicon nanoparticle on metal</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Ivan Sinev, Ivan Iorsh, Dmitry Permyakov, Filipp Komissarenko, Ivan Mukhin, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1364/CLEO_QELS.2016.FM4B.6</t>
   </si>
   <si>
     <t>Hybrid localized waves supported by resonant anisotropic metasurfaces</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Anton Ovcharenko, Mingzhao Song, Dmitry Baranov, Ivan Sinev, Ivan Mukhin, Anton Samusev, Ivan Iorsh, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1364/CLEO_QELS.2016.FM3D.6</t>
   </si>
   <si>
     <t>Optical pulling force in the vicinity of plasmonic interfaces</t>
   </si>
   <si>
-    <t>Andrey Bogdanov, Alexander Shalin</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1364/CLEO_QELS.2016.FM2B.5</t>
   </si>
   <si>
-    <t>Attraction Optical Forces inside Hyperbolic Metamaterials</t>
-[...13 lines deleted...]
-  <si>
     <t>Dark-field imaging as a non-invasive method for characterization of whispering gallery modes in microdisk cavities</t>
   </si>
   <si>
     <t>Dmitry Baranov, Kirill Samusev, Ivan Shishkin, Anton Samusev, Pavel Belov, Andrey Bogdanov</t>
   </si>
   <si>
     <t>749-752</t>
   </si>
   <si>
     <t>10.1364/OL.41.000749</t>
   </si>
   <si>
     <t>Surface plasmon polariton assisted optical pulling force</t>
   </si>
   <si>
     <t>Mihail Petrov, Andrey Bogdanov, Alexander Shalin</t>
   </si>
   <si>
     <t>116-122</t>
   </si>
   <si>
     <t>10.1002/lpor.201500173</t>
   </si>
   <si>
     <t>Temperature induced topological transition in semiconductor metamaterial</t>
   </si>
   <si>
     <t>2015 9th International Congress on Adv. Electromagnetic Mat. in Microwaves and Optics (METAMAT.)</t>
   </si>
   <si>
     <t>154-156</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2015.7342556</t>
   </si>
   <si>
+    <t>Dark-field spectroscopy of whispering gallery mode cavities</t>
+  </si>
+  <si>
+    <t>Ivan Shishkin, Dmitry Permyakov, Kirill Samusev, Anton Samusev, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>2015 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354828</t>
+  </si>
+  <si>
+    <t>New types of surface waves on hyperbolic metasurface</t>
+  </si>
+  <si>
+    <t>Anton Ovcharenko, Ivan Iorsh, Andrey Bogdanov, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354895</t>
+  </si>
+  <si>
     <t>Homogenization of quantum metamaterial</t>
   </si>
   <si>
-    <t>2015 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/DD.2015.7354851</t>
   </si>
   <si>
     <t>Optical forces induced at the metal surface</t>
   </si>
   <si>
     <t>10.1109/DD.2015.7354869</t>
   </si>
   <si>
-    <t>Dark-field spectroscopy of whispering gallery mode cavities</t>
-[...16 lines deleted...]
-  <si>
     <t>Optical forces in nanorod metamaterial</t>
   </si>
   <si>
     <t>10.1038/srep15846</t>
   </si>
   <si>
     <t>Mode selection in InAs quantum dot microdisk lasers using focused ion beam technique</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Ivan Mukhin, Zarina Sadrieva</t>
   </si>
   <si>
     <t>4022-4025</t>
   </si>
   <si>
     <t>10.1364/OL.40.004022</t>
   </si>
   <si>
     <t>Temperature-tunable semiconductor metamaterial</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.92.085305</t>
   </si>
   <si>
+    <t>Semiconductor Temperature Tunable Metameterial for Terahertz Applications</t>
+  </si>
+  <si>
+    <t>Progress in Electromagnetics Research Symposium</t>
+  </si>
+  <si>
+    <t>978-982</t>
+  </si>
+  <si>
     <t>Dyakonov-like Plasmonic Localized Waves on Graphene Metasurfaces</t>
   </si>
   <si>
     <t>Ivan Iorsh, Anton Ovcharenko, Andrey Bogdanov, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
-    <t>Progress in Electromagnetics Research Symposium</t>
-[...1 lines deleted...]
-  <si>
     <t>2347-2351</t>
   </si>
   <si>
-    <t>Semiconductor Temperature Tunable Metameterial for Terahertz Applications</t>
-[...4 lines deleted...]
-  <si>
     <t>Optical pulling forces in hyperbolic metamaterials</t>
   </si>
   <si>
     <t>10.1103/PhysRevA.91.063830</t>
   </si>
   <si>
     <t>Hybrid waves localized at hyperbolic metasurfaces</t>
   </si>
   <si>
     <t>Anton Ovcharenko, Mingzhao Song, Andrey Bogdanov, Ivan Iorsh, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.91.235423</t>
   </si>
   <si>
     <t>Ultrasmall microdisk and microring lasers based on InAs/InGaAs/GaAs quantum dots</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Zarina Sadrieva</t>
   </si>
   <si>
     <t>Nanoscale Research Letters</t>
   </si>
   <si>
     <t>10.1186/1556-276X-9-657</t>
@@ -2333,75 +2417,75 @@
   <si>
     <t>Control of emission spectra in quantum dot microdisk/microring lasers</t>
   </si>
   <si>
     <t>Ivan Mukhin, Andrey Bogdanov</t>
   </si>
   <si>
     <t>25782-25787</t>
   </si>
   <si>
     <t>10.1364/OE.22.025782</t>
   </si>
   <si>
     <t>High-Temperature Lasing and Control of Emission Spectra in Microdisk and Microring Lasers with Quantum Dots</t>
   </si>
   <si>
     <t>IEEE International Semiconductor Laser Conference</t>
   </si>
   <si>
     <t>183-184</t>
   </si>
   <si>
     <t>10.1109/ISLC.2014.224</t>
   </si>
   <si>
+    <t>Basic Technology for Developing Cost Effective Thermal Waste Recycling Industry</t>
+  </si>
+  <si>
+    <t>Andrey Bogdanov, Mihail Petrov</t>
+  </si>
+  <si>
+    <t>Russian Journal of Physical Chemistry B</t>
+  </si>
+  <si>
+    <t>643-646</t>
+  </si>
+  <si>
+    <t>10.1134/S1990793112050235</t>
+  </si>
+  <si>
     <t>Effect of the anisotropy of a conducting layer on the dispersion law of electromagnetic waves in layered metal-dielectric structures</t>
   </si>
   <si>
     <t>JETP Letters</t>
   </si>
   <si>
     <t>49-55</t>
   </si>
   <si>
     <t>10.1134/S0021364012130036</t>
-  </si>
-[...13 lines deleted...]
-    <t>10.1134/S1990793112050235</t>
   </si>
   <si>
     <t>Enumerating the k-tangle projections</t>
   </si>
   <si>
     <t>Journal of Knot Theory and Its Ramifications</t>
   </si>
   <si>
     <t>10.1142/S0218216512500691</t>
   </si>
   <si>
     <t>Theoretical analysis of free carrier absorption in the cavity of a quantum cascade laser</t>
   </si>
   <si>
     <t>Physica Status Solidi (B): Basic Research</t>
   </si>
   <si>
     <t>885-895</t>
   </si>
   <si>
     <t>10.1002/pssb.201100126</t>
   </si>
   <si>
     <t>Mode structure of a quantum cascade laser</t>
   </si>
@@ -2732,51 +2816,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I224"/>
+  <dimension ref="A1:I232"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="208.663" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="334.918" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="137.966" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -2791,5899 +2875,6125 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2">
-        <v>8.45</v>
+        <v>7.53</v>
       </c>
       <c r="I2">
-        <v>2.72</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>42988</v>
+        <v>25</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
       </c>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="H3">
-        <v>3.89</v>
+        <v>0.37</v>
       </c>
       <c r="I3">
-        <v>1.39</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D4">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="E4"/>
+        <v>67</v>
+      </c>
+      <c r="E4">
+        <v>101458</v>
+      </c>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H4">
-        <v>3.79</v>
+        <v>3.01</v>
       </c>
       <c r="I4">
-        <v>1.18</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D5">
-        <v>66</v>
+        <v>33</v>
       </c>
       <c r="E5">
-        <v>101436</v>
+        <v>42988</v>
       </c>
       <c r="F5">
         <v>2025</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H5">
-        <v>3.01</v>
+        <v>3.89</v>
       </c>
       <c r="I5">
-        <v>0.55</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D6">
+        <v>14</v>
+      </c>
+      <c r="E6" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>100633</v>
       </c>
       <c r="F6">
         <v>2025</v>
       </c>
       <c r="G6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H6">
-        <v>12.36</v>
-[...1 lines deleted...]
-      <c r="I6"/>
+        <v>8.45</v>
+      </c>
+      <c r="I6">
+        <v>2.72</v>
+      </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D7">
-        <v>111</v>
+        <v>127</v>
       </c>
       <c r="E7"/>
       <c r="F7">
         <v>2025</v>
       </c>
       <c r="G7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="H7">
-        <v>4.04</v>
+        <v>3.79</v>
       </c>
       <c r="I7">
-        <v>1.78</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C8" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D8">
-        <v>11</v>
+        <v>112</v>
       </c>
       <c r="E8"/>
       <c r="F8">
         <v>2025</v>
       </c>
       <c r="G8" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="H8">
-        <v>14.14</v>
+        <v>4.04</v>
       </c>
       <c r="I8">
-        <v>5.93</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B9" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C9" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
       <c r="D9">
-        <v>182</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>66</v>
+      </c>
+      <c r="E9">
+        <v>101436</v>
       </c>
       <c r="F9">
         <v>2025</v>
       </c>
       <c r="G9" t="s">
         <v>42</v>
       </c>
       <c r="H9">
-        <v>4.83</v>
+        <v>3.01</v>
       </c>
       <c r="I9">
-        <v>0.44</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>43</v>
       </c>
       <c r="B10" t="s">
         <v>44</v>
       </c>
       <c r="C10" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="D10">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>30</v>
+      </c>
+      <c r="E10">
+        <v>100633</v>
       </c>
       <c r="F10">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G10" t="s">
         <v>46</v>
       </c>
       <c r="H10">
-        <v>8.45</v>
-[...3 lines deleted...]
-      </c>
+        <v>12.36</v>
+      </c>
+      <c r="I10"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>47</v>
       </c>
       <c r="B11" t="s">
         <v>48</v>
       </c>
       <c r="C11" t="s">
+        <v>38</v>
+      </c>
+      <c r="D11">
+        <v>111</v>
+      </c>
+      <c r="E11"/>
+      <c r="F11">
+        <v>2025</v>
+      </c>
+      <c r="G11" t="s">
         <v>49</v>
       </c>
-      <c r="D11">
-[...10 lines deleted...]
-      </c>
       <c r="H11">
-        <v>4.48</v>
+        <v>4.04</v>
       </c>
       <c r="I11">
-        <v>0.61</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>50</v>
+      </c>
+      <c r="B12" t="s">
         <v>51</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>52</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12">
+        <v>134</v>
+      </c>
+      <c r="E12"/>
+      <c r="F12">
+        <v>2025</v>
+      </c>
+      <c r="G12" t="s">
         <v>53</v>
       </c>
-      <c r="D12"/>
-[...10 lines deleted...]
-      <c r="I12"/>
+      <c r="H12">
+        <v>9.16</v>
+      </c>
+      <c r="I12">
+        <v>3.69</v>
+      </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>54</v>
+      </c>
+      <c r="B13" t="s">
+        <v>55</v>
+      </c>
+      <c r="C13" t="s">
         <v>56</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13">
+        <v>182</v>
+      </c>
+      <c r="E13" t="s">
         <v>57</v>
       </c>
-      <c r="C13" t="s">
+      <c r="F13">
+        <v>2025</v>
+      </c>
+      <c r="G13" t="s">
         <v>58</v>
       </c>
-      <c r="D13">
-[...8 lines deleted...]
-      </c>
       <c r="H13">
-        <v>4.99</v>
+        <v>2.95</v>
       </c>
       <c r="I13">
-        <v>1.88</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>59</v>
+      </c>
+      <c r="B14" t="s">
         <v>60</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>61</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14">
+        <v>11</v>
+      </c>
+      <c r="E14"/>
+      <c r="F14">
+        <v>2025</v>
+      </c>
+      <c r="G14" t="s">
         <v>62</v>
       </c>
-      <c r="D14">
-[...12 lines deleted...]
-      <c r="I14"/>
+      <c r="H14">
+        <v>14.14</v>
+      </c>
+      <c r="I14">
+        <v>5.93</v>
+      </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" t="s">
+        <v>64</v>
+      </c>
+      <c r="C15" t="s">
+        <v>56</v>
+      </c>
+      <c r="D15">
+        <v>182</v>
+      </c>
+      <c r="E15" t="s">
         <v>65</v>
       </c>
-      <c r="B15" t="s">
+      <c r="F15">
+        <v>2025</v>
+      </c>
+      <c r="G15" t="s">
         <v>66</v>
       </c>
-      <c r="C15" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H15">
-        <v>8.45</v>
+        <v>4.83</v>
       </c>
       <c r="I15">
-        <v>2.72</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>67</v>
+      </c>
+      <c r="B16" t="s">
+        <v>68</v>
+      </c>
+      <c r="C16" t="s">
+        <v>29</v>
+      </c>
+      <c r="D16">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
         <v>69</v>
       </c>
-      <c r="B16" t="s">
-[...8 lines deleted...]
-      <c r="E16"/>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="H16">
-        <v>13.14</v>
+        <v>8.45</v>
       </c>
       <c r="I16">
-        <v>3.78</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B17" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C17" t="s">
         <v>73</v>
       </c>
       <c r="D17">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="E17"/>
+        <v>326</v>
+      </c>
+      <c r="E17">
+        <v>125283</v>
+      </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="H17">
-        <v>13.14</v>
+        <v>4.48</v>
       </c>
       <c r="I17">
-        <v>3.78</v>
+        <v>0.61</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B18" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C18" t="s">
-        <v>76</v>
-[...4 lines deleted...]
-      <c r="E18"/>
+        <v>77</v>
+      </c>
+      <c r="D18"/>
+      <c r="E18" t="s">
+        <v>78</v>
+      </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18" t="s">
-        <v>77</v>
-[...6 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B19" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C19" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="D19"/>
+        <v>82</v>
+      </c>
+      <c r="D19">
+        <v>22</v>
+      </c>
       <c r="E19"/>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H19">
-        <v>10.95</v>
+        <v>4.99</v>
       </c>
       <c r="I19">
-        <v>3.17</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="B20" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C20" t="s">
-        <v>73</v>
+        <v>86</v>
       </c>
       <c r="D20">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="E20"/>
+        <v>49</v>
+      </c>
+      <c r="E20" t="s">
+        <v>87</v>
+      </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
-        <v>83</v>
-[...6 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20"/>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="B21" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="C21" t="s">
-        <v>86</v>
-[...3 lines deleted...]
-        <v>130648</v>
+        <v>29</v>
+      </c>
+      <c r="D21">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>91</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H21">
-        <v>2.31</v>
+        <v>8.45</v>
       </c>
       <c r="I21">
-        <v>0.63</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="B22" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="C22" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="D22">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="E22"/>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="H22">
-        <v>7.08</v>
+        <v>13.14</v>
       </c>
       <c r="I22">
-        <v>2.27</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>93</v>
       </c>
       <c r="B23" t="s">
         <v>94</v>
       </c>
       <c r="C23" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D23">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="E23"/>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23" t="s">
         <v>96</v>
       </c>
       <c r="H23">
-        <v>7.08</v>
+        <v>13.14</v>
       </c>
       <c r="I23">
-        <v>2.07</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B24" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C24" t="s">
-        <v>58</v>
+        <v>100</v>
       </c>
       <c r="D24">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E24"/>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="H24">
-        <v>4.99</v>
+        <v>9.93</v>
       </c>
       <c r="I24">
-        <v>1.88</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B25" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C25" t="s">
-        <v>90</v>
-[...6 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="D25"/>
+      <c r="E25"/>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="H25">
-        <v>7.08</v>
+        <v>10.95</v>
       </c>
       <c r="I25">
-        <v>2.27</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B26" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C26" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="D26">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="E26"/>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26" t="s">
         <v>107</v>
       </c>
       <c r="H26">
-        <v>6.64</v>
+        <v>13.14</v>
       </c>
       <c r="I26">
-        <v>1.66</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>108</v>
       </c>
       <c r="B27" t="s">
         <v>109</v>
       </c>
       <c r="C27" t="s">
         <v>110</v>
       </c>
-      <c r="D27">
-[...2 lines deleted...]
-      <c r="E27" t="s">
+      <c r="D27"/>
+      <c r="E27">
+        <v>130648</v>
+      </c>
+      <c r="F27">
+        <v>2024</v>
+      </c>
+      <c r="G27" t="s">
         <v>111</v>
       </c>
-      <c r="F27">
-[...6 lines deleted...]
-      <c r="I27"/>
+      <c r="H27">
+        <v>2.31</v>
+      </c>
+      <c r="I27">
+        <v>0.63</v>
+      </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>112</v>
+      </c>
+      <c r="B28" t="s">
         <v>113</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
+        <v>11</v>
+      </c>
+      <c r="D28">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
         <v>114</v>
       </c>
-      <c r="C28" t="s">
+      <c r="F28">
+        <v>2024</v>
+      </c>
+      <c r="G28" t="s">
         <v>115</v>
       </c>
-      <c r="D28"/>
-[...8 lines deleted...]
-      <c r="I28"/>
+      <c r="H28">
+        <v>7.08</v>
+      </c>
+      <c r="I28">
+        <v>2.27</v>
+      </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>116</v>
+      </c>
+      <c r="B29" t="s">
         <v>117</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>118</v>
       </c>
-      <c r="C29" t="s">
-[...3 lines deleted...]
-      <c r="E29"/>
+      <c r="D29">
+        <v>12</v>
+      </c>
+      <c r="E29">
+        <v>1158</v>
+      </c>
       <c r="F29">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G29" t="s">
         <v>119</v>
       </c>
-      <c r="H29"/>
-      <c r="I29"/>
+      <c r="H29">
+        <v>7.08</v>
+      </c>
+      <c r="I29">
+        <v>2.07</v>
+      </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>120</v>
       </c>
       <c r="B30" t="s">
         <v>121</v>
       </c>
       <c r="C30" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="D30"/>
+        <v>82</v>
+      </c>
+      <c r="D30">
+        <v>21</v>
+      </c>
       <c r="E30"/>
       <c r="F30">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G30" t="s">
         <v>122</v>
       </c>
-      <c r="H30"/>
-      <c r="I30"/>
+      <c r="H30">
+        <v>4.99</v>
+      </c>
+      <c r="I30">
+        <v>1.88</v>
+      </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>123</v>
       </c>
       <c r="B31" t="s">
         <v>124</v>
       </c>
       <c r="C31" t="s">
-        <v>11</v>
+        <v>125</v>
       </c>
       <c r="D31">
         <v>12</v>
       </c>
-      <c r="E31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E31"/>
       <c r="F31">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G31" t="s">
         <v>126</v>
       </c>
       <c r="H31">
-        <v>7.92</v>
+        <v>5.1</v>
       </c>
       <c r="I31">
-        <v>2.12</v>
+        <v>1.57</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>127</v>
       </c>
       <c r="B32" t="s">
         <v>128</v>
       </c>
       <c r="C32" t="s">
+        <v>11</v>
+      </c>
+      <c r="D32">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
         <v>129</v>
       </c>
-      <c r="D32"/>
-      <c r="E32"/>
       <c r="F32">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G32" t="s">
         <v>130</v>
       </c>
-      <c r="H32"/>
-      <c r="I32"/>
+      <c r="H32">
+        <v>7.08</v>
+      </c>
+      <c r="I32">
+        <v>2.27</v>
+      </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>131</v>
       </c>
       <c r="B33" t="s">
         <v>132</v>
       </c>
       <c r="C33" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="D33">
+        <v>12</v>
+      </c>
+      <c r="E33"/>
       <c r="F33">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G33" t="s">
         <v>133</v>
       </c>
       <c r="H33">
-        <v>3.16</v>
+        <v>6.64</v>
       </c>
       <c r="I33">
-        <v>0.47</v>
+        <v>1.66</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>134</v>
       </c>
       <c r="B34" t="s">
         <v>135</v>
       </c>
-      <c r="C34"/>
-[...1 lines deleted...]
-      <c r="E34"/>
+      <c r="C34" t="s">
+        <v>136</v>
+      </c>
+      <c r="D34">
+        <v>268</v>
+      </c>
+      <c r="E34" t="s">
+        <v>137</v>
+      </c>
       <c r="F34">
         <v>2023</v>
       </c>
-      <c r="G34"/>
+      <c r="G34" t="s">
+        <v>138</v>
+      </c>
       <c r="H34"/>
       <c r="I34"/>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="B35" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="C35" t="s">
-        <v>138</v>
-[...6 lines deleted...]
-      </c>
+        <v>141</v>
+      </c>
+      <c r="D35"/>
+      <c r="E35"/>
       <c r="F35">
         <v>2023</v>
       </c>
       <c r="G35" t="s">
-        <v>139</v>
-[...6 lines deleted...]
-      </c>
+        <v>142</v>
+      </c>
+      <c r="H35"/>
+      <c r="I35"/>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B36" t="s">
+        <v>144</v>
+      </c>
+      <c r="C36" t="s">
         <v>141</v>
       </c>
-      <c r="C36" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D36"/>
+      <c r="E36"/>
       <c r="F36">
         <v>2023</v>
       </c>
       <c r="G36" t="s">
-        <v>143</v>
-[...6 lines deleted...]
-      </c>
+        <v>145</v>
+      </c>
+      <c r="H36"/>
+      <c r="I36"/>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B37" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C37" t="s">
-        <v>146</v>
-[...3 lines deleted...]
-      </c>
+        <v>141</v>
+      </c>
+      <c r="D37"/>
       <c r="E37"/>
       <c r="F37">
         <v>2023</v>
       </c>
       <c r="G37" t="s">
-        <v>147</v>
-[...6 lines deleted...]
-      </c>
+        <v>148</v>
+      </c>
+      <c r="H37"/>
+      <c r="I37"/>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B38" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C38" t="s">
-        <v>150</v>
-[...3 lines deleted...]
-        <v>2215007</v>
+        <v>29</v>
+      </c>
+      <c r="D38">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>151</v>
       </c>
       <c r="F38">
         <v>2023</v>
       </c>
       <c r="G38" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H38">
-        <v>19.92</v>
+        <v>7.92</v>
       </c>
       <c r="I38">
-        <v>5.0</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B39" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C39" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39">
         <v>2023</v>
       </c>
-      <c r="G39"/>
+      <c r="G39" t="s">
+        <v>156</v>
+      </c>
       <c r="H39"/>
       <c r="I39"/>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B40" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C40" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      <c r="E40"/>
+        <v>21</v>
+      </c>
+      <c r="D40"/>
+      <c r="E40">
+        <v>101172</v>
+      </c>
       <c r="F40">
         <v>2023</v>
       </c>
       <c r="G40" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="H40">
-        <v>3.91</v>
+        <v>3.16</v>
       </c>
       <c r="I40">
-        <v>1.54</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B41" t="s">
-        <v>159</v>
-[...7 lines deleted...]
-      <c r="E41" t="s">
         <v>161</v>
       </c>
+      <c r="C41"/>
+      <c r="D41"/>
+      <c r="E41"/>
       <c r="F41">
         <v>2023</v>
       </c>
-      <c r="G41" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G41"/>
+      <c r="H41"/>
+      <c r="I41"/>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>162</v>
+      </c>
+      <c r="B42" t="s">
         <v>163</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>164</v>
       </c>
-      <c r="C42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D42">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E42"/>
+        <v>13</v>
+      </c>
+      <c r="E42">
+        <v>2091</v>
+      </c>
       <c r="F42">
         <v>2023</v>
       </c>
       <c r="G42" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="H42">
-        <v>19.53</v>
+        <v>5.08</v>
       </c>
       <c r="I42">
-        <v>4.74</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>166</v>
+      </c>
+      <c r="B43" t="s">
         <v>167</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>168</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43">
+        <v>10</v>
+      </c>
+      <c r="E43">
+        <v>797</v>
+      </c>
+      <c r="F43">
+        <v>2023</v>
+      </c>
+      <c r="G43" t="s">
         <v>169</v>
       </c>
-      <c r="D43"/>
-[...8 lines deleted...]
-      </c>
       <c r="H43">
-        <v>8.86</v>
+        <v>11.1</v>
       </c>
       <c r="I43">
-        <v>1.92</v>
+        <v>5.07</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>170</v>
+      </c>
+      <c r="B44" t="s">
         <v>171</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>172</v>
       </c>
-      <c r="C44" t="s">
-[...2 lines deleted...]
-      <c r="D44"/>
+      <c r="D44">
+        <v>66</v>
+      </c>
       <c r="E44"/>
       <c r="F44">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G44" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-      <c r="I44"/>
+        <v>173</v>
+      </c>
+      <c r="H44">
+        <v>2.94</v>
+      </c>
+      <c r="I44">
+        <v>0.66</v>
+      </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>174</v>
+      </c>
+      <c r="B45" t="s">
         <v>175</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>176</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45"/>
+      <c r="E45">
+        <v>2215007</v>
+      </c>
+      <c r="F45">
+        <v>2023</v>
+      </c>
+      <c r="G45" t="s">
         <v>177</v>
       </c>
-      <c r="D45">
-[...10 lines deleted...]
-      </c>
       <c r="H45">
-        <v>6.38</v>
+        <v>19.92</v>
       </c>
       <c r="I45">
-        <v>1.97</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>178</v>
+      </c>
+      <c r="B46" t="s">
         <v>179</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>180</v>
       </c>
-      <c r="C46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D46"/>
-      <c r="E46">
-[...1 lines deleted...]
-      </c>
+      <c r="E46"/>
       <c r="F46">
-        <v>2022</v>
-[...9 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="G46"/>
+      <c r="H46"/>
+      <c r="I46"/>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>181</v>
+      </c>
+      <c r="B47" t="s">
         <v>182</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
+        <v>38</v>
+      </c>
+      <c r="D47">
+        <v>107</v>
+      </c>
+      <c r="E47"/>
+      <c r="F47">
+        <v>2023</v>
+      </c>
+      <c r="G47" t="s">
         <v>183</v>
       </c>
-      <c r="C47" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H47">
-        <v>3.01</v>
+        <v>3.91</v>
       </c>
       <c r="I47">
-        <v>0.55</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>184</v>
+      </c>
+      <c r="B48" t="s">
         <v>185</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>186</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48">
+        <v>8</v>
+      </c>
+      <c r="E48" t="s">
         <v>187</v>
       </c>
-      <c r="D48">
-[...2 lines deleted...]
-      <c r="E48"/>
       <c r="F48">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G48" t="s">
         <v>188</v>
       </c>
-      <c r="H48"/>
-      <c r="I48"/>
+      <c r="H48">
+        <v>11.68</v>
+      </c>
+      <c r="I48">
+        <v>2.49</v>
+      </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>189</v>
       </c>
       <c r="B49" t="s">
         <v>190</v>
       </c>
       <c r="C49" t="s">
         <v>191</v>
       </c>
-      <c r="D49"/>
+      <c r="D49">
+        <v>10</v>
+      </c>
       <c r="E49"/>
       <c r="F49">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G49" t="s">
         <v>192</v>
       </c>
-      <c r="H49"/>
-      <c r="I49"/>
+      <c r="H49">
+        <v>19.53</v>
+      </c>
+      <c r="I49">
+        <v>4.74</v>
+      </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>193</v>
       </c>
       <c r="B50" t="s">
         <v>194</v>
       </c>
       <c r="C50" t="s">
         <v>195</v>
       </c>
-      <c r="D50">
-[...3 lines deleted...]
-        <v>196</v>
+      <c r="D50"/>
+      <c r="E50">
+        <v>2200711</v>
       </c>
       <c r="F50">
         <v>2022</v>
       </c>
       <c r="G50" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="H50">
-        <v>6.14</v>
+        <v>8.86</v>
       </c>
       <c r="I50">
-        <v>1.18</v>
+        <v>1.92</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>197</v>
+      </c>
+      <c r="B51" t="s">
         <v>198</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>199</v>
       </c>
-      <c r="C51" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D51"/>
       <c r="E51"/>
       <c r="F51">
         <v>2022</v>
       </c>
       <c r="G51" t="s">
         <v>200</v>
       </c>
-      <c r="H51">
-[...4 lines deleted...]
-      </c>
+      <c r="H51"/>
+      <c r="I51"/>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>201</v>
       </c>
       <c r="B52" t="s">
         <v>202</v>
       </c>
       <c r="C52" t="s">
         <v>203</v>
       </c>
       <c r="D52">
-        <v>47</v>
+        <v>7</v>
       </c>
       <c r="E52">
-        <v>3291</v>
+        <v>101301</v>
       </c>
       <c r="F52">
         <v>2022</v>
       </c>
       <c r="G52" t="s">
         <v>204</v>
       </c>
       <c r="H52">
-        <v>3.56</v>
+        <v>6.38</v>
       </c>
       <c r="I52">
-        <v>1.26</v>
+        <v>1.97</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>205</v>
       </c>
       <c r="B53" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="C53" t="s">
-        <v>206</v>
+        <v>21</v>
       </c>
       <c r="D53"/>
-      <c r="E53"/>
+      <c r="E53">
+        <v>101084</v>
+      </c>
       <c r="F53">
         <v>2022</v>
       </c>
       <c r="G53" t="s">
         <v>207</v>
       </c>
-      <c r="H53"/>
-      <c r="I53"/>
+      <c r="H53">
+        <v>3.01</v>
+      </c>
+      <c r="I53">
+        <v>0.55</v>
+      </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>208</v>
       </c>
       <c r="B54" t="s">
         <v>209</v>
       </c>
       <c r="C54" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-      <c r="E54"/>
+        <v>21</v>
+      </c>
+      <c r="D54">
+        <v>52</v>
+      </c>
+      <c r="E54">
+        <v>101081</v>
+      </c>
       <c r="F54">
         <v>2022</v>
       </c>
       <c r="G54" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-      <c r="I54"/>
+        <v>210</v>
+      </c>
+      <c r="H54">
+        <v>3.01</v>
+      </c>
+      <c r="I54">
+        <v>0.55</v>
+      </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>211</v>
+      </c>
+      <c r="B55" t="s">
         <v>212</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>213</v>
       </c>
-      <c r="C55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D55">
-        <v>5</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="E55"/>
       <c r="F55">
         <v>2022</v>
       </c>
       <c r="G55" t="s">
-        <v>216</v>
-[...6 lines deleted...]
-      </c>
+        <v>214</v>
+      </c>
+      <c r="H55"/>
+      <c r="I55"/>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>215</v>
+      </c>
+      <c r="B56" t="s">
+        <v>216</v>
+      </c>
+      <c r="C56" t="s">
         <v>217</v>
       </c>
-      <c r="B56" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D56"/>
       <c r="E56"/>
       <c r="F56">
         <v>2022</v>
       </c>
       <c r="G56" t="s">
-        <v>220</v>
-[...6 lines deleted...]
-      </c>
+        <v>218</v>
+      </c>
+      <c r="H56"/>
+      <c r="I56"/>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="B57" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="C57" t="s">
-        <v>223</v>
+        <v>38</v>
       </c>
       <c r="D57">
-        <v>128</v>
+        <v>105</v>
       </c>
       <c r="E57"/>
       <c r="F57">
         <v>2022</v>
       </c>
       <c r="G57" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="H57">
-        <v>9.19</v>
+        <v>3.91</v>
       </c>
       <c r="I57">
-        <v>3.25</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>222</v>
+      </c>
+      <c r="B58" t="s">
+        <v>223</v>
+      </c>
+      <c r="C58" t="s">
+        <v>224</v>
+      </c>
+      <c r="D58">
+        <v>5</v>
+      </c>
+      <c r="E58" t="s">
         <v>225</v>
       </c>
-      <c r="B58" t="s">
+      <c r="F58">
+        <v>2022</v>
+      </c>
+      <c r="G58" t="s">
         <v>226</v>
       </c>
-      <c r="C58" t="s">
-[...11 lines deleted...]
-      <c r="I58"/>
+      <c r="H58">
+        <v>6.14</v>
+      </c>
+      <c r="I58">
+        <v>1.18</v>
+      </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>227</v>
+      </c>
+      <c r="B59" t="s">
+        <v>228</v>
+      </c>
+      <c r="C59" t="s">
         <v>229</v>
       </c>
-      <c r="B59" t="s">
+      <c r="D59">
+        <v>47</v>
+      </c>
+      <c r="E59">
+        <v>3291</v>
+      </c>
+      <c r="F59">
+        <v>2022</v>
+      </c>
+      <c r="G59" t="s">
         <v>230</v>
       </c>
-      <c r="C59" t="s">
-[...14 lines deleted...]
-      <c r="H59"/>
+      <c r="H59">
+        <v>3.56</v>
+      </c>
       <c r="I59">
-        <v>0.21</v>
+        <v>1.26</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>231</v>
+      </c>
+      <c r="B60" t="s">
+        <v>232</v>
+      </c>
+      <c r="C60" t="s">
+        <v>233</v>
+      </c>
+      <c r="D60"/>
+      <c r="E60"/>
+      <c r="F60">
+        <v>2022</v>
+      </c>
+      <c r="G60" t="s">
         <v>234</v>
       </c>
-      <c r="B60" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H60"/>
-      <c r="I60">
-[...1 lines deleted...]
-      </c>
+      <c r="I60"/>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="B61" t="s">
-        <v>239</v>
+        <v>220</v>
       </c>
       <c r="C61" t="s">
-        <v>231</v>
-[...6 lines deleted...]
-      </c>
+        <v>236</v>
+      </c>
+      <c r="D61"/>
+      <c r="E61"/>
       <c r="F61">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G61" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="H61"/>
-      <c r="I61">
-[...1 lines deleted...]
-      </c>
+      <c r="I61"/>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>238</v>
+      </c>
+      <c r="B62" t="s">
+        <v>239</v>
+      </c>
+      <c r="C62" t="s">
+        <v>240</v>
+      </c>
+      <c r="D62">
+        <v>5</v>
+      </c>
+      <c r="E62" t="s">
+        <v>241</v>
+      </c>
+      <c r="F62">
+        <v>2022</v>
+      </c>
+      <c r="G62" t="s">
         <v>242</v>
       </c>
-      <c r="B62" t="s">
-[...17 lines deleted...]
-      <c r="H62"/>
+      <c r="H62">
+        <v>8.93</v>
+      </c>
       <c r="I62">
-        <v>0.21</v>
+        <v>2.2</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>243</v>
+      </c>
+      <c r="B63" t="s">
+        <v>244</v>
+      </c>
+      <c r="C63" t="s">
+        <v>245</v>
+      </c>
+      <c r="D63">
+        <v>105</v>
+      </c>
+      <c r="E63"/>
+      <c r="F63">
+        <v>2022</v>
+      </c>
+      <c r="G63" t="s">
         <v>246</v>
       </c>
-      <c r="B63" t="s">
-[...17 lines deleted...]
-      <c r="H63"/>
+      <c r="H63">
+        <v>2.97</v>
+      </c>
       <c r="I63">
-        <v>0.21</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="B64" t="s">
-        <v>172</v>
+        <v>248</v>
       </c>
       <c r="C64" t="s">
-        <v>231</v>
+        <v>52</v>
       </c>
       <c r="D64">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="E64"/>
       <c r="F64">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G64" t="s">
-        <v>252</v>
-[...1 lines deleted...]
-      <c r="H64"/>
+        <v>249</v>
+      </c>
+      <c r="H64">
+        <v>9.19</v>
+      </c>
       <c r="I64">
-        <v>0.21</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="B65" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="C65" t="s">
-        <v>231</v>
-[...6 lines deleted...]
-      </c>
+        <v>252</v>
+      </c>
+      <c r="D65"/>
+      <c r="E65"/>
       <c r="F65">
         <v>2021</v>
       </c>
       <c r="G65" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="H65"/>
-      <c r="I65">
-[...1 lines deleted...]
-      </c>
+      <c r="I65"/>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>254</v>
+      </c>
+      <c r="B66" t="s">
+        <v>255</v>
+      </c>
+      <c r="C66" t="s">
+        <v>256</v>
+      </c>
+      <c r="D66">
+        <v>2103</v>
+      </c>
+      <c r="E66" t="s">
         <v>257</v>
-      </c>
-[...10 lines deleted...]
-        <v>259</v>
       </c>
       <c r="F66">
         <v>2021</v>
       </c>
       <c r="G66" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="H66"/>
       <c r="I66">
         <v>0.21</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="B67" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="C67" t="s">
-        <v>231</v>
+        <v>256</v>
       </c>
       <c r="D67">
         <v>2015</v>
       </c>
       <c r="E67" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="F67">
         <v>2021</v>
       </c>
       <c r="G67" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="H67"/>
       <c r="I67">
         <v>0.21</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>263</v>
+      </c>
+      <c r="B68" t="s">
+        <v>264</v>
+      </c>
+      <c r="C68" t="s">
+        <v>256</v>
+      </c>
+      <c r="D68">
+        <v>2015</v>
+      </c>
+      <c r="E68" t="s">
         <v>265</v>
       </c>
-      <c r="B68" t="s">
-[...8 lines deleted...]
-      <c r="E68"/>
       <c r="F68">
         <v>2021</v>
       </c>
       <c r="G68" t="s">
-        <v>267</v>
-[...3 lines deleted...]
-      </c>
+        <v>266</v>
+      </c>
+      <c r="H68"/>
       <c r="I68">
-        <v>2.12</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>267</v>
+      </c>
+      <c r="B69" t="s">
         <v>268</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69" t="s">
-        <v>20</v>
+        <v>256</v>
       </c>
       <c r="D69">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>193504</v>
+        <v>2015</v>
+      </c>
+      <c r="E69" t="s">
+        <v>269</v>
       </c>
       <c r="F69">
         <v>2021</v>
       </c>
       <c r="G69" t="s">
-        <v>269</v>
-[...3 lines deleted...]
-      </c>
+        <v>270</v>
+      </c>
+      <c r="H69"/>
       <c r="I69">
-        <v>1.03</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B70" t="s">
-        <v>271</v>
+        <v>248</v>
       </c>
       <c r="C70" t="s">
+        <v>256</v>
+      </c>
+      <c r="D70">
+        <v>2015</v>
+      </c>
+      <c r="E70" t="s">
         <v>272</v>
       </c>
-      <c r="D70"/>
-      <c r="E70"/>
       <c r="F70">
         <v>2021</v>
       </c>
       <c r="G70" t="s">
         <v>273</v>
       </c>
-      <c r="H70"/>
-      <c r="I70"/>
+      <c r="H70">
+        <v>0.51</v>
+      </c>
+      <c r="I70">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>274</v>
       </c>
       <c r="B71" t="s">
         <v>275</v>
       </c>
       <c r="C71" t="s">
-        <v>11</v>
+        <v>256</v>
       </c>
       <c r="D71">
-        <v>10</v>
+        <v>2015</v>
       </c>
       <c r="E71" t="s">
         <v>276</v>
       </c>
       <c r="F71">
         <v>2021</v>
       </c>
       <c r="G71" t="s">
         <v>277</v>
       </c>
-      <c r="H71">
-[...1 lines deleted...]
-      </c>
+      <c r="H71"/>
       <c r="I71">
-        <v>2.12</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
         <v>278</v>
       </c>
       <c r="B72" t="s">
-        <v>137</v>
+        <v>279</v>
       </c>
       <c r="C72" t="s">
-        <v>138</v>
+        <v>256</v>
       </c>
       <c r="D72">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>2937</v>
+        <v>2015</v>
+      </c>
+      <c r="E72" t="s">
+        <v>280</v>
       </c>
       <c r="F72">
         <v>2021</v>
       </c>
       <c r="G72" t="s">
-        <v>279</v>
-[...3 lines deleted...]
-      </c>
+        <v>281</v>
+      </c>
+      <c r="H72"/>
       <c r="I72">
-        <v>0.84</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="B73" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="C73" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-      <c r="E73"/>
+        <v>256</v>
+      </c>
+      <c r="D73">
+        <v>2015</v>
+      </c>
+      <c r="E73" t="s">
+        <v>284</v>
+      </c>
       <c r="F73">
         <v>2021</v>
       </c>
       <c r="G73" t="s">
-        <v>283</v>
-[...3 lines deleted...]
-      </c>
+        <v>285</v>
+      </c>
+      <c r="H73"/>
       <c r="I73">
-        <v>3.76</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="B74" t="s">
-        <v>235</v>
+        <v>287</v>
       </c>
       <c r="C74" t="s">
-        <v>58</v>
+        <v>256</v>
       </c>
       <c r="D74">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E74"/>
+        <v>2015</v>
+      </c>
+      <c r="E74" t="s">
+        <v>288</v>
+      </c>
       <c r="F74">
         <v>2021</v>
       </c>
       <c r="G74" t="s">
-        <v>285</v>
-[...3 lines deleted...]
-      </c>
+        <v>289</v>
+      </c>
+      <c r="H74"/>
       <c r="I74">
-        <v>1.53</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="B75" t="s">
-        <v>287</v>
+        <v>198</v>
       </c>
       <c r="C75" t="s">
-        <v>110</v>
+        <v>256</v>
       </c>
       <c r="D75">
-        <v>263</v>
+        <v>2015</v>
       </c>
       <c r="E75" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="F75">
         <v>2021</v>
       </c>
       <c r="G75" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="H75"/>
-      <c r="I75"/>
+      <c r="I75">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="B76" t="s">
-        <v>291</v>
+        <v>216</v>
       </c>
       <c r="C76" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-      <c r="E76"/>
+        <v>34</v>
+      </c>
+      <c r="D76">
+        <v>119</v>
+      </c>
+      <c r="E76">
+        <v>193504</v>
+      </c>
       <c r="F76">
         <v>2021</v>
       </c>
       <c r="G76" t="s">
-        <v>293</v>
-[...2 lines deleted...]
-      <c r="I76"/>
+        <v>294</v>
+      </c>
+      <c r="H76">
+        <v>3.97</v>
+      </c>
+      <c r="I76">
+        <v>1.03</v>
+      </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B77" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C77" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="D77"/>
       <c r="E77"/>
       <c r="F77">
         <v>2021</v>
       </c>
       <c r="G77" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="H77"/>
       <c r="I77"/>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B78" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C78" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-      <c r="E78"/>
+        <v>29</v>
+      </c>
+      <c r="D78">
+        <v>10</v>
+      </c>
+      <c r="E78" t="s">
+        <v>301</v>
+      </c>
       <c r="F78">
         <v>2021</v>
       </c>
       <c r="G78" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-      <c r="I78"/>
+        <v>302</v>
+      </c>
+      <c r="H78">
+        <v>7.92</v>
+      </c>
+      <c r="I78">
+        <v>2.12</v>
+      </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="B79" t="s">
-        <v>243</v>
+        <v>304</v>
       </c>
       <c r="C79" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D79">
-        <v>119</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="E79"/>
       <c r="F79">
         <v>2021</v>
       </c>
       <c r="G79" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="H79">
-        <v>3.97</v>
+        <v>7.92</v>
       </c>
       <c r="I79">
-        <v>1.03</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="B80" t="s">
-        <v>304</v>
+        <v>163</v>
       </c>
       <c r="C80" t="s">
-        <v>32</v>
+        <v>164</v>
       </c>
       <c r="D80">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="E80"/>
+        <v>11</v>
+      </c>
+      <c r="E80">
+        <v>2937</v>
+      </c>
       <c r="F80">
         <v>2021</v>
       </c>
       <c r="G80" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="H80">
-        <v>3.91</v>
+        <v>5.72</v>
       </c>
       <c r="I80">
-        <v>1.54</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B81" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C81" t="s">
-        <v>73</v>
-[...6 lines deleted...]
-      </c>
+        <v>310</v>
+      </c>
+      <c r="D81"/>
+      <c r="E81"/>
       <c r="F81">
         <v>2021</v>
       </c>
       <c r="G81" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="H81">
-        <v>10.95</v>
+        <v>12.26</v>
       </c>
       <c r="I81">
-        <v>3.17</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="B82" t="s">
-        <v>310</v>
+        <v>275</v>
       </c>
       <c r="C82" t="s">
-        <v>311</v>
-[...1 lines deleted...]
-      <c r="D82"/>
+        <v>82</v>
+      </c>
+      <c r="D82">
+        <v>16</v>
+      </c>
       <c r="E82"/>
       <c r="F82">
         <v>2021</v>
       </c>
       <c r="G82" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-      <c r="I82"/>
+        <v>313</v>
+      </c>
+      <c r="H82">
+        <v>4.93</v>
+      </c>
+      <c r="I82">
+        <v>1.53</v>
+      </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B83" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C83" t="s">
-        <v>219</v>
+        <v>136</v>
       </c>
       <c r="D83">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="E83"/>
+        <v>263</v>
+      </c>
+      <c r="E83" t="s">
+        <v>316</v>
+      </c>
       <c r="F83">
         <v>2021</v>
       </c>
       <c r="G83" t="s">
-        <v>315</v>
-[...6 lines deleted...]
-      </c>
+        <v>317</v>
+      </c>
+      <c r="H83"/>
+      <c r="I83"/>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="B84" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="C84" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84">
         <v>2021</v>
       </c>
       <c r="G84" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="H84"/>
       <c r="I84"/>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
+        <v>322</v>
+      </c>
+      <c r="B85" t="s">
+        <v>323</v>
+      </c>
+      <c r="C85" t="s">
         <v>320</v>
-      </c>
-[...4 lines deleted...]
-        <v>322</v>
       </c>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85">
         <v>2021</v>
       </c>
       <c r="G85" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="H85"/>
       <c r="I85"/>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B86" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C86" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>320</v>
+      </c>
+      <c r="D86"/>
       <c r="E86"/>
       <c r="F86">
         <v>2021</v>
       </c>
       <c r="G86" t="s">
-        <v>326</v>
-[...6 lines deleted...]
-      </c>
+        <v>327</v>
+      </c>
+      <c r="H86"/>
+      <c r="I86"/>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B87" t="s">
-        <v>235</v>
+        <v>283</v>
       </c>
       <c r="C87" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D87">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="E87"/>
+        <v>119</v>
+      </c>
+      <c r="E87" t="s">
+        <v>329</v>
+      </c>
       <c r="F87">
         <v>2021</v>
       </c>
       <c r="G87" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="H87">
-        <v>4.93</v>
+        <v>3.97</v>
       </c>
       <c r="I87">
-        <v>1.53</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="B88" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="C88" t="s">
-        <v>138</v>
+        <v>38</v>
       </c>
       <c r="D88">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="E88"/>
       <c r="F88">
         <v>2021</v>
       </c>
       <c r="G88" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="H88">
-        <v>5.72</v>
+        <v>3.91</v>
       </c>
       <c r="I88">
-        <v>0.84</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="B89" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="C89" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-      <c r="E89"/>
+        <v>97</v>
+      </c>
+      <c r="D89">
+        <v>15</v>
+      </c>
+      <c r="E89">
+        <v>2000430</v>
+      </c>
       <c r="F89">
         <v>2021</v>
       </c>
       <c r="G89" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="H89">
-        <v>12.26</v>
+        <v>10.95</v>
       </c>
       <c r="I89">
-        <v>3.76</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="B90" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="C90" t="s">
-        <v>24</v>
-[...6 lines deleted...]
-      </c>
+        <v>339</v>
+      </c>
+      <c r="D90"/>
+      <c r="E90"/>
       <c r="F90">
         <v>2021</v>
       </c>
       <c r="G90" t="s">
-        <v>337</v>
-[...6 lines deleted...]
-      </c>
+        <v>340</v>
+      </c>
+      <c r="H90"/>
+      <c r="I90"/>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="B91" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="C91" t="s">
-        <v>340</v>
-[...4 lines deleted...]
-      </c>
+        <v>245</v>
+      </c>
+      <c r="D91">
+        <v>103</v>
+      </c>
+      <c r="E91"/>
       <c r="F91">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G91" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="H91">
-        <v>6.71</v>
+        <v>2.97</v>
       </c>
       <c r="I91">
-        <v>2.98</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B92" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C92" t="s">
-        <v>345</v>
-[...4 lines deleted...]
-      <c r="E92" t="s">
         <v>346</v>
       </c>
+      <c r="D92"/>
+      <c r="E92"/>
       <c r="F92">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G92" t="s">
         <v>347</v>
       </c>
       <c r="H92"/>
-      <c r="I92">
-[...1 lines deleted...]
-      </c>
+      <c r="I92"/>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
         <v>348</v>
       </c>
       <c r="B93" t="s">
         <v>349</v>
       </c>
       <c r="C93" t="s">
-        <v>345</v>
-[...4 lines deleted...]
-      <c r="E93" t="s">
         <v>350</v>
       </c>
+      <c r="D93"/>
+      <c r="E93"/>
       <c r="F93">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G93" t="s">
         <v>351</v>
       </c>
       <c r="H93"/>
-      <c r="I93">
-[...1 lines deleted...]
-      </c>
+      <c r="I93"/>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
         <v>352</v>
       </c>
       <c r="B94" t="s">
-        <v>321</v>
+        <v>353</v>
       </c>
       <c r="C94" t="s">
-        <v>345</v>
+        <v>82</v>
       </c>
       <c r="D94">
-        <v>2300</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="E94"/>
       <c r="F94">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G94" t="s">
         <v>354</v>
       </c>
-      <c r="H94"/>
+      <c r="H94">
+        <v>4.93</v>
+      </c>
       <c r="I94">
-        <v>0.19</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
         <v>355</v>
       </c>
       <c r="B95" t="s">
-        <v>314</v>
+        <v>275</v>
       </c>
       <c r="C95" t="s">
-        <v>345</v>
+        <v>82</v>
       </c>
       <c r="D95">
-        <v>2300</v>
-[...1 lines deleted...]
-      <c r="E95" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95"/>
+      <c r="F95">
+        <v>2021</v>
+      </c>
+      <c r="G95" t="s">
         <v>356</v>
       </c>
-      <c r="F95">
-[...5 lines deleted...]
-      <c r="H95"/>
+      <c r="H95">
+        <v>4.93</v>
+      </c>
       <c r="I95">
-        <v>0.19</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
+        <v>357</v>
+      </c>
+      <c r="B96" t="s">
         <v>358</v>
       </c>
-      <c r="B96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96" t="s">
-        <v>345</v>
+        <v>164</v>
       </c>
       <c r="D96">
-        <v>2300</v>
-[...1 lines deleted...]
-      <c r="E96" t="s">
+        <v>11</v>
+      </c>
+      <c r="E96">
+        <v>493</v>
+      </c>
+      <c r="F96">
+        <v>2021</v>
+      </c>
+      <c r="G96" t="s">
         <v>359</v>
       </c>
-      <c r="F96">
-[...5 lines deleted...]
-      <c r="H96"/>
+      <c r="H96">
+        <v>5.72</v>
+      </c>
       <c r="I96">
-        <v>0.19</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
+        <v>360</v>
+      </c>
+      <c r="B97" t="s">
         <v>361</v>
       </c>
-      <c r="B97" t="s">
+      <c r="C97" t="s">
+        <v>310</v>
+      </c>
+      <c r="D97"/>
+      <c r="E97"/>
+      <c r="F97">
+        <v>2021</v>
+      </c>
+      <c r="G97" t="s">
         <v>362</v>
       </c>
-      <c r="C97" t="s">
-[...14 lines deleted...]
-      <c r="H97"/>
+      <c r="H97">
+        <v>12.26</v>
+      </c>
       <c r="I97">
-        <v>0.19</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
+        <v>363</v>
+      </c>
+      <c r="B98" t="s">
+        <v>364</v>
+      </c>
+      <c r="C98" t="s">
+        <v>21</v>
+      </c>
+      <c r="D98">
+        <v>43</v>
+      </c>
+      <c r="E98">
+        <v>100895</v>
+      </c>
+      <c r="F98">
+        <v>2021</v>
+      </c>
+      <c r="G98" t="s">
         <v>365</v>
       </c>
-      <c r="B98" t="s">
-[...17 lines deleted...]
-      <c r="H98"/>
+      <c r="H98">
+        <v>3.01</v>
+      </c>
       <c r="I98">
-        <v>0.19</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
+        <v>366</v>
+      </c>
+      <c r="B99" t="s">
+        <v>367</v>
+      </c>
+      <c r="C99" t="s">
+        <v>368</v>
+      </c>
+      <c r="D99"/>
+      <c r="E99" t="s">
         <v>369</v>
       </c>
-      <c r="B99" t="s">
-[...8 lines deleted...]
-      <c r="E99"/>
       <c r="F99">
         <v>2020</v>
       </c>
       <c r="G99" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="H99">
-        <v>4.04</v>
+        <v>6.71</v>
       </c>
       <c r="I99">
-        <v>1.78</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
+        <v>371</v>
+      </c>
+      <c r="B100" t="s">
+        <v>338</v>
+      </c>
+      <c r="C100" t="s">
         <v>372</v>
       </c>
-      <c r="B100" t="s">
-[...2 lines deleted...]
-      <c r="C100" t="s">
+      <c r="D100">
+        <v>2300</v>
+      </c>
+      <c r="E100" t="s">
         <v>373</v>
-      </c>
-[...2 lines deleted...]
-        <v>374</v>
       </c>
       <c r="F100">
         <v>2020</v>
       </c>
       <c r="G100" t="s">
-        <v>375</v>
-[...3 lines deleted...]
-      </c>
+        <v>374</v>
+      </c>
+      <c r="H100"/>
       <c r="I100">
-        <v>1.65</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
+        <v>375</v>
+      </c>
+      <c r="B101" t="s">
         <v>376</v>
       </c>
-      <c r="B101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101" t="s">
-        <v>32</v>
+        <v>372</v>
       </c>
       <c r="D101">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="E101"/>
+        <v>2300</v>
+      </c>
+      <c r="E101" t="s">
+        <v>377</v>
+      </c>
       <c r="F101">
         <v>2020</v>
       </c>
       <c r="G101" t="s">
-        <v>377</v>
-[...3 lines deleted...]
-      </c>
+        <v>378</v>
+      </c>
+      <c r="H101"/>
       <c r="I101">
-        <v>1.78</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B102" t="s">
-        <v>226</v>
+        <v>380</v>
       </c>
       <c r="C102" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-      <c r="E102"/>
+        <v>372</v>
+      </c>
+      <c r="D102">
+        <v>2300</v>
+      </c>
+      <c r="E102" t="s">
+        <v>381</v>
+      </c>
       <c r="F102">
         <v>2020</v>
       </c>
       <c r="G102" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="H102"/>
-      <c r="I102"/>
+      <c r="I102">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="B103" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="C103" t="s">
-        <v>383</v>
-[...3 lines deleted...]
-        <v>2003804</v>
+        <v>372</v>
+      </c>
+      <c r="D103">
+        <v>2300</v>
+      </c>
+      <c r="E103" t="s">
+        <v>385</v>
       </c>
       <c r="F103">
         <v>2020</v>
       </c>
       <c r="G103" t="s">
-        <v>384</v>
-[...3 lines deleted...]
-      </c>
+        <v>386</v>
+      </c>
+      <c r="H103"/>
       <c r="I103">
-        <v>10.71</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="B104" t="s">
-        <v>291</v>
+        <v>388</v>
       </c>
       <c r="C104" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-      <c r="E104"/>
+        <v>372</v>
+      </c>
+      <c r="D104">
+        <v>2300</v>
+      </c>
+      <c r="E104" t="s">
+        <v>389</v>
+      </c>
       <c r="F104">
         <v>2020</v>
       </c>
       <c r="G104" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="H104"/>
-      <c r="I104"/>
+      <c r="I104">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="B105" t="s">
-        <v>298</v>
+        <v>345</v>
       </c>
       <c r="C105" t="s">
-        <v>90</v>
+        <v>372</v>
       </c>
       <c r="D105">
-        <v>7</v>
+        <v>2300</v>
       </c>
       <c r="E105" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="F105">
         <v>2020</v>
       </c>
       <c r="G105" t="s">
-        <v>390</v>
-[...3 lines deleted...]
-      </c>
+        <v>393</v>
+      </c>
+      <c r="H105"/>
       <c r="I105">
-        <v>2.74</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="B106" t="s">
-        <v>392</v>
+        <v>342</v>
       </c>
       <c r="C106" t="s">
-        <v>393</v>
+        <v>372</v>
       </c>
       <c r="D106">
-        <v>2</v>
+        <v>2300</v>
       </c>
       <c r="E106" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="F106">
         <v>2020</v>
       </c>
       <c r="G106" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="H106"/>
-      <c r="I106"/>
+      <c r="I106">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B107" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C107" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="D107"/>
+        <v>38</v>
+      </c>
+      <c r="D107">
+        <v>102</v>
+      </c>
       <c r="E107"/>
       <c r="F107">
         <v>2020</v>
       </c>
       <c r="G107" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-      <c r="I107"/>
+        <v>399</v>
+      </c>
+      <c r="H107">
+        <v>4.04</v>
+      </c>
+      <c r="I107">
+        <v>1.78</v>
+      </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B108" t="s">
-        <v>400</v>
+        <v>338</v>
       </c>
       <c r="C108" t="s">
-        <v>219</v>
-[...4 lines deleted...]
-      <c r="E108"/>
+        <v>401</v>
+      </c>
+      <c r="D108"/>
+      <c r="E108" t="s">
+        <v>402</v>
+      </c>
       <c r="F108">
         <v>2020</v>
       </c>
       <c r="G108" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="H108">
-        <v>3.14</v>
+        <v>4.39</v>
       </c>
       <c r="I108">
-        <v>1.39</v>
+        <v>1.65</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B109" t="s">
-        <v>403</v>
+        <v>268</v>
       </c>
       <c r="C109" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="D109">
         <v>102</v>
       </c>
       <c r="E109"/>
       <c r="F109">
         <v>2020</v>
       </c>
       <c r="G109" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="H109">
         <v>4.04</v>
       </c>
       <c r="I109">
         <v>1.78</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B110" t="s">
-        <v>406</v>
+        <v>251</v>
       </c>
       <c r="C110" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>407</v>
+      </c>
+      <c r="D110"/>
       <c r="E110"/>
       <c r="F110">
         <v>2020</v>
       </c>
       <c r="G110" t="s">
-        <v>407</v>
-[...6 lines deleted...]
-      </c>
+        <v>408</v>
+      </c>
+      <c r="H110"/>
+      <c r="I110"/>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B111" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C111" t="s">
-        <v>231</v>
-[...5 lines deleted...]
-        <v>410</v>
+        <v>411</v>
+      </c>
+      <c r="D111"/>
+      <c r="E111">
+        <v>2003804</v>
       </c>
       <c r="F111">
         <v>2020</v>
       </c>
       <c r="G111" t="s">
-        <v>411</v>
-[...1 lines deleted...]
-      <c r="H111"/>
+        <v>412</v>
+      </c>
+      <c r="H111">
+        <v>30.85</v>
+      </c>
       <c r="I111">
-        <v>0.23</v>
+        <v>10.71</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B112" t="s">
-        <v>413</v>
+        <v>323</v>
       </c>
       <c r="C112" t="s">
-        <v>231</v>
-[...4 lines deleted...]
-      <c r="E112" t="s">
         <v>414</v>
       </c>
+      <c r="D112"/>
+      <c r="E112"/>
       <c r="F112">
         <v>2020</v>
       </c>
       <c r="G112" t="s">
         <v>415</v>
       </c>
       <c r="H112"/>
-      <c r="I112">
-[...1 lines deleted...]
-      </c>
+      <c r="I112"/>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
         <v>416</v>
       </c>
       <c r="B113" t="s">
+        <v>319</v>
+      </c>
+      <c r="C113" t="s">
+        <v>11</v>
+      </c>
+      <c r="D113">
+        <v>7</v>
+      </c>
+      <c r="E113" t="s">
         <v>417</v>
-      </c>
-[...7 lines deleted...]
-        <v>418</v>
       </c>
       <c r="F113">
         <v>2020</v>
       </c>
       <c r="G113" t="s">
-        <v>419</v>
-[...1 lines deleted...]
-      <c r="H113"/>
+        <v>418</v>
+      </c>
+      <c r="H113">
+        <v>7.53</v>
+      </c>
       <c r="I113">
-        <v>0.21</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
+        <v>419</v>
+      </c>
+      <c r="B114" t="s">
         <v>420</v>
       </c>
-      <c r="B114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C114" t="s">
-        <v>231</v>
+        <v>421</v>
       </c>
       <c r="D114">
-        <v>1461</v>
+        <v>2</v>
       </c>
       <c r="E114" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="F114">
         <v>2020</v>
       </c>
       <c r="G114" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="H114"/>
-      <c r="I114">
-[...1 lines deleted...]
-      </c>
+      <c r="I114"/>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B115" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C115" t="s">
-        <v>231</v>
-[...6 lines deleted...]
-      </c>
+        <v>320</v>
+      </c>
+      <c r="D115"/>
+      <c r="E115"/>
       <c r="F115">
         <v>2020</v>
       </c>
       <c r="G115" t="s">
         <v>426</v>
       </c>
       <c r="H115"/>
-      <c r="I115">
-[...1 lines deleted...]
-      </c>
+      <c r="I115"/>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
         <v>427</v>
       </c>
       <c r="B116" t="s">
         <v>428</v>
       </c>
       <c r="C116" t="s">
-        <v>429</v>
-[...1 lines deleted...]
-      <c r="D116"/>
+        <v>245</v>
+      </c>
+      <c r="D116">
+        <v>102</v>
+      </c>
       <c r="E116"/>
       <c r="F116">
         <v>2020</v>
       </c>
       <c r="G116" t="s">
-        <v>430</v>
-[...2 lines deleted...]
-      <c r="I116"/>
+        <v>429</v>
+      </c>
+      <c r="H116">
+        <v>3.14</v>
+      </c>
+      <c r="I116">
+        <v>1.39</v>
+      </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
+        <v>430</v>
+      </c>
+      <c r="B117" t="s">
         <v>431</v>
       </c>
-      <c r="B117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C117" t="s">
-        <v>432</v>
-[...1 lines deleted...]
-      <c r="D117"/>
+        <v>38</v>
+      </c>
+      <c r="D117">
+        <v>102</v>
+      </c>
       <c r="E117"/>
       <c r="F117">
         <v>2020</v>
       </c>
       <c r="G117" t="s">
-        <v>433</v>
-[...2 lines deleted...]
-      <c r="I117"/>
+        <v>432</v>
+      </c>
+      <c r="H117">
+        <v>4.04</v>
+      </c>
+      <c r="I117">
+        <v>1.78</v>
+      </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
+        <v>433</v>
+      </c>
+      <c r="B118" t="s">
         <v>434</v>
       </c>
-      <c r="B118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C118" t="s">
-        <v>90</v>
+        <v>38</v>
       </c>
       <c r="D118">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="E118"/>
       <c r="F118">
         <v>2020</v>
       </c>
       <c r="G118" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="H118">
-        <v>7.53</v>
+        <v>4.04</v>
       </c>
       <c r="I118">
-        <v>2.74</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="B119" t="s">
-        <v>439</v>
+        <v>384</v>
       </c>
       <c r="C119" t="s">
-        <v>440</v>
+        <v>256</v>
       </c>
       <c r="D119">
-        <v>367</v>
+        <v>1461</v>
       </c>
       <c r="E119" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="F119">
         <v>2020</v>
       </c>
       <c r="G119" t="s">
-        <v>442</v>
-[...3 lines deleted...]
-      </c>
+        <v>438</v>
+      </c>
+      <c r="H119"/>
       <c r="I119">
-        <v>12.56</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="B120" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="C120" t="s">
-        <v>445</v>
+        <v>256</v>
       </c>
       <c r="D120">
-        <v>244</v>
-[...2 lines deleted...]
-        <v>106825</v>
+        <v>1461</v>
+      </c>
+      <c r="E120" t="s">
+        <v>441</v>
       </c>
       <c r="F120">
         <v>2020</v>
       </c>
       <c r="G120" t="s">
-        <v>446</v>
-[...3 lines deleted...]
-      </c>
+        <v>442</v>
+      </c>
+      <c r="H120"/>
       <c r="I120">
-        <v>0.89</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
-        <v>447</v>
+        <v>443</v>
       </c>
       <c r="B121" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="C121" t="s">
-        <v>448</v>
+        <v>256</v>
       </c>
       <c r="D121">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>1461</v>
+      </c>
+      <c r="E121" t="s">
+        <v>445</v>
       </c>
       <c r="F121">
         <v>2020</v>
       </c>
       <c r="G121" t="s">
-        <v>449</v>
-[...3 lines deleted...]
-      </c>
+        <v>446</v>
+      </c>
+      <c r="H121"/>
       <c r="I121">
-        <v>0.74</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
+        <v>447</v>
+      </c>
+      <c r="B122" t="s">
+        <v>448</v>
+      </c>
+      <c r="C122" t="s">
+        <v>256</v>
+      </c>
+      <c r="D122">
+        <v>1461</v>
+      </c>
+      <c r="E122" t="s">
+        <v>449</v>
+      </c>
+      <c r="F122">
+        <v>2020</v>
+      </c>
+      <c r="G122" t="s">
         <v>450</v>
       </c>
-      <c r="B122" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="H122"/>
-      <c r="I122"/>
+      <c r="I122">
+        <v>0.23</v>
+      </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
+        <v>451</v>
+      </c>
+      <c r="B123" t="s">
+        <v>452</v>
+      </c>
+      <c r="C123" t="s">
+        <v>256</v>
+      </c>
+      <c r="D123">
+        <v>1461</v>
+      </c>
+      <c r="E123" t="s">
+        <v>453</v>
+      </c>
+      <c r="F123">
+        <v>2020</v>
+      </c>
+      <c r="G123" t="s">
         <v>454</v>
       </c>
-      <c r="B123" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="H123"/>
-      <c r="I123"/>
+      <c r="I123">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="B124" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="C124" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="D124"/>
       <c r="E124"/>
       <c r="F124">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G124" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="H124"/>
       <c r="I124"/>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
+        <v>459</v>
+      </c>
+      <c r="B125" t="s">
+        <v>323</v>
+      </c>
+      <c r="C125" t="s">
+        <v>460</v>
+      </c>
+      <c r="D125"/>
+      <c r="E125"/>
+      <c r="F125">
+        <v>2020</v>
+      </c>
+      <c r="G125" t="s">
         <v>461</v>
-      </c>
-[...16 lines deleted...]
-        <v>464</v>
       </c>
       <c r="H125"/>
       <c r="I125"/>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
+        <v>462</v>
+      </c>
+      <c r="B126" t="s">
+        <v>463</v>
+      </c>
+      <c r="C126" t="s">
+        <v>11</v>
+      </c>
+      <c r="D126">
+        <v>7</v>
+      </c>
+      <c r="E126" t="s">
+        <v>464</v>
+      </c>
+      <c r="F126">
+        <v>2020</v>
+      </c>
+      <c r="G126" t="s">
         <v>465</v>
       </c>
-      <c r="B126" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H126">
-        <v>3.58</v>
+        <v>7.53</v>
       </c>
       <c r="I126">
-        <v>1.81</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
+        <v>466</v>
+      </c>
+      <c r="B127" t="s">
         <v>467</v>
       </c>
-      <c r="B127" t="s">
+      <c r="C127" t="s">
         <v>468</v>
       </c>
-      <c r="C127" t="s">
+      <c r="D127">
+        <v>367</v>
+      </c>
+      <c r="E127" t="s">
         <v>469</v>
       </c>
-      <c r="D127">
-[...2 lines deleted...]
-      <c r="E127" t="s">
+      <c r="F127">
+        <v>2020</v>
+      </c>
+      <c r="G127" t="s">
         <v>470</v>
       </c>
-      <c r="F127">
-[...4 lines deleted...]
-      </c>
       <c r="H127">
-        <v>6.9</v>
+        <v>47.73</v>
       </c>
       <c r="I127">
-        <v>2.18</v>
+        <v>12.56</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
+        <v>471</v>
+      </c>
+      <c r="B128" t="s">
         <v>472</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
       <c r="C128" t="s">
         <v>473</v>
       </c>
-      <c r="D128"/>
-      <c r="E128"/>
+      <c r="D128">
+        <v>244</v>
+      </c>
+      <c r="E128">
+        <v>106825</v>
+      </c>
       <c r="F128">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G128" t="s">
         <v>474</v>
       </c>
-      <c r="H128"/>
-      <c r="I128"/>
+      <c r="H128">
+        <v>3.05</v>
+      </c>
+      <c r="I128">
+        <v>0.89</v>
+      </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
         <v>475</v>
       </c>
       <c r="B129" t="s">
+        <v>467</v>
+      </c>
+      <c r="C129" t="s">
         <v>476</v>
       </c>
-      <c r="C129" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D129">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="E129" t="s">
+        <v>31</v>
+      </c>
+      <c r="E129">
+        <v>38</v>
+      </c>
+      <c r="F129">
+        <v>2020</v>
+      </c>
+      <c r="G129" t="s">
         <v>477</v>
       </c>
-      <c r="F129">
-[...4 lines deleted...]
-      </c>
       <c r="H129">
-        <v>2.78</v>
+        <v>2.03</v>
       </c>
       <c r="I129">
-        <v>1.42</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
+        <v>478</v>
+      </c>
+      <c r="B130" t="s">
         <v>479</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="C130" t="s">
         <v>480</v>
       </c>
-      <c r="D130" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D130"/>
+      <c r="E130"/>
       <c r="F130">
         <v>2019</v>
       </c>
       <c r="G130" t="s">
-        <v>482</v>
-[...6 lines deleted...]
-      </c>
+        <v>481</v>
+      </c>
+      <c r="H130"/>
+      <c r="I130"/>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
+        <v>482</v>
+      </c>
+      <c r="B131" t="s">
         <v>483</v>
       </c>
-      <c r="B131" t="s">
+      <c r="C131" t="s">
         <v>484</v>
       </c>
-      <c r="C131" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D131"/>
+      <c r="E131"/>
       <c r="F131">
         <v>2019</v>
       </c>
       <c r="G131" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="H131"/>
-      <c r="I131">
-[...1 lines deleted...]
-      </c>
+      <c r="I131"/>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
+        <v>486</v>
+      </c>
+      <c r="B132" t="s">
         <v>487</v>
       </c>
-      <c r="B132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C132" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>484</v>
+      </c>
+      <c r="D132"/>
+      <c r="E132"/>
       <c r="F132">
         <v>2019</v>
       </c>
       <c r="G132" t="s">
         <v>488</v>
       </c>
-      <c r="H132">
-[...4 lines deleted...]
-      </c>
+      <c r="H132"/>
+      <c r="I132"/>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
         <v>489</v>
       </c>
       <c r="B133" t="s">
-        <v>484</v>
+        <v>467</v>
       </c>
       <c r="C133" t="s">
         <v>490</v>
       </c>
       <c r="D133">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>8813</v>
+        <v>1</v>
+      </c>
+      <c r="E133" t="s">
+        <v>491</v>
       </c>
       <c r="F133">
         <v>2019</v>
       </c>
       <c r="G133" t="s">
-        <v>491</v>
-[...6 lines deleted...]
-      </c>
+        <v>492</v>
+      </c>
+      <c r="H133"/>
+      <c r="I133"/>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B134" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="C134" t="s">
-        <v>494</v>
+        <v>38</v>
       </c>
       <c r="D134">
-        <v>13</v>
+        <v>100</v>
       </c>
       <c r="E134">
-        <v>4140</v>
+        <v>115303</v>
       </c>
       <c r="F134">
         <v>2019</v>
       </c>
       <c r="G134" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="H134">
-        <v>14.59</v>
+        <v>3.58</v>
       </c>
       <c r="I134">
-        <v>6.13</v>
+        <v>1.81</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
+        <v>495</v>
+      </c>
+      <c r="B135" t="s">
         <v>496</v>
       </c>
-      <c r="B135" t="s">
+      <c r="C135" t="s">
         <v>497</v>
       </c>
-      <c r="C135" t="s">
+      <c r="D135">
+        <v>11</v>
+      </c>
+      <c r="E135" t="s">
         <v>498</v>
-      </c>
-[...4 lines deleted...]
-        <v>16001</v>
       </c>
       <c r="F135">
         <v>2019</v>
       </c>
       <c r="G135" t="s">
         <v>499</v>
       </c>
-      <c r="H135"/>
-      <c r="I135"/>
+      <c r="H135">
+        <v>6.9</v>
+      </c>
+      <c r="I135">
+        <v>2.18</v>
+      </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
         <v>500</v>
       </c>
       <c r="B136" t="s">
+        <v>467</v>
+      </c>
+      <c r="C136" t="s">
         <v>501</v>
       </c>
-      <c r="C136" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D136"/>
+      <c r="E136"/>
       <c r="F136">
         <v>2019</v>
       </c>
       <c r="G136" t="s">
         <v>502</v>
       </c>
-      <c r="H136">
-[...4 lines deleted...]
-      </c>
+      <c r="H136"/>
+      <c r="I136"/>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
         <v>503</v>
       </c>
       <c r="B137" t="s">
         <v>504</v>
       </c>
       <c r="C137" t="s">
-        <v>90</v>
+        <v>245</v>
       </c>
       <c r="D137">
-        <v>6</v>
+        <v>99</v>
       </c>
       <c r="E137" t="s">
         <v>505</v>
       </c>
       <c r="F137">
         <v>2019</v>
       </c>
       <c r="G137" t="s">
         <v>506</v>
       </c>
       <c r="H137">
-        <v>6.86</v>
+        <v>2.78</v>
       </c>
       <c r="I137">
-        <v>2.97</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
         <v>507</v>
       </c>
       <c r="B138" t="s">
-        <v>439</v>
+        <v>251</v>
       </c>
       <c r="C138" t="s">
         <v>508</v>
       </c>
-      <c r="D138">
-        <v>64</v>
+      <c r="D138" t="s">
+        <v>509</v>
       </c>
       <c r="E138">
-        <v>836</v>
+        <v>43647</v>
       </c>
       <c r="F138">
         <v>2019</v>
       </c>
       <c r="G138" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="H138">
-        <v>9.51</v>
+        <v>4.92</v>
       </c>
       <c r="I138">
-        <v>1.52</v>
+        <v>1.35</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="B139" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C139" t="s">
-        <v>512</v>
+        <v>256</v>
       </c>
       <c r="D139">
-        <v>473</v>
+        <v>1199</v>
       </c>
       <c r="E139" t="s">
         <v>513</v>
       </c>
       <c r="F139">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G139" t="s">
         <v>514</v>
       </c>
-      <c r="H139">
-[...1 lines deleted...]
-      </c>
+      <c r="H139"/>
       <c r="I139">
-        <v>1.12</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
         <v>515</v>
       </c>
       <c r="B140" t="s">
-        <v>413</v>
+        <v>467</v>
       </c>
       <c r="C140" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D140">
-        <v>98</v>
+        <v>8</v>
       </c>
       <c r="E140">
-        <v>195404</v>
+        <v>725</v>
       </c>
       <c r="F140">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G140" t="s">
         <v>516</v>
       </c>
       <c r="H140">
-        <v>3.74</v>
+        <v>7.49</v>
       </c>
       <c r="I140">
-        <v>1.5</v>
+        <v>2.62</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" t="s">
         <v>517</v>
       </c>
       <c r="B141" t="s">
+        <v>512</v>
+      </c>
+      <c r="C141" t="s">
         <v>518</v>
       </c>
-      <c r="C141" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D141">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="E141" t="s">
+        <v>123</v>
+      </c>
+      <c r="E141">
+        <v>8813</v>
+      </c>
+      <c r="F141">
+        <v>2019</v>
+      </c>
+      <c r="G141" t="s">
         <v>519</v>
       </c>
-      <c r="F141">
-[...4 lines deleted...]
-      </c>
       <c r="H141">
-        <v>7.14</v>
+        <v>4.19</v>
       </c>
       <c r="I141">
-        <v>2.98</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" t="s">
+        <v>520</v>
+      </c>
+      <c r="B142" t="s">
         <v>521</v>
       </c>
-      <c r="B142" t="s">
+      <c r="C142" t="s">
         <v>522</v>
       </c>
-      <c r="C142" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D142">
-        <v>1092</v>
+        <v>13</v>
       </c>
       <c r="E142">
-        <v>12012</v>
+        <v>4140</v>
       </c>
       <c r="F142">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G142" t="s">
         <v>523</v>
       </c>
-      <c r="H142"/>
+      <c r="H142">
+        <v>14.59</v>
+      </c>
       <c r="I142">
-        <v>0.24</v>
+        <v>6.13</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
         <v>524</v>
       </c>
       <c r="B143" t="s">
         <v>525</v>
       </c>
       <c r="C143" t="s">
-        <v>223</v>
+        <v>526</v>
       </c>
       <c r="D143">
-        <v>121</v>
+        <v>1</v>
       </c>
       <c r="E143">
-        <v>193903</v>
+        <v>16001</v>
       </c>
       <c r="F143">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G143" t="s">
-        <v>526</v>
-[...6 lines deleted...]
-      </c>
+        <v>527</v>
+      </c>
+      <c r="H143"/>
+      <c r="I143"/>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B144" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C144" t="s">
-        <v>231</v>
+        <v>38</v>
       </c>
       <c r="D144">
-        <v>1092</v>
+        <v>99</v>
       </c>
       <c r="E144">
-        <v>12116</v>
+        <v>125416</v>
       </c>
       <c r="F144">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G144" t="s">
-        <v>529</v>
-[...1 lines deleted...]
-      <c r="H144"/>
+        <v>530</v>
+      </c>
+      <c r="H144">
+        <v>3.58</v>
+      </c>
       <c r="I144">
-        <v>0.24</v>
+        <v>1.81</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B145" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C145" t="s">
-        <v>231</v>
+        <v>11</v>
       </c>
       <c r="D145">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>12140</v>
+        <v>6</v>
+      </c>
+      <c r="E145" t="s">
+        <v>533</v>
       </c>
       <c r="F145">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G145" t="s">
-        <v>532</v>
-[...1 lines deleted...]
-      <c r="H145"/>
+        <v>534</v>
+      </c>
+      <c r="H145">
+        <v>6.86</v>
+      </c>
       <c r="I145">
-        <v>0.24</v>
+        <v>2.97</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="B146" t="s">
-        <v>534</v>
+        <v>467</v>
       </c>
       <c r="C146" t="s">
-        <v>231</v>
+        <v>536</v>
       </c>
       <c r="D146">
-        <v>1092</v>
+        <v>64</v>
       </c>
       <c r="E146">
-        <v>12068</v>
+        <v>836</v>
       </c>
       <c r="F146">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G146" t="s">
-        <v>535</v>
-[...1 lines deleted...]
-      <c r="H146"/>
+        <v>537</v>
+      </c>
+      <c r="H146">
+        <v>9.51</v>
+      </c>
       <c r="I146">
-        <v>0.24</v>
+        <v>1.52</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="B147" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="C147" t="s">
-        <v>231</v>
+        <v>540</v>
       </c>
       <c r="D147">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>12127</v>
+        <v>473</v>
+      </c>
+      <c r="E147" t="s">
+        <v>541</v>
       </c>
       <c r="F147">
         <v>2018</v>
       </c>
       <c r="G147" t="s">
-        <v>538</v>
-[...1 lines deleted...]
-      <c r="H147"/>
+        <v>542</v>
+      </c>
+      <c r="H147">
+        <v>5.16</v>
+      </c>
       <c r="I147">
-        <v>0.24</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="B148" t="s">
-        <v>540</v>
+        <v>448</v>
       </c>
       <c r="C148" t="s">
-        <v>231</v>
+        <v>38</v>
       </c>
       <c r="D148">
-        <v>1092</v>
+        <v>98</v>
       </c>
       <c r="E148">
-        <v>12165</v>
+        <v>195404</v>
       </c>
       <c r="F148">
         <v>2018</v>
       </c>
       <c r="G148" t="s">
-        <v>541</v>
-[...1 lines deleted...]
-      <c r="H148"/>
+        <v>544</v>
+      </c>
+      <c r="H148">
+        <v>3.74</v>
+      </c>
       <c r="I148">
-        <v>0.24</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="B149" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="C149" t="s">
-        <v>544</v>
+        <v>11</v>
       </c>
       <c r="D149">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>163102</v>
+        <v>5</v>
+      </c>
+      <c r="E149" t="s">
+        <v>547</v>
       </c>
       <c r="F149">
         <v>2018</v>
       </c>
       <c r="G149" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="H149">
-        <v>2.33</v>
+        <v>7.14</v>
       </c>
       <c r="I149">
-        <v>0.75</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="B150" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="C150" t="s">
-        <v>231</v>
+        <v>551</v>
       </c>
       <c r="D150">
-        <v>1092</v>
+        <v>124</v>
       </c>
       <c r="E150">
-        <v>12064</v>
+        <v>163102</v>
       </c>
       <c r="F150">
         <v>2018</v>
       </c>
       <c r="G150" t="s">
-        <v>548</v>
-[...1 lines deleted...]
-      <c r="H150"/>
+        <v>552</v>
+      </c>
+      <c r="H150">
+        <v>2.33</v>
+      </c>
       <c r="I150">
-        <v>0.24</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="B151" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="C151" t="s">
-        <v>231</v>
+        <v>256</v>
       </c>
       <c r="D151">
         <v>1092</v>
       </c>
       <c r="E151">
-        <v>12118</v>
+        <v>12064</v>
       </c>
       <c r="F151">
         <v>2018</v>
       </c>
       <c r="G151" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="H151"/>
       <c r="I151">
         <v>0.24</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="B152" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="C152" t="s">
-        <v>231</v>
+        <v>256</v>
       </c>
       <c r="D152">
         <v>1092</v>
       </c>
       <c r="E152">
-        <v>12132</v>
+        <v>12118</v>
       </c>
       <c r="F152">
         <v>2018</v>
       </c>
       <c r="G152" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="H152"/>
       <c r="I152">
         <v>0.24</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B153" t="s">
-        <v>226</v>
+        <v>560</v>
       </c>
       <c r="C153" t="s">
-        <v>231</v>
+        <v>256</v>
       </c>
       <c r="D153">
         <v>1092</v>
       </c>
       <c r="E153">
-        <v>12169</v>
+        <v>12132</v>
       </c>
       <c r="F153">
         <v>2018</v>
       </c>
       <c r="G153" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="H153"/>
       <c r="I153">
         <v>0.24</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="B154" t="s">
-        <v>553</v>
+        <v>251</v>
       </c>
       <c r="C154" t="s">
-        <v>90</v>
+        <v>256</v>
       </c>
       <c r="D154">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>558</v>
+        <v>1092</v>
+      </c>
+      <c r="E154">
+        <v>12169</v>
       </c>
       <c r="F154">
         <v>2018</v>
       </c>
       <c r="G154" t="s">
-        <v>559</v>
-[...3 lines deleted...]
-      </c>
+        <v>563</v>
+      </c>
+      <c r="H154"/>
       <c r="I154">
-        <v>2.98</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" t="s">
+        <v>564</v>
+      </c>
+      <c r="B155" t="s">
         <v>560</v>
       </c>
-      <c r="B155" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C155" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="D155">
-        <v>98</v>
+        <v>5</v>
       </c>
       <c r="E155" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="F155">
         <v>2018</v>
       </c>
       <c r="G155" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="H155">
-        <v>3.74</v>
+        <v>7.14</v>
       </c>
       <c r="I155">
-        <v>1.5</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="B156" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="C156" t="s">
-        <v>565</v>
-[...2 lines deleted...]
-      <c r="E156"/>
+        <v>256</v>
+      </c>
+      <c r="D156">
+        <v>1092</v>
+      </c>
+      <c r="E156">
+        <v>12012</v>
+      </c>
       <c r="F156">
         <v>2018</v>
       </c>
       <c r="G156" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="H156"/>
-      <c r="I156"/>
+      <c r="I156">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="B157" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="C157" t="s">
-        <v>569</v>
+        <v>52</v>
       </c>
       <c r="D157">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="E157">
-        <v>14135</v>
+        <v>193903</v>
       </c>
       <c r="F157">
         <v>2018</v>
       </c>
       <c r="G157" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="H157">
-        <v>4.01</v>
+        <v>9.23</v>
       </c>
       <c r="I157">
-        <v>1.41</v>
+        <v>3.57</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="B158" t="s">
-        <v>534</v>
+        <v>574</v>
       </c>
       <c r="C158" t="s">
-        <v>32</v>
+        <v>256</v>
       </c>
       <c r="D158">
-        <v>97</v>
+        <v>1092</v>
       </c>
       <c r="E158">
-        <v>224309</v>
+        <v>12116</v>
       </c>
       <c r="F158">
         <v>2018</v>
       </c>
       <c r="G158" t="s">
-        <v>572</v>
-[...3 lines deleted...]
-      </c>
+        <v>575</v>
+      </c>
+      <c r="H158"/>
       <c r="I158">
-        <v>1.5</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="B159" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="C159" t="s">
-        <v>575</v>
-[...2 lines deleted...]
-        <v>576</v>
+        <v>256</v>
+      </c>
+      <c r="D159">
+        <v>1092</v>
       </c>
       <c r="E159">
-        <v>442</v>
+        <v>12140</v>
       </c>
       <c r="F159">
         <v>2018</v>
       </c>
       <c r="G159" t="s">
-        <v>577</v>
-[...3 lines deleted...]
-      </c>
+        <v>578</v>
+      </c>
+      <c r="H159"/>
       <c r="I159">
-        <v>0.31</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B160" t="s">
-        <v>568</v>
+        <v>580</v>
       </c>
       <c r="C160" t="s">
-        <v>579</v>
+        <v>256</v>
       </c>
       <c r="D160">
-        <v>10671</v>
+        <v>1092</v>
       </c>
       <c r="E160">
-        <v>1067118</v>
+        <v>12068</v>
       </c>
       <c r="F160">
         <v>2018</v>
       </c>
       <c r="G160" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="H160"/>
       <c r="I160">
-        <v>0.23</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="B161" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C161" t="s">
-        <v>73</v>
+        <v>256</v>
       </c>
       <c r="D161">
-        <v>11</v>
+        <v>1092</v>
       </c>
       <c r="E161">
-        <v>1700168</v>
+        <v>12127</v>
       </c>
       <c r="F161">
         <v>2018</v>
       </c>
       <c r="G161" t="s">
-        <v>583</v>
-[...3 lines deleted...]
-      </c>
+        <v>584</v>
+      </c>
+      <c r="H161"/>
       <c r="I161">
-        <v>3.82</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="B162" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C162" t="s">
-        <v>586</v>
-[...2 lines deleted...]
-      <c r="E162"/>
+        <v>256</v>
+      </c>
+      <c r="D162">
+        <v>1092</v>
+      </c>
+      <c r="E162">
+        <v>12165</v>
+      </c>
       <c r="F162">
         <v>2018</v>
       </c>
       <c r="G162" t="s">
         <v>587</v>
       </c>
       <c r="H162"/>
-      <c r="I162"/>
+      <c r="I162">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" t="s">
         <v>588</v>
       </c>
       <c r="B163" t="s">
+        <v>554</v>
+      </c>
+      <c r="C163" t="s">
+        <v>38</v>
+      </c>
+      <c r="D163">
+        <v>98</v>
+      </c>
+      <c r="E163" t="s">
         <v>589</v>
-      </c>
-[...7 lines deleted...]
-        <v>43070</v>
       </c>
       <c r="F163">
         <v>2018</v>
       </c>
       <c r="G163" t="s">
-        <v>591</v>
-[...2 lines deleted...]
-      <c r="I163"/>
+        <v>590</v>
+      </c>
+      <c r="H163">
+        <v>3.74</v>
+      </c>
+      <c r="I163">
+        <v>1.5</v>
+      </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" t="s">
+        <v>591</v>
+      </c>
+      <c r="B164" t="s">
         <v>592</v>
       </c>
-      <c r="B164" t="s">
+      <c r="C164" t="s">
         <v>593</v>
-      </c>
-[...1 lines deleted...]
-        <v>594</v>
       </c>
       <c r="D164"/>
       <c r="E164"/>
       <c r="F164">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G164" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="H164"/>
       <c r="I164"/>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" t="s">
+        <v>595</v>
+      </c>
+      <c r="B165" t="s">
         <v>596</v>
       </c>
-      <c r="B165" t="s">
+      <c r="C165" t="s">
         <v>597</v>
       </c>
-      <c r="C165" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D165">
-        <v>917</v>
+        <v>8</v>
       </c>
       <c r="E165">
-        <v>62056</v>
+        <v>14135</v>
       </c>
       <c r="F165">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G165" t="s">
         <v>598</v>
       </c>
-      <c r="H165"/>
+      <c r="H165">
+        <v>4.01</v>
+      </c>
       <c r="I165">
-        <v>0.24</v>
+        <v>1.41</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" t="s">
         <v>599</v>
       </c>
       <c r="B166" t="s">
+        <v>580</v>
+      </c>
+      <c r="C166" t="s">
+        <v>38</v>
+      </c>
+      <c r="D166">
+        <v>97</v>
+      </c>
+      <c r="E166">
+        <v>224309</v>
+      </c>
+      <c r="F166">
+        <v>2018</v>
+      </c>
+      <c r="G166" t="s">
         <v>600</v>
       </c>
-      <c r="C166" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H166">
-        <v>3.36</v>
+        <v>3.74</v>
       </c>
       <c r="I166">
-        <v>1.52</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" t="s">
+        <v>601</v>
+      </c>
+      <c r="B167" t="s">
+        <v>602</v>
+      </c>
+      <c r="C167" t="s">
         <v>603</v>
       </c>
-      <c r="B167" t="s">
+      <c r="D167" t="s">
         <v>604</v>
       </c>
-      <c r="C167" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E167">
-        <v>30029</v>
+        <v>442</v>
       </c>
       <c r="F167">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G167" t="s">
         <v>605</v>
       </c>
-      <c r="H167"/>
+      <c r="H167">
+        <v>0.69</v>
+      </c>
       <c r="I167">
-        <v>0.17</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" t="s">
         <v>606</v>
       </c>
       <c r="B168" t="s">
+        <v>596</v>
+      </c>
+      <c r="C168" t="s">
         <v>607</v>
       </c>
-      <c r="C168" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D168">
-        <v>4</v>
+        <v>10671</v>
       </c>
       <c r="E168">
-        <v>723</v>
+        <v>1067118</v>
       </c>
       <c r="F168">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G168" t="s">
         <v>608</v>
       </c>
-      <c r="H168">
-[...1 lines deleted...]
-      </c>
+      <c r="H168"/>
       <c r="I168">
-        <v>3.38</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" t="s">
         <v>609</v>
       </c>
       <c r="B169" t="s">
-        <v>226</v>
+        <v>610</v>
       </c>
       <c r="C169" t="s">
-        <v>610</v>
+        <v>97</v>
       </c>
       <c r="D169">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E169">
-        <v>1082</v>
+        <v>1700168</v>
       </c>
       <c r="F169">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G169" t="s">
         <v>611</v>
       </c>
       <c r="H169">
-        <v>0.71</v>
+        <v>9.06</v>
       </c>
       <c r="I169">
-        <v>0.39</v>
+        <v>3.82</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" t="s">
         <v>612</v>
       </c>
       <c r="B170" t="s">
         <v>613</v>
       </c>
       <c r="C170" t="s">
-        <v>579</v>
-[...6 lines deleted...]
-      </c>
+        <v>614</v>
+      </c>
+      <c r="D170"/>
+      <c r="E170"/>
       <c r="F170">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G170" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="H170"/>
-      <c r="I170">
-[...1 lines deleted...]
-      </c>
+      <c r="I170"/>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B171" t="s">
-        <v>226</v>
+        <v>617</v>
       </c>
       <c r="C171" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="D171">
-        <v>29</v>
+        <v>107</v>
       </c>
       <c r="E171">
-        <v>463001</v>
+        <v>43070</v>
       </c>
       <c r="F171">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G171" t="s">
-        <v>617</v>
-[...6 lines deleted...]
-      </c>
+        <v>619</v>
+      </c>
+      <c r="H171"/>
+      <c r="I171"/>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B172" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="C172" t="s">
-        <v>620</v>
-[...6 lines deleted...]
-      </c>
+        <v>622</v>
+      </c>
+      <c r="D172"/>
+      <c r="E172"/>
       <c r="F172">
         <v>2017</v>
       </c>
       <c r="G172" t="s">
-        <v>622</v>
-[...6 lines deleted...]
-      </c>
+        <v>623</v>
+      </c>
+      <c r="H172"/>
+      <c r="I172"/>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B173" t="s">
-        <v>607</v>
+        <v>625</v>
       </c>
       <c r="C173" t="s">
-        <v>345</v>
+        <v>256</v>
       </c>
       <c r="D173">
-        <v>1874</v>
+        <v>917</v>
       </c>
       <c r="E173">
-        <v>30005</v>
+        <v>62056</v>
       </c>
       <c r="F173">
         <v>2017</v>
       </c>
       <c r="G173" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="H173"/>
       <c r="I173">
-        <v>0.17</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="B174" t="s">
-        <v>226</v>
+        <v>628</v>
       </c>
       <c r="C174" t="s">
-        <v>345</v>
+        <v>25</v>
       </c>
       <c r="D174">
-        <v>1874</v>
-[...2 lines deleted...]
-        <v>30020</v>
+        <v>25</v>
+      </c>
+      <c r="E174" t="s">
+        <v>629</v>
       </c>
       <c r="F174">
         <v>2017</v>
       </c>
       <c r="G174" t="s">
-        <v>626</v>
-[...1 lines deleted...]
-      <c r="H174"/>
+        <v>630</v>
+      </c>
+      <c r="H174">
+        <v>3.36</v>
+      </c>
       <c r="I174">
-        <v>0.17</v>
+        <v>1.52</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="B175" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="C175" t="s">
-        <v>345</v>
+        <v>372</v>
       </c>
       <c r="D175">
         <v>1874</v>
       </c>
       <c r="E175">
-        <v>30040</v>
+        <v>30029</v>
       </c>
       <c r="F175">
         <v>2017</v>
       </c>
       <c r="G175" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="H175"/>
       <c r="I175">
         <v>0.17</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="B176" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="C176" t="s">
-        <v>345</v>
+        <v>11</v>
       </c>
       <c r="D176">
-        <v>1874</v>
+        <v>4</v>
       </c>
       <c r="E176">
-        <v>30035</v>
+        <v>723</v>
       </c>
       <c r="F176">
         <v>2017</v>
       </c>
       <c r="G176" t="s">
-        <v>632</v>
-[...1 lines deleted...]
-      <c r="H176"/>
+        <v>636</v>
+      </c>
+      <c r="H176">
+        <v>6.88</v>
+      </c>
       <c r="I176">
-        <v>0.17</v>
+        <v>3.38</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="B177" t="s">
-        <v>634</v>
+        <v>251</v>
       </c>
       <c r="C177" t="s">
-        <v>579</v>
+        <v>638</v>
       </c>
       <c r="D177">
-        <v>10227</v>
+        <v>62</v>
       </c>
       <c r="E177">
-        <v>1022703</v>
+        <v>1082</v>
       </c>
       <c r="F177">
         <v>2017</v>
       </c>
       <c r="G177" t="s">
-        <v>635</v>
-[...1 lines deleted...]
-      <c r="H177"/>
+        <v>639</v>
+      </c>
+      <c r="H177">
+        <v>0.71</v>
+      </c>
       <c r="I177">
-        <v>0.24</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="B178" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="C178" t="s">
-        <v>223</v>
+        <v>607</v>
       </c>
       <c r="D178">
-        <v>119</v>
+        <v>10343</v>
       </c>
       <c r="E178">
-        <v>243901</v>
+        <v>10343</v>
       </c>
       <c r="F178">
         <v>2017</v>
       </c>
       <c r="G178" t="s">
-        <v>638</v>
-[...3 lines deleted...]
-      </c>
+        <v>642</v>
+      </c>
+      <c r="H178"/>
       <c r="I178">
-        <v>3.62</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="B179" t="s">
-        <v>640</v>
+        <v>251</v>
       </c>
       <c r="C179" t="s">
-        <v>586</v>
-[...3 lines deleted...]
-        <v>641</v>
+        <v>644</v>
+      </c>
+      <c r="D179">
+        <v>29</v>
+      </c>
+      <c r="E179">
+        <v>463001</v>
       </c>
       <c r="F179">
         <v>2017</v>
       </c>
       <c r="G179" t="s">
-        <v>642</v>
-[...2 lines deleted...]
-      <c r="I179"/>
+        <v>645</v>
+      </c>
+      <c r="H179">
+        <v>2.68</v>
+      </c>
+      <c r="I179">
+        <v>1.55</v>
+      </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="B180" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="C180" t="s">
-        <v>645</v>
-[...4 lines deleted...]
-      <c r="E180"/>
+        <v>648</v>
+      </c>
+      <c r="D180">
+        <v>6</v>
+      </c>
+      <c r="E180" t="s">
+        <v>649</v>
+      </c>
       <c r="F180">
         <v>2017</v>
       </c>
-      <c r="G180"/>
+      <c r="G180" t="s">
+        <v>650</v>
+      </c>
       <c r="H180">
-        <v>0.61</v>
-[...1 lines deleted...]
-      <c r="I180"/>
+        <v>14.1</v>
+      </c>
+      <c r="I180">
+        <v>5.58</v>
+      </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="B181" t="s">
-        <v>226</v>
+        <v>652</v>
       </c>
       <c r="C181" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>648</v>
+        <v>372</v>
+      </c>
+      <c r="D181">
+        <v>1874</v>
       </c>
       <c r="E181">
-        <v>121101</v>
+        <v>30035</v>
       </c>
       <c r="F181">
         <v>2017</v>
       </c>
       <c r="G181" t="s">
-        <v>649</v>
-[...3 lines deleted...]
-      </c>
+        <v>653</v>
+      </c>
+      <c r="H181"/>
       <c r="I181">
-        <v>1.38</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="B182" t="s">
-        <v>651</v>
+        <v>635</v>
       </c>
       <c r="C182" t="s">
-        <v>90</v>
-[...5 lines deleted...]
-        <v>653</v>
+        <v>372</v>
+      </c>
+      <c r="D182">
+        <v>1874</v>
+      </c>
+      <c r="E182">
+        <v>30005</v>
       </c>
       <c r="F182">
         <v>2017</v>
       </c>
       <c r="G182" t="s">
-        <v>654</v>
-[...3 lines deleted...]
-      </c>
+        <v>655</v>
+      </c>
+      <c r="H182"/>
       <c r="I182">
-        <v>3.38</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B183" t="s">
-        <v>656</v>
+        <v>251</v>
       </c>
       <c r="C183" t="s">
-        <v>90</v>
+        <v>372</v>
       </c>
       <c r="D183">
-        <v>4</v>
+        <v>1874</v>
       </c>
       <c r="E183">
-        <v>2899</v>
+        <v>30020</v>
       </c>
       <c r="F183">
         <v>2017</v>
       </c>
       <c r="G183" t="s">
         <v>657</v>
       </c>
-      <c r="H183">
-[...1 lines deleted...]
-      </c>
+      <c r="H183"/>
       <c r="I183">
-        <v>3.38</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" t="s">
         <v>658</v>
       </c>
       <c r="B184" t="s">
-        <v>226</v>
+        <v>659</v>
       </c>
       <c r="C184" t="s">
-        <v>659</v>
-[...2 lines deleted...]
-      <c r="E184" t="s">
+        <v>372</v>
+      </c>
+      <c r="D184">
+        <v>1874</v>
+      </c>
+      <c r="E184">
+        <v>30040</v>
+      </c>
+      <c r="F184">
+        <v>2017</v>
+      </c>
+      <c r="G184" t="s">
         <v>660</v>
       </c>
-      <c r="F184">
-[...4 lines deleted...]
-      </c>
       <c r="H184"/>
-      <c r="I184"/>
+      <c r="I184">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" t="s">
+        <v>661</v>
+      </c>
+      <c r="B185" t="s">
         <v>662</v>
       </c>
-      <c r="B185" t="s">
+      <c r="C185" t="s">
+        <v>607</v>
+      </c>
+      <c r="D185">
+        <v>10227</v>
+      </c>
+      <c r="E185">
+        <v>1022703</v>
+      </c>
+      <c r="F185">
+        <v>2017</v>
+      </c>
+      <c r="G185" t="s">
         <v>663</v>
       </c>
-      <c r="C185" t="s">
-[...11 lines deleted...]
-      </c>
       <c r="H185"/>
-      <c r="I185"/>
+      <c r="I185">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
       <c r="B186" t="s">
-        <v>668</v>
+        <v>665</v>
       </c>
       <c r="C186" t="s">
-        <v>669</v>
-[...3 lines deleted...]
-        <v>670</v>
+        <v>52</v>
+      </c>
+      <c r="D186">
+        <v>119</v>
+      </c>
+      <c r="E186">
+        <v>243901</v>
       </c>
       <c r="F186">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G186" t="s">
-        <v>671</v>
-[...2 lines deleted...]
-      <c r="I186"/>
+        <v>666</v>
+      </c>
+      <c r="H186">
+        <v>8.84</v>
+      </c>
+      <c r="I186">
+        <v>3.62</v>
+      </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" t="s">
-        <v>672</v>
+        <v>667</v>
       </c>
       <c r="B187" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
       <c r="C187" t="s">
-        <v>669</v>
+        <v>614</v>
       </c>
       <c r="D187"/>
       <c r="E187" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="F187">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G187" t="s">
-        <v>674</v>
+        <v>670</v>
       </c>
       <c r="H187"/>
       <c r="I187"/>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" t="s">
-        <v>675</v>
+        <v>671</v>
       </c>
       <c r="B188" t="s">
-        <v>226</v>
+        <v>672</v>
       </c>
       <c r="C188" t="s">
-        <v>669</v>
-[...4 lines deleted...]
-      </c>
+        <v>673</v>
+      </c>
+      <c r="D188" t="s">
+        <v>674</v>
+      </c>
+      <c r="E188"/>
       <c r="F188">
-        <v>2016</v>
-[...4 lines deleted...]
-      <c r="H188"/>
+        <v>2017</v>
+      </c>
+      <c r="G188"/>
+      <c r="H188">
+        <v>0.61</v>
+      </c>
       <c r="I188"/>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" t="s">
-        <v>678</v>
+        <v>675</v>
       </c>
       <c r="B189" t="s">
-        <v>607</v>
+        <v>251</v>
       </c>
       <c r="C189" t="s">
-        <v>669</v>
-[...3 lines deleted...]
-        <v>679</v>
+        <v>34</v>
+      </c>
+      <c r="D189" t="s">
+        <v>676</v>
+      </c>
+      <c r="E189">
+        <v>121101</v>
       </c>
       <c r="F189">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G189" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-      <c r="I189"/>
+        <v>677</v>
+      </c>
+      <c r="H189">
+        <v>3.5</v>
+      </c>
+      <c r="I189">
+        <v>1.38</v>
+      </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" t="s">
+        <v>678</v>
+      </c>
+      <c r="B190" t="s">
+        <v>679</v>
+      </c>
+      <c r="C190" t="s">
+        <v>11</v>
+      </c>
+      <c r="D190" t="s">
+        <v>680</v>
+      </c>
+      <c r="E190" t="s">
         <v>681</v>
       </c>
-      <c r="B190" t="s">
+      <c r="F190">
+        <v>2017</v>
+      </c>
+      <c r="G190" t="s">
         <v>682</v>
       </c>
-      <c r="C190" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H190">
-        <v>2.58</v>
+        <v>6.88</v>
       </c>
       <c r="I190">
-        <v>1.15</v>
+        <v>3.38</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="B191" t="s">
-        <v>226</v>
+        <v>684</v>
       </c>
       <c r="C191" t="s">
-        <v>219</v>
+        <v>11</v>
       </c>
       <c r="D191">
-        <v>94</v>
+        <v>4</v>
       </c>
       <c r="E191">
-        <v>43815</v>
+        <v>2899</v>
       </c>
       <c r="F191">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G191" t="s">
-        <v>687</v>
+        <v>685</v>
       </c>
       <c r="H191">
-        <v>2.93</v>
-[...1 lines deleted...]
-      <c r="I191"/>
+        <v>6.88</v>
+      </c>
+      <c r="I191">
+        <v>3.38</v>
+      </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" t="s">
+        <v>686</v>
+      </c>
+      <c r="B192" t="s">
+        <v>251</v>
+      </c>
+      <c r="C192" t="s">
+        <v>687</v>
+      </c>
+      <c r="D192"/>
+      <c r="E192" t="s">
         <v>688</v>
-      </c>
-[...10 lines deleted...]
-        <v>115439</v>
       </c>
       <c r="F192">
         <v>2016</v>
       </c>
       <c r="G192" t="s">
         <v>689</v>
       </c>
-      <c r="H192">
-[...1 lines deleted...]
-      </c>
+      <c r="H192"/>
       <c r="I192"/>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" t="s">
         <v>690</v>
       </c>
       <c r="B193" t="s">
-        <v>537</v>
+        <v>691</v>
       </c>
       <c r="C193" t="s">
-        <v>231</v>
-[...5 lines deleted...]
-        <v>12122</v>
+        <v>692</v>
+      </c>
+      <c r="D193"/>
+      <c r="E193" t="s">
+        <v>693</v>
       </c>
       <c r="F193">
         <v>2016</v>
       </c>
       <c r="G193" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="H193"/>
-      <c r="I193">
-[...1 lines deleted...]
-      </c>
+      <c r="I193"/>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="B194" t="s">
-        <v>543</v>
+        <v>251</v>
       </c>
       <c r="C194" t="s">
-        <v>231</v>
-[...5 lines deleted...]
-        <v>12158</v>
+        <v>696</v>
+      </c>
+      <c r="D194"/>
+      <c r="E194" t="s">
+        <v>697</v>
       </c>
       <c r="F194">
         <v>2016</v>
       </c>
       <c r="G194" t="s">
-        <v>693</v>
+        <v>698</v>
       </c>
       <c r="H194"/>
-      <c r="I194">
-[...1 lines deleted...]
-      </c>
+      <c r="I194"/>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" t="s">
-        <v>694</v>
+        <v>699</v>
       </c>
       <c r="B195" t="s">
-        <v>695</v>
+        <v>635</v>
       </c>
       <c r="C195" t="s">
-        <v>32</v>
-[...5 lines deleted...]
-        <v>75446</v>
+        <v>696</v>
+      </c>
+      <c r="D195"/>
+      <c r="E195" t="s">
+        <v>700</v>
       </c>
       <c r="F195">
         <v>2016</v>
       </c>
       <c r="G195" t="s">
-        <v>696</v>
-[...3 lines deleted...]
-      </c>
+        <v>701</v>
+      </c>
+      <c r="H195"/>
       <c r="I195"/>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" t="s">
-        <v>697</v>
+        <v>702</v>
       </c>
       <c r="B196" t="s">
-        <v>698</v>
+        <v>703</v>
       </c>
       <c r="C196" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>696</v>
+      </c>
+      <c r="D196"/>
       <c r="E196" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="F196">
         <v>2016</v>
       </c>
       <c r="G196" t="s">
-        <v>701</v>
-[...6 lines deleted...]
-      </c>
+        <v>705</v>
+      </c>
+      <c r="H196"/>
+      <c r="I196"/>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="B197" t="s">
-        <v>703</v>
+        <v>691</v>
       </c>
       <c r="C197" t="s">
-        <v>473</v>
+        <v>696</v>
       </c>
       <c r="D197"/>
-      <c r="E197"/>
+      <c r="E197" t="s">
+        <v>707</v>
+      </c>
       <c r="F197">
         <v>2016</v>
       </c>
       <c r="G197" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="H197"/>
-      <c r="I197">
-[...1 lines deleted...]
-      </c>
+      <c r="I197"/>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="B198" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="C198" t="s">
-        <v>473</v>
-[...2 lines deleted...]
-      <c r="E198"/>
+        <v>711</v>
+      </c>
+      <c r="D198">
+        <v>10</v>
+      </c>
+      <c r="E198" t="s">
+        <v>712</v>
+      </c>
       <c r="F198">
         <v>2016</v>
       </c>
       <c r="G198" t="s">
-        <v>707</v>
-[...1 lines deleted...]
-      <c r="H198"/>
+        <v>713</v>
+      </c>
+      <c r="H198">
+        <v>2.58</v>
+      </c>
       <c r="I198">
-        <v>0.1</v>
+        <v>1.15</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
       <c r="B199" t="s">
-        <v>709</v>
+        <v>251</v>
       </c>
       <c r="C199" t="s">
-        <v>473</v>
-[...2 lines deleted...]
-      <c r="E199"/>
+        <v>245</v>
+      </c>
+      <c r="D199">
+        <v>94</v>
+      </c>
+      <c r="E199">
+        <v>43815</v>
+      </c>
       <c r="F199">
         <v>2016</v>
       </c>
       <c r="G199" t="s">
-        <v>710</v>
-[...4 lines deleted...]
-      </c>
+        <v>715</v>
+      </c>
+      <c r="H199">
+        <v>2.93</v>
+      </c>
+      <c r="I199"/>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" t="s">
-        <v>711</v>
+        <v>716</v>
       </c>
       <c r="B200" t="s">
-        <v>712</v>
+        <v>251</v>
       </c>
       <c r="C200" t="s">
-        <v>473</v>
-[...2 lines deleted...]
-      <c r="E200"/>
+        <v>38</v>
+      </c>
+      <c r="D200">
+        <v>94</v>
+      </c>
+      <c r="E200">
+        <v>115439</v>
+      </c>
       <c r="F200">
         <v>2016</v>
       </c>
       <c r="G200" t="s">
-        <v>713</v>
-[...4 lines deleted...]
-      </c>
+        <v>717</v>
+      </c>
+      <c r="H200">
+        <v>3.84</v>
+      </c>
+      <c r="I200"/>
     </row>
     <row r="201" spans="1:9">
       <c r="A201" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="B201" t="s">
-        <v>709</v>
+        <v>550</v>
       </c>
       <c r="C201" t="s">
-        <v>473</v>
-[...2 lines deleted...]
-      <c r="E201"/>
+        <v>256</v>
+      </c>
+      <c r="D201">
+        <v>741</v>
+      </c>
+      <c r="E201">
+        <v>12158</v>
+      </c>
       <c r="F201">
         <v>2016</v>
       </c>
       <c r="G201" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="H201"/>
       <c r="I201">
-        <v>0.1</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="B202" t="s">
-        <v>717</v>
+        <v>583</v>
       </c>
       <c r="C202" t="s">
-        <v>203</v>
+        <v>256</v>
       </c>
       <c r="D202">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>718</v>
+        <v>741</v>
+      </c>
+      <c r="E202">
+        <v>12122</v>
       </c>
       <c r="F202">
         <v>2016</v>
       </c>
       <c r="G202" t="s">
-        <v>719</v>
-[...3 lines deleted...]
-      </c>
+        <v>721</v>
+      </c>
+      <c r="H202"/>
       <c r="I202">
-        <v>1.77</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="B203" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="C203" t="s">
-        <v>73</v>
+        <v>38</v>
       </c>
       <c r="D203">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>722</v>
+        <v>94</v>
+      </c>
+      <c r="E203">
+        <v>75446</v>
       </c>
       <c r="F203">
         <v>2016</v>
       </c>
       <c r="G203" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="H203">
-        <v>8.43</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.84</v>
+      </c>
+      <c r="I203"/>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="B204" t="s">
-        <v>226</v>
+        <v>726</v>
       </c>
       <c r="C204" t="s">
-        <v>725</v>
-[...1 lines deleted...]
-      <c r="D204"/>
+        <v>97</v>
+      </c>
+      <c r="D204" t="s">
+        <v>727</v>
+      </c>
       <c r="E204" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="F204">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G204" t="s">
-        <v>727</v>
-[...2 lines deleted...]
-      <c r="I204"/>
+        <v>729</v>
+      </c>
+      <c r="H204">
+        <v>8.43</v>
+      </c>
+      <c r="I204">
+        <v>4.01</v>
+      </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="B205" t="s">
-        <v>226</v>
+        <v>731</v>
       </c>
       <c r="C205" t="s">
-        <v>729</v>
+        <v>501</v>
       </c>
       <c r="D205"/>
       <c r="E205"/>
       <c r="F205">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G205" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="H205"/>
-      <c r="I205"/>
+      <c r="I205">
+        <v>0.1</v>
+      </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="B206" t="s">
-        <v>721</v>
+        <v>734</v>
       </c>
       <c r="C206" t="s">
-        <v>729</v>
+        <v>501</v>
       </c>
       <c r="D206"/>
       <c r="E206"/>
       <c r="F206">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G206" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="H206"/>
-      <c r="I206"/>
+      <c r="I206">
+        <v>0.1</v>
+      </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="B207" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="C207" t="s">
-        <v>729</v>
+        <v>501</v>
       </c>
       <c r="D207"/>
       <c r="E207"/>
       <c r="F207">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G207" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="H207"/>
-      <c r="I207"/>
+      <c r="I207">
+        <v>0.1</v>
+      </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="B208" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="C208" t="s">
-        <v>729</v>
+        <v>501</v>
       </c>
       <c r="D208"/>
-      <c r="E208">
-[...1 lines deleted...]
-      </c>
+      <c r="E208"/>
       <c r="F208">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G208" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="H208"/>
-      <c r="I208"/>
+      <c r="I208">
+        <v>0.1</v>
+      </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="B209" t="s">
-        <v>709</v>
+        <v>734</v>
       </c>
       <c r="C209" t="s">
-        <v>569</v>
-[...6 lines deleted...]
-      </c>
+        <v>501</v>
+      </c>
+      <c r="D209"/>
+      <c r="E209"/>
       <c r="F209">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G209" t="s">
-        <v>740</v>
-[...3 lines deleted...]
-      </c>
+        <v>743</v>
+      </c>
+      <c r="H209"/>
       <c r="I209">
-        <v>2.03</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="B210" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="C210" t="s">
-        <v>203</v>
+        <v>229</v>
       </c>
       <c r="D210">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E210" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F210">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G210" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="H210">
-        <v>3.04</v>
+        <v>3.42</v>
       </c>
       <c r="I210">
-        <v>2.01</v>
+        <v>1.77</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="B211" t="s">
-        <v>226</v>
+        <v>749</v>
       </c>
       <c r="C211" t="s">
-        <v>32</v>
+        <v>97</v>
       </c>
       <c r="D211">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>85305</v>
+        <v>10</v>
+      </c>
+      <c r="E211" t="s">
+        <v>750</v>
       </c>
       <c r="F211">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G211" t="s">
-        <v>746</v>
+        <v>751</v>
       </c>
       <c r="H211">
-        <v>3.72</v>
-[...1 lines deleted...]
-      <c r="I211"/>
+        <v>8.43</v>
+      </c>
+      <c r="I211">
+        <v>4.01</v>
+      </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" t="s">
-        <v>747</v>
+        <v>752</v>
       </c>
       <c r="B212" t="s">
-        <v>748</v>
+        <v>251</v>
       </c>
       <c r="C212" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="D212"/>
       <c r="E212" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="F212">
         <v>2015</v>
       </c>
-      <c r="G212"/>
+      <c r="G212" t="s">
+        <v>755</v>
+      </c>
       <c r="H212"/>
       <c r="I212"/>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" t="s">
-        <v>751</v>
+        <v>756</v>
       </c>
       <c r="B213" t="s">
-        <v>226</v>
+        <v>757</v>
       </c>
       <c r="C213" t="s">
-        <v>749</v>
+        <v>758</v>
       </c>
       <c r="D213"/>
-      <c r="E213" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E213"/>
       <c r="F213">
         <v>2015</v>
       </c>
-      <c r="G213"/>
+      <c r="G213" t="s">
+        <v>759</v>
+      </c>
       <c r="H213"/>
       <c r="I213"/>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" t="s">
-        <v>753</v>
+        <v>760</v>
       </c>
       <c r="B214" t="s">
-        <v>712</v>
+        <v>761</v>
       </c>
       <c r="C214" t="s">
-        <v>219</v>
-[...3 lines deleted...]
-      </c>
+        <v>758</v>
+      </c>
+      <c r="D214"/>
       <c r="E214">
-        <v>63830</v>
+        <v>43586</v>
       </c>
       <c r="F214">
         <v>2015</v>
       </c>
       <c r="G214" t="s">
-        <v>754</v>
-[...3 lines deleted...]
-      </c>
+        <v>762</v>
+      </c>
+      <c r="H214"/>
       <c r="I214"/>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" t="s">
-        <v>755</v>
+        <v>763</v>
       </c>
       <c r="B215" t="s">
-        <v>756</v>
+        <v>251</v>
       </c>
       <c r="C215" t="s">
-        <v>32</v>
-[...6 lines deleted...]
-      </c>
+        <v>758</v>
+      </c>
+      <c r="D215"/>
+      <c r="E215"/>
       <c r="F215">
         <v>2015</v>
       </c>
       <c r="G215" t="s">
-        <v>757</v>
-[...3 lines deleted...]
-      </c>
+        <v>764</v>
+      </c>
+      <c r="H215"/>
       <c r="I215"/>
     </row>
     <row r="216" spans="1:9">
       <c r="A216" t="s">
+        <v>765</v>
+      </c>
+      <c r="B216" t="s">
+        <v>749</v>
+      </c>
+      <c r="C216" t="s">
         <v>758</v>
       </c>
-      <c r="B216" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="D216"/>
+      <c r="E216"/>
       <c r="F216">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G216" t="s">
-        <v>761</v>
-[...6 lines deleted...]
-      </c>
+        <v>766</v>
+      </c>
+      <c r="H216"/>
+      <c r="I216"/>
     </row>
     <row r="217" spans="1:9">
       <c r="A217" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
       <c r="B217" t="s">
-        <v>226</v>
+        <v>734</v>
       </c>
       <c r="C217" t="s">
-        <v>575</v>
+        <v>597</v>
       </c>
       <c r="D217">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>763</v>
+        <v>5</v>
+      </c>
+      <c r="E217">
+        <v>15846</v>
       </c>
       <c r="F217">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G217" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="H217">
-        <v>0.74</v>
+        <v>5.23</v>
       </c>
       <c r="I217">
-        <v>0.48</v>
+        <v>2.03</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="B218" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
       <c r="C218" t="s">
-        <v>16</v>
+        <v>229</v>
       </c>
       <c r="D218">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="E218" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="F218">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G218" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="H218">
-        <v>3.49</v>
+        <v>3.04</v>
       </c>
       <c r="I218">
-        <v>2.31</v>
+        <v>2.01</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="B219" t="s">
-        <v>766</v>
+        <v>251</v>
       </c>
       <c r="C219" t="s">
-        <v>770</v>
-[...3 lines deleted...]
-        <v>771</v>
+        <v>38</v>
+      </c>
+      <c r="D219">
+        <v>92</v>
+      </c>
+      <c r="E219">
+        <v>85305</v>
       </c>
       <c r="F219">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G219" t="s">
-        <v>772</v>
-[...4 lines deleted...]
-      </c>
+        <v>774</v>
+      </c>
+      <c r="H219">
+        <v>3.72</v>
+      </c>
+      <c r="I219"/>
     </row>
     <row r="220" spans="1:9">
       <c r="A220" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="B220" t="s">
-        <v>226</v>
+        <v>251</v>
       </c>
       <c r="C220" t="s">
-        <v>774</v>
-[...3 lines deleted...]
-      </c>
+        <v>776</v>
+      </c>
+      <c r="D220"/>
       <c r="E220" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="F220">
-        <v>2012</v>
-[...9 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="G220"/>
+      <c r="H220"/>
+      <c r="I220"/>
     </row>
     <row r="221" spans="1:9">
       <c r="A221" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="B221" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="C221" t="s">
-        <v>779</v>
-[...3 lines deleted...]
-      </c>
+        <v>776</v>
+      </c>
+      <c r="D221"/>
       <c r="E221" t="s">
         <v>780</v>
       </c>
       <c r="F221">
-        <v>2012</v>
-[...9 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="G221"/>
+      <c r="H221"/>
+      <c r="I221"/>
     </row>
     <row r="222" spans="1:9">
       <c r="A222" t="s">
+        <v>781</v>
+      </c>
+      <c r="B222" t="s">
+        <v>731</v>
+      </c>
+      <c r="C222" t="s">
+        <v>245</v>
+      </c>
+      <c r="D222">
+        <v>91</v>
+      </c>
+      <c r="E222">
+        <v>63830</v>
+      </c>
+      <c r="F222">
+        <v>2015</v>
+      </c>
+      <c r="G222" t="s">
         <v>782</v>
       </c>
-      <c r="B222" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H222">
-        <v>0.4</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.77</v>
+      </c>
+      <c r="I222"/>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" t="s">
+        <v>783</v>
+      </c>
+      <c r="B223" t="s">
+        <v>784</v>
+      </c>
+      <c r="C223" t="s">
+        <v>38</v>
+      </c>
+      <c r="D223">
+        <v>91</v>
+      </c>
+      <c r="E223">
+        <v>235423</v>
+      </c>
+      <c r="F223">
+        <v>2015</v>
+      </c>
+      <c r="G223" t="s">
         <v>785</v>
       </c>
-      <c r="B223" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H223">
-        <v>1.32</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.72</v>
+      </c>
+      <c r="I223"/>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" t="s">
+        <v>786</v>
+      </c>
+      <c r="B224" t="s">
+        <v>787</v>
+      </c>
+      <c r="C224" t="s">
+        <v>788</v>
+      </c>
+      <c r="D224">
+        <v>9</v>
+      </c>
+      <c r="E224">
+        <v>657</v>
+      </c>
+      <c r="F224">
+        <v>2014</v>
+      </c>
+      <c r="G224" t="s">
         <v>789</v>
       </c>
-      <c r="B224" t="s">
-[...5 lines deleted...]
-      <c r="D224">
+      <c r="H224">
+        <v>2.78</v>
+      </c>
+      <c r="I224">
+        <v>0.76</v>
+      </c>
+    </row>
+    <row r="225" spans="1:9">
+      <c r="A225" t="s">
+        <v>790</v>
+      </c>
+      <c r="B225" t="s">
+        <v>251</v>
+      </c>
+      <c r="C225" t="s">
+        <v>603</v>
+      </c>
+      <c r="D225">
+        <v>48</v>
+      </c>
+      <c r="E225" t="s">
+        <v>791</v>
+      </c>
+      <c r="F225">
+        <v>2014</v>
+      </c>
+      <c r="G225" t="s">
+        <v>792</v>
+      </c>
+      <c r="H225">
+        <v>0.74</v>
+      </c>
+      <c r="I225">
+        <v>0.48</v>
+      </c>
+    </row>
+    <row r="226" spans="1:9">
+      <c r="A226" t="s">
+        <v>793</v>
+      </c>
+      <c r="B226" t="s">
+        <v>794</v>
+      </c>
+      <c r="C226" t="s">
+        <v>25</v>
+      </c>
+      <c r="D226">
+        <v>22</v>
+      </c>
+      <c r="E226" t="s">
+        <v>795</v>
+      </c>
+      <c r="F226">
+        <v>2014</v>
+      </c>
+      <c r="G226" t="s">
+        <v>796</v>
+      </c>
+      <c r="H226">
+        <v>3.49</v>
+      </c>
+      <c r="I226">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="227" spans="1:9">
+      <c r="A227" t="s">
+        <v>797</v>
+      </c>
+      <c r="B227" t="s">
+        <v>794</v>
+      </c>
+      <c r="C227" t="s">
+        <v>798</v>
+      </c>
+      <c r="D227"/>
+      <c r="E227" t="s">
+        <v>799</v>
+      </c>
+      <c r="F227">
+        <v>2014</v>
+      </c>
+      <c r="G227" t="s">
+        <v>800</v>
+      </c>
+      <c r="H227"/>
+      <c r="I227">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="228" spans="1:9">
+      <c r="A228" t="s">
+        <v>801</v>
+      </c>
+      <c r="B228" t="s">
+        <v>802</v>
+      </c>
+      <c r="C228" t="s">
+        <v>803</v>
+      </c>
+      <c r="D228">
+        <v>6</v>
+      </c>
+      <c r="E228" t="s">
+        <v>804</v>
+      </c>
+      <c r="F228">
+        <v>2012</v>
+      </c>
+      <c r="G228" t="s">
+        <v>805</v>
+      </c>
+      <c r="H228">
+        <v>0.21</v>
+      </c>
+      <c r="I228">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="229" spans="1:9">
+      <c r="A229" t="s">
+        <v>806</v>
+      </c>
+      <c r="B229" t="s">
+        <v>251</v>
+      </c>
+      <c r="C229" t="s">
+        <v>807</v>
+      </c>
+      <c r="D229">
+        <v>96</v>
+      </c>
+      <c r="E229" t="s">
+        <v>808</v>
+      </c>
+      <c r="F229">
+        <v>2012</v>
+      </c>
+      <c r="G229" t="s">
+        <v>809</v>
+      </c>
+      <c r="H229">
+        <v>1.52</v>
+      </c>
+      <c r="I229">
+        <v>1.03</v>
+      </c>
+    </row>
+    <row r="230" spans="1:9">
+      <c r="A230" t="s">
+        <v>810</v>
+      </c>
+      <c r="B230" t="s">
+        <v>802</v>
+      </c>
+      <c r="C230" t="s">
+        <v>811</v>
+      </c>
+      <c r="D230">
+        <v>21</v>
+      </c>
+      <c r="E230">
+        <v>1250069</v>
+      </c>
+      <c r="F230">
+        <v>2012</v>
+      </c>
+      <c r="G230" t="s">
+        <v>812</v>
+      </c>
+      <c r="H230">
+        <v>0.4</v>
+      </c>
+      <c r="I230">
+        <v>0.53</v>
+      </c>
+    </row>
+    <row r="231" spans="1:9">
+      <c r="A231" t="s">
+        <v>813</v>
+      </c>
+      <c r="B231" t="s">
+        <v>251</v>
+      </c>
+      <c r="C231" t="s">
+        <v>814</v>
+      </c>
+      <c r="D231">
+        <v>249</v>
+      </c>
+      <c r="E231" t="s">
+        <v>815</v>
+      </c>
+      <c r="F231">
+        <v>2012</v>
+      </c>
+      <c r="G231" t="s">
+        <v>816</v>
+      </c>
+      <c r="H231">
+        <v>1.32</v>
+      </c>
+      <c r="I231">
+        <v>0.93</v>
+      </c>
+    </row>
+    <row r="232" spans="1:9">
+      <c r="A232" t="s">
+        <v>817</v>
+      </c>
+      <c r="B232" t="s">
+        <v>251</v>
+      </c>
+      <c r="C232" t="s">
+        <v>38</v>
+      </c>
+      <c r="D232">
         <v>83</v>
       </c>
-      <c r="E224"/>
-      <c r="F224">
+      <c r="E232"/>
+      <c r="F232">
         <v>2011</v>
       </c>
-      <c r="G224" t="s">
-[...2 lines deleted...]
-      <c r="H224">
+      <c r="G232" t="s">
+        <v>818</v>
+      </c>
+      <c r="H232">
         <v>3.69</v>
       </c>
-      <c r="I224"/>
+      <c r="I232"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>