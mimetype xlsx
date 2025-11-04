--- v0 (2025-10-06)
+++ v1 (2025-11-04)
@@ -503,59 +503,83 @@
   <si>
     <t>Multipole Born series approach to light scattering by Mie-resonant nanoparticle structures</t>
   </si>
   <si>
     <t>Nikita Ustimenko, Kseniia Baryshnikova, Andrei Evlyukhin, Mihail Petrov</t>
   </si>
   <si>
     <t>Journal of Optics</t>
   </si>
   <si>
     <t>035603</t>
   </si>
   <si>
     <t>10.1088/2040-8986/ac4a21</t>
   </si>
   <si>
     <t>High-Q Localized States in Finite Arrays of Subwavelength Resonators</t>
   </si>
   <si>
     <t>Roman Savelev, Yuri Kivshar, Mihail Petrov</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.1c01262</t>
   </si>
   <si>
+    <t>Total angular momenta quantization of dielectric sphere modes</t>
+  </si>
+  <si>
+    <t>Ivan Toftul, Kristina Frizyuk, Mihail Petrov</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012152</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012152</t>
+  </si>
+  <si>
+    <t>Doubly excited states in a chiral waveguide-QED system: description and properties</t>
+  </si>
+  <si>
+    <t>Ekaterina Vlasiuk, Alexander Poddubny, Mihail Petrov</t>
+  </si>
+  <si>
+    <t>012070</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012070</t>
+  </si>
+  <si>
     <t>Second harmonic generation in hybrid GaP/Au nanocylinders</t>
   </si>
   <si>
     <t>Dmitry Pidgayko, Ilya Deriy, Vladimir Fedorov, Alexey Mozharov, Ivan Mukhin, Yuriy Zadiranov, Mihail Petrov, Anton Samusev, Andrey Bogdanov</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012172</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012172</t>
   </si>
   <si>
     <t>Optical heating of doped semiconductor nanocylinders supporting quasi-BIC modes</t>
   </si>
   <si>
     <t>012129</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012129</t>
   </si>
   <si>
     <t>Application of Born series for modeling of Mie-resonant nanostructures</t>
   </si>
   <si>
     <t>Nikita Ustimenko, Kseniia Baryshnikova, A B Evlyukhin, Mihail Petrov</t>
   </si>
   <si>
     <t>012161</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012161</t>
@@ -563,74 +587,50 @@
   <si>
     <t>High-Q states in acoustic apple-shaped resonators</t>
   </si>
   <si>
     <t>Vladimir Igoshin, Anastasia Nikitina, Maria Tsimoha, Ivan Toftul, Mihail Petrov, Kristina Frizyuk</t>
   </si>
   <si>
     <t>012040</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012040</t>
   </si>
   <si>
     <t>Ultrafast laser heating of non-plasmonic nanocylinders</t>
   </si>
   <si>
     <t>Olesya Pashina, Daniil Ryabov, Georgiy Zograf, Sergey Makarov, Mihail Petrov</t>
   </si>
   <si>
     <t>012104</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012104</t>
   </si>
   <si>
-    <t>Total angular momenta quantization of dielectric sphere modes</t>
-[...22 lines deleted...]
-  <si>
     <t>Nanomass Sensing via Node Shift Tracing in Vibrations of Coupled Nanowires Enhanced by Fano Resonances</t>
   </si>
   <si>
     <t>Alexey Mozharov, Yury Berdnikov, Nikita Solomonov, Kristina Novikova, Irina Nadoyan, Vitaliy Shkoldin, Alexander Golubok, Denis Kislov, Alexander Shalin, Mihail Petrov, Ivan Mukhin</t>
   </si>
   <si>
     <t>ACS Applied Nano Materials</t>
   </si>
   <si>
     <t>11989-11996</t>
   </si>
   <si>
     <t>10.1021/acsanm.1c02558</t>
   </si>
   <si>
     <t>Opto-thermally controlled beam steering in nonlinear all-dielectric metastructures</t>
   </si>
   <si>
     <t>Davide Rocco, marco gandolfi, Andrea Tognazzi, Olesya Pashina, Georgiy Zograf, Kristina Frizyuk, Carlo Gigli, Giuseppe Leo, Sergey Makarov, Mihail Petrov, Costantino De Angelis</t>
   </si>
   <si>
     <t>Optics Express</t>
   </si>
   <si>
     <t>10.1364/oe.440564</t>
@@ -1031,87 +1031,87 @@
   <si>
     <t>Generation of photon and plasmon pairs by a nonlinear semiconductor nanoparticle</t>
   </si>
   <si>
     <t>Nikita Olekhno, Mihail Petrov, Ivan Iorsh</t>
   </si>
   <si>
     <t>OSA Technical Digest (online)</t>
   </si>
   <si>
     <t>Advanced Pho</t>
   </si>
   <si>
     <t>paper NpM2I.</t>
   </si>
   <si>
     <t>10.1364/NP.2018.NpM2I.5</t>
   </si>
   <si>
     <t>Generation of surface plasmon-polariton pairs by a nonlinear nanoparticle</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012105</t>
   </si>
   <si>
+    <t>Tractor beams at metamaterial substrates</t>
+  </si>
+  <si>
+    <t>Aleksandra Ivinskaia, Natalia Kostina, Mihail Petrov, Andrey Bogdanov, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012132</t>
+  </si>
+  <si>
     <t>Optomechanical manipulation with hyperbolic metasurfaces</t>
   </si>
   <si>
-    <t>Aleksandra Ivinskaia, Natalia Kostina, Mihail Petrov, Andrey Bogdanov, Alexander Shalin</t>
-[...1 lines deleted...]
-  <si>
     <t>4371-4377</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.8b00775</t>
   </si>
   <si>
-    <t>Tractor beams at metamaterial substrates</t>
-[...2 lines deleted...]
-    <t>10.1088/1742-6596/1092/1/012132</t>
+    <t>Temporal dynamics of a quantum emitter with multiple excited states in the vicinity of an anisotropic metasurface</t>
+  </si>
+  <si>
+    <t>Ivan Toftul, Alexander Chebykin, Mihail Petrov, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>012063</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012063</t>
   </si>
   <si>
     <t>Second harmonic generation in nanoparticles with Mie resonances</t>
   </si>
   <si>
     <t>012037</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012037</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1088/1742-6596/1092/1/012063</t>
   </si>
   <si>
     <t>Force of light on a two-level atom near an ultrathin optical fiber</t>
   </si>
   <si>
     <t>Mihail Petrov</t>
   </si>
   <si>
     <t>New Journal of Physics</t>
   </si>
   <si>
     <t>093031</t>
   </si>
   <si>
     <t>10.1088/1367-2630/aadf6d</t>
   </si>
   <si>
     <t>Particle binding over a nanofiber</t>
   </si>
   <si>
     <t>10.1088/1742-6596/993/1/012019</t>
   </si>
   <si>
     <t>Spontaneous parametric downconversion of light by a dielectric nanoparticle</t>
   </si>
@@ -3114,153 +3114,151 @@
       <c r="C42" t="s">
         <v>165</v>
       </c>
       <c r="D42">
         <v>2015</v>
       </c>
       <c r="E42" t="s">
         <v>166</v>
       </c>
       <c r="F42">
         <v>2021</v>
       </c>
       <c r="G42" t="s">
         <v>167</v>
       </c>
       <c r="H42"/>
       <c r="I42">
         <v>0.21</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>168</v>
       </c>
       <c r="B43" t="s">
-        <v>141</v>
+        <v>169</v>
       </c>
       <c r="C43" t="s">
         <v>165</v>
       </c>
       <c r="D43">
         <v>2015</v>
       </c>
       <c r="E43" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F43">
         <v>2021</v>
       </c>
       <c r="G43" t="s">
-        <v>170</v>
-[...3 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="H43"/>
       <c r="I43">
         <v>0.21</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B44" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C44" t="s">
         <v>165</v>
       </c>
       <c r="D44">
         <v>2015</v>
       </c>
       <c r="E44" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F44">
         <v>2021</v>
       </c>
       <c r="G44" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="H44"/>
       <c r="I44">
         <v>0.21</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B45" t="s">
-        <v>176</v>
+        <v>141</v>
       </c>
       <c r="C45" t="s">
         <v>165</v>
       </c>
       <c r="D45">
         <v>2015</v>
       </c>
       <c r="E45" t="s">
         <v>177</v>
       </c>
       <c r="F45">
         <v>2021</v>
       </c>
       <c r="G45" t="s">
         <v>178</v>
       </c>
-      <c r="H45"/>
+      <c r="H45">
+        <v>0.55</v>
+      </c>
       <c r="I45">
         <v>0.21</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>179</v>
       </c>
       <c r="B46" t="s">
         <v>180</v>
       </c>
       <c r="C46" t="s">
         <v>165</v>
       </c>
       <c r="D46">
         <v>2015</v>
       </c>
       <c r="E46" t="s">
         <v>181</v>
       </c>
       <c r="F46">
         <v>2021</v>
       </c>
       <c r="G46" t="s">
         <v>182</v>
       </c>
-      <c r="H46">
-[...1 lines deleted...]
-      </c>
+      <c r="H46"/>
       <c r="I46">
         <v>0.21</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>183</v>
       </c>
       <c r="B47" t="s">
         <v>184</v>
       </c>
       <c r="C47" t="s">
         <v>165</v>
       </c>
       <c r="D47">
         <v>2015</v>
       </c>
       <c r="E47" t="s">
         <v>185</v>
       </c>
       <c r="F47">
         <v>2021</v>
       </c>
       <c r="G47" t="s">
         <v>186</v>
@@ -3270,51 +3268,53 @@
         <v>0.21</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>187</v>
       </c>
       <c r="B48" t="s">
         <v>188</v>
       </c>
       <c r="C48" t="s">
         <v>165</v>
       </c>
       <c r="D48">
         <v>2015</v>
       </c>
       <c r="E48" t="s">
         <v>189</v>
       </c>
       <c r="F48">
         <v>2021</v>
       </c>
       <c r="G48" t="s">
         <v>190</v>
       </c>
-      <c r="H48"/>
+      <c r="H48">
+        <v>0.55</v>
+      </c>
       <c r="I48">
         <v>0.21</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>191</v>
       </c>
       <c r="B49" t="s">
         <v>192</v>
       </c>
       <c r="C49" t="s">
         <v>193</v>
       </c>
       <c r="D49">
         <v>4</v>
       </c>
       <c r="E49" t="s">
         <v>194</v>
       </c>
       <c r="F49">
         <v>2021</v>
       </c>
       <c r="G49" t="s">
         <v>195</v>
@@ -3796,51 +3796,51 @@
       <c r="F67">
         <v>2020</v>
       </c>
       <c r="G67" t="s">
         <v>263</v>
       </c>
       <c r="H67"/>
       <c r="I67">
         <v>0.23</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>264</v>
       </c>
       <c r="B68" t="s">
         <v>265</v>
       </c>
       <c r="C68" t="s">
         <v>165</v>
       </c>
       <c r="D68">
         <v>1461</v>
       </c>
       <c r="E68" t="s">
-        <v>189</v>
+        <v>170</v>
       </c>
       <c r="F68">
         <v>2020</v>
       </c>
       <c r="G68" t="s">
         <v>266</v>
       </c>
       <c r="H68"/>
       <c r="I68">
         <v>0.23</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>267</v>
       </c>
       <c r="B69" t="s">
         <v>268</v>
       </c>
       <c r="C69" t="s">
         <v>165</v>
       </c>
       <c r="D69">
         <v>1461</v>
       </c>
@@ -4341,131 +4341,131 @@
       <c r="D88">
         <v>1092</v>
       </c>
       <c r="E88">
         <v>12105</v>
       </c>
       <c r="F88">
         <v>2018</v>
       </c>
       <c r="G88" t="s">
         <v>338</v>
       </c>
       <c r="H88"/>
       <c r="I88">
         <v>0.24</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
         <v>339</v>
       </c>
       <c r="B89" t="s">
         <v>340</v>
       </c>
       <c r="C89" t="s">
-        <v>59</v>
+        <v>165</v>
       </c>
       <c r="D89">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>341</v>
+        <v>1092</v>
+      </c>
+      <c r="E89">
+        <v>12132</v>
       </c>
       <c r="F89">
         <v>2018</v>
       </c>
       <c r="G89" t="s">
-        <v>342</v>
-[...3 lines deleted...]
-      </c>
+        <v>341</v>
+      </c>
+      <c r="H89"/>
       <c r="I89">
-        <v>2.98</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="B90" t="s">
         <v>340</v>
       </c>
       <c r="C90" t="s">
-        <v>165</v>
+        <v>59</v>
       </c>
       <c r="D90">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>12132</v>
+        <v>5</v>
+      </c>
+      <c r="E90" t="s">
+        <v>343</v>
       </c>
       <c r="F90">
         <v>2018</v>
       </c>
       <c r="G90" t="s">
         <v>344</v>
       </c>
-      <c r="H90"/>
+      <c r="H90">
+        <v>7.14</v>
+      </c>
       <c r="I90">
-        <v>0.24</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
         <v>345</v>
       </c>
       <c r="B91" t="s">
-        <v>316</v>
+        <v>346</v>
       </c>
       <c r="C91" t="s">
         <v>165</v>
       </c>
       <c r="D91">
         <v>1092</v>
       </c>
       <c r="E91" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="F91">
         <v>2018</v>
       </c>
       <c r="G91" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="H91"/>
       <c r="I91">
         <v>0.24</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B92" t="s">
-        <v>349</v>
+        <v>316</v>
       </c>
       <c r="C92" t="s">
         <v>165</v>
       </c>
       <c r="D92">
         <v>1092</v>
       </c>
       <c r="E92" t="s">
         <v>350</v>
       </c>
       <c r="F92">
         <v>2018</v>
       </c>
       <c r="G92" t="s">
         <v>351</v>
       </c>
       <c r="H92"/>
       <c r="I92">
         <v>0.24</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
         <v>352</v>
       </c>