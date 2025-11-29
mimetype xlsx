--- v1 (2025-11-04)
+++ v2 (2025-11-29)
@@ -12,79 +12,136 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="539">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="565">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Light structuring via nonlinear total angular momentum addition with flat optics</t>
+  </si>
+  <si>
+    <t>Evgenii Menshikov, Paolo Franceschini, Kristina Frizyuk, Ivan Fernandez-Corbaton, Andrea Tognazzi, Alfonso Carmelo Cino, Denis Garoli, Mihail Petrov, Domenico de Ceglia, Costantino De Angelis</t>
+  </si>
+  <si>
+    <t>Light: Science &amp; Applications</t>
+  </si>
+  <si>
+    <t>10.1038/s41377-025-02004-8</t>
+  </si>
+  <si>
+    <t>Optical spintronics: Towards optical communication without energy transfer</t>
+  </si>
+  <si>
+    <t>Ilya Deriy, Mihail Petrov, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>Photonics and Nanostructures - Fundamentals and Applications</t>
+  </si>
+  <si>
+    <t>10.1016/j.photonics.2025.101458</t>
+  </si>
+  <si>
+    <t>Ultrafast all-optical switching in nonlinear 3R-MoS2 van der Waals metasurfaces</t>
+  </si>
+  <si>
+    <t>Levin Seidt, Thomas Weber, Albert Seredin, Thomas Possmayer, Roman Savelev, Mihail Petrov, Stefan A. Maier, Andreas Tittl, Leonardo de S. Menezes, Luca Sortino</t>
+  </si>
+  <si>
+    <t>npj Nanophotonics</t>
+  </si>
+  <si>
+    <t>10.1038/s44310-025-00083-4</t>
+  </si>
+  <si>
+    <t>Ultrafast switching of a metasurface quasi-bound state in the continuum via transient optical symmetry breaking</t>
+  </si>
+  <si>
+    <t>Giulia Crotti, Andrea Schirato, Olesya Pashina, Olga Sergaeva, Mihail Petrov, Costantino De Angelis, Giuseppe Della Valle</t>
+  </si>
+  <si>
+    <t>10.1038/s41377-025-01885-z</t>
+  </si>
+  <si>
+    <t>Vortex beam generation via total angular momentum addition in flat optical elements</t>
+  </si>
+  <si>
+    <t>Evgenii Menshikov, Paolo Franceschini, Kristina Frizyuk, Ivan Fernandez-Corbaton, Andrea Tognazzi, Alfonso C. Cino, Denis Garoli, Mihail Petrov, Domenico de Ceglia, Costantino De Angelis</t>
+  </si>
+  <si>
+    <t>Quantum Sensing and Nano Electronics and Photonics XXI</t>
+  </si>
+  <si>
+    <t>10.1117/12.3041594</t>
+  </si>
+  <si>
     <t>Inverse design of Mie resonators with minimal backscattering</t>
   </si>
   <si>
     <t>Vladimir Igoshin, Alexey Kokhanovskiy, Mihail Petrov</t>
   </si>
   <si>
     <t>Optics Letters</t>
   </si>
   <si>
     <t>10.1364/ol.552002</t>
   </si>
   <si>
     <t>Acoustic lateral recoil force and stable lift of anisotropic particles</t>
   </si>
   <si>
     <t>Mikhail Smagin, Ivan Toftul, Konstantin Y. Bliokh, Mihail Petrov</t>
   </si>
   <si>
     <t>Physical Review Applied</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.22.064041</t>
   </si>
   <si>
     <t>Acoustic forces near elastic substrate</t>
@@ -101,50 +158,65 @@
   <si>
     <t>A comparative study of plasmonic nanoparticles for targeted photothermal therapy of melanoma tumors using various irradiation modes</t>
   </si>
   <si>
     <t>Lidia Mikhailova, Elizaveta Vysotina, Maria Timofeeva, Elena Kopoleva, Van Gulinian, Olesya Pashina, Konstantin Arabuli, Olga Gusliakova, Ekaterina Prikhozhdenko, Xiaoli Qi,  Петров Андрей, Eduard Ageev, Mihail Petrov, Constantino De Angelis, Mikhail Durymanov, Gleb Sukhorukov, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>Light: Advanced Manufacturing</t>
   </si>
   <si>
     <t>10.37188/lam.2025.005</t>
   </si>
   <si>
     <t>Selective excitation of photon modes in silicon microdisk resonator by deterministic positioning of GeSi quantum dots</t>
   </si>
   <si>
     <t>Vladimir A. Zinovyev, Margarita V. Stepikhova, Zhanna V. Smagina, Aigul F. Zinovieva, Alexey A. Bloshkin, Ekaterina E. Rodyakina, Mikhail Mikhailovskii, Mihail Petrov, Alexey V. Novikov</t>
   </si>
   <si>
     <t>Journal of Applied Physics</t>
   </si>
   <si>
     <t>10.1063/5.0236022</t>
   </si>
   <si>
+    <t>Second-Order Nonlinear Circular Dichroism in Square Lattice Array of Germanium Nanohelices</t>
+  </si>
+  <si>
+    <t>Grégoire Saerens, Günter Ellrott, Olesya Pashina, Ilya Deriy, Vojislav Krstić, Mihail Petrov, Maria Chekhova, Rachel Grange</t>
+  </si>
+  <si>
+    <t>ACS Photonics</t>
+  </si>
+  <si>
+    <t>3630-3635</t>
+  </si>
+  <si>
+    <t>10.1021/acsphotonics.4c00721</t>
+  </si>
+  <si>
     <t>Enhancement of Photoluminescence of Colloidal Quantum Dots in Plasmonic Metasurfaces Supporting Bound State in the Continuum</t>
   </si>
   <si>
     <t>Albert Seredin, Kseniia Baryshnikova, Mihail Petrov, Aivar  Sergeev, Dmitrii Pavlov, Alexander Kuchmizhak, Kseniia A. Sergeeva, Anastasiia V. Sokolova, A L Rogach</t>
   </si>
   <si>
     <t>2024 Photonics &amp;amp; Electromagnetics Research Symposium (PIERS)</t>
   </si>
   <si>
     <t>1-4</t>
   </si>
   <si>
     <t>10.1109/piers62282.2024.10618245</t>
   </si>
   <si>
     <t>Nonradiant multiphoton states in quantum ring oligomers</t>
   </si>
   <si>
     <t>Nikita Ustimenko, Danil Kornovan, Ilya Volkov, Alexandra Sheremet, Roman Savelev, Mihail Petrov</t>
   </si>
   <si>
     <t>Physical Review A</t>
   </si>
   <si>
     <t>10.1103/physreva.110.l011501</t>
@@ -191,53 +263,50 @@
   <si>
     <t>Vladimir A. Zinovyev, Zhanna V. Smagina, Aigul F. Zinovieva, Ekaterina E. Rodyakina, Aleksey V. Kacyuba,  P.A. Kuchinskaya, Ksenya N. Astankova, Kseniia Baryshnikova, Mihail Petrov, Mikhail Mikhailovskii, Valery A. Verbus, Margarita V. Stepikhova, Artyom V. Novikov</t>
   </si>
   <si>
     <t>Semiconductors</t>
   </si>
   <si>
     <t>10.61011/SC.2024.05.59169.6351H</t>
   </si>
   <si>
     <t>Exceptional points in single open acoustic resonator due to symmetry breaking</t>
   </si>
   <si>
     <t>Vladimir Igoshin, Maria Tsimoha, Anastasia Nikitina, Mihail Petrov, Ivan Toftul, Kristina Frizyuk</t>
   </si>
   <si>
     <t>10.1103/physrevb.109.144102</t>
   </si>
   <si>
     <t>Engineering of High-Q States via Collective Mode Coupling in Chains of Mie Resonators</t>
   </si>
   <si>
     <t>Mikhail Mikhailovskii, Maria Poleva, Nikolay Solodovchenko, Mikhail Sidorenko, Zarina Sadrieva, Mihail Petrov, Andrey Bogdanov, Roman S. Savelev</t>
   </si>
   <si>
-    <t>ACS Photonics</t>
-[...1 lines deleted...]
-  <si>
     <t>1657-1663</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.3c01874</t>
   </si>
   <si>
     <t>Photo-thermo-optical modulation of Raman scattering from Mie-resonant silicon nanostructures</t>
   </si>
   <si>
     <t>Mor Pal Vikram, Kentaro Nishida, Chien-Hsuan Li, Daniil Ryabov, Olesya Pashina, Yu-Lung Tang, Sergey Makarov, Junichi Takahara, Mihail Petrov, Shi-Wei Chu</t>
   </si>
   <si>
     <t>Nanophotonics</t>
   </si>
   <si>
     <t>10.1515/nanoph-2023-0922</t>
   </si>
   <si>
     <t>Non-radiative configurations of a few quantum emitters ensembles: Evolutionary optimization approach</t>
   </si>
   <si>
     <t>Ilya Volkov, Stanislav  Mitzai, Stepan Zhogolev, Danil F. Kornovan, Alexandra Sheremet, Roman Savelev, Mihail Petrov</t>
   </si>
   <si>
     <t>10.1063/5.0189405</t>
@@ -503,134 +572,143 @@
   <si>
     <t>Multipole Born series approach to light scattering by Mie-resonant nanoparticle structures</t>
   </si>
   <si>
     <t>Nikita Ustimenko, Kseniia Baryshnikova, Andrei Evlyukhin, Mihail Petrov</t>
   </si>
   <si>
     <t>Journal of Optics</t>
   </si>
   <si>
     <t>035603</t>
   </si>
   <si>
     <t>10.1088/2040-8986/ac4a21</t>
   </si>
   <si>
     <t>High-Q Localized States in Finite Arrays of Subwavelength Resonators</t>
   </si>
   <si>
     <t>Roman Savelev, Yuri Kivshar, Mihail Petrov</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.1c01262</t>
   </si>
   <si>
+    <t>Ultrafast laser heating of non-plasmonic nanocylinders</t>
+  </si>
+  <si>
+    <t>Olesya Pashina, Daniil Ryabov, Georgiy Zograf, Sergey Makarov, Mihail Petrov</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012104</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012104</t>
+  </si>
+  <si>
     <t>Total angular momenta quantization of dielectric sphere modes</t>
   </si>
   <si>
     <t>Ivan Toftul, Kristina Frizyuk, Mihail Petrov</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012152</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012152</t>
   </si>
   <si>
     <t>Doubly excited states in a chiral waveguide-QED system: description and properties</t>
   </si>
   <si>
     <t>Ekaterina Vlasiuk, Alexander Poddubny, Mihail Petrov</t>
   </si>
   <si>
     <t>012070</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012070</t>
   </si>
   <si>
     <t>Second harmonic generation in hybrid GaP/Au nanocylinders</t>
   </si>
   <si>
     <t>Dmitry Pidgayko, Ilya Deriy, Vladimir Fedorov, Alexey Mozharov, Ivan Mukhin, Yuriy Zadiranov, Mihail Petrov, Anton Samusev, Andrey Bogdanov</t>
   </si>
   <si>
     <t>012172</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012172</t>
   </si>
   <si>
     <t>Optical heating of doped semiconductor nanocylinders supporting quasi-BIC modes</t>
   </si>
   <si>
     <t>012129</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012129</t>
   </si>
   <si>
+    <t>Elastic Trapped Modes in Solid Acoustic Resonators of Various Shapes</t>
+  </si>
+  <si>
+    <t>012032</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012032</t>
+  </si>
+  <si>
     <t>Application of Born series for modeling of Mie-resonant nanostructures</t>
   </si>
   <si>
     <t>Nikita Ustimenko, Kseniia Baryshnikova, A B Evlyukhin, Mihail Petrov</t>
   </si>
   <si>
     <t>012161</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012161</t>
   </si>
   <si>
     <t>High-Q states in acoustic apple-shaped resonators</t>
   </si>
   <si>
     <t>Vladimir Igoshin, Anastasia Nikitina, Maria Tsimoha, Ivan Toftul, Mihail Petrov, Kristina Frizyuk</t>
   </si>
   <si>
     <t>012040</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012040</t>
   </si>
   <si>
-    <t>Ultrafast laser heating of non-plasmonic nanocylinders</t>
-[...10 lines deleted...]
-  <si>
     <t>Nanomass Sensing via Node Shift Tracing in Vibrations of Coupled Nanowires Enhanced by Fano Resonances</t>
   </si>
   <si>
     <t>Alexey Mozharov, Yury Berdnikov, Nikita Solomonov, Kristina Novikova, Irina Nadoyan, Vitaliy Shkoldin, Alexander Golubok, Denis Kislov, Alexander Shalin, Mihail Petrov, Ivan Mukhin</t>
   </si>
   <si>
     <t>ACS Applied Nano Materials</t>
   </si>
   <si>
     <t>11989-11996</t>
   </si>
   <si>
     <t>10.1021/acsanm.1c02558</t>
   </si>
   <si>
     <t>Opto-thermally controlled beam steering in nonlinear all-dielectric metastructures</t>
   </si>
   <si>
     <t>Davide Rocco, marco gandolfi, Andrea Tognazzi, Olesya Pashina, Georgiy Zograf, Kristina Frizyuk, Carlo Gigli, Giuseppe Leo, Sergey Makarov, Mihail Petrov, Costantino De Angelis</t>
   </si>
   <si>
     <t>Optics Express</t>
   </si>
   <si>
     <t>10.1364/oe.440564</t>
@@ -689,122 +767,122 @@
   <si>
     <t>10.1103/physreva.103.043703</t>
   </si>
   <si>
     <t>Enhanced Raman Scattering for Probing Near‐Field Distribution in All‐Dielectric Nanostructures</t>
   </si>
   <si>
     <t>Georgiy Zograf, Kseniia Baryshnikova, Mihail Petrov, Sergey Makarov</t>
   </si>
   <si>
     <t>Advanced Photonics Research</t>
   </si>
   <si>
     <t>10.1002/adpr.202000139</t>
   </si>
   <si>
     <t>Coupling of Germanium Quantum Dots with Collective Sub-radiant Modes of Silicon Nanopillar Arrays</t>
   </si>
   <si>
     <t>Georg Schmidt, Roman Savelev, Mihail Petrov</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.0c01319</t>
   </si>
   <si>
+    <t>Electron beam induced manipulation of single nanoparticles on a non-conductive substrate</t>
+  </si>
+  <si>
+    <t>Filipp Komissarenko, Mihail Petrov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020061</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031985</t>
+  </si>
+  <si>
+    <t>Acoustic forces and torques: Directional scattering and acoustic spin</t>
+  </si>
+  <si>
+    <t>Ivan Toftul, Konstantin Bliokh, Mihail Petrov</t>
+  </si>
+  <si>
+    <t>020127</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032100</t>
+  </si>
+  <si>
     <t>Disorder in one-dimensional array of two-level systems coupled to a waveguiding mode</t>
   </si>
   <si>
     <t>Gleb Fedorovich, Mihail Petrov</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020031</t>
   </si>
   <si>
     <t>10.1063/5.0032487</t>
   </si>
   <si>
     <t>Chiral coupling of dipole transitions in a V-type atom using a plasmonic dimer</t>
   </si>
   <si>
     <t>Mihail Petrov, Ivan Iorsh</t>
   </si>
   <si>
     <t>020064</t>
   </si>
   <si>
     <t>10.1063/5.0031864</t>
   </si>
   <si>
     <t>Thermally induced reshaping of second harmonic radiation patterns from resonant semiconductor nanostructures</t>
   </si>
   <si>
     <t>020033</t>
   </si>
   <si>
     <t>10.1063/5.0031853</t>
   </si>
   <si>
     <t>Noise reduction using structures based on coupled Helmholtz resonators</t>
   </si>
   <si>
     <t>Mariia Krasikova, Yuri Baloshin, Alexey Slobozhanyuk, Anton Melnikov, David Powell, Mihail Petrov, Andrey Bogdanov</t>
   </si>
   <si>
     <t>020069</t>
   </si>
   <si>
     <t>10.1063/5.0032103</t>
   </si>
   <si>
-    <t>Electron beam induced manipulation of single nanoparticles on a non-conductive substrate</t>
-[...22 lines deleted...]
-  <si>
     <t>Gallium Phosphide Nanowires in a Free-Standing, Flexible, and Semitransparent Membrane for Large-Scale Infrared-to-Visible Light Conversion</t>
   </si>
   <si>
     <t>Vladimir V. Fedorov, Alexey Bolshakov, Olga Sergaeva, Vladimir Neplokh, Daria Markina, Stéphanie Bruyère, Grégoire Saerens, Mihail Petrov, Rachel Grange, Sergey Makarov, Ivan Mukhin</t>
   </si>
   <si>
     <t>10624–10632</t>
   </si>
   <si>
     <t>10.1021/acsnano.0c04872</t>
   </si>
   <si>
     <t>Engineering of the Second‐Harmonic Emission Directionality with III–V Semiconductor Rod Nanoantennas</t>
   </si>
   <si>
     <t>Grégoire Saerens, Iek Tang, Mihail Petrov, Kristina Frizyuk, Marc Reig Escalé, Igor Shtrom, Alexey Bouravleuv, George Cirlin, Rachel Grange</t>
   </si>
   <si>
     <t>10.1002/lpor.202000028</t>
   </si>
   <si>
     <t>Manipulation Technique for Precise Transfer of Single Perovskite Nanoparticles</t>
   </si>
   <si>
     <t>Filipp Komissarenko, Georgiy Zograf, Sergey Makarov, Mihail Petrov, Ivan Mukhin</t>
@@ -1130,71 +1208,71 @@
   <si>
     <t>The conformation of BSA adsorbed to the surface of single all-dielectric nanoparticles following light-induced heating</t>
   </si>
   <si>
     <t>Andrey Krasilin, Mihail Petrov, Dmitry Zuev, Vyacheslav Dyachuk, Valentin Milichko</t>
   </si>
   <si>
     <t>Journal of Biophotonics</t>
   </si>
   <si>
     <t>e201700322</t>
   </si>
   <si>
     <t>10.1002/jbio.201700322</t>
   </si>
   <si>
     <t>Enhancement of Raman scattering in dielectric nanostructures with electric and magnetic Mie resonances</t>
   </si>
   <si>
     <t>Kristina Frizyuk, Mehedi Hasan, Mihail Petrov</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.97.085414</t>
   </si>
   <si>
+    <t>Nanocrystalline resonant silicon nanoparticle for highly efficient second harmonic generation</t>
+  </si>
+  <si>
+    <t>Sergey Makarov, Mihail Petrov, Tim Fischer, Valentin Milichko, Dmitry Zuev, Georgiy Zograf, Daria A. Smirnova, Sergey V. Starikov, Boris N. Chichkov, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
+  </si>
+  <si>
+    <t>10.1109/piers.2017.8262339</t>
+  </si>
+  <si>
     <t>Highly efficient optical heating of non-plasmonic nananoparticles</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Dmitry Zuev, Valentin Milichko, Sergey Makarov</t>
   </si>
   <si>
-    <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/piers.2017.8261981</t>
   </si>
   <si>
-    <t>Nanocrystalline resonant silicon nanoparticle for highly efficient second harmonic generation</t>
-[...7 lines deleted...]
-  <si>
     <t>Nanoscale optical high-temperature sensor</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Ivan Sinev, Anton Samusev, Dmitry Zuev, Valentin Milichko, Sergey Makarov</t>
   </si>
   <si>
     <t>2017 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
   </si>
   <si>
     <t>10.1109/comcas.2017.8244856</t>
   </si>
   <si>
     <t>Optical binding of two nanoparticles near interface</t>
   </si>
   <si>
     <t>Natalia Kostina, Mihail Petrov, Aleksandra Ivinskaia, Andrey Bogdanov, Alexander Shalin</t>
   </si>
   <si>
     <t>2017 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>10.1109/DD.2017.8168020</t>
   </si>
   <si>
     <t>The motion of nanoparticles under the non-conservative forces mediated by surface plasmon polaritons</t>
@@ -1322,101 +1400,101 @@
   <si>
     <t>Journal of the Optical Society of America B: Optical Physics</t>
   </si>
   <si>
     <t>D18-D28</t>
   </si>
   <si>
     <t>10.1364/JOSAB.34.000D18</t>
   </si>
   <si>
     <t>The laser assisted field electron emission from carbon nanostructure</t>
   </si>
   <si>
     <t>Journal of the European Optical Society-Rapid Publications</t>
   </si>
   <si>
     <t>10.1186/s41476-017-0033-0</t>
   </si>
   <si>
     <t>Collective polaritonic modes in an array of two-level quantum emitters coupled to an optical nanofiber</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.94.245416</t>
   </si>
   <si>
+    <t>Substrate-mediated antireflective properties of silicon nanoparticle array</t>
+  </si>
+  <si>
+    <t>Kseniia Baryshnikova, Pavel Belov, Mihail Petrov</t>
+  </si>
+  <si>
+    <t>2016 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>46-51</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756811</t>
+  </si>
+  <si>
+    <t>Plasmonic substrates for optical tweezers</t>
+  </si>
+  <si>
+    <t>Aleksandra Ivinskaia, Mihail Petrov, Andrey Bogdanov, Alexander Shalin, Ivan Shishkin</t>
+  </si>
+  <si>
+    <t>198-201</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756841</t>
+  </si>
+  <si>
     <t>Polarization and angle dependent enhancement of Raman scattering from silicon nanodisks</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Permyakov, Sergey Makarov, Mihail Petrov, Valentin Milichko, Pavel Belov, Ivan Mukhin</t>
   </si>
   <si>
-    <t>2016 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>123-126</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756826</t>
   </si>
   <si>
     <t>Raman scattering governed by dark resonant modes in silicon nanoparticles</t>
   </si>
   <si>
     <t>Kristina Frizyuk, Valentin Milichko, Mihail Petrov, Dmitry Zuev, Sergey Makarov, Pavel Belov, Ivan Mukhin</t>
   </si>
   <si>
     <t>155-160</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756833</t>
   </si>
   <si>
-    <t>Substrate-mediated antireflective properties of silicon nanoparticle array</t>
-[...22 lines deleted...]
-  <si>
     <t>Homogenization of metasurfaces formed by random resonant particles in periodical lattices</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.93.205127</t>
   </si>
   <si>
     <t>Demonstration of the enhanced Purcell factor in all-dielectric structures</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Mihail Petrov, Sergey Makarov, Roman Savelev, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1063/1.4952740</t>
   </si>
   <si>
     <t>Plasmonic and silicon spherical nanoparticle antireflective coatings</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Mihail Petrov, Pavel Belov</t>
   </si>
   <si>
     <t>Scientific Reports</t>
   </si>
   <si>
     <t>10.1038/srep22136</t>
@@ -1607,72 +1685,72 @@
   <si>
     <t>Modelling charge transfer dynamics and electric field distribution in glasses during poling and electrostimulated diffusion</t>
   </si>
   <si>
     <t>Technical Physics Letters</t>
   </si>
   <si>
     <t>1028-1031</t>
   </si>
   <si>
     <t>10.1134/S1063785010110167</t>
   </si>
   <si>
     <t>How Does Thermal Poling Affect the Structure of Soda-Lime Glass?</t>
   </si>
   <si>
     <t>Journal of Physical Chemistry C</t>
   </si>
   <si>
     <t>12754-12759</t>
   </si>
   <si>
     <t>10.1021/jp1033905</t>
   </si>
   <si>
+    <t>Ion-exchange characteristics of sodium-calcium-silicate glass: Calculation from mode spectra</t>
+  </si>
+  <si>
+    <t>Technical Physics</t>
+  </si>
+  <si>
+    <t>1447-1452</t>
+  </si>
+  <si>
+    <t>10.1134/S1063784210100087</t>
+  </si>
+  <si>
     <t>Dyck and Motzkin triangles with multiplicities</t>
   </si>
   <si>
     <t>Moscow Mathematical Journal</t>
   </si>
   <si>
     <t>611-628</t>
   </si>
   <si>
     <t>10.17323/1609-4514-2010-10-3-611-628</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1134/S1063784210100087</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1976,51 +2054,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I146"/>
+  <dimension ref="A1:I153"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="346.773" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="136.681" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -2035,3905 +2113,4092 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="E2"/>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
-        <v>3.78</v>
+        <v>17.78</v>
       </c>
       <c r="I2">
-        <v>1.52</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="E3"/>
+        <v>67</v>
+      </c>
+      <c r="E3">
+        <v>101458</v>
+      </c>
       <c r="F3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3">
-        <v>4.99</v>
+        <v>3.01</v>
       </c>
       <c r="I3">
-        <v>1.88</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4">
-        <v>125</v>
+        <v>2</v>
       </c>
       <c r="E4"/>
       <c r="F4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G4" t="s">
         <v>20</v>
       </c>
-      <c r="H4">
-[...4 lines deleted...]
-      </c>
+      <c r="H4"/>
+      <c r="I4"/>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5">
+        <v>14</v>
+      </c>
+      <c r="E5"/>
+      <c r="F5">
+        <v>2025</v>
+      </c>
+      <c r="G5" t="s">
         <v>23</v>
       </c>
-      <c r="D5">
-[...11 lines deleted...]
-      <c r="H5"/>
+      <c r="H5">
+        <v>17.78</v>
+      </c>
       <c r="I5">
-        <v>3.18</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" t="s">
         <v>25</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>26</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6"/>
+      <c r="E6">
+        <v>63</v>
+      </c>
+      <c r="F6">
+        <v>2025</v>
+      </c>
+      <c r="G6" t="s">
         <v>27</v>
       </c>
-      <c r="D6">
-[...14 lines deleted...]
-      </c>
+      <c r="H6"/>
+      <c r="I6"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" t="s">
         <v>29</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>30</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7">
+        <v>50</v>
+      </c>
+      <c r="E7">
+        <v>1735</v>
+      </c>
+      <c r="F7">
+        <v>2025</v>
+      </c>
+      <c r="G7" t="s">
         <v>31</v>
       </c>
-      <c r="D7"/>
-[...10 lines deleted...]
-      <c r="I7"/>
+      <c r="H7">
+        <v>3.78</v>
+      </c>
+      <c r="I7">
+        <v>1.52</v>
+      </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" t="s">
+        <v>33</v>
+      </c>
+      <c r="C8" t="s">
         <v>34</v>
       </c>
-      <c r="B8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D8">
-        <v>110</v>
+        <v>22</v>
       </c>
       <c r="E8"/>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="H8">
-        <v>3.14</v>
+        <v>4.99</v>
       </c>
       <c r="I8">
-        <v>1.39</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>36</v>
+      </c>
+      <c r="B9" t="s">
+        <v>37</v>
+      </c>
+      <c r="C9" t="s">
         <v>38</v>
       </c>
-      <c r="B9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D9">
-        <v>109</v>
+        <v>125</v>
       </c>
       <c r="E9"/>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="H9">
-        <v>4.04</v>
+        <v>3.79</v>
       </c>
       <c r="I9">
-        <v>1.78</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B10" t="s">
+        <v>41</v>
+      </c>
+      <c r="C10" t="s">
         <v>42</v>
       </c>
-      <c r="B10" t="s">
-[...6 lines deleted...]
-      <c r="E10"/>
+      <c r="D10">
+        <v>6</v>
+      </c>
+      <c r="E10">
+        <v>1</v>
+      </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="H10"/>
       <c r="I10">
-        <v>3.17</v>
+        <v>3.18</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>44</v>
+      </c>
+      <c r="B11" t="s">
+        <v>45</v>
+      </c>
+      <c r="C11" t="s">
         <v>46</v>
       </c>
-      <c r="B11" t="s">
-[...5 lines deleted...]
-      <c r="D11"/>
+      <c r="D11">
+        <v>136</v>
+      </c>
       <c r="E11"/>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H11">
-        <v>9.93</v>
+        <v>2.55</v>
       </c>
       <c r="I11">
-        <v>2.89</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>48</v>
+      </c>
+      <c r="B12" t="s">
+        <v>49</v>
+      </c>
+      <c r="C12" t="s">
         <v>50</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
         <v>51</v>
       </c>
-      <c r="C12" t="s">
-[...5 lines deleted...]
-      <c r="E12"/>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="H12">
-        <v>0.73</v>
+        <v>7.53</v>
       </c>
       <c r="I12">
-        <v>0.29</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>53</v>
+      </c>
+      <c r="B13" t="s">
         <v>54</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>55</v>
       </c>
-      <c r="C13" t="s">
-[...5 lines deleted...]
-      <c r="E13"/>
+      <c r="D13"/>
+      <c r="E13" t="s">
+        <v>56</v>
+      </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B14" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C14" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D14">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>110</v>
+      </c>
+      <c r="E14"/>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>61</v>
       </c>
       <c r="H14">
-        <v>7.08</v>
+        <v>3.14</v>
       </c>
       <c r="I14">
-        <v>2.27</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>62</v>
       </c>
       <c r="B15" t="s">
         <v>63</v>
       </c>
       <c r="C15" t="s">
         <v>64</v>
       </c>
-      <c r="D15"/>
+      <c r="D15">
+        <v>109</v>
+      </c>
       <c r="E15"/>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
         <v>65</v>
       </c>
       <c r="H15">
-        <v>7.92</v>
+        <v>4.04</v>
       </c>
       <c r="I15">
-        <v>2.12</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>66</v>
       </c>
       <c r="B16" t="s">
         <v>67</v>
       </c>
       <c r="C16" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="D16"/>
       <c r="E16"/>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H16">
-        <v>3.97</v>
+        <v>10.95</v>
       </c>
       <c r="I16">
-        <v>1.04</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B17" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C17" t="s">
-        <v>59</v>
-[...6 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="D17"/>
+      <c r="E17"/>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H17">
-        <v>7.08</v>
+        <v>9.93</v>
       </c>
       <c r="I17">
-        <v>2.27</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B18" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C18" t="s">
-        <v>64</v>
+        <v>76</v>
       </c>
       <c r="D18">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="E18"/>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H18">
-        <v>7.92</v>
+        <v>0.73</v>
       </c>
       <c r="I18">
-        <v>2.12</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B19" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C19" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="D19"/>
+        <v>64</v>
+      </c>
+      <c r="D19">
+        <v>109</v>
+      </c>
       <c r="E19"/>
       <c r="F19">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G19" t="s">
         <v>80</v>
       </c>
       <c r="H19">
-        <v>12.26</v>
+        <v>3.91</v>
       </c>
       <c r="I19">
-        <v>3.76</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>81</v>
       </c>
       <c r="B20" t="s">
         <v>82</v>
       </c>
       <c r="C20" t="s">
+        <v>50</v>
+      </c>
+      <c r="D20">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
         <v>83</v>
       </c>
-      <c r="D20"/>
-      <c r="E20"/>
       <c r="F20">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G20" t="s">
         <v>84</v>
       </c>
-      <c r="H20"/>
-      <c r="I20"/>
+      <c r="H20">
+        <v>7.08</v>
+      </c>
+      <c r="I20">
+        <v>2.27</v>
+      </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>85</v>
       </c>
       <c r="B21" t="s">
         <v>86</v>
       </c>
       <c r="C21" t="s">
         <v>87</v>
       </c>
-      <c r="D21">
-[...4 lines deleted...]
-      </c>
+      <c r="D21"/>
+      <c r="E21"/>
       <c r="F21">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G21" t="s">
         <v>88</v>
       </c>
       <c r="H21">
-        <v>2.54</v>
+        <v>7.92</v>
       </c>
       <c r="I21">
-        <v>0.56</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>89</v>
       </c>
       <c r="B22" t="s">
         <v>90</v>
       </c>
       <c r="C22" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="D22"/>
+        <v>38</v>
+      </c>
+      <c r="D22">
+        <v>124</v>
+      </c>
       <c r="E22"/>
       <c r="F22">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G22" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-      <c r="I22"/>
+        <v>91</v>
+      </c>
+      <c r="H22">
+        <v>3.97</v>
+      </c>
+      <c r="I22">
+        <v>1.04</v>
+      </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>92</v>
+      </c>
+      <c r="B23" t="s">
         <v>93</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
+        <v>50</v>
+      </c>
+      <c r="D23">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
         <v>94</v>
       </c>
-      <c r="C23" t="s">
+      <c r="F23">
+        <v>2024</v>
+      </c>
+      <c r="G23" t="s">
         <v>95</v>
       </c>
-      <c r="D23">
-[...8 lines deleted...]
-      </c>
       <c r="H23">
-        <v>17.46</v>
+        <v>7.08</v>
       </c>
       <c r="I23">
-        <v>5.5</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>96</v>
+      </c>
+      <c r="B24" t="s">
         <v>97</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
+        <v>87</v>
+      </c>
+      <c r="D24">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
         <v>98</v>
       </c>
-      <c r="C24" t="s">
+      <c r="F24">
+        <v>2024</v>
+      </c>
+      <c r="G24" t="s">
         <v>99</v>
       </c>
-      <c r="D24">
-[...8 lines deleted...]
-      </c>
       <c r="H24">
-        <v>19.92</v>
+        <v>7.92</v>
       </c>
       <c r="I24">
-        <v>5.0</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>100</v>
+      </c>
+      <c r="B25" t="s">
         <v>101</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>102</v>
       </c>
-      <c r="C25" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D25"/>
       <c r="E25"/>
       <c r="F25">
         <v>2023</v>
       </c>
       <c r="G25" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="H25">
-        <v>9.16</v>
+        <v>12.26</v>
       </c>
       <c r="I25">
-        <v>3.69</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>104</v>
+      </c>
+      <c r="B26" t="s">
         <v>105</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>106</v>
       </c>
-      <c r="C26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D26"/>
-      <c r="E26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E26"/>
       <c r="F26">
         <v>2023</v>
       </c>
       <c r="G26" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="H26"/>
       <c r="I26"/>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>108</v>
+      </c>
+      <c r="B27" t="s">
+        <v>109</v>
+      </c>
+      <c r="C27" t="s">
         <v>110</v>
       </c>
-      <c r="B27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D27">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="E27"/>
+        <v>10</v>
+      </c>
+      <c r="E27">
+        <v>1248</v>
+      </c>
       <c r="F27">
         <v>2023</v>
       </c>
       <c r="G27" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="H27">
-        <v>50.49</v>
+        <v>2.54</v>
       </c>
       <c r="I27">
-        <v>20.34</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>112</v>
+      </c>
+      <c r="B28" t="s">
+        <v>113</v>
+      </c>
+      <c r="C28" t="s">
         <v>114</v>
       </c>
-      <c r="B28" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="D28"/>
+      <c r="E28"/>
       <c r="F28">
         <v>2023</v>
       </c>
       <c r="G28" t="s">
-        <v>118</v>
-[...6 lines deleted...]
-      </c>
+        <v>115</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="B29" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="C29" t="s">
-        <v>40</v>
+        <v>118</v>
       </c>
       <c r="D29">
-        <v>107</v>
+        <v>12</v>
       </c>
       <c r="E29"/>
       <c r="F29">
         <v>2023</v>
       </c>
       <c r="G29" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="H29">
-        <v>3.91</v>
+        <v>17.46</v>
       </c>
       <c r="I29">
-        <v>1.54</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>120</v>
+      </c>
+      <c r="B30" t="s">
+        <v>121</v>
+      </c>
+      <c r="C30" t="s">
         <v>122</v>
       </c>
-      <c r="B30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D30">
-        <v>106</v>
+        <v>33</v>
       </c>
       <c r="E30"/>
       <c r="F30">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G30" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H30">
-        <v>2.97</v>
+        <v>19.92</v>
       </c>
       <c r="I30">
-        <v>1.18</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>124</v>
+      </c>
+      <c r="B31" t="s">
         <v>125</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>126</v>
       </c>
-      <c r="C31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D31">
-        <v>15</v>
+        <v>130</v>
       </c>
       <c r="E31"/>
       <c r="F31">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G31" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-      <c r="I31"/>
+        <v>127</v>
+      </c>
+      <c r="H31">
+        <v>9.16</v>
+      </c>
+      <c r="I31">
+        <v>3.69</v>
+      </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>128</v>
+      </c>
+      <c r="B32" t="s">
         <v>129</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>130</v>
       </c>
-      <c r="C32" t="s">
-[...6 lines deleted...]
-        <v>4592</v>
+      <c r="D32"/>
+      <c r="E32" t="s">
+        <v>131</v>
       </c>
       <c r="F32">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G32" t="s">
-        <v>131</v>
-[...6 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="H32"/>
+      <c r="I32"/>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B33" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C33" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="D33"/>
+        <v>135</v>
+      </c>
+      <c r="D33">
+        <v>95</v>
+      </c>
       <c r="E33"/>
       <c r="F33">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G33" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-      <c r="I33"/>
+        <v>136</v>
+      </c>
+      <c r="H33">
+        <v>50.49</v>
+      </c>
+      <c r="I33">
+        <v>20.34</v>
+      </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B34" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C34" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-      <c r="E34"/>
+        <v>139</v>
+      </c>
+      <c r="D34">
+        <v>17</v>
+      </c>
+      <c r="E34" t="s">
+        <v>140</v>
+      </c>
       <c r="F34">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G34" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="H34">
-        <v>8.31</v>
+        <v>18.03</v>
       </c>
       <c r="I34">
-        <v>1.74</v>
+        <v>4.61</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B35" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C35" t="s">
         <v>64</v>
       </c>
       <c r="D35">
-        <v>0</v>
+        <v>107</v>
       </c>
       <c r="E35"/>
       <c r="F35">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G35" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="H35">
-        <v>7.92</v>
+        <v>3.91</v>
       </c>
       <c r="I35">
-        <v>2.12</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B36" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C36" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="D36">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E36"/>
       <c r="F36">
         <v>2022</v>
       </c>
       <c r="G36" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="H36">
-        <v>3.91</v>
+        <v>2.97</v>
       </c>
       <c r="I36">
-        <v>1.54</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B37" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C37" t="s">
-        <v>19</v>
+        <v>150</v>
       </c>
       <c r="D37">
-        <v>120</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="E37"/>
       <c r="F37">
         <v>2022</v>
       </c>
       <c r="G37" t="s">
-        <v>148</v>
-[...6 lines deleted...]
-      </c>
+        <v>151</v>
+      </c>
+      <c r="H37"/>
+      <c r="I37"/>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B38" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C38" t="s">
-        <v>103</v>
+        <v>30</v>
       </c>
       <c r="D38">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="E38"/>
+        <v>47</v>
+      </c>
+      <c r="E38">
+        <v>4592</v>
+      </c>
       <c r="F38">
         <v>2022</v>
       </c>
       <c r="G38" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="H38">
-        <v>9.19</v>
+        <v>3.56</v>
       </c>
       <c r="I38">
-        <v>3.25</v>
+        <v>1.26</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B39" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="C39" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>157</v>
+      </c>
+      <c r="D39"/>
+      <c r="E39"/>
       <c r="F39">
         <v>2022</v>
       </c>
       <c r="G39" t="s">
-        <v>154</v>
-[...6 lines deleted...]
-      </c>
+        <v>158</v>
+      </c>
+      <c r="H39"/>
+      <c r="I39"/>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="B40" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="C40" t="s">
-        <v>157</v>
-[...6 lines deleted...]
-      </c>
+        <v>161</v>
+      </c>
+      <c r="D40"/>
+      <c r="E40"/>
       <c r="F40">
         <v>2022</v>
       </c>
       <c r="G40" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="H40">
-        <v>2.52</v>
+        <v>8.31</v>
       </c>
       <c r="I40">
-        <v>0.92</v>
+        <v>1.74</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B41" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="C41" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="D41"/>
+        <v>87</v>
+      </c>
+      <c r="D41">
+        <v>0</v>
+      </c>
       <c r="E41"/>
       <c r="F41">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G41" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="H41">
-        <v>7.08</v>
+        <v>7.92</v>
       </c>
       <c r="I41">
-        <v>2.27</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="B42" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="C42" t="s">
-        <v>165</v>
+        <v>64</v>
       </c>
       <c r="D42">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="E42"/>
       <c r="F42">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G42" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="H42"/>
+        <v>168</v>
+      </c>
+      <c r="H42">
+        <v>3.91</v>
+      </c>
       <c r="I42">
-        <v>0.21</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B43" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C43" t="s">
-        <v>165</v>
+        <v>38</v>
       </c>
       <c r="D43">
-        <v>2015</v>
-[...2 lines deleted...]
-        <v>170</v>
+        <v>120</v>
+      </c>
+      <c r="E43">
+        <v>151102</v>
       </c>
       <c r="F43">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G43" t="s">
         <v>171</v>
       </c>
-      <c r="H43"/>
+      <c r="H43">
+        <v>3.79</v>
+      </c>
       <c r="I43">
-        <v>0.21</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>172</v>
       </c>
       <c r="B44" t="s">
         <v>173</v>
       </c>
       <c r="C44" t="s">
-        <v>165</v>
+        <v>126</v>
       </c>
       <c r="D44">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="E44" t="s">
+        <v>128</v>
+      </c>
+      <c r="E44"/>
+      <c r="F44">
+        <v>2022</v>
+      </c>
+      <c r="G44" t="s">
         <v>174</v>
       </c>
-      <c r="F44">
-[...5 lines deleted...]
-      <c r="H44"/>
+      <c r="H44">
+        <v>9.19</v>
+      </c>
       <c r="I44">
-        <v>0.21</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>175</v>
+      </c>
+      <c r="B45" t="s">
         <v>176</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" t="s">
-        <v>165</v>
+        <v>30</v>
       </c>
       <c r="D45">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="E45" t="s">
+        <v>47</v>
+      </c>
+      <c r="E45">
+        <v>1992</v>
+      </c>
+      <c r="F45">
+        <v>2022</v>
+      </c>
+      <c r="G45" t="s">
         <v>177</v>
       </c>
-      <c r="F45">
-[...4 lines deleted...]
-      </c>
       <c r="H45">
-        <v>0.55</v>
+        <v>3.56</v>
       </c>
       <c r="I45">
-        <v>0.21</v>
+        <v>1.26</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>178</v>
+      </c>
+      <c r="B46" t="s">
         <v>179</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>180</v>
       </c>
-      <c r="C46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D46">
-        <v>2015</v>
+        <v>24</v>
       </c>
       <c r="E46" t="s">
         <v>181</v>
       </c>
       <c r="F46">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G46" t="s">
         <v>182</v>
       </c>
-      <c r="H46"/>
+      <c r="H46">
+        <v>2.52</v>
+      </c>
       <c r="I46">
-        <v>0.21</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>183</v>
       </c>
       <c r="B47" t="s">
         <v>184</v>
       </c>
       <c r="C47" t="s">
-        <v>165</v>
-[...6 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="D47"/>
+      <c r="E47"/>
       <c r="F47">
         <v>2021</v>
       </c>
       <c r="G47" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="H47"/>
+        <v>185</v>
+      </c>
+      <c r="H47">
+        <v>7.08</v>
+      </c>
       <c r="I47">
-        <v>0.21</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>186</v>
+      </c>
+      <c r="B48" t="s">
         <v>187</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="D48">
         <v>2015</v>
       </c>
       <c r="E48" t="s">
         <v>189</v>
       </c>
       <c r="F48">
         <v>2021</v>
       </c>
       <c r="G48" t="s">
         <v>190</v>
       </c>
       <c r="H48">
         <v>0.55</v>
       </c>
       <c r="I48">
         <v>0.21</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>191</v>
       </c>
       <c r="B49" t="s">
         <v>192</v>
       </c>
       <c r="C49" t="s">
+        <v>188</v>
+      </c>
+      <c r="D49">
+        <v>2015</v>
+      </c>
+      <c r="E49" t="s">
         <v>193</v>
-      </c>
-[...4 lines deleted...]
-        <v>194</v>
       </c>
       <c r="F49">
         <v>2021</v>
       </c>
       <c r="G49" t="s">
-        <v>195</v>
-[...3 lines deleted...]
-      </c>
+        <v>194</v>
+      </c>
+      <c r="H49"/>
       <c r="I49">
-        <v>1.18</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>195</v>
+      </c>
+      <c r="B50" t="s">
         <v>196</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
+        <v>188</v>
+      </c>
+      <c r="D50">
+        <v>2015</v>
+      </c>
+      <c r="E50" t="s">
         <v>197</v>
       </c>
-      <c r="C50" t="s">
-[...3 lines deleted...]
-      <c r="E50"/>
       <c r="F50">
         <v>2021</v>
       </c>
       <c r="G50" t="s">
-        <v>199</v>
-[...3 lines deleted...]
-      </c>
+        <v>198</v>
+      </c>
+      <c r="H50"/>
       <c r="I50">
-        <v>1.23</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>199</v>
+      </c>
+      <c r="B51" t="s">
         <v>200</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" t="s">
+        <v>188</v>
+      </c>
+      <c r="D51">
+        <v>2015</v>
+      </c>
+      <c r="E51" t="s">
         <v>201</v>
       </c>
-      <c r="D51"/>
-      <c r="E51"/>
       <c r="F51">
         <v>2021</v>
       </c>
       <c r="G51" t="s">
         <v>202</v>
       </c>
       <c r="H51"/>
-      <c r="I51"/>
+      <c r="I51">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>203</v>
       </c>
       <c r="B52" t="s">
+        <v>164</v>
+      </c>
+      <c r="C52" t="s">
+        <v>188</v>
+      </c>
+      <c r="D52">
+        <v>2015</v>
+      </c>
+      <c r="E52" t="s">
         <v>204</v>
-      </c>
-[...7 lines deleted...]
-        <v>643</v>
       </c>
       <c r="F52">
         <v>2021</v>
       </c>
       <c r="G52" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="H52">
-        <v>24.75</v>
+        <v>0.55</v>
       </c>
       <c r="I52">
-        <v>7.47</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>206</v>
+      </c>
+      <c r="B53" t="s">
+        <v>173</v>
+      </c>
+      <c r="C53" t="s">
+        <v>188</v>
+      </c>
+      <c r="D53">
+        <v>2015</v>
+      </c>
+      <c r="E53" t="s">
         <v>207</v>
       </c>
-      <c r="B53" t="s">
-[...6 lines deleted...]
-      <c r="E53"/>
       <c r="F53">
         <v>2021</v>
       </c>
       <c r="G53" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="H53">
-        <v>12.26</v>
+        <v>0.51</v>
       </c>
       <c r="I53">
-        <v>3.76</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>209</v>
+      </c>
+      <c r="B54" t="s">
         <v>210</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
+        <v>188</v>
+      </c>
+      <c r="D54">
+        <v>2015</v>
+      </c>
+      <c r="E54" t="s">
         <v>211</v>
-      </c>
-[...7 lines deleted...]
-        <v>213</v>
       </c>
       <c r="F54">
         <v>2021</v>
       </c>
       <c r="G54" t="s">
-        <v>214</v>
-[...3 lines deleted...]
-      </c>
+        <v>212</v>
+      </c>
+      <c r="H54"/>
       <c r="I54">
-        <v>0.57</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>213</v>
+      </c>
+      <c r="B55" t="s">
+        <v>214</v>
+      </c>
+      <c r="C55" t="s">
+        <v>188</v>
+      </c>
+      <c r="D55">
+        <v>2015</v>
+      </c>
+      <c r="E55" t="s">
         <v>215</v>
       </c>
-      <c r="B55" t="s">
-[...8 lines deleted...]
-      <c r="E55"/>
       <c r="F55">
         <v>2021</v>
       </c>
       <c r="G55" t="s">
-        <v>217</v>
-[...3 lines deleted...]
-      </c>
+        <v>216</v>
+      </c>
+      <c r="H55"/>
       <c r="I55">
-        <v>1.18</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>217</v>
+      </c>
+      <c r="B56" t="s">
         <v>218</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>219</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56">
+        <v>4</v>
+      </c>
+      <c r="E56" t="s">
         <v>220</v>
-      </c>
-[...2 lines deleted...]
-        <v>2000139</v>
       </c>
       <c r="F56">
         <v>2021</v>
       </c>
       <c r="G56" t="s">
         <v>221</v>
       </c>
-      <c r="H56"/>
-      <c r="I56"/>
+      <c r="H56">
+        <v>6.14</v>
+      </c>
+      <c r="I56">
+        <v>1.18</v>
+      </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
         <v>222</v>
       </c>
       <c r="B57" t="s">
         <v>223</v>
       </c>
       <c r="C57" t="s">
-        <v>59</v>
+        <v>224</v>
       </c>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G57" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="H57">
-        <v>7.53</v>
+        <v>3.83</v>
       </c>
       <c r="I57">
-        <v>2.74</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B58" t="s">
-        <v>226</v>
+        <v>184</v>
       </c>
       <c r="C58" t="s">
         <v>227</v>
       </c>
-      <c r="D58">
-[...2 lines deleted...]
-      <c r="E58" t="s">
+      <c r="D58"/>
+      <c r="E58"/>
+      <c r="F58">
+        <v>2021</v>
+      </c>
+      <c r="G58" t="s">
         <v>228</v>
       </c>
-      <c r="F58">
-[...4 lines deleted...]
-      </c>
       <c r="H58"/>
-      <c r="I58">
-[...1 lines deleted...]
-      </c>
+      <c r="I58"/>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>229</v>
+      </c>
+      <c r="B59" t="s">
         <v>230</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>231</v>
       </c>
-      <c r="C59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D59">
-        <v>2300</v>
-[...1 lines deleted...]
-      <c r="E59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59">
+        <v>643</v>
+      </c>
+      <c r="F59">
+        <v>2021</v>
+      </c>
+      <c r="G59" t="s">
         <v>232</v>
       </c>
-      <c r="F59">
-[...5 lines deleted...]
-      <c r="H59"/>
+      <c r="H59">
+        <v>24.75</v>
+      </c>
       <c r="I59">
-        <v>0.19</v>
+        <v>7.47</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>233</v>
+      </c>
+      <c r="B60" t="s">
         <v>234</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" t="s">
-        <v>227</v>
-[...4 lines deleted...]
-      <c r="E60" t="s">
+        <v>102</v>
+      </c>
+      <c r="D60"/>
+      <c r="E60"/>
+      <c r="F60">
+        <v>2021</v>
+      </c>
+      <c r="G60" t="s">
         <v>235</v>
       </c>
-      <c r="F60">
-[...5 lines deleted...]
-      <c r="H60"/>
+      <c r="H60">
+        <v>12.26</v>
+      </c>
       <c r="I60">
-        <v>0.19</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>236</v>
+      </c>
+      <c r="B61" t="s">
         <v>237</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>238</v>
       </c>
-      <c r="C61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D61">
-        <v>2300</v>
+        <v>113</v>
       </c>
       <c r="E61" t="s">
         <v>239</v>
       </c>
       <c r="F61">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G61" t="s">
         <v>240</v>
       </c>
-      <c r="H61"/>
+      <c r="H61">
+        <v>1.53</v>
+      </c>
       <c r="I61">
-        <v>0.19</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>241</v>
       </c>
       <c r="B62" t="s">
         <v>242</v>
       </c>
       <c r="C62" t="s">
-        <v>227</v>
+        <v>60</v>
       </c>
       <c r="D62">
-        <v>2300</v>
-[...1 lines deleted...]
-      <c r="E62" t="s">
+        <v>103</v>
+      </c>
+      <c r="E62"/>
+      <c r="F62">
+        <v>2021</v>
+      </c>
+      <c r="G62" t="s">
         <v>243</v>
       </c>
-      <c r="F62">
-[...5 lines deleted...]
-      <c r="H62"/>
+      <c r="H62">
+        <v>2.97</v>
+      </c>
       <c r="I62">
-        <v>0.19</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>244</v>
+      </c>
+      <c r="B63" t="s">
         <v>245</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" t="s">
         <v>246</v>
       </c>
-      <c r="C63" t="s">
-[...5 lines deleted...]
-      <c r="E63" t="s">
+      <c r="D63"/>
+      <c r="E63">
+        <v>2000139</v>
+      </c>
+      <c r="F63">
+        <v>2021</v>
+      </c>
+      <c r="G63" t="s">
         <v>247</v>
       </c>
-      <c r="F63">
-[...4 lines deleted...]
-      </c>
       <c r="H63"/>
-      <c r="I63">
-[...1 lines deleted...]
-      </c>
+      <c r="I63"/>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>248</v>
+      </c>
+      <c r="B64" t="s">
         <v>249</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64" t="s">
-        <v>116</v>
-[...6 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="D64"/>
+      <c r="E64"/>
       <c r="F64">
         <v>2020</v>
       </c>
       <c r="G64" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="H64">
-        <v>15.88</v>
+        <v>7.53</v>
       </c>
       <c r="I64">
-        <v>5.55</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>251</v>
+      </c>
+      <c r="B65" t="s">
+        <v>252</v>
+      </c>
+      <c r="C65" t="s">
         <v>253</v>
       </c>
-      <c r="B65" t="s">
+      <c r="D65">
+        <v>2300</v>
+      </c>
+      <c r="E65" t="s">
         <v>254</v>
-      </c>
-[...5 lines deleted...]
-        <v>2000028</v>
       </c>
       <c r="F65">
         <v>2020</v>
       </c>
       <c r="G65" t="s">
         <v>255</v>
       </c>
-      <c r="H65">
-[...1 lines deleted...]
-      </c>
+      <c r="H65"/>
       <c r="I65">
-        <v>3.78</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>256</v>
       </c>
       <c r="B66" t="s">
         <v>257</v>
       </c>
       <c r="C66" t="s">
+        <v>253</v>
+      </c>
+      <c r="D66">
+        <v>2300</v>
+      </c>
+      <c r="E66" t="s">
         <v>258</v>
-      </c>
-[...4 lines deleted...]
-        <v>1306</v>
       </c>
       <c r="F66">
         <v>2020</v>
       </c>
       <c r="G66" t="s">
         <v>259</v>
       </c>
-      <c r="H66">
-[...1 lines deleted...]
-      </c>
+      <c r="H66"/>
       <c r="I66">
-        <v>0.92</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>260</v>
       </c>
       <c r="B67" t="s">
         <v>261</v>
       </c>
       <c r="C67" t="s">
-        <v>165</v>
+        <v>253</v>
       </c>
       <c r="D67">
-        <v>1461</v>
+        <v>2300</v>
       </c>
       <c r="E67" t="s">
         <v>262</v>
       </c>
       <c r="F67">
         <v>2020</v>
       </c>
       <c r="G67" t="s">
         <v>263</v>
       </c>
       <c r="H67"/>
       <c r="I67">
-        <v>0.23</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>264</v>
       </c>
       <c r="B68" t="s">
         <v>265</v>
       </c>
       <c r="C68" t="s">
-        <v>165</v>
+        <v>253</v>
       </c>
       <c r="D68">
-        <v>1461</v>
+        <v>2300</v>
       </c>
       <c r="E68" t="s">
-        <v>170</v>
+        <v>266</v>
       </c>
       <c r="F68">
         <v>2020</v>
       </c>
       <c r="G68" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="H68"/>
       <c r="I68">
-        <v>0.23</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B69" t="s">
-        <v>268</v>
+        <v>176</v>
       </c>
       <c r="C69" t="s">
-        <v>165</v>
+        <v>253</v>
       </c>
       <c r="D69">
-        <v>1461</v>
+        <v>2300</v>
       </c>
       <c r="E69" t="s">
         <v>269</v>
       </c>
       <c r="F69">
         <v>2020</v>
       </c>
       <c r="G69" t="s">
         <v>270</v>
       </c>
       <c r="H69"/>
       <c r="I69">
-        <v>0.23</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>271</v>
       </c>
       <c r="B70" t="s">
         <v>272</v>
       </c>
       <c r="C70" t="s">
-        <v>165</v>
+        <v>253</v>
       </c>
       <c r="D70">
-        <v>1410</v>
+        <v>2300</v>
       </c>
       <c r="E70" t="s">
         <v>273</v>
       </c>
       <c r="F70">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G70" t="s">
         <v>274</v>
       </c>
       <c r="H70"/>
       <c r="I70">
-        <v>0.22</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>275</v>
       </c>
       <c r="B71" t="s">
         <v>276</v>
       </c>
       <c r="C71" t="s">
+        <v>139</v>
+      </c>
+      <c r="D71">
+        <v>14</v>
+      </c>
+      <c r="E71" t="s">
         <v>277</v>
       </c>
-      <c r="D71"/>
-      <c r="E71"/>
       <c r="F71">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G71" t="s">
         <v>278</v>
       </c>
-      <c r="H71"/>
-      <c r="I71"/>
+      <c r="H71">
+        <v>15.88</v>
+      </c>
+      <c r="I71">
+        <v>5.55</v>
+      </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
         <v>279</v>
       </c>
       <c r="B72" t="s">
         <v>280</v>
       </c>
       <c r="C72" t="s">
-        <v>59</v>
-[...4 lines deleted...]
-      <c r="E72" t="s">
+        <v>68</v>
+      </c>
+      <c r="D72"/>
+      <c r="E72">
+        <v>2000028</v>
+      </c>
+      <c r="F72">
+        <v>2020</v>
+      </c>
+      <c r="G72" t="s">
         <v>281</v>
       </c>
-      <c r="F72">
-[...4 lines deleted...]
-      </c>
       <c r="H72">
-        <v>6.86</v>
+        <v>13.14</v>
       </c>
       <c r="I72">
-        <v>2.97</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>282</v>
+      </c>
+      <c r="B73" t="s">
         <v>283</v>
       </c>
-      <c r="B73" t="s">
+      <c r="C73" t="s">
         <v>284</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73">
+        <v>10</v>
+      </c>
+      <c r="E73">
+        <v>1306</v>
+      </c>
+      <c r="F73">
+        <v>2020</v>
+      </c>
+      <c r="G73" t="s">
         <v>285</v>
       </c>
-      <c r="D73"/>
-[...8 lines deleted...]
-      <c r="I73"/>
+      <c r="H73">
+        <v>5.08</v>
+      </c>
+      <c r="I73">
+        <v>0.92</v>
+      </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>286</v>
+      </c>
+      <c r="B74" t="s">
         <v>287</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" t="s">
-        <v>103</v>
+        <v>188</v>
       </c>
       <c r="D74">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>183901</v>
+        <v>1461</v>
+      </c>
+      <c r="E74" t="s">
+        <v>288</v>
       </c>
       <c r="F74">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G74" t="s">
-        <v>288</v>
-[...3 lines deleted...]
-      </c>
+        <v>289</v>
+      </c>
+      <c r="H74"/>
       <c r="I74">
-        <v>3.59</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B75" t="s">
-        <v>231</v>
+        <v>291</v>
       </c>
       <c r="C75" t="s">
-        <v>36</v>
+        <v>188</v>
       </c>
       <c r="D75">
-        <v>100</v>
+        <v>1461</v>
       </c>
       <c r="E75" t="s">
-        <v>290</v>
+        <v>197</v>
       </c>
       <c r="F75">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G75" t="s">
-        <v>291</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="H75"/>
       <c r="I75">
-        <v>1.42</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B76" t="s">
-        <v>284</v>
+        <v>294</v>
       </c>
       <c r="C76" t="s">
-        <v>40</v>
+        <v>188</v>
       </c>
       <c r="D76">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>115303</v>
+        <v>1461</v>
+      </c>
+      <c r="E76" t="s">
+        <v>295</v>
       </c>
       <c r="F76">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G76" t="s">
-        <v>293</v>
-[...3 lines deleted...]
-      </c>
+        <v>296</v>
+      </c>
+      <c r="H76"/>
       <c r="I76">
-        <v>1.81</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="B77" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="C77" t="s">
-        <v>296</v>
-[...2 lines deleted...]
-      <c r="E77"/>
+        <v>188</v>
+      </c>
+      <c r="D77">
+        <v>1410</v>
+      </c>
+      <c r="E77" t="s">
+        <v>299</v>
+      </c>
       <c r="F77">
         <v>2019</v>
       </c>
       <c r="G77" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="H77"/>
-      <c r="I77"/>
+      <c r="I77">
+        <v>0.22</v>
+      </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="B78" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="C78" t="s">
-        <v>300</v>
-[...6 lines deleted...]
-      </c>
+        <v>303</v>
+      </c>
+      <c r="D78"/>
+      <c r="E78"/>
       <c r="F78">
         <v>2019</v>
       </c>
       <c r="G78" t="s">
-        <v>302</v>
-[...6 lines deleted...]
-      </c>
+        <v>304</v>
+      </c>
+      <c r="H78"/>
+      <c r="I78"/>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B79" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C79" t="s">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="D79">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>123104</v>
+        <v>7</v>
+      </c>
+      <c r="E79" t="s">
+        <v>307</v>
       </c>
       <c r="F79">
         <v>2019</v>
       </c>
       <c r="G79" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="H79">
-        <v>2.29</v>
+        <v>6.86</v>
       </c>
       <c r="I79">
-        <v>0.73</v>
+        <v>2.97</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="B80" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="C80" t="s">
-        <v>308</v>
-[...6 lines deleted...]
-      </c>
+        <v>311</v>
+      </c>
+      <c r="D80"/>
+      <c r="E80"/>
       <c r="F80">
         <v>2019</v>
       </c>
       <c r="G80" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="H80"/>
       <c r="I80"/>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B81" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="C81" t="s">
-        <v>79</v>
+        <v>126</v>
       </c>
       <c r="D81">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>313</v>
+        <v>123</v>
+      </c>
+      <c r="E81">
+        <v>183901</v>
       </c>
       <c r="F81">
         <v>2019</v>
       </c>
       <c r="G81" t="s">
         <v>314</v>
       </c>
       <c r="H81">
-        <v>11.24</v>
+        <v>8.39</v>
       </c>
       <c r="I81">
-        <v>5.79</v>
+        <v>3.59</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
         <v>315</v>
       </c>
       <c r="B82" t="s">
+        <v>265</v>
+      </c>
+      <c r="C82" t="s">
+        <v>60</v>
+      </c>
+      <c r="D82">
+        <v>100</v>
+      </c>
+      <c r="E82" t="s">
         <v>316</v>
-      </c>
-[...7 lines deleted...]
-        <v>317</v>
       </c>
       <c r="F82">
         <v>2019</v>
       </c>
       <c r="G82" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="H82">
-        <v>3.58</v>
+        <v>2.78</v>
       </c>
       <c r="I82">
-        <v>1.81</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="B83" t="s">
-        <v>320</v>
+        <v>310</v>
       </c>
       <c r="C83" t="s">
-        <v>40</v>
+        <v>64</v>
       </c>
       <c r="D83">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E83">
-        <v>125416</v>
+        <v>115303</v>
       </c>
       <c r="F83">
         <v>2019</v>
       </c>
       <c r="G83" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="H83">
         <v>3.58</v>
       </c>
       <c r="I83">
         <v>1.81</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
+        <v>320</v>
+      </c>
+      <c r="B84" t="s">
+        <v>321</v>
+      </c>
+      <c r="C84" t="s">
         <v>322</v>
       </c>
-      <c r="B84" t="s">
+      <c r="D84"/>
+      <c r="E84"/>
+      <c r="F84">
+        <v>2019</v>
+      </c>
+      <c r="G84" t="s">
         <v>323</v>
       </c>
-      <c r="C84" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H84"/>
-      <c r="I84">
-[...1 lines deleted...]
-      </c>
+      <c r="I84"/>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
+        <v>324</v>
+      </c>
+      <c r="B85" t="s">
+        <v>325</v>
+      </c>
+      <c r="C85" t="s">
         <v>326</v>
       </c>
-      <c r="B85" t="s">
-[...2 lines deleted...]
-      <c r="C85" t="s">
+      <c r="D85">
+        <v>110</v>
+      </c>
+      <c r="E85" t="s">
         <v>327</v>
       </c>
-      <c r="D85"/>
-      <c r="E85"/>
       <c r="F85">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G85" t="s">
         <v>328</v>
       </c>
-      <c r="H85"/>
-      <c r="I85"/>
+      <c r="H85">
+        <v>1.4</v>
+      </c>
+      <c r="I85">
+        <v>0.58</v>
+      </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
         <v>329</v>
       </c>
       <c r="B86" t="s">
-        <v>261</v>
+        <v>330</v>
       </c>
       <c r="C86" t="s">
-        <v>327</v>
-[...2 lines deleted...]
-      <c r="E86"/>
+        <v>46</v>
+      </c>
+      <c r="D86">
+        <v>125</v>
+      </c>
+      <c r="E86">
+        <v>123104</v>
+      </c>
       <c r="F86">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G86" t="s">
-        <v>330</v>
-[...2 lines deleted...]
-      <c r="I86"/>
+        <v>331</v>
+      </c>
+      <c r="H86">
+        <v>2.29</v>
+      </c>
+      <c r="I86">
+        <v>0.73</v>
+      </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B87" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C87" t="s">
-        <v>333</v>
-[...1 lines deleted...]
-      <c r="D87" t="s">
         <v>334</v>
+      </c>
+      <c r="D87">
+        <v>9</v>
       </c>
       <c r="E87" t="s">
         <v>335</v>
       </c>
       <c r="F87">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G87" t="s">
         <v>336</v>
       </c>
       <c r="H87"/>
       <c r="I87"/>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>337</v>
       </c>
       <c r="B88" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="C88" t="s">
-        <v>165</v>
+        <v>102</v>
       </c>
       <c r="D88">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>12105</v>
+        <v>19</v>
+      </c>
+      <c r="E88" t="s">
+        <v>339</v>
       </c>
       <c r="F88">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G88" t="s">
-        <v>338</v>
-[...1 lines deleted...]
-      <c r="H88"/>
+        <v>340</v>
+      </c>
+      <c r="H88">
+        <v>11.24</v>
+      </c>
       <c r="I88">
-        <v>0.24</v>
+        <v>5.79</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B89" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="C89" t="s">
-        <v>165</v>
+        <v>64</v>
       </c>
       <c r="D89">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>12132</v>
+        <v>99</v>
+      </c>
+      <c r="E89" t="s">
+        <v>343</v>
       </c>
       <c r="F89">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G89" t="s">
-        <v>341</v>
-[...1 lines deleted...]
-      <c r="H89"/>
+        <v>344</v>
+      </c>
+      <c r="H89">
+        <v>3.58</v>
+      </c>
       <c r="I89">
-        <v>0.24</v>
+        <v>1.81</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="B90" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="C90" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="D90">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>99</v>
+      </c>
+      <c r="E90">
+        <v>125416</v>
       </c>
       <c r="F90">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G90" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="H90">
-        <v>7.14</v>
+        <v>3.58</v>
       </c>
       <c r="I90">
-        <v>2.98</v>
+        <v>1.81</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="B91" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="C91" t="s">
-        <v>165</v>
+        <v>188</v>
       </c>
       <c r="D91">
-        <v>1092</v>
+        <v>1124</v>
       </c>
       <c r="E91" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="F91">
         <v>2018</v>
       </c>
       <c r="G91" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="H91"/>
       <c r="I91">
         <v>0.24</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="B92" t="s">
-        <v>316</v>
+        <v>265</v>
       </c>
       <c r="C92" t="s">
-        <v>165</v>
-[...6 lines deleted...]
-      </c>
+        <v>353</v>
+      </c>
+      <c r="D92"/>
+      <c r="E92"/>
       <c r="F92">
         <v>2018</v>
       </c>
       <c r="G92" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="H92"/>
-      <c r="I92">
-[...1 lines deleted...]
-      </c>
+      <c r="I92"/>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="B93" t="s">
+        <v>287</v>
+      </c>
+      <c r="C93" t="s">
         <v>353</v>
       </c>
-      <c r="C93" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D93"/>
+      <c r="E93"/>
       <c r="F93">
         <v>2018</v>
       </c>
       <c r="G93" t="s">
         <v>356</v>
       </c>
-      <c r="H93">
-[...4 lines deleted...]
-      </c>
+      <c r="H93"/>
+      <c r="I93"/>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
         <v>357</v>
       </c>
       <c r="B94" t="s">
-        <v>280</v>
+        <v>358</v>
       </c>
       <c r="C94" t="s">
-        <v>165</v>
-[...5 lines deleted...]
-        <v>12019</v>
+        <v>359</v>
+      </c>
+      <c r="D94" t="s">
+        <v>360</v>
+      </c>
+      <c r="E94" t="s">
+        <v>361</v>
       </c>
       <c r="F94">
         <v>2018</v>
       </c>
       <c r="G94" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="H94"/>
-      <c r="I94">
-[...1 lines deleted...]
-      </c>
+      <c r="I94"/>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="B95" t="s">
-        <v>332</v>
+        <v>358</v>
       </c>
       <c r="C95" t="s">
-        <v>165</v>
+        <v>188</v>
       </c>
       <c r="D95">
-        <v>993</v>
+        <v>1092</v>
       </c>
       <c r="E95">
-        <v>12022</v>
+        <v>12105</v>
       </c>
       <c r="F95">
         <v>2018</v>
       </c>
       <c r="G95" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="H95"/>
       <c r="I95">
         <v>0.24</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="B96" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="C96" t="s">
-        <v>44</v>
+        <v>188</v>
       </c>
       <c r="D96">
-        <v>11</v>
+        <v>1092</v>
       </c>
       <c r="E96">
-        <v>1700168</v>
+        <v>12132</v>
       </c>
       <c r="F96">
         <v>2018</v>
       </c>
       <c r="G96" t="s">
-        <v>363</v>
-[...3 lines deleted...]
-      </c>
+        <v>367</v>
+      </c>
+      <c r="H96"/>
       <c r="I96">
-        <v>3.82</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="B97" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C97" t="s">
-        <v>366</v>
+        <v>50</v>
       </c>
       <c r="D97">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="E97" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="F97">
         <v>2018</v>
       </c>
       <c r="G97" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="H97">
-        <v>3.76</v>
+        <v>7.14</v>
       </c>
       <c r="I97">
-        <v>1.04</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="B98" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="C98" t="s">
-        <v>40</v>
+        <v>188</v>
       </c>
       <c r="D98">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>85414</v>
+        <v>1092</v>
+      </c>
+      <c r="E98" t="s">
+        <v>373</v>
       </c>
       <c r="F98">
         <v>2018</v>
       </c>
       <c r="G98" t="s">
-        <v>371</v>
-[...3 lines deleted...]
-      </c>
+        <v>374</v>
+      </c>
+      <c r="H98"/>
       <c r="I98">
-        <v>1.5</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B99" t="s">
-        <v>373</v>
+        <v>342</v>
       </c>
       <c r="C99" t="s">
-        <v>374</v>
-[...2 lines deleted...]
-      <c r="E99"/>
+        <v>188</v>
+      </c>
+      <c r="D99">
+        <v>1092</v>
+      </c>
+      <c r="E99" t="s">
+        <v>376</v>
+      </c>
       <c r="F99">
         <v>2018</v>
       </c>
       <c r="G99" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="H99"/>
-      <c r="I99"/>
+      <c r="I99">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="B100" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="C100" t="s">
-        <v>374</v>
-[...2 lines deleted...]
-      <c r="E100"/>
+        <v>380</v>
+      </c>
+      <c r="D100">
+        <v>20</v>
+      </c>
+      <c r="E100" t="s">
+        <v>381</v>
+      </c>
       <c r="F100">
         <v>2018</v>
       </c>
       <c r="G100" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-      <c r="I100"/>
+        <v>382</v>
+      </c>
+      <c r="H100">
+        <v>3.78</v>
+      </c>
+      <c r="I100">
+        <v>1.66</v>
+      </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="B101" t="s">
-        <v>380</v>
+        <v>306</v>
       </c>
       <c r="C101" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-      <c r="E101"/>
+        <v>188</v>
+      </c>
+      <c r="D101">
+        <v>993</v>
+      </c>
+      <c r="E101">
+        <v>12019</v>
+      </c>
       <c r="F101">
         <v>2018</v>
       </c>
       <c r="G101" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="H101"/>
-      <c r="I101"/>
+      <c r="I101">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="B102" t="s">
-        <v>384</v>
+        <v>358</v>
       </c>
       <c r="C102" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-      <c r="E102"/>
+        <v>188</v>
+      </c>
+      <c r="D102">
+        <v>993</v>
+      </c>
+      <c r="E102">
+        <v>12022</v>
+      </c>
       <c r="F102">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G102" t="s">
         <v>386</v>
       </c>
       <c r="H102"/>
-      <c r="I102"/>
+      <c r="I102">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
         <v>387</v>
       </c>
       <c r="B103" t="s">
         <v>388</v>
       </c>
       <c r="C103" t="s">
-        <v>165</v>
+        <v>68</v>
       </c>
       <c r="D103">
-        <v>917</v>
+        <v>11</v>
       </c>
       <c r="E103">
-        <v>62056</v>
+        <v>1700168</v>
       </c>
       <c r="F103">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G103" t="s">
         <v>389</v>
       </c>
-      <c r="H103"/>
+      <c r="H103">
+        <v>9.06</v>
+      </c>
       <c r="I103">
-        <v>0.24</v>
+        <v>3.82</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
         <v>390</v>
       </c>
       <c r="B104" t="s">
         <v>391</v>
       </c>
       <c r="C104" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-      <c r="E104"/>
+        <v>392</v>
+      </c>
+      <c r="D104">
+        <v>11</v>
+      </c>
+      <c r="E104" t="s">
+        <v>393</v>
+      </c>
       <c r="F104">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G104" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-      <c r="I104"/>
+        <v>394</v>
+      </c>
+      <c r="H104">
+        <v>3.76</v>
+      </c>
+      <c r="I104">
+        <v>1.04</v>
+      </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="B105" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="C105" t="s">
-        <v>395</v>
-[...2 lines deleted...]
-      <c r="E105"/>
+        <v>64</v>
+      </c>
+      <c r="D105">
+        <v>97</v>
+      </c>
+      <c r="E105">
+        <v>85414</v>
+      </c>
       <c r="F105">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G105" t="s">
-        <v>396</v>
-[...2 lines deleted...]
-      <c r="I105"/>
+        <v>397</v>
+      </c>
+      <c r="H105">
+        <v>3.74</v>
+      </c>
+      <c r="I105">
+        <v>1.5</v>
+      </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B106" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C106" t="s">
-        <v>227</v>
-[...6 lines deleted...]
-      </c>
+        <v>400</v>
+      </c>
+      <c r="D106"/>
+      <c r="E106"/>
       <c r="F106">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G106" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="H106"/>
-      <c r="I106">
-[...1 lines deleted...]
-      </c>
+      <c r="I106"/>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
+        <v>402</v>
+      </c>
+      <c r="B107" t="s">
+        <v>403</v>
+      </c>
+      <c r="C107" t="s">
         <v>400</v>
       </c>
-      <c r="B107" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="D107"/>
+      <c r="E107"/>
       <c r="F107">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G107" t="s">
         <v>404</v>
       </c>
-      <c r="H107">
-[...4 lines deleted...]
-      </c>
+      <c r="H107"/>
+      <c r="I107"/>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
         <v>405</v>
       </c>
       <c r="B108" t="s">
-        <v>231</v>
+        <v>406</v>
       </c>
       <c r="C108" t="s">
-        <v>40</v>
-[...6 lines deleted...]
-      </c>
+        <v>407</v>
+      </c>
+      <c r="D108"/>
+      <c r="E108"/>
       <c r="F108">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G108" t="s">
-        <v>406</v>
-[...3 lines deleted...]
-      </c>
+        <v>408</v>
+      </c>
+      <c r="H108"/>
       <c r="I108"/>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B109" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="C109" t="s">
-        <v>227</v>
-[...6 lines deleted...]
-      </c>
+        <v>411</v>
+      </c>
+      <c r="D109"/>
+      <c r="E109"/>
       <c r="F109">
         <v>2017</v>
       </c>
       <c r="G109" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="H109"/>
-      <c r="I109">
-[...1 lines deleted...]
-      </c>
+      <c r="I109"/>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B110" t="s">
-        <v>353</v>
+        <v>414</v>
       </c>
       <c r="C110" t="s">
-        <v>79</v>
+        <v>188</v>
       </c>
       <c r="D110">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>411</v>
+        <v>917</v>
+      </c>
+      <c r="E110">
+        <v>62056</v>
       </c>
       <c r="F110">
         <v>2017</v>
       </c>
       <c r="G110" t="s">
-        <v>412</v>
-[...3 lines deleted...]
-      </c>
+        <v>415</v>
+      </c>
+      <c r="H110"/>
       <c r="I110">
-        <v>7.45</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B111" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="C111" t="s">
-        <v>79</v>
-[...6 lines deleted...]
-      </c>
+        <v>411</v>
+      </c>
+      <c r="D111"/>
+      <c r="E111"/>
       <c r="F111">
         <v>2017</v>
       </c>
       <c r="G111" t="s">
-        <v>417</v>
-[...6 lines deleted...]
-      </c>
+        <v>418</v>
+      </c>
+      <c r="H111"/>
+      <c r="I111"/>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B112" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C112" t="s">
-        <v>79</v>
-[...6 lines deleted...]
-      </c>
+        <v>421</v>
+      </c>
+      <c r="D112"/>
+      <c r="E112"/>
       <c r="F112">
         <v>2017</v>
       </c>
       <c r="G112" t="s">
-        <v>421</v>
-[...6 lines deleted...]
-      </c>
+        <v>422</v>
+      </c>
+      <c r="H112"/>
+      <c r="I112"/>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B113" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C113" t="s">
-        <v>79</v>
+        <v>253</v>
       </c>
       <c r="D113">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>424</v>
+        <v>1874</v>
+      </c>
+      <c r="E113">
+        <v>40005</v>
       </c>
       <c r="F113">
         <v>2017</v>
       </c>
       <c r="G113" t="s">
         <v>425</v>
       </c>
-      <c r="H113">
-[...1 lines deleted...]
-      </c>
+      <c r="H113"/>
       <c r="I113">
-        <v>7.45</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
         <v>426</v>
       </c>
       <c r="B114" t="s">
         <v>427</v>
       </c>
       <c r="C114" t="s">
         <v>428</v>
       </c>
       <c r="D114">
-        <v>34</v>
+        <v>6</v>
       </c>
       <c r="E114" t="s">
         <v>429</v>
       </c>
       <c r="F114">
         <v>2017</v>
       </c>
       <c r="G114" t="s">
         <v>430</v>
       </c>
       <c r="H114">
-        <v>1.84</v>
+        <v>14.1</v>
       </c>
       <c r="I114">
-        <v>0.85</v>
+        <v>5.58</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
         <v>431</v>
       </c>
       <c r="B115" t="s">
-        <v>353</v>
+        <v>265</v>
       </c>
       <c r="C115" t="s">
-        <v>432</v>
+        <v>64</v>
       </c>
       <c r="D115">
-        <v>13</v>
+        <v>96</v>
       </c>
       <c r="E115">
-        <v>4</v>
+        <v>115162</v>
       </c>
       <c r="F115">
         <v>2017</v>
       </c>
       <c r="G115" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="H115">
-        <v>1.25</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.81</v>
+      </c>
+      <c r="I115"/>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
+        <v>433</v>
+      </c>
+      <c r="B116" t="s">
         <v>434</v>
       </c>
-      <c r="B116" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C116" t="s">
-        <v>40</v>
+        <v>253</v>
       </c>
       <c r="D116">
-        <v>94</v>
+        <v>1874</v>
       </c>
       <c r="E116">
-        <v>245416</v>
+        <v>30035</v>
       </c>
       <c r="F116">
         <v>2017</v>
       </c>
       <c r="G116" t="s">
         <v>435</v>
       </c>
-      <c r="H116">
-[...2 lines deleted...]
-      <c r="I116"/>
+      <c r="H116"/>
+      <c r="I116">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
         <v>436</v>
       </c>
       <c r="B117" t="s">
+        <v>379</v>
+      </c>
+      <c r="C117" t="s">
+        <v>102</v>
+      </c>
+      <c r="D117">
+        <v>17</v>
+      </c>
+      <c r="E117" t="s">
         <v>437</v>
       </c>
-      <c r="C117" t="s">
+      <c r="F117">
+        <v>2017</v>
+      </c>
+      <c r="G117" t="s">
         <v>438</v>
       </c>
-      <c r="D117"/>
-[...10 lines deleted...]
-      <c r="I117"/>
+      <c r="H117">
+        <v>12.08</v>
+      </c>
+      <c r="I117">
+        <v>7.45</v>
+      </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
+        <v>439</v>
+      </c>
+      <c r="B118" t="s">
+        <v>440</v>
+      </c>
+      <c r="C118" t="s">
+        <v>102</v>
+      </c>
+      <c r="D118" t="s">
         <v>441</v>
       </c>
-      <c r="B118" t="s">
+      <c r="E118" t="s">
         <v>442</v>
       </c>
-      <c r="C118" t="s">
-[...3 lines deleted...]
-      <c r="E118" t="s">
+      <c r="F118">
+        <v>2017</v>
+      </c>
+      <c r="G118" t="s">
         <v>443</v>
       </c>
-      <c r="F118">
-[...6 lines deleted...]
-      <c r="I118"/>
+      <c r="H118">
+        <v>12.08</v>
+      </c>
+      <c r="I118">
+        <v>7.45</v>
+      </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
+        <v>444</v>
+      </c>
+      <c r="B119" t="s">
         <v>445</v>
       </c>
-      <c r="B119" t="s">
+      <c r="C119" t="s">
+        <v>102</v>
+      </c>
+      <c r="D119">
+        <v>17</v>
+      </c>
+      <c r="E119" t="s">
         <v>446</v>
       </c>
-      <c r="C119" t="s">
-[...3 lines deleted...]
-      <c r="E119" t="s">
+      <c r="F119">
+        <v>2017</v>
+      </c>
+      <c r="G119" t="s">
         <v>447</v>
       </c>
-      <c r="F119">
-[...6 lines deleted...]
-      <c r="I119"/>
+      <c r="H119">
+        <v>12.08</v>
+      </c>
+      <c r="I119">
+        <v>7.45</v>
+      </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
+        <v>448</v>
+      </c>
+      <c r="B120" t="s">
         <v>449</v>
       </c>
-      <c r="B120" t="s">
+      <c r="C120" t="s">
+        <v>102</v>
+      </c>
+      <c r="D120">
+        <v>17</v>
+      </c>
+      <c r="E120" t="s">
         <v>450</v>
       </c>
-      <c r="C120" t="s">
-[...3 lines deleted...]
-      <c r="E120" t="s">
+      <c r="F120">
+        <v>2017</v>
+      </c>
+      <c r="G120" t="s">
         <v>451</v>
       </c>
-      <c r="F120">
-[...6 lines deleted...]
-      <c r="I120"/>
+      <c r="H120">
+        <v>12.08</v>
+      </c>
+      <c r="I120">
+        <v>7.45</v>
+      </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
+        <v>452</v>
+      </c>
+      <c r="B121" t="s">
         <v>453</v>
       </c>
-      <c r="B121" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C121" t="s">
-        <v>40</v>
+        <v>454</v>
       </c>
       <c r="D121">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>205127</v>
+        <v>34</v>
+      </c>
+      <c r="E121" t="s">
+        <v>455</v>
       </c>
       <c r="F121">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G121" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="H121">
-        <v>3.84</v>
-[...1 lines deleted...]
-      <c r="I121"/>
+        <v>1.84</v>
+      </c>
+      <c r="I121">
+        <v>0.85</v>
+      </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B122" t="s">
-        <v>456</v>
+        <v>379</v>
       </c>
       <c r="C122" t="s">
-        <v>19</v>
+        <v>458</v>
       </c>
       <c r="D122">
-        <v>108</v>
+        <v>13</v>
       </c>
       <c r="E122">
-        <v>211105</v>
+        <v>4</v>
       </c>
       <c r="F122">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G122" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="H122">
-        <v>3.41</v>
+        <v>1.25</v>
       </c>
       <c r="I122">
-        <v>1.67</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B123" t="s">
-        <v>459</v>
+        <v>379</v>
       </c>
       <c r="C123" t="s">
-        <v>460</v>
+        <v>64</v>
       </c>
       <c r="D123">
-        <v>6</v>
+        <v>94</v>
       </c>
       <c r="E123">
-        <v>22136</v>
+        <v>245416</v>
       </c>
       <c r="F123">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G123" t="s">
         <v>461</v>
       </c>
       <c r="H123">
-        <v>4.26</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.81</v>
+      </c>
+      <c r="I123"/>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
         <v>462</v>
       </c>
       <c r="B124" t="s">
         <v>463</v>
       </c>
       <c r="C124" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>464</v>
+      </c>
+      <c r="D124"/>
       <c r="E124" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="F124">
         <v>2016</v>
       </c>
       <c r="G124" t="s">
-        <v>465</v>
-[...6 lines deleted...]
-      </c>
+        <v>466</v>
+      </c>
+      <c r="H124"/>
+      <c r="I124"/>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="B125" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="C125" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="D125"/>
-      <c r="E125"/>
+      <c r="E125" t="s">
+        <v>469</v>
+      </c>
       <c r="F125">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G125" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="H125"/>
       <c r="I125"/>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B126" t="s">
-        <v>463</v>
+        <v>472</v>
       </c>
       <c r="C126" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="D126"/>
-      <c r="E126"/>
+      <c r="E126" t="s">
+        <v>473</v>
+      </c>
       <c r="F126">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G126" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="H126"/>
       <c r="I126"/>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B127" t="s">
-        <v>265</v>
+        <v>476</v>
       </c>
       <c r="C127" t="s">
-        <v>473</v>
-[...3 lines deleted...]
-      </c>
+        <v>464</v>
+      </c>
+      <c r="D127"/>
       <c r="E127" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="F127">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G127" t="s">
-        <v>475</v>
-[...6 lines deleted...]
-      </c>
+        <v>478</v>
+      </c>
+      <c r="H127"/>
+      <c r="I127"/>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B128" t="s">
-        <v>477</v>
+        <v>379</v>
       </c>
       <c r="C128" t="s">
-        <v>40</v>
+        <v>64</v>
       </c>
       <c r="D128">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E128">
-        <v>155415</v>
+        <v>205127</v>
       </c>
       <c r="F128">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G128" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="H128">
-        <v>3.72</v>
+        <v>3.84</v>
       </c>
       <c r="I128"/>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B129" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="C129" t="s">
-        <v>481</v>
+        <v>38</v>
       </c>
       <c r="D129">
-        <v>9502</v>
+        <v>108</v>
       </c>
       <c r="E129">
-        <v>950203</v>
+        <v>211105</v>
       </c>
       <c r="F129">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G129" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="H129"/>
+        <v>483</v>
+      </c>
+      <c r="H129">
+        <v>3.41</v>
+      </c>
       <c r="I129">
-        <v>0.25</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B130" t="s">
-        <v>353</v>
+        <v>485</v>
       </c>
       <c r="C130" t="s">
-        <v>36</v>
+        <v>486</v>
       </c>
       <c r="D130">
-        <v>91</v>
+        <v>6</v>
       </c>
       <c r="E130">
-        <v>23821</v>
+        <v>22136</v>
       </c>
       <c r="F130">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G130" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="H130">
-        <v>2.77</v>
+        <v>4.26</v>
       </c>
       <c r="I130">
-        <v>2.2</v>
+        <v>1.69</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="B131" t="s">
-        <v>353</v>
+        <v>489</v>
       </c>
       <c r="C131" t="s">
-        <v>486</v>
+        <v>68</v>
       </c>
       <c r="D131">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="E131" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F131">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="G131" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="H131">
-        <v>0.82</v>
+        <v>8.43</v>
       </c>
       <c r="I131">
-        <v>0.47</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="B132" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="C132" t="s">
-        <v>491</v>
-[...6 lines deleted...]
-      </c>
+        <v>494</v>
+      </c>
+      <c r="D132"/>
+      <c r="E132"/>
       <c r="F132">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="G132" t="s">
-        <v>492</v>
-[...6 lines deleted...]
-      </c>
+        <v>495</v>
+      </c>
+      <c r="H132"/>
+      <c r="I132"/>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="B133" t="s">
-        <v>353</v>
+        <v>489</v>
       </c>
       <c r="C133" t="s">
-        <v>491</v>
-[...6 lines deleted...]
-      </c>
+        <v>494</v>
+      </c>
+      <c r="D133"/>
+      <c r="E133"/>
       <c r="F133">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="G133" t="s">
-        <v>494</v>
-[...6 lines deleted...]
-      </c>
+        <v>497</v>
+      </c>
+      <c r="H133"/>
+      <c r="I133"/>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="B134" t="s">
-        <v>353</v>
+        <v>291</v>
       </c>
       <c r="C134" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="D134">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>45302</v>
+        <v>9</v>
+      </c>
+      <c r="E134" t="s">
+        <v>500</v>
       </c>
       <c r="F134">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="G134" t="s">
-        <v>497</v>
-[...2 lines deleted...]
-      <c r="I134"/>
+        <v>501</v>
+      </c>
+      <c r="H134">
+        <v>2.14</v>
+      </c>
+      <c r="I134">
+        <v>1.16</v>
+      </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="B135" t="s">
-        <v>353</v>
+        <v>503</v>
       </c>
       <c r="C135" t="s">
-        <v>499</v>
+        <v>64</v>
       </c>
       <c r="D135">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>500</v>
+        <v>92</v>
+      </c>
+      <c r="E135">
+        <v>155415</v>
       </c>
       <c r="F135">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="G135" t="s">
-        <v>501</v>
-[...1 lines deleted...]
-      <c r="H135"/>
+        <v>504</v>
+      </c>
+      <c r="H135">
+        <v>3.72</v>
+      </c>
       <c r="I135"/>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="B136" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="C136" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="D136">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>505</v>
+        <v>9502</v>
+      </c>
+      <c r="E136">
+        <v>950203</v>
       </c>
       <c r="F136">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="G136" t="s">
-        <v>506</v>
-[...3 lines deleted...]
-      </c>
+        <v>508</v>
+      </c>
+      <c r="H136"/>
       <c r="I136">
-        <v>0.2</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B137" t="s">
-        <v>508</v>
+        <v>379</v>
       </c>
       <c r="C137" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="D137">
-        <v>112</v>
+        <v>91</v>
       </c>
       <c r="E137">
-        <v>43101</v>
+        <v>23821</v>
       </c>
       <c r="F137">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="G137" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="H137">
-        <v>2.21</v>
+        <v>2.77</v>
       </c>
       <c r="I137">
-        <v>1.31</v>
+        <v>2.2</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="B138" t="s">
-        <v>353</v>
+        <v>379</v>
       </c>
       <c r="C138" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="D138">
-        <v>249</v>
+        <v>56</v>
       </c>
       <c r="E138" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="F138">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="G138" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="H138">
-        <v>1.32</v>
+        <v>0.82</v>
       </c>
       <c r="I138">
-        <v>0.93</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B139" t="s">
-        <v>353</v>
+        <v>516</v>
       </c>
       <c r="C139" t="s">
-        <v>27</v>
+        <v>517</v>
       </c>
       <c r="D139">
-        <v>111</v>
+        <v>8</v>
       </c>
       <c r="E139">
-        <v>104307</v>
+        <v>260</v>
       </c>
       <c r="F139">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G139" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="H139">
-        <v>2.21</v>
+        <v>2.48</v>
       </c>
       <c r="I139">
-        <v>1.31</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="B140" t="s">
-        <v>503</v>
+        <v>379</v>
       </c>
       <c r="C140" t="s">
         <v>517</v>
       </c>
       <c r="D140">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="E140">
-        <v>1250069</v>
+        <v>324</v>
       </c>
       <c r="F140">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G140" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="H140">
-        <v>0.4</v>
+        <v>2.48</v>
       </c>
       <c r="I140">
-        <v>0.53</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B141" t="s">
-        <v>353</v>
+        <v>379</v>
       </c>
       <c r="C141" t="s">
-        <v>27</v>
+        <v>522</v>
       </c>
       <c r="D141">
-        <v>109</v>
+        <v>46</v>
       </c>
       <c r="E141">
-        <v>94108</v>
+        <v>45302</v>
       </c>
       <c r="F141">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G141" t="s">
-        <v>520</v>
-[...6 lines deleted...]
-      </c>
+        <v>523</v>
+      </c>
+      <c r="H141"/>
+      <c r="I141"/>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="B142" t="s">
-        <v>353</v>
+        <v>379</v>
       </c>
       <c r="C142" t="s">
-        <v>27</v>
+        <v>525</v>
       </c>
       <c r="D142">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>11101</v>
+        <v>12</v>
+      </c>
+      <c r="E142" t="s">
+        <v>526</v>
       </c>
       <c r="F142">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G142" t="s">
-        <v>522</v>
-[...6 lines deleted...]
-      </c>
+        <v>527</v>
+      </c>
+      <c r="H142"/>
+      <c r="I142"/>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="B143" t="s">
-        <v>353</v>
+        <v>529</v>
       </c>
       <c r="C143" t="s">
-        <v>524</v>
+        <v>530</v>
       </c>
       <c r="D143">
-        <v>36</v>
+        <v>6</v>
       </c>
       <c r="E143" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="F143">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="G143" t="s">
-        <v>526</v>
+        <v>532</v>
       </c>
       <c r="H143">
-        <v>0.5</v>
+        <v>0.21</v>
       </c>
       <c r="I143">
-        <v>0.18</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
-        <v>527</v>
+        <v>533</v>
       </c>
       <c r="B144" t="s">
-        <v>353</v>
+        <v>534</v>
       </c>
       <c r="C144" t="s">
-        <v>528</v>
+        <v>46</v>
       </c>
       <c r="D144">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>529</v>
+        <v>112</v>
+      </c>
+      <c r="E144">
+        <v>43101</v>
       </c>
       <c r="F144">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="G144" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="H144">
-        <v>4.52</v>
+        <v>2.21</v>
       </c>
       <c r="I144">
-        <v>2.46</v>
+        <v>1.31</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="B145" t="s">
-        <v>353</v>
+        <v>379</v>
       </c>
       <c r="C145" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="D145">
-        <v>10</v>
+        <v>249</v>
       </c>
       <c r="E145" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="F145">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="G145" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="H145">
-        <v>0.72</v>
-[...1 lines deleted...]
-      <c r="I145"/>
+        <v>1.32</v>
+      </c>
+      <c r="I145">
+        <v>0.93</v>
+      </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="B146" t="s">
-        <v>353</v>
+        <v>379</v>
       </c>
       <c r="C146" t="s">
-        <v>536</v>
+        <v>46</v>
       </c>
       <c r="D146">
+        <v>111</v>
+      </c>
+      <c r="E146">
+        <v>104307</v>
+      </c>
+      <c r="F146">
+        <v>2012</v>
+      </c>
+      <c r="G146" t="s">
+        <v>541</v>
+      </c>
+      <c r="H146">
+        <v>2.21</v>
+      </c>
+      <c r="I146">
+        <v>1.31</v>
+      </c>
+    </row>
+    <row r="147" spans="1:9">
+      <c r="A147" t="s">
+        <v>542</v>
+      </c>
+      <c r="B147" t="s">
+        <v>529</v>
+      </c>
+      <c r="C147" t="s">
+        <v>543</v>
+      </c>
+      <c r="D147">
+        <v>21</v>
+      </c>
+      <c r="E147">
+        <v>1250069</v>
+      </c>
+      <c r="F147">
+        <v>2012</v>
+      </c>
+      <c r="G147" t="s">
+        <v>544</v>
+      </c>
+      <c r="H147">
+        <v>0.4</v>
+      </c>
+      <c r="I147">
+        <v>0.53</v>
+      </c>
+    </row>
+    <row r="148" spans="1:9">
+      <c r="A148" t="s">
+        <v>545</v>
+      </c>
+      <c r="B148" t="s">
+        <v>379</v>
+      </c>
+      <c r="C148" t="s">
+        <v>46</v>
+      </c>
+      <c r="D148">
+        <v>109</v>
+      </c>
+      <c r="E148">
+        <v>94108</v>
+      </c>
+      <c r="F148">
+        <v>2011</v>
+      </c>
+      <c r="G148" t="s">
+        <v>546</v>
+      </c>
+      <c r="H148">
+        <v>2.17</v>
+      </c>
+      <c r="I148">
+        <v>1.37</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9">
+      <c r="A149" t="s">
+        <v>547</v>
+      </c>
+      <c r="B149" t="s">
+        <v>379</v>
+      </c>
+      <c r="C149" t="s">
+        <v>46</v>
+      </c>
+      <c r="D149">
+        <v>109</v>
+      </c>
+      <c r="E149">
+        <v>11101</v>
+      </c>
+      <c r="F149">
+        <v>2011</v>
+      </c>
+      <c r="G149" t="s">
+        <v>548</v>
+      </c>
+      <c r="H149">
+        <v>2.17</v>
+      </c>
+      <c r="I149">
+        <v>1.37</v>
+      </c>
+    </row>
+    <row r="150" spans="1:9">
+      <c r="A150" t="s">
+        <v>549</v>
+      </c>
+      <c r="B150" t="s">
+        <v>379</v>
+      </c>
+      <c r="C150" t="s">
+        <v>550</v>
+      </c>
+      <c r="D150">
+        <v>36</v>
+      </c>
+      <c r="E150" t="s">
+        <v>551</v>
+      </c>
+      <c r="F150">
+        <v>2010</v>
+      </c>
+      <c r="G150" t="s">
+        <v>552</v>
+      </c>
+      <c r="H150">
+        <v>0.5</v>
+      </c>
+      <c r="I150">
+        <v>0.18</v>
+      </c>
+    </row>
+    <row r="151" spans="1:9">
+      <c r="A151" t="s">
+        <v>553</v>
+      </c>
+      <c r="B151" t="s">
+        <v>379</v>
+      </c>
+      <c r="C151" t="s">
+        <v>554</v>
+      </c>
+      <c r="D151">
+        <v>114</v>
+      </c>
+      <c r="E151" t="s">
+        <v>555</v>
+      </c>
+      <c r="F151">
+        <v>2010</v>
+      </c>
+      <c r="G151" t="s">
+        <v>556</v>
+      </c>
+      <c r="H151">
+        <v>4.52</v>
+      </c>
+      <c r="I151">
+        <v>2.46</v>
+      </c>
+    </row>
+    <row r="152" spans="1:9">
+      <c r="A152" t="s">
+        <v>557</v>
+      </c>
+      <c r="B152" t="s">
+        <v>379</v>
+      </c>
+      <c r="C152" t="s">
+        <v>558</v>
+      </c>
+      <c r="D152">
         <v>55</v>
       </c>
-      <c r="E146" t="s">
-[...2 lines deleted...]
-      <c r="F146">
+      <c r="E152" t="s">
+        <v>559</v>
+      </c>
+      <c r="F152">
         <v>2010</v>
       </c>
-      <c r="G146" t="s">
-[...2 lines deleted...]
-      <c r="H146">
+      <c r="G152" t="s">
+        <v>560</v>
+      </c>
+      <c r="H152">
         <v>0.54</v>
       </c>
-      <c r="I146">
+      <c r="I152">
         <v>0.16</v>
       </c>
+    </row>
+    <row r="153" spans="1:9">
+      <c r="A153" t="s">
+        <v>561</v>
+      </c>
+      <c r="B153" t="s">
+        <v>379</v>
+      </c>
+      <c r="C153" t="s">
+        <v>562</v>
+      </c>
+      <c r="D153">
+        <v>10</v>
+      </c>
+      <c r="E153" t="s">
+        <v>563</v>
+      </c>
+      <c r="F153">
+        <v>2010</v>
+      </c>
+      <c r="G153" t="s">
+        <v>564</v>
+      </c>
+      <c r="H153">
+        <v>0.72</v>
+      </c>
+      <c r="I153"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>