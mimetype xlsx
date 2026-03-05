--- v2 (2025-11-29)
+++ v3 (2026-03-05)
@@ -12,79 +12,106 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="565">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="573">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Experimental Investigation of Acoustic Kerker Effect in Labyrinthine Resonators</t>
+  </si>
+  <si>
+    <t>Iuliia Timankova, Mikhail Smagin, Mikhail Kuzmin, Andrey Lutovinov, Andrey Bogdanov, Yanxiu Li, Mihail Petrov</t>
+  </si>
+  <si>
+    <t>JETP Letters</t>
+  </si>
+  <si>
+    <t>10.1134/s0021364025609674</t>
+  </si>
+  <si>
+    <t>Directional Scattering of Acoustic Waves: Acoustomechanical Forces and Acoustical Lift Effect</t>
+  </si>
+  <si>
+    <t>Mikhail Smagin, Iuliia Timankova, Mikhail Kuzmin, Vladimir Igoshin, Andrey Lutovinov, Ivan Toftul, Konstantin Y Bliokh, Mihail Petrov</t>
+  </si>
+  <si>
+    <t>2025 Photonics &amp;amp;amp; Electromagnetics Research Symposium - Spring (PIERS-Spring)</t>
+  </si>
+  <si>
+    <t>1-8</t>
+  </si>
+  <si>
+    <t>10.1109/piers-spring66516.2025.11276554</t>
+  </si>
+  <si>
     <t>Light structuring via nonlinear total angular momentum addition with flat optics</t>
   </si>
   <si>
     <t>Evgenii Menshikov, Paolo Franceschini, Kristina Frizyuk, Ivan Fernandez-Corbaton, Andrea Tognazzi, Alfonso Carmelo Cino, Denis Garoli, Mihail Petrov, Domenico de Ceglia, Costantino De Angelis</t>
   </si>
   <si>
     <t>Light: Science &amp; Applications</t>
   </si>
   <si>
     <t>10.1038/s41377-025-02004-8</t>
   </si>
   <si>
     <t>Optical spintronics: Towards optical communication without energy transfer</t>
   </si>
   <si>
     <t>Ilya Deriy, Mihail Petrov, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2025.101458</t>
   </si>
   <si>
     <t>Ultrafast all-optical switching in nonlinear 3R-MoS2 van der Waals metasurfaces</t>
@@ -572,59 +599,71 @@
   <si>
     <t>Multipole Born series approach to light scattering by Mie-resonant nanoparticle structures</t>
   </si>
   <si>
     <t>Nikita Ustimenko, Kseniia Baryshnikova, Andrei Evlyukhin, Mihail Petrov</t>
   </si>
   <si>
     <t>Journal of Optics</t>
   </si>
   <si>
     <t>035603</t>
   </si>
   <si>
     <t>10.1088/2040-8986/ac4a21</t>
   </si>
   <si>
     <t>High-Q Localized States in Finite Arrays of Subwavelength Resonators</t>
   </si>
   <si>
     <t>Roman Savelev, Yuri Kivshar, Mihail Petrov</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.1c01262</t>
   </si>
   <si>
+    <t>High-Q states in acoustic apple-shaped resonators</t>
+  </si>
+  <si>
+    <t>Vladimir Igoshin, Anastasia Nikitina, Maria Tsimoha, Ivan Toftul, Mihail Petrov, Kristina Frizyuk</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012040</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012040</t>
+  </si>
+  <si>
     <t>Ultrafast laser heating of non-plasmonic nanocylinders</t>
   </si>
   <si>
     <t>Olesya Pashina, Daniil Ryabov, Georgiy Zograf, Sergey Makarov, Mihail Petrov</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012104</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012104</t>
   </si>
   <si>
     <t>Total angular momenta quantization of dielectric sphere modes</t>
   </si>
   <si>
     <t>Ivan Toftul, Kristina Frizyuk, Mihail Petrov</t>
   </si>
   <si>
     <t>012152</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012152</t>
   </si>
   <si>
     <t>Doubly excited states in a chiral waveguide-QED system: description and properties</t>
   </si>
   <si>
     <t>Ekaterina Vlasiuk, Alexander Poddubny, Mihail Petrov</t>
   </si>
   <si>
     <t>012070</t>
@@ -653,62 +692,50 @@
   <si>
     <t>10.1088/1742-6596/2015/1/012129</t>
   </si>
   <si>
     <t>Elastic Trapped Modes in Solid Acoustic Resonators of Various Shapes</t>
   </si>
   <si>
     <t>012032</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012032</t>
   </si>
   <si>
     <t>Application of Born series for modeling of Mie-resonant nanostructures</t>
   </si>
   <si>
     <t>Nikita Ustimenko, Kseniia Baryshnikova, A B Evlyukhin, Mihail Petrov</t>
   </si>
   <si>
     <t>012161</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012161</t>
   </si>
   <si>
-    <t>High-Q states in acoustic apple-shaped resonators</t>
-[...10 lines deleted...]
-  <si>
     <t>Nanomass Sensing via Node Shift Tracing in Vibrations of Coupled Nanowires Enhanced by Fano Resonances</t>
   </si>
   <si>
     <t>Alexey Mozharov, Yury Berdnikov, Nikita Solomonov, Kristina Novikova, Irina Nadoyan, Vitaliy Shkoldin, Alexander Golubok, Denis Kislov, Alexander Shalin, Mihail Petrov, Ivan Mukhin</t>
   </si>
   <si>
     <t>ACS Applied Nano Materials</t>
   </si>
   <si>
     <t>11989-11996</t>
   </si>
   <si>
     <t>10.1021/acsanm.1c02558</t>
   </si>
   <si>
     <t>Opto-thermally controlled beam steering in nonlinear all-dielectric metastructures</t>
   </si>
   <si>
     <t>Davide Rocco, marco gandolfi, Andrea Tognazzi, Olesya Pashina, Georgiy Zograf, Kristina Frizyuk, Carlo Gigli, Giuseppe Leo, Sergey Makarov, Mihail Petrov, Costantino De Angelis</t>
   </si>
   <si>
     <t>Optics Express</t>
   </si>
   <si>
     <t>10.1364/oe.440564</t>
@@ -767,59 +794,71 @@
   <si>
     <t>10.1103/physreva.103.043703</t>
   </si>
   <si>
     <t>Enhanced Raman Scattering for Probing Near‐Field Distribution in All‐Dielectric Nanostructures</t>
   </si>
   <si>
     <t>Georgiy Zograf, Kseniia Baryshnikova, Mihail Petrov, Sergey Makarov</t>
   </si>
   <si>
     <t>Advanced Photonics Research</t>
   </si>
   <si>
     <t>10.1002/adpr.202000139</t>
   </si>
   <si>
     <t>Coupling of Germanium Quantum Dots with Collective Sub-radiant Modes of Silicon Nanopillar Arrays</t>
   </si>
   <si>
     <t>Georg Schmidt, Roman Savelev, Mihail Petrov</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.0c01319</t>
   </si>
   <si>
+    <t>Noise reduction using structures based on coupled Helmholtz resonators</t>
+  </si>
+  <si>
+    <t>Mariia Krasikova, Yuri Baloshin, Alexey Slobozhanyuk, Anton Melnikov, David Powell, Mihail Petrov, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020069</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032103</t>
+  </si>
+  <si>
     <t>Electron beam induced manipulation of single nanoparticles on a non-conductive substrate</t>
   </si>
   <si>
     <t>Filipp Komissarenko, Mihail Petrov, Ivan Mukhin</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020061</t>
   </si>
   <si>
     <t>10.1063/5.0031985</t>
   </si>
   <si>
     <t>Acoustic forces and torques: Directional scattering and acoustic spin</t>
   </si>
   <si>
     <t>Ivan Toftul, Konstantin Bliokh, Mihail Petrov</t>
   </si>
   <si>
     <t>020127</t>
   </si>
   <si>
     <t>10.1063/5.0032100</t>
   </si>
   <si>
     <t>Disorder in one-dimensional array of two-level systems coupled to a waveguiding mode</t>
   </si>
   <si>
     <t>Gleb Fedorovich, Mihail Petrov</t>
   </si>
   <si>
     <t>020031</t>
@@ -827,128 +866,116 @@
   <si>
     <t>10.1063/5.0032487</t>
   </si>
   <si>
     <t>Chiral coupling of dipole transitions in a V-type atom using a plasmonic dimer</t>
   </si>
   <si>
     <t>Mihail Petrov, Ivan Iorsh</t>
   </si>
   <si>
     <t>020064</t>
   </si>
   <si>
     <t>10.1063/5.0031864</t>
   </si>
   <si>
     <t>Thermally induced reshaping of second harmonic radiation patterns from resonant semiconductor nanostructures</t>
   </si>
   <si>
     <t>020033</t>
   </si>
   <si>
     <t>10.1063/5.0031853</t>
   </si>
   <si>
-    <t>Noise reduction using structures based on coupled Helmholtz resonators</t>
-[...10 lines deleted...]
-  <si>
     <t>Gallium Phosphide Nanowires in a Free-Standing, Flexible, and Semitransparent Membrane for Large-Scale Infrared-to-Visible Light Conversion</t>
   </si>
   <si>
     <t>Vladimir V. Fedorov, Alexey Bolshakov, Olga Sergaeva, Vladimir Neplokh, Daria Markina, Stéphanie Bruyère, Grégoire Saerens, Mihail Petrov, Rachel Grange, Sergey Makarov, Ivan Mukhin</t>
   </si>
   <si>
     <t>10624–10632</t>
   </si>
   <si>
     <t>10.1021/acsnano.0c04872</t>
   </si>
   <si>
     <t>Engineering of the Second‐Harmonic Emission Directionality with III–V Semiconductor Rod Nanoantennas</t>
   </si>
   <si>
     <t>Grégoire Saerens, Iek Tang, Mihail Petrov, Kristina Frizyuk, Marc Reig Escalé, Igor Shtrom, Alexey Bouravleuv, George Cirlin, Rachel Grange</t>
   </si>
   <si>
     <t>10.1002/lpor.202000028</t>
   </si>
   <si>
     <t>Manipulation Technique for Precise Transfer of Single Perovskite Nanoparticles</t>
   </si>
   <si>
     <t>Filipp Komissarenko, Georgiy Zograf, Sergey Makarov, Mihail Petrov, Ivan Mukhin</t>
   </si>
   <si>
     <t>Nanomaterials</t>
   </si>
   <si>
     <t>10.3390/nano10071306</t>
   </si>
   <si>
+    <t>Light induced temperature decrease of semiconductor nanoparticle</t>
+  </si>
+  <si>
+    <t>Pavel Tonkaev, Georgiy Zograf, Mihail Petrov, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>012179</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012179</t>
+  </si>
+  <si>
     <t>Second harmonic generation driven by magnetic dipole moment in dielectric nanoparticles of different shapes.</t>
   </si>
   <si>
     <t>Kristina Frizyuk, Mihail Petrov</t>
   </si>
   <si>
     <t>012042</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012042</t>
   </si>
   <si>
     <t>Suppression of high-order multipole moments in a resonant periodic dipole chain</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Mihail Petrov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012070</t>
   </si>
   <si>
-    <t>Light induced temperature decrease of semiconductor nanoparticle</t>
-[...10 lines deleted...]
-  <si>
     <t>Semiconductor resonant all-optical temperature sensor and thermal release trigger of encapsulated anti-cancer drugs for in vitro studies</t>
   </si>
   <si>
     <t>Georgiy Zograf, Margarita Chursina, Mihail Petrov, Pavel Belov, Filipp Komissarenko, Katherine Makarova, Anatoly Pushkarev, Yali Sun, P Ghosh, M Qiu, Sergey Makarov, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>012077</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1410/1/012077</t>
   </si>
   <si>
     <t>Numerical and analytical models for calculating optical forces near auxiliary plasmonic substrates</t>
   </si>
   <si>
     <t>Alexander Shalin, Aleksandra Ivinskaia, Natalia Kostina, Mihail Petrov, Andrey Bogdanov, Sergei Sukhov</t>
   </si>
   <si>
     <t>PROCEEDINGS OF THE INTERNATIONAL CONFERENCE OF COMPUTATIONAL METHODS IN SCIENCES AND ENGINEERING 2019 (ICCMSE-2019)</t>
   </si>
   <si>
     <t>10.1063/1.5137933</t>
   </si>
   <si>
     <t>Self-Trapped Nanoparticle Binding via Waveguide Mode</t>
@@ -992,95 +1019,92 @@
   <si>
     <t>Multipolar origin of bound states in the continuum</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.100.115303</t>
   </si>
   <si>
     <t>Generating Quantum States of Surface Plasmon-Polariton Pairs with a Nonlinear Nanoparticle</t>
   </si>
   <si>
     <t>Nikita Olekhno, Mihail Petrov, Ivan Iorsh, Andrey Sukhorukov</t>
   </si>
   <si>
     <t>Conference on Lasers and Electro-Optics (CLEO)</t>
   </si>
   <si>
     <t>10.1109/CLEOE-EQEC.2019.8872429</t>
   </si>
   <si>
     <t>Revealing Low-Radiative Modes of Nanoresonators with Internal Raman Scattering</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Kristina Frizyuk, Georgiy Zograf, Sergey Makarov, M. A. Baranov, Dmitry Zuev, Valentin Milichko, Ivan Mukhin, Mihail Petrov, Andrei Evlyukhin</t>
   </si>
   <si>
-    <t>JETP Letters</t>
-[...1 lines deleted...]
-  <si>
     <t>25-30</t>
   </si>
   <si>
     <t>10.1134/s0021364019130010</t>
   </si>
   <si>
     <t>Analogue of the Kerker effect for localized modes of discrete high-index dielectric nanowaveguides</t>
   </si>
   <si>
     <t>Roman Savelev, Vitaly Yaroshenko, Mihail Petrov</t>
   </si>
   <si>
     <t>10.1063/1.5087248</t>
   </si>
   <si>
+    <t>Reshaping the Second-Order Polar Response of Hybrid Metal-Dielectric Nanodimers</t>
+  </si>
+  <si>
+    <t>Kristina Frizyuk, Mihail Petrov, Filipp Komissarenko, Ivan Mukhin, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>877-884</t>
+  </si>
+  <si>
+    <t>10.1021/acs.nanolett.8b04089</t>
+  </si>
+  <si>
     <t>Near-field optical microscopy of surface plasmon polaritons excited by silicon nanoantenna</t>
   </si>
   <si>
     <t>Ivan Sinev, Filipp Komissarenko, Ivan Mukhin, Mihail Petrov, Ivan Iorsh, Pavel Belov, Anton Samusev</t>
   </si>
   <si>
     <t>Nanosystems: Physics, Chemistry, Mathematics</t>
   </si>
   <si>
     <t>609-613</t>
   </si>
   <si>
     <t>10.17586/2220-8054-2018-9-5-609-613</t>
   </si>
   <si>
-    <t>Reshaping the Second-Order Polar Response of Hybrid Metal-Dielectric Nanodimers</t>
-[...10 lines deleted...]
-  <si>
     <t>Second-harmonic generation in Mie-resonant dielectric nanoparticles made of noncentrosymmetric materials</t>
   </si>
   <si>
     <t>Kristina Frizyuk, Alexander Poddubny, Mihail Petrov</t>
   </si>
   <si>
     <t>075425</t>
   </si>
   <si>
     <t>10.1103/physrevb.99.075425</t>
   </si>
   <si>
     <t>Optical binding via surface plasmon polariton interference</t>
   </si>
   <si>
     <t>Natalia Kostina, Mihail Petrov, Aleksandra Ivinskaia, Andrey Bogdanov, Ivan Toftul, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.99.125416</t>
   </si>
   <si>
     <t>Second harmonic generation and spontaneous parametric down-conversion in Mie nanoresonators</t>
   </si>
   <si>
     <t>Mihail Petrov, Anna Nikolaeva, Kristina Frizyuk, Nikita Olekhno</t>
@@ -1109,68 +1133,68 @@
   <si>
     <t>Generation of photon and plasmon pairs by a nonlinear semiconductor nanoparticle</t>
   </si>
   <si>
     <t>Nikita Olekhno, Mihail Petrov, Ivan Iorsh</t>
   </si>
   <si>
     <t>OSA Technical Digest (online)</t>
   </si>
   <si>
     <t>Advanced Pho</t>
   </si>
   <si>
     <t>paper NpM2I.</t>
   </si>
   <si>
     <t>10.1364/NP.2018.NpM2I.5</t>
   </si>
   <si>
     <t>Generation of surface plasmon-polariton pairs by a nonlinear nanoparticle</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012105</t>
   </si>
   <si>
+    <t>Optomechanical manipulation with hyperbolic metasurfaces</t>
+  </si>
+  <si>
+    <t>Aleksandra Ivinskaia, Natalia Kostina, Mihail Petrov, Andrey Bogdanov, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>4371-4377</t>
+  </si>
+  <si>
+    <t>10.1021/acsphotonics.8b00775</t>
+  </si>
+  <si>
     <t>Tractor beams at metamaterial substrates</t>
   </si>
   <si>
-    <t>Aleksandra Ivinskaia, Natalia Kostina, Mihail Petrov, Andrey Bogdanov, Alexander Shalin</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1088/1742-6596/1092/1/012132</t>
   </si>
   <si>
-    <t>Optomechanical manipulation with hyperbolic metasurfaces</t>
-[...7 lines deleted...]
-  <si>
     <t>Temporal dynamics of a quantum emitter with multiple excited states in the vicinity of an anisotropic metasurface</t>
   </si>
   <si>
     <t>Ivan Toftul, Alexander Chebykin, Mihail Petrov, Ivan Iorsh</t>
   </si>
   <si>
     <t>012063</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012063</t>
   </si>
   <si>
     <t>Second harmonic generation in nanoparticles with Mie resonances</t>
   </si>
   <si>
     <t>012037</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012037</t>
   </si>
   <si>
     <t>Force of light on a two-level atom near an ultrathin optical fiber</t>
   </si>
   <si>
     <t>Mihail Petrov</t>
@@ -1685,72 +1709,72 @@
   <si>
     <t>Modelling charge transfer dynamics and electric field distribution in glasses during poling and electrostimulated diffusion</t>
   </si>
   <si>
     <t>Technical Physics Letters</t>
   </si>
   <si>
     <t>1028-1031</t>
   </si>
   <si>
     <t>10.1134/S1063785010110167</t>
   </si>
   <si>
     <t>How Does Thermal Poling Affect the Structure of Soda-Lime Glass?</t>
   </si>
   <si>
     <t>Journal of Physical Chemistry C</t>
   </si>
   <si>
     <t>12754-12759</t>
   </si>
   <si>
     <t>10.1021/jp1033905</t>
   </si>
   <si>
+    <t>Dyck and Motzkin triangles with multiplicities</t>
+  </si>
+  <si>
+    <t>Moscow Mathematical Journal</t>
+  </si>
+  <si>
+    <t>611-628</t>
+  </si>
+  <si>
+    <t>10.17323/1609-4514-2010-10-3-611-628</t>
+  </si>
+  <si>
     <t>Ion-exchange characteristics of sodium-calcium-silicate glass: Calculation from mode spectra</t>
   </si>
   <si>
     <t>Technical Physics</t>
   </si>
   <si>
     <t>1447-1452</t>
   </si>
   <si>
     <t>10.1134/S1063784210100087</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.17323/1609-4514-2010-10-3-611-628</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2054,51 +2078,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I153"/>
+  <dimension ref="A1:I155"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="346.773" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="136.681" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -2112,4093 +2136,4141 @@
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
-      <c r="D2">
-[...1 lines deleted...]
-      </c>
+      <c r="D2"/>
       <c r="E2"/>
       <c r="F2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
-        <v>17.78</v>
+        <v>1.53</v>
       </c>
       <c r="I2">
-        <v>6.1</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="D3">
-[...3 lines deleted...]
-        <v>101458</v>
+      <c r="D3"/>
+      <c r="E3" t="s">
+        <v>16</v>
       </c>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
-        <v>16</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D4">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="E4"/>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-      <c r="I4"/>
+        <v>21</v>
+      </c>
+      <c r="H4">
+        <v>17.78</v>
+      </c>
+      <c r="I4">
+        <v>6.1</v>
+      </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C5" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="D5">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="E5"/>
+        <v>67</v>
+      </c>
+      <c r="E5">
+        <v>101458</v>
+      </c>
       <c r="F5">
         <v>2025</v>
       </c>
       <c r="G5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H5">
-        <v>17.78</v>
+        <v>3.01</v>
       </c>
       <c r="I5">
-        <v>6.1</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="D6">
+        <v>2</v>
+      </c>
+      <c r="E6"/>
       <c r="F6">
         <v>2025</v>
       </c>
       <c r="G6" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C7" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="D7">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="E7"/>
       <c r="F7">
         <v>2025</v>
       </c>
       <c r="G7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H7">
-        <v>3.78</v>
+        <v>17.78</v>
       </c>
       <c r="I7">
-        <v>1.52</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C8" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-      <c r="E8"/>
+        <v>35</v>
+      </c>
+      <c r="D8"/>
+      <c r="E8">
+        <v>63</v>
+      </c>
       <c r="F8">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G8" t="s">
-        <v>35</v>
-[...6 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B9" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D9">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="E9"/>
+        <v>50</v>
+      </c>
+      <c r="E9">
+        <v>1735</v>
+      </c>
       <c r="F9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H9">
-        <v>3.79</v>
+        <v>3.78</v>
       </c>
       <c r="I9">
-        <v>1.18</v>
+        <v>1.52</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B10" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D10">
-        <v>6</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="E10"/>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="H10"/>
+        <v>44</v>
+      </c>
+      <c r="H10">
+        <v>4.99</v>
+      </c>
       <c r="I10">
-        <v>3.18</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B11" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D11">
-        <v>136</v>
+        <v>125</v>
       </c>
       <c r="E11"/>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H11">
-        <v>2.55</v>
+        <v>3.79</v>
       </c>
       <c r="I11">
-        <v>0.7</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B12" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D12">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>6</v>
+      </c>
+      <c r="E12">
+        <v>1</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>52</v>
       </c>
-      <c r="H12">
-[...1 lines deleted...]
-      </c>
+      <c r="H12"/>
       <c r="I12">
-        <v>2.74</v>
+        <v>3.18</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>53</v>
       </c>
       <c r="B13" t="s">
         <v>54</v>
       </c>
       <c r="C13" t="s">
         <v>55</v>
       </c>
-      <c r="D13"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D13">
+        <v>136</v>
+      </c>
+      <c r="E13"/>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-      <c r="I13"/>
+        <v>56</v>
+      </c>
+      <c r="H13">
+        <v>2.55</v>
+      </c>
+      <c r="I13">
+        <v>0.7</v>
+      </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>57</v>
+      </c>
+      <c r="B14" t="s">
         <v>58</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>59</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
         <v>60</v>
       </c>
-      <c r="D14">
-[...2 lines deleted...]
-      <c r="E14"/>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>61</v>
       </c>
       <c r="H14">
-        <v>3.14</v>
+        <v>7.53</v>
       </c>
       <c r="I14">
-        <v>1.39</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>62</v>
       </c>
       <c r="B15" t="s">
         <v>63</v>
       </c>
       <c r="C15" t="s">
         <v>64</v>
       </c>
-      <c r="D15">
-[...2 lines deleted...]
-      <c r="E15"/>
+      <c r="D15"/>
+      <c r="E15" t="s">
+        <v>65</v>
+      </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
-        <v>65</v>
-[...6 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B16" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C16" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="D16"/>
+        <v>69</v>
+      </c>
+      <c r="D16">
+        <v>110</v>
+      </c>
       <c r="E16"/>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H16">
-        <v>10.95</v>
+        <v>3.14</v>
       </c>
       <c r="I16">
-        <v>3.17</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B17" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C17" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="D17"/>
+        <v>73</v>
+      </c>
+      <c r="D17">
+        <v>109</v>
+      </c>
       <c r="E17"/>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="H17">
-        <v>9.93</v>
+        <v>4.04</v>
       </c>
       <c r="I17">
-        <v>2.89</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B18" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C18" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="D18"/>
       <c r="E18"/>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H18">
-        <v>0.73</v>
+        <v>10.95</v>
       </c>
       <c r="I18">
-        <v>0.29</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B19" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C19" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="D19"/>
       <c r="E19"/>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="H19">
-        <v>3.91</v>
+        <v>9.93</v>
       </c>
       <c r="I19">
-        <v>1.54</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B20" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="D20">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="E20"/>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="H20">
-        <v>7.08</v>
+        <v>0.73</v>
       </c>
       <c r="I20">
-        <v>2.27</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B21" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C21" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="D21"/>
+        <v>73</v>
+      </c>
+      <c r="D21">
+        <v>109</v>
+      </c>
       <c r="E21"/>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="H21">
-        <v>7.92</v>
+        <v>3.91</v>
       </c>
       <c r="I21">
-        <v>2.12</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B22" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C22" t="s">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="D22">
-        <v>124</v>
-[...1 lines deleted...]
-      <c r="E22"/>
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>92</v>
+      </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="H22">
-        <v>3.97</v>
+        <v>7.08</v>
       </c>
       <c r="I22">
-        <v>1.04</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B23" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C23" t="s">
-        <v>50</v>
-[...6 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="D23"/>
+      <c r="E23"/>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="H23">
-        <v>7.08</v>
+        <v>7.92</v>
       </c>
       <c r="I23">
-        <v>2.27</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B24" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C24" t="s">
-        <v>87</v>
+        <v>47</v>
       </c>
       <c r="D24">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="E24"/>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="H24">
-        <v>7.92</v>
+        <v>3.97</v>
       </c>
       <c r="I24">
-        <v>2.12</v>
+        <v>1.04</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B25" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C25" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-      <c r="E25"/>
+        <v>59</v>
+      </c>
+      <c r="D25">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>103</v>
+      </c>
       <c r="F25">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G25" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="H25">
-        <v>12.26</v>
+        <v>7.08</v>
       </c>
       <c r="I25">
-        <v>3.76</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B26" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C26" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-      <c r="E26"/>
+        <v>96</v>
+      </c>
+      <c r="D26">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>107</v>
+      </c>
       <c r="F26">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G26" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-      <c r="I26"/>
+        <v>108</v>
+      </c>
+      <c r="H26">
+        <v>7.92</v>
+      </c>
+      <c r="I26">
+        <v>2.12</v>
+      </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B27" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C27" t="s">
-        <v>110</v>
-[...6 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="D27"/>
+      <c r="E27"/>
       <c r="F27">
         <v>2023</v>
       </c>
       <c r="G27" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="H27">
-        <v>2.54</v>
+        <v>12.26</v>
       </c>
       <c r="I27">
-        <v>0.56</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B28" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C28" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28">
         <v>2023</v>
       </c>
       <c r="G28" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H28"/>
       <c r="I28"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B29" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C29" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D29">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E29"/>
+        <v>10</v>
+      </c>
+      <c r="E29">
+        <v>1248</v>
+      </c>
       <c r="F29">
         <v>2023</v>
       </c>
       <c r="G29" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="H29">
-        <v>17.46</v>
+        <v>2.54</v>
       </c>
       <c r="I29">
-        <v>5.5</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B30" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C30" t="s">
-        <v>122</v>
-[...3 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="D30"/>
       <c r="E30"/>
       <c r="F30">
         <v>2023</v>
       </c>
       <c r="G30" t="s">
-        <v>123</v>
-[...6 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="H30"/>
+      <c r="I30"/>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B31" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C31" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D31">
-        <v>130</v>
+        <v>12</v>
       </c>
       <c r="E31"/>
       <c r="F31">
         <v>2023</v>
       </c>
       <c r="G31" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="H31">
-        <v>9.16</v>
+        <v>17.46</v>
       </c>
       <c r="I31">
-        <v>3.69</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B32" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C32" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-      <c r="E32" t="s">
         <v>131</v>
       </c>
+      <c r="D32">
+        <v>33</v>
+      </c>
+      <c r="E32"/>
       <c r="F32">
         <v>2023</v>
       </c>
       <c r="G32" t="s">
         <v>132</v>
       </c>
-      <c r="H32"/>
-      <c r="I32"/>
+      <c r="H32">
+        <v>19.92</v>
+      </c>
+      <c r="I32">
+        <v>5.0</v>
+      </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>133</v>
       </c>
       <c r="B33" t="s">
         <v>134</v>
       </c>
       <c r="C33" t="s">
         <v>135</v>
       </c>
       <c r="D33">
-        <v>95</v>
+        <v>130</v>
       </c>
       <c r="E33"/>
       <c r="F33">
         <v>2023</v>
       </c>
       <c r="G33" t="s">
         <v>136</v>
       </c>
       <c r="H33">
-        <v>50.49</v>
+        <v>9.16</v>
       </c>
       <c r="I33">
-        <v>20.34</v>
+        <v>3.69</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>137</v>
       </c>
       <c r="B34" t="s">
         <v>138</v>
       </c>
       <c r="C34" t="s">
         <v>139</v>
       </c>
-      <c r="D34">
-[...1 lines deleted...]
-      </c>
+      <c r="D34"/>
       <c r="E34" t="s">
         <v>140</v>
       </c>
       <c r="F34">
         <v>2023</v>
       </c>
       <c r="G34" t="s">
         <v>141</v>
       </c>
-      <c r="H34">
-[...4 lines deleted...]
-      </c>
+      <c r="H34"/>
+      <c r="I34"/>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>142</v>
       </c>
       <c r="B35" t="s">
         <v>143</v>
       </c>
       <c r="C35" t="s">
-        <v>64</v>
+        <v>144</v>
       </c>
       <c r="D35">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="E35"/>
       <c r="F35">
         <v>2023</v>
       </c>
       <c r="G35" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="H35">
-        <v>3.91</v>
+        <v>50.49</v>
       </c>
       <c r="I35">
-        <v>1.54</v>
+        <v>20.34</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B36" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C36" t="s">
-        <v>60</v>
+        <v>148</v>
       </c>
       <c r="D36">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="E36"/>
+        <v>17</v>
+      </c>
+      <c r="E36" t="s">
+        <v>149</v>
+      </c>
       <c r="F36">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G36" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="H36">
-        <v>2.97</v>
+        <v>18.03</v>
       </c>
       <c r="I36">
-        <v>1.18</v>
+        <v>4.61</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B37" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C37" t="s">
-        <v>150</v>
+        <v>73</v>
       </c>
       <c r="D37">
-        <v>15</v>
+        <v>107</v>
       </c>
       <c r="E37"/>
       <c r="F37">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G37" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-      <c r="I37"/>
+        <v>153</v>
+      </c>
+      <c r="H37">
+        <v>3.91</v>
+      </c>
+      <c r="I37">
+        <v>1.54</v>
+      </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B38" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C38" t="s">
-        <v>30</v>
+        <v>69</v>
       </c>
       <c r="D38">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="E38"/>
       <c r="F38">
         <v>2022</v>
       </c>
       <c r="G38" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="H38">
-        <v>3.56</v>
+        <v>2.97</v>
       </c>
       <c r="I38">
-        <v>1.26</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B39" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C39" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="D39"/>
+        <v>159</v>
+      </c>
+      <c r="D39">
+        <v>15</v>
+      </c>
       <c r="E39"/>
       <c r="F39">
         <v>2022</v>
       </c>
       <c r="G39" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="H39"/>
       <c r="I39"/>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B40" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C40" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-      <c r="E40"/>
+        <v>39</v>
+      </c>
+      <c r="D40">
+        <v>47</v>
+      </c>
+      <c r="E40">
+        <v>4592</v>
+      </c>
       <c r="F40">
         <v>2022</v>
       </c>
       <c r="G40" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="H40">
-        <v>8.31</v>
+        <v>3.56</v>
       </c>
       <c r="I40">
-        <v>1.74</v>
+        <v>1.26</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B41" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C41" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>166</v>
+      </c>
+      <c r="D41"/>
       <c r="E41"/>
       <c r="F41">
         <v>2022</v>
       </c>
       <c r="G41" t="s">
-        <v>165</v>
-[...6 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="H41"/>
+      <c r="I41"/>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B42" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C42" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>170</v>
+      </c>
+      <c r="D42"/>
       <c r="E42"/>
       <c r="F42">
         <v>2022</v>
       </c>
       <c r="G42" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="H42">
-        <v>3.91</v>
+        <v>8.31</v>
       </c>
       <c r="I42">
-        <v>1.54</v>
+        <v>1.74</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="B43" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="C43" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
       <c r="D43">
-        <v>120</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="E43"/>
       <c r="F43">
         <v>2022</v>
       </c>
       <c r="G43" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="H43">
-        <v>3.79</v>
+        <v>7.92</v>
       </c>
       <c r="I43">
-        <v>1.18</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B44" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C44" t="s">
-        <v>126</v>
+        <v>73</v>
       </c>
       <c r="D44">
-        <v>128</v>
+        <v>105</v>
       </c>
       <c r="E44"/>
       <c r="F44">
         <v>2022</v>
       </c>
       <c r="G44" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="H44">
-        <v>9.19</v>
+        <v>3.91</v>
       </c>
       <c r="I44">
-        <v>3.25</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B45" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C45" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="D45">
-        <v>47</v>
+        <v>120</v>
       </c>
       <c r="E45">
-        <v>1992</v>
+        <v>151102</v>
       </c>
       <c r="F45">
         <v>2022</v>
       </c>
       <c r="G45" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="H45">
-        <v>3.56</v>
+        <v>3.79</v>
       </c>
       <c r="I45">
-        <v>1.26</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="B46" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C46" t="s">
-        <v>180</v>
+        <v>135</v>
       </c>
       <c r="D46">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="E46"/>
       <c r="F46">
         <v>2022</v>
       </c>
       <c r="G46" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="H46">
-        <v>2.52</v>
+        <v>9.19</v>
       </c>
       <c r="I46">
-        <v>0.92</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B47" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C47" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-      <c r="E47"/>
+        <v>39</v>
+      </c>
+      <c r="D47">
+        <v>47</v>
+      </c>
+      <c r="E47">
+        <v>1992</v>
+      </c>
       <c r="F47">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G47" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="H47">
-        <v>7.08</v>
+        <v>3.56</v>
       </c>
       <c r="I47">
-        <v>2.27</v>
+        <v>1.26</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B48" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C48" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D48">
-        <v>2015</v>
+        <v>24</v>
       </c>
       <c r="E48" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="F48">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G48" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="H48">
-        <v>0.55</v>
+        <v>2.52</v>
       </c>
       <c r="I48">
-        <v>0.21</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B49" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C49" t="s">
-        <v>188</v>
-[...6 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="D49"/>
+      <c r="E49"/>
       <c r="F49">
         <v>2021</v>
       </c>
       <c r="G49" t="s">
         <v>194</v>
       </c>
-      <c r="H49"/>
+      <c r="H49">
+        <v>7.08</v>
+      </c>
       <c r="I49">
-        <v>0.21</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>195</v>
       </c>
       <c r="B50" t="s">
         <v>196</v>
       </c>
       <c r="C50" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="D50">
         <v>2015</v>
       </c>
       <c r="E50" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F50">
         <v>2021</v>
       </c>
       <c r="G50" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="H50"/>
       <c r="I50">
         <v>0.21</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B51" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C51" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="D51">
         <v>2015</v>
       </c>
       <c r="E51" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F51">
         <v>2021</v>
       </c>
       <c r="G51" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="H51"/>
+        <v>203</v>
+      </c>
+      <c r="H51">
+        <v>0.55</v>
+      </c>
       <c r="I51">
         <v>0.21</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B52" t="s">
-        <v>164</v>
+        <v>205</v>
       </c>
       <c r="C52" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="D52">
         <v>2015</v>
       </c>
       <c r="E52" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="F52">
         <v>2021</v>
       </c>
       <c r="G52" t="s">
-        <v>205</v>
-[...3 lines deleted...]
-      </c>
+        <v>207</v>
+      </c>
+      <c r="H52"/>
       <c r="I52">
         <v>0.21</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B53" t="s">
-        <v>173</v>
+        <v>209</v>
       </c>
       <c r="C53" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="D53">
         <v>2015</v>
       </c>
       <c r="E53" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="F53">
         <v>2021</v>
       </c>
       <c r="G53" t="s">
-        <v>208</v>
-[...3 lines deleted...]
-      </c>
+        <v>211</v>
+      </c>
+      <c r="H53"/>
       <c r="I53">
         <v>0.21</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="B54" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="C54" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="D54">
         <v>2015</v>
       </c>
       <c r="E54" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="F54">
         <v>2021</v>
       </c>
       <c r="G54" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="H54"/>
       <c r="I54">
         <v>0.21</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B55" t="s">
-        <v>214</v>
+        <v>173</v>
       </c>
       <c r="C55" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="D55">
         <v>2015</v>
       </c>
       <c r="E55" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="F55">
         <v>2021</v>
       </c>
       <c r="G55" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="H55"/>
+        <v>218</v>
+      </c>
+      <c r="H55">
+        <v>0.55</v>
+      </c>
       <c r="I55">
         <v>0.21</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B56" t="s">
-        <v>218</v>
+        <v>182</v>
       </c>
       <c r="C56" t="s">
-        <v>219</v>
+        <v>197</v>
       </c>
       <c r="D56">
-        <v>4</v>
+        <v>2015</v>
       </c>
       <c r="E56" t="s">
         <v>220</v>
       </c>
       <c r="F56">
         <v>2021</v>
       </c>
       <c r="G56" t="s">
         <v>221</v>
       </c>
       <c r="H56">
-        <v>6.14</v>
+        <v>0.51</v>
       </c>
       <c r="I56">
-        <v>1.18</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
         <v>222</v>
       </c>
       <c r="B57" t="s">
         <v>223</v>
       </c>
       <c r="C57" t="s">
+        <v>197</v>
+      </c>
+      <c r="D57">
+        <v>2015</v>
+      </c>
+      <c r="E57" t="s">
         <v>224</v>
       </c>
-      <c r="D57"/>
-      <c r="E57"/>
       <c r="F57">
         <v>2021</v>
       </c>
       <c r="G57" t="s">
         <v>225</v>
       </c>
-      <c r="H57">
-[...1 lines deleted...]
-      </c>
+      <c r="H57"/>
       <c r="I57">
-        <v>1.23</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>226</v>
       </c>
       <c r="B58" t="s">
-        <v>184</v>
+        <v>227</v>
       </c>
       <c r="C58" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-      <c r="E58"/>
+        <v>228</v>
+      </c>
+      <c r="D58">
+        <v>4</v>
+      </c>
+      <c r="E58" t="s">
+        <v>229</v>
+      </c>
       <c r="F58">
         <v>2021</v>
       </c>
       <c r="G58" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-      <c r="I58"/>
+        <v>230</v>
+      </c>
+      <c r="H58">
+        <v>6.14</v>
+      </c>
+      <c r="I58">
+        <v>1.18</v>
+      </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="B59" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C59" t="s">
-        <v>231</v>
-[...6 lines deleted...]
-      </c>
+        <v>233</v>
+      </c>
+      <c r="D59"/>
+      <c r="E59"/>
       <c r="F59">
         <v>2021</v>
       </c>
       <c r="G59" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="H59">
-        <v>24.75</v>
+        <v>3.83</v>
       </c>
       <c r="I59">
-        <v>7.47</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="B60" t="s">
-        <v>234</v>
+        <v>193</v>
       </c>
       <c r="C60" t="s">
-        <v>102</v>
+        <v>236</v>
       </c>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60">
         <v>2021</v>
       </c>
       <c r="G60" t="s">
-        <v>235</v>
-[...6 lines deleted...]
-      </c>
+        <v>237</v>
+      </c>
+      <c r="H60"/>
+      <c r="I60"/>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B61" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C61" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="D61">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>239</v>
+        <v>13</v>
+      </c>
+      <c r="E61">
+        <v>643</v>
       </c>
       <c r="F61">
         <v>2021</v>
       </c>
       <c r="G61" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="H61">
-        <v>1.53</v>
+        <v>24.75</v>
       </c>
       <c r="I61">
-        <v>0.57</v>
+        <v>7.47</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B62" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C62" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="D62"/>
       <c r="E62"/>
       <c r="F62">
         <v>2021</v>
       </c>
       <c r="G62" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="H62">
-        <v>2.97</v>
+        <v>12.26</v>
       </c>
       <c r="I62">
-        <v>1.18</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B63" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C63" t="s">
-        <v>246</v>
-[...3 lines deleted...]
-        <v>2000139</v>
+        <v>247</v>
+      </c>
+      <c r="D63">
+        <v>113</v>
+      </c>
+      <c r="E63" t="s">
+        <v>248</v>
       </c>
       <c r="F63">
         <v>2021</v>
       </c>
       <c r="G63" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-      <c r="I63"/>
+        <v>249</v>
+      </c>
+      <c r="H63">
+        <v>1.53</v>
+      </c>
+      <c r="I63">
+        <v>0.57</v>
+      </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="B64" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C64" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="D64"/>
+        <v>69</v>
+      </c>
+      <c r="D64">
+        <v>103</v>
+      </c>
       <c r="E64"/>
       <c r="F64">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G64" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="H64">
-        <v>7.53</v>
+        <v>2.97</v>
       </c>
       <c r="I64">
-        <v>2.74</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B65" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C65" t="s">
-        <v>253</v>
-[...5 lines deleted...]
-        <v>254</v>
+        <v>255</v>
+      </c>
+      <c r="D65"/>
+      <c r="E65">
+        <v>2000139</v>
       </c>
       <c r="F65">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G65" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="H65"/>
-      <c r="I65">
-[...1 lines deleted...]
-      </c>
+      <c r="I65"/>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B66" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C66" t="s">
-        <v>253</v>
-[...6 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="D66"/>
+      <c r="E66"/>
       <c r="F66">
         <v>2020</v>
       </c>
       <c r="G66" t="s">
         <v>259</v>
       </c>
-      <c r="H66"/>
+      <c r="H66">
+        <v>7.53</v>
+      </c>
       <c r="I66">
-        <v>0.19</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>260</v>
       </c>
       <c r="B67" t="s">
         <v>261</v>
       </c>
       <c r="C67" t="s">
-        <v>253</v>
+        <v>262</v>
       </c>
       <c r="D67">
         <v>2300</v>
       </c>
       <c r="E67" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="F67">
         <v>2020</v>
       </c>
       <c r="G67" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="H67"/>
       <c r="I67">
         <v>0.19</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B68" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C68" t="s">
-        <v>253</v>
+        <v>262</v>
       </c>
       <c r="D68">
         <v>2300</v>
       </c>
       <c r="E68" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="F68">
         <v>2020</v>
       </c>
       <c r="G68" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="H68"/>
       <c r="I68">
         <v>0.19</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B69" t="s">
-        <v>176</v>
+        <v>270</v>
       </c>
       <c r="C69" t="s">
-        <v>253</v>
+        <v>262</v>
       </c>
       <c r="D69">
         <v>2300</v>
       </c>
       <c r="E69" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="F69">
         <v>2020</v>
       </c>
       <c r="G69" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="H69"/>
       <c r="I69">
         <v>0.19</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="B70" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C70" t="s">
-        <v>253</v>
+        <v>262</v>
       </c>
       <c r="D70">
         <v>2300</v>
       </c>
       <c r="E70" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="F70">
         <v>2020</v>
       </c>
       <c r="G70" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="H70"/>
       <c r="I70">
         <v>0.19</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B71" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C71" t="s">
-        <v>139</v>
+        <v>262</v>
       </c>
       <c r="D71">
-        <v>14</v>
+        <v>2300</v>
       </c>
       <c r="E71" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="F71">
         <v>2020</v>
       </c>
       <c r="G71" t="s">
-        <v>278</v>
-[...3 lines deleted...]
-      </c>
+        <v>280</v>
+      </c>
+      <c r="H71"/>
       <c r="I71">
-        <v>5.55</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="B72" t="s">
-        <v>280</v>
+        <v>185</v>
       </c>
       <c r="C72" t="s">
-        <v>68</v>
-[...3 lines deleted...]
-        <v>2000028</v>
+        <v>262</v>
+      </c>
+      <c r="D72">
+        <v>2300</v>
+      </c>
+      <c r="E72" t="s">
+        <v>282</v>
       </c>
       <c r="F72">
         <v>2020</v>
       </c>
       <c r="G72" t="s">
-        <v>281</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="H72"/>
       <c r="I72">
-        <v>3.78</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="B73" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="C73" t="s">
-        <v>284</v>
+        <v>148</v>
       </c>
       <c r="D73">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>1306</v>
+        <v>14</v>
+      </c>
+      <c r="E73" t="s">
+        <v>286</v>
       </c>
       <c r="F73">
         <v>2020</v>
       </c>
       <c r="G73" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="H73">
-        <v>5.08</v>
+        <v>15.88</v>
       </c>
       <c r="I73">
-        <v>0.92</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B74" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="C74" t="s">
-        <v>188</v>
-[...5 lines deleted...]
-        <v>288</v>
+        <v>77</v>
+      </c>
+      <c r="D74"/>
+      <c r="E74">
+        <v>2000028</v>
       </c>
       <c r="F74">
         <v>2020</v>
       </c>
       <c r="G74" t="s">
-        <v>289</v>
-[...1 lines deleted...]
-      <c r="H74"/>
+        <v>290</v>
+      </c>
+      <c r="H74">
+        <v>13.14</v>
+      </c>
       <c r="I74">
-        <v>0.23</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B75" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C75" t="s">
-        <v>188</v>
+        <v>293</v>
       </c>
       <c r="D75">
-        <v>1461</v>
-[...2 lines deleted...]
-        <v>197</v>
+        <v>10</v>
+      </c>
+      <c r="E75">
+        <v>1306</v>
       </c>
       <c r="F75">
         <v>2020</v>
       </c>
       <c r="G75" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="H75"/>
+        <v>294</v>
+      </c>
+      <c r="H75">
+        <v>5.08</v>
+      </c>
       <c r="I75">
-        <v>0.23</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="B76" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C76" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="D76">
         <v>1461</v>
       </c>
       <c r="E76" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="F76">
         <v>2020</v>
       </c>
       <c r="G76" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="H76"/>
       <c r="I76">
         <v>0.23</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B77" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C77" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="D77">
-        <v>1410</v>
+        <v>1461</v>
       </c>
       <c r="E77" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="F77">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G77" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="H77"/>
       <c r="I77">
-        <v>0.22</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="B78" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C78" t="s">
-        <v>303</v>
-[...2 lines deleted...]
-      <c r="E78"/>
+        <v>197</v>
+      </c>
+      <c r="D78">
+        <v>1461</v>
+      </c>
+      <c r="E78" t="s">
+        <v>210</v>
+      </c>
       <c r="F78">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G78" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="H78"/>
-      <c r="I78"/>
+      <c r="I78">
+        <v>0.23</v>
+      </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B79" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C79" t="s">
-        <v>50</v>
+        <v>197</v>
       </c>
       <c r="D79">
-        <v>7</v>
+        <v>1410</v>
       </c>
       <c r="E79" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="F79">
         <v>2019</v>
       </c>
       <c r="G79" t="s">
-        <v>308</v>
-[...3 lines deleted...]
-      </c>
+        <v>309</v>
+      </c>
+      <c r="H79"/>
       <c r="I79">
-        <v>2.97</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B80" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C80" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D80"/>
       <c r="E80"/>
       <c r="F80">
         <v>2019</v>
       </c>
       <c r="G80" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="H80"/>
       <c r="I80"/>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B81" t="s">
-        <v>306</v>
+        <v>315</v>
       </c>
       <c r="C81" t="s">
-        <v>126</v>
+        <v>59</v>
       </c>
       <c r="D81">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>183901</v>
+        <v>7</v>
+      </c>
+      <c r="E81" t="s">
+        <v>316</v>
       </c>
       <c r="F81">
         <v>2019</v>
       </c>
       <c r="G81" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="H81">
-        <v>8.39</v>
+        <v>6.86</v>
       </c>
       <c r="I81">
-        <v>3.59</v>
+        <v>2.97</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="B82" t="s">
-        <v>265</v>
+        <v>319</v>
       </c>
       <c r="C82" t="s">
-        <v>60</v>
-[...6 lines deleted...]
-      </c>
+        <v>320</v>
+      </c>
+      <c r="D82"/>
+      <c r="E82"/>
       <c r="F82">
         <v>2019</v>
       </c>
       <c r="G82" t="s">
-        <v>317</v>
-[...6 lines deleted...]
-      </c>
+        <v>321</v>
+      </c>
+      <c r="H82"/>
+      <c r="I82"/>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="B83" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="C83" t="s">
-        <v>64</v>
+        <v>135</v>
       </c>
       <c r="D83">
-        <v>100</v>
+        <v>123</v>
       </c>
       <c r="E83">
-        <v>115303</v>
+        <v>183901</v>
       </c>
       <c r="F83">
         <v>2019</v>
       </c>
       <c r="G83" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="H83">
-        <v>3.58</v>
+        <v>8.39</v>
       </c>
       <c r="I83">
-        <v>1.81</v>
+        <v>3.59</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="B84" t="s">
-        <v>321</v>
+        <v>278</v>
       </c>
       <c r="C84" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-      <c r="E84"/>
+        <v>69</v>
+      </c>
+      <c r="D84">
+        <v>100</v>
+      </c>
+      <c r="E84" t="s">
+        <v>325</v>
+      </c>
       <c r="F84">
         <v>2019</v>
       </c>
       <c r="G84" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-      <c r="I84"/>
+        <v>326</v>
+      </c>
+      <c r="H84">
+        <v>2.78</v>
+      </c>
+      <c r="I84">
+        <v>1.42</v>
+      </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="B85" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="C85" t="s">
-        <v>326</v>
+        <v>73</v>
       </c>
       <c r="D85">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>327</v>
+        <v>100</v>
+      </c>
+      <c r="E85">
+        <v>115303</v>
       </c>
       <c r="F85">
         <v>2019</v>
       </c>
       <c r="G85" t="s">
         <v>328</v>
       </c>
       <c r="H85">
-        <v>1.4</v>
+        <v>3.58</v>
       </c>
       <c r="I85">
-        <v>0.58</v>
+        <v>1.81</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
         <v>329</v>
       </c>
       <c r="B86" t="s">
         <v>330</v>
       </c>
       <c r="C86" t="s">
-        <v>46</v>
-[...6 lines deleted...]
-      </c>
+        <v>331</v>
+      </c>
+      <c r="D86"/>
+      <c r="E86"/>
       <c r="F86">
         <v>2019</v>
       </c>
       <c r="G86" t="s">
-        <v>331</v>
-[...6 lines deleted...]
-      </c>
+        <v>332</v>
+      </c>
+      <c r="H86"/>
+      <c r="I86"/>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B87" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C87" t="s">
-        <v>334</v>
+        <v>11</v>
       </c>
       <c r="D87">
-        <v>9</v>
+        <v>110</v>
       </c>
       <c r="E87" t="s">
         <v>335</v>
       </c>
       <c r="F87">
         <v>2019</v>
       </c>
       <c r="G87" t="s">
         <v>336</v>
       </c>
-      <c r="H87"/>
-      <c r="I87"/>
+      <c r="H87">
+        <v>1.4</v>
+      </c>
+      <c r="I87">
+        <v>0.58</v>
+      </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>337</v>
       </c>
       <c r="B88" t="s">
         <v>338</v>
       </c>
       <c r="C88" t="s">
-        <v>102</v>
+        <v>55</v>
       </c>
       <c r="D88">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>339</v>
+        <v>125</v>
+      </c>
+      <c r="E88">
+        <v>123104</v>
       </c>
       <c r="F88">
         <v>2019</v>
       </c>
       <c r="G88" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="H88">
-        <v>11.24</v>
+        <v>2.29</v>
       </c>
       <c r="I88">
-        <v>5.79</v>
+        <v>0.73</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
+        <v>340</v>
+      </c>
+      <c r="B89" t="s">
         <v>341</v>
       </c>
-      <c r="B89" t="s">
+      <c r="C89" t="s">
+        <v>111</v>
+      </c>
+      <c r="D89">
+        <v>19</v>
+      </c>
+      <c r="E89" t="s">
         <v>342</v>
-      </c>
-[...7 lines deleted...]
-        <v>343</v>
       </c>
       <c r="F89">
         <v>2019</v>
       </c>
       <c r="G89" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="H89">
-        <v>3.58</v>
+        <v>11.24</v>
       </c>
       <c r="I89">
-        <v>1.81</v>
+        <v>5.79</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
+        <v>344</v>
+      </c>
+      <c r="B90" t="s">
         <v>345</v>
       </c>
-      <c r="B90" t="s">
+      <c r="C90" t="s">
         <v>346</v>
       </c>
-      <c r="C90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D90">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>125416</v>
+        <v>9</v>
+      </c>
+      <c r="E90" t="s">
+        <v>347</v>
       </c>
       <c r="F90">
         <v>2019</v>
       </c>
       <c r="G90" t="s">
-        <v>347</v>
-[...6 lines deleted...]
-      </c>
+        <v>348</v>
+      </c>
+      <c r="H90"/>
+      <c r="I90"/>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B91" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C91" t="s">
-        <v>188</v>
+        <v>73</v>
       </c>
       <c r="D91">
-        <v>1124</v>
+        <v>99</v>
       </c>
       <c r="E91" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="F91">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G91" t="s">
-        <v>351</v>
-[...1 lines deleted...]
-      <c r="H91"/>
+        <v>352</v>
+      </c>
+      <c r="H91">
+        <v>3.58</v>
+      </c>
       <c r="I91">
-        <v>0.24</v>
+        <v>1.81</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B92" t="s">
-        <v>265</v>
+        <v>354</v>
       </c>
       <c r="C92" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-      <c r="E92"/>
+        <v>73</v>
+      </c>
+      <c r="D92">
+        <v>99</v>
+      </c>
+      <c r="E92">
+        <v>125416</v>
+      </c>
       <c r="F92">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G92" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-      <c r="I92"/>
+        <v>355</v>
+      </c>
+      <c r="H92">
+        <v>3.58</v>
+      </c>
+      <c r="I92">
+        <v>1.81</v>
+      </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B93" t="s">
-        <v>287</v>
+        <v>357</v>
       </c>
       <c r="C93" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-      <c r="E93"/>
+        <v>197</v>
+      </c>
+      <c r="D93">
+        <v>1124</v>
+      </c>
+      <c r="E93" t="s">
+        <v>358</v>
+      </c>
       <c r="F93">
         <v>2018</v>
       </c>
       <c r="G93" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="H93"/>
-      <c r="I93"/>
+      <c r="I93">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="B94" t="s">
-        <v>358</v>
+        <v>278</v>
       </c>
       <c r="C94" t="s">
-        <v>359</v>
-[...4 lines deleted...]
-      <c r="E94" t="s">
         <v>361</v>
       </c>
+      <c r="D94"/>
+      <c r="E94"/>
       <c r="F94">
         <v>2018</v>
       </c>
       <c r="G94" t="s">
         <v>362</v>
       </c>
       <c r="H94"/>
       <c r="I94"/>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
         <v>363</v>
       </c>
       <c r="B95" t="s">
-        <v>358</v>
+        <v>300</v>
       </c>
       <c r="C95" t="s">
-        <v>188</v>
-[...6 lines deleted...]
-      </c>
+        <v>361</v>
+      </c>
+      <c r="D95"/>
+      <c r="E95"/>
       <c r="F95">
         <v>2018</v>
       </c>
       <c r="G95" t="s">
         <v>364</v>
       </c>
       <c r="H95"/>
-      <c r="I95">
-[...1 lines deleted...]
-      </c>
+      <c r="I95"/>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
         <v>365</v>
       </c>
       <c r="B96" t="s">
         <v>366</v>
       </c>
       <c r="C96" t="s">
-        <v>188</v>
-[...5 lines deleted...]
-        <v>12132</v>
+        <v>367</v>
+      </c>
+      <c r="D96" t="s">
+        <v>368</v>
+      </c>
+      <c r="E96" t="s">
+        <v>369</v>
       </c>
       <c r="F96">
         <v>2018</v>
       </c>
       <c r="G96" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="H96"/>
-      <c r="I96">
-[...1 lines deleted...]
-      </c>
+      <c r="I96"/>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="B97" t="s">
         <v>366</v>
       </c>
       <c r="C97" t="s">
-        <v>50</v>
+        <v>197</v>
       </c>
       <c r="D97">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>369</v>
+        <v>1092</v>
+      </c>
+      <c r="E97">
+        <v>12105</v>
       </c>
       <c r="F97">
         <v>2018</v>
       </c>
       <c r="G97" t="s">
-        <v>370</v>
-[...3 lines deleted...]
-      </c>
+        <v>372</v>
+      </c>
+      <c r="H97"/>
       <c r="I97">
-        <v>2.98</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B98" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C98" t="s">
-        <v>188</v>
+        <v>59</v>
       </c>
       <c r="D98">
-        <v>1092</v>
+        <v>5</v>
       </c>
       <c r="E98" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="F98">
         <v>2018</v>
       </c>
       <c r="G98" t="s">
-        <v>374</v>
-[...1 lines deleted...]
-      <c r="H98"/>
+        <v>376</v>
+      </c>
+      <c r="H98">
+        <v>7.14</v>
+      </c>
       <c r="I98">
-        <v>0.24</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="B99" t="s">
-        <v>342</v>
+        <v>374</v>
       </c>
       <c r="C99" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="D99">
         <v>1092</v>
       </c>
-      <c r="E99" t="s">
-        <v>376</v>
+      <c r="E99">
+        <v>12132</v>
       </c>
       <c r="F99">
         <v>2018</v>
       </c>
       <c r="G99" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="H99"/>
       <c r="I99">
         <v>0.24</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B100" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C100" t="s">
-        <v>380</v>
+        <v>197</v>
       </c>
       <c r="D100">
-        <v>20</v>
+        <v>1092</v>
       </c>
       <c r="E100" t="s">
         <v>381</v>
       </c>
       <c r="F100">
         <v>2018</v>
       </c>
       <c r="G100" t="s">
         <v>382</v>
       </c>
-      <c r="H100">
-[...1 lines deleted...]
-      </c>
+      <c r="H100"/>
       <c r="I100">
-        <v>1.66</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
         <v>383</v>
       </c>
       <c r="B101" t="s">
-        <v>306</v>
+        <v>350</v>
       </c>
       <c r="C101" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="D101">
-        <v>993</v>
-[...2 lines deleted...]
-        <v>12019</v>
+        <v>1092</v>
+      </c>
+      <c r="E101" t="s">
+        <v>384</v>
       </c>
       <c r="F101">
         <v>2018</v>
       </c>
       <c r="G101" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="H101"/>
       <c r="I101">
         <v>0.24</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B102" t="s">
-        <v>358</v>
+        <v>387</v>
       </c>
       <c r="C102" t="s">
-        <v>188</v>
+        <v>388</v>
       </c>
       <c r="D102">
-        <v>993</v>
-[...2 lines deleted...]
-        <v>12022</v>
+        <v>20</v>
+      </c>
+      <c r="E102" t="s">
+        <v>389</v>
       </c>
       <c r="F102">
         <v>2018</v>
       </c>
       <c r="G102" t="s">
-        <v>386</v>
-[...1 lines deleted...]
-      <c r="H102"/>
+        <v>390</v>
+      </c>
+      <c r="H102">
+        <v>3.78</v>
+      </c>
       <c r="I102">
-        <v>0.24</v>
+        <v>1.66</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="B103" t="s">
-        <v>388</v>
+        <v>315</v>
       </c>
       <c r="C103" t="s">
-        <v>68</v>
+        <v>197</v>
       </c>
       <c r="D103">
-        <v>11</v>
+        <v>993</v>
       </c>
       <c r="E103">
-        <v>1700168</v>
+        <v>12019</v>
       </c>
       <c r="F103">
         <v>2018</v>
       </c>
       <c r="G103" t="s">
-        <v>389</v>
-[...3 lines deleted...]
-      </c>
+        <v>392</v>
+      </c>
+      <c r="H103"/>
       <c r="I103">
-        <v>3.82</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="B104" t="s">
-        <v>391</v>
+        <v>366</v>
       </c>
       <c r="C104" t="s">
-        <v>392</v>
+        <v>197</v>
       </c>
       <c r="D104">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>393</v>
+        <v>993</v>
+      </c>
+      <c r="E104">
+        <v>12022</v>
       </c>
       <c r="F104">
         <v>2018</v>
       </c>
       <c r="G104" t="s">
         <v>394</v>
       </c>
-      <c r="H104">
-[...1 lines deleted...]
-      </c>
+      <c r="H104"/>
       <c r="I104">
-        <v>1.04</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
         <v>395</v>
       </c>
       <c r="B105" t="s">
         <v>396</v>
       </c>
       <c r="C105" t="s">
-        <v>64</v>
+        <v>77</v>
       </c>
       <c r="D105">
-        <v>97</v>
+        <v>11</v>
       </c>
       <c r="E105">
-        <v>85414</v>
+        <v>1700168</v>
       </c>
       <c r="F105">
         <v>2018</v>
       </c>
       <c r="G105" t="s">
         <v>397</v>
       </c>
       <c r="H105">
-        <v>3.74</v>
+        <v>9.06</v>
       </c>
       <c r="I105">
-        <v>1.5</v>
+        <v>3.82</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
         <v>398</v>
       </c>
       <c r="B106" t="s">
         <v>399</v>
       </c>
       <c r="C106" t="s">
         <v>400</v>
       </c>
-      <c r="D106"/>
-      <c r="E106"/>
+      <c r="D106">
+        <v>11</v>
+      </c>
+      <c r="E106" t="s">
+        <v>401</v>
+      </c>
       <c r="F106">
         <v>2018</v>
       </c>
       <c r="G106" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-      <c r="I106"/>
+        <v>402</v>
+      </c>
+      <c r="H106">
+        <v>3.76</v>
+      </c>
+      <c r="I106">
+        <v>1.04</v>
+      </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B107" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C107" t="s">
-        <v>400</v>
-[...2 lines deleted...]
-      <c r="E107"/>
+        <v>73</v>
+      </c>
+      <c r="D107">
+        <v>97</v>
+      </c>
+      <c r="E107">
+        <v>85414</v>
+      </c>
       <c r="F107">
         <v>2018</v>
       </c>
       <c r="G107" t="s">
-        <v>404</v>
-[...2 lines deleted...]
-      <c r="I107"/>
+        <v>405</v>
+      </c>
+      <c r="H107">
+        <v>3.74</v>
+      </c>
+      <c r="I107">
+        <v>1.5</v>
+      </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B108" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C108" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D108"/>
       <c r="E108"/>
       <c r="F108">
         <v>2018</v>
       </c>
       <c r="G108" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="H108"/>
       <c r="I108"/>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B109" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C109" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="D109"/>
       <c r="E109"/>
       <c r="F109">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G109" t="s">
         <v>412</v>
       </c>
       <c r="H109"/>
       <c r="I109"/>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
         <v>413</v>
       </c>
       <c r="B110" t="s">
         <v>414</v>
       </c>
       <c r="C110" t="s">
-        <v>188</v>
-[...6 lines deleted...]
-      </c>
+        <v>415</v>
+      </c>
+      <c r="D110"/>
+      <c r="E110"/>
       <c r="F110">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G110" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="H110"/>
-      <c r="I110">
-[...1 lines deleted...]
-      </c>
+      <c r="I110"/>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B111" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C111" t="s">
-        <v>411</v>
+        <v>419</v>
       </c>
       <c r="D111"/>
       <c r="E111"/>
       <c r="F111">
         <v>2017</v>
       </c>
       <c r="G111" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="H111"/>
       <c r="I111"/>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B112" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="C112" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-      <c r="E112"/>
+        <v>197</v>
+      </c>
+      <c r="D112">
+        <v>917</v>
+      </c>
+      <c r="E112">
+        <v>62056</v>
+      </c>
       <c r="F112">
         <v>2017</v>
       </c>
       <c r="G112" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="H112"/>
-      <c r="I112"/>
+      <c r="I112">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B113" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C113" t="s">
-        <v>253</v>
-[...6 lines deleted...]
-      </c>
+        <v>419</v>
+      </c>
+      <c r="D113"/>
+      <c r="E113"/>
       <c r="F113">
         <v>2017</v>
       </c>
       <c r="G113" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="H113"/>
-      <c r="I113">
-[...1 lines deleted...]
-      </c>
+      <c r="I113"/>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B114" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C114" t="s">
-        <v>428</v>
-[...4 lines deleted...]
-      <c r="E114" t="s">
         <v>429</v>
       </c>
+      <c r="D114"/>
+      <c r="E114"/>
       <c r="F114">
         <v>2017</v>
       </c>
       <c r="G114" t="s">
         <v>430</v>
       </c>
-      <c r="H114">
-[...4 lines deleted...]
-      </c>
+      <c r="H114"/>
+      <c r="I114"/>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
         <v>431</v>
       </c>
       <c r="B115" t="s">
-        <v>265</v>
+        <v>432</v>
       </c>
       <c r="C115" t="s">
-        <v>64</v>
+        <v>262</v>
       </c>
       <c r="D115">
-        <v>96</v>
+        <v>1874</v>
       </c>
       <c r="E115">
-        <v>115162</v>
+        <v>40005</v>
       </c>
       <c r="F115">
         <v>2017</v>
       </c>
       <c r="G115" t="s">
-        <v>432</v>
-[...4 lines deleted...]
-      <c r="I115"/>
+        <v>433</v>
+      </c>
+      <c r="H115"/>
+      <c r="I115">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B116" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C116" t="s">
-        <v>253</v>
+        <v>436</v>
       </c>
       <c r="D116">
-        <v>1874</v>
-[...2 lines deleted...]
-        <v>30035</v>
+        <v>6</v>
+      </c>
+      <c r="E116" t="s">
+        <v>437</v>
       </c>
       <c r="F116">
         <v>2017</v>
       </c>
       <c r="G116" t="s">
-        <v>435</v>
-[...1 lines deleted...]
-      <c r="H116"/>
+        <v>438</v>
+      </c>
+      <c r="H116">
+        <v>14.1</v>
+      </c>
       <c r="I116">
-        <v>0.17</v>
+        <v>5.58</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="B117" t="s">
-        <v>379</v>
+        <v>278</v>
       </c>
       <c r="C117" t="s">
-        <v>102</v>
+        <v>73</v>
       </c>
       <c r="D117">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>437</v>
+        <v>96</v>
+      </c>
+      <c r="E117">
+        <v>115162</v>
       </c>
       <c r="F117">
         <v>2017</v>
       </c>
       <c r="G117" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="H117">
-        <v>12.08</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.81</v>
+      </c>
+      <c r="I117"/>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B118" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="C118" t="s">
-        <v>102</v>
-[...5 lines deleted...]
-        <v>442</v>
+        <v>262</v>
+      </c>
+      <c r="D118">
+        <v>1874</v>
+      </c>
+      <c r="E118">
+        <v>30035</v>
       </c>
       <c r="F118">
         <v>2017</v>
       </c>
       <c r="G118" t="s">
         <v>443</v>
       </c>
-      <c r="H118">
-[...1 lines deleted...]
-      </c>
+      <c r="H118"/>
       <c r="I118">
-        <v>7.45</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
         <v>444</v>
       </c>
       <c r="B119" t="s">
-        <v>445</v>
+        <v>387</v>
       </c>
       <c r="C119" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="D119">
         <v>17</v>
       </c>
       <c r="E119" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="F119">
         <v>2017</v>
       </c>
       <c r="G119" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="H119">
         <v>12.08</v>
       </c>
       <c r="I119">
         <v>7.45</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
+        <v>447</v>
+      </c>
+      <c r="B120" t="s">
         <v>448</v>
       </c>
-      <c r="B120" t="s">
+      <c r="C120" t="s">
+        <v>111</v>
+      </c>
+      <c r="D120" t="s">
         <v>449</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="E120" t="s">
         <v>450</v>
       </c>
       <c r="F120">
         <v>2017</v>
       </c>
       <c r="G120" t="s">
         <v>451</v>
       </c>
       <c r="H120">
         <v>12.08</v>
       </c>
       <c r="I120">
         <v>7.45</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
         <v>452</v>
       </c>
       <c r="B121" t="s">
         <v>453</v>
       </c>
       <c r="C121" t="s">
+        <v>111</v>
+      </c>
+      <c r="D121">
+        <v>17</v>
+      </c>
+      <c r="E121" t="s">
         <v>454</v>
-      </c>
-[...4 lines deleted...]
-        <v>455</v>
       </c>
       <c r="F121">
         <v>2017</v>
       </c>
       <c r="G121" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="H121">
-        <v>1.84</v>
+        <v>12.08</v>
       </c>
       <c r="I121">
-        <v>0.85</v>
+        <v>7.45</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
+        <v>456</v>
+      </c>
+      <c r="B122" t="s">
         <v>457</v>
       </c>
-      <c r="B122" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C122" t="s">
+        <v>111</v>
+      </c>
+      <c r="D122">
+        <v>17</v>
+      </c>
+      <c r="E122" t="s">
         <v>458</v>
-      </c>
-[...4 lines deleted...]
-        <v>4</v>
       </c>
       <c r="F122">
         <v>2017</v>
       </c>
       <c r="G122" t="s">
         <v>459</v>
       </c>
       <c r="H122">
-        <v>1.25</v>
+        <v>12.08</v>
       </c>
       <c r="I122">
-        <v>0.42</v>
+        <v>7.45</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
         <v>460</v>
       </c>
       <c r="B123" t="s">
-        <v>379</v>
+        <v>461</v>
       </c>
       <c r="C123" t="s">
-        <v>64</v>
+        <v>462</v>
       </c>
       <c r="D123">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>245416</v>
+        <v>34</v>
+      </c>
+      <c r="E123" t="s">
+        <v>463</v>
       </c>
       <c r="F123">
         <v>2017</v>
       </c>
       <c r="G123" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="H123">
-        <v>3.81</v>
-[...1 lines deleted...]
-      <c r="I123"/>
+        <v>1.84</v>
+      </c>
+      <c r="I123">
+        <v>0.85</v>
+      </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B124" t="s">
-        <v>463</v>
+        <v>387</v>
       </c>
       <c r="C124" t="s">
-        <v>464</v>
-[...3 lines deleted...]
-        <v>465</v>
+        <v>466</v>
+      </c>
+      <c r="D124">
+        <v>13</v>
+      </c>
+      <c r="E124">
+        <v>4</v>
       </c>
       <c r="F124">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G124" t="s">
-        <v>466</v>
-[...2 lines deleted...]
-      <c r="I124"/>
+        <v>467</v>
+      </c>
+      <c r="H124">
+        <v>1.25</v>
+      </c>
+      <c r="I124">
+        <v>0.42</v>
+      </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B125" t="s">
-        <v>468</v>
+        <v>387</v>
       </c>
       <c r="C125" t="s">
-        <v>464</v>
-[...2 lines deleted...]
-      <c r="E125" t="s">
+        <v>73</v>
+      </c>
+      <c r="D125">
+        <v>94</v>
+      </c>
+      <c r="E125">
+        <v>245416</v>
+      </c>
+      <c r="F125">
+        <v>2017</v>
+      </c>
+      <c r="G125" t="s">
         <v>469</v>
       </c>
-      <c r="F125">
-[...5 lines deleted...]
-      <c r="H125"/>
+      <c r="H125">
+        <v>3.81</v>
+      </c>
       <c r="I125"/>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
+        <v>470</v>
+      </c>
+      <c r="B126" t="s">
         <v>471</v>
       </c>
-      <c r="B126" t="s">
+      <c r="C126" t="s">
         <v>472</v>
-      </c>
-[...1 lines deleted...]
-        <v>464</v>
       </c>
       <c r="D126"/>
       <c r="E126" t="s">
         <v>473</v>
       </c>
       <c r="F126">
         <v>2016</v>
       </c>
       <c r="G126" t="s">
         <v>474</v>
       </c>
       <c r="H126"/>
       <c r="I126"/>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
         <v>475</v>
       </c>
       <c r="B127" t="s">
         <v>476</v>
       </c>
       <c r="C127" t="s">
-        <v>464</v>
+        <v>472</v>
       </c>
       <c r="D127"/>
       <c r="E127" t="s">
         <v>477</v>
       </c>
       <c r="F127">
         <v>2016</v>
       </c>
       <c r="G127" t="s">
         <v>478</v>
       </c>
       <c r="H127"/>
       <c r="I127"/>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
         <v>479</v>
       </c>
       <c r="B128" t="s">
-        <v>379</v>
+        <v>480</v>
       </c>
       <c r="C128" t="s">
-        <v>64</v>
-[...5 lines deleted...]
-        <v>205127</v>
+        <v>472</v>
+      </c>
+      <c r="D128"/>
+      <c r="E128" t="s">
+        <v>481</v>
       </c>
       <c r="F128">
         <v>2016</v>
       </c>
       <c r="G128" t="s">
-        <v>480</v>
-[...3 lines deleted...]
-      </c>
+        <v>482</v>
+      </c>
+      <c r="H128"/>
       <c r="I128"/>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B129" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="C129" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>211105</v>
+        <v>472</v>
+      </c>
+      <c r="D129"/>
+      <c r="E129" t="s">
+        <v>485</v>
       </c>
       <c r="F129">
         <v>2016</v>
       </c>
       <c r="G129" t="s">
-        <v>483</v>
-[...6 lines deleted...]
-      </c>
+        <v>486</v>
+      </c>
+      <c r="H129"/>
+      <c r="I129"/>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="B130" t="s">
-        <v>485</v>
+        <v>387</v>
       </c>
       <c r="C130" t="s">
-        <v>486</v>
+        <v>73</v>
       </c>
       <c r="D130">
-        <v>6</v>
+        <v>93</v>
       </c>
       <c r="E130">
-        <v>22136</v>
+        <v>205127</v>
       </c>
       <c r="F130">
         <v>2016</v>
       </c>
       <c r="G130" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="H130">
-        <v>4.26</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.84</v>
+      </c>
+      <c r="I130"/>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="B131" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="C131" t="s">
-        <v>68</v>
+        <v>47</v>
       </c>
       <c r="D131">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>490</v>
+        <v>108</v>
+      </c>
+      <c r="E131">
+        <v>211105</v>
       </c>
       <c r="F131">
         <v>2016</v>
       </c>
       <c r="G131" t="s">
         <v>491</v>
       </c>
       <c r="H131">
-        <v>8.43</v>
+        <v>3.41</v>
       </c>
       <c r="I131">
-        <v>4.01</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
         <v>492</v>
       </c>
       <c r="B132" t="s">
         <v>493</v>
       </c>
       <c r="C132" t="s">
         <v>494</v>
       </c>
-      <c r="D132"/>
-      <c r="E132"/>
+      <c r="D132">
+        <v>6</v>
+      </c>
+      <c r="E132">
+        <v>22136</v>
+      </c>
       <c r="F132">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G132" t="s">
         <v>495</v>
       </c>
-      <c r="H132"/>
-      <c r="I132"/>
+      <c r="H132">
+        <v>4.26</v>
+      </c>
+      <c r="I132">
+        <v>1.69</v>
+      </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
         <v>496</v>
       </c>
       <c r="B133" t="s">
-        <v>489</v>
+        <v>497</v>
       </c>
       <c r="C133" t="s">
-        <v>494</v>
-[...2 lines deleted...]
-      <c r="E133"/>
+        <v>77</v>
+      </c>
+      <c r="D133">
+        <v>10</v>
+      </c>
+      <c r="E133" t="s">
+        <v>498</v>
+      </c>
       <c r="F133">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G133" t="s">
-        <v>497</v>
-[...2 lines deleted...]
-      <c r="I133"/>
+        <v>499</v>
+      </c>
+      <c r="H133">
+        <v>8.43</v>
+      </c>
+      <c r="I133">
+        <v>4.01</v>
+      </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B134" t="s">
-        <v>291</v>
+        <v>501</v>
       </c>
       <c r="C134" t="s">
-        <v>499</v>
-[...6 lines deleted...]
-      </c>
+        <v>502</v>
+      </c>
+      <c r="D134"/>
+      <c r="E134"/>
       <c r="F134">
         <v>2015</v>
       </c>
       <c r="G134" t="s">
-        <v>501</v>
-[...6 lines deleted...]
-      </c>
+        <v>503</v>
+      </c>
+      <c r="H134"/>
+      <c r="I134"/>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
+        <v>504</v>
+      </c>
+      <c r="B135" t="s">
+        <v>497</v>
+      </c>
+      <c r="C135" t="s">
         <v>502</v>
       </c>
-      <c r="B135" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="D135"/>
+      <c r="E135"/>
       <c r="F135">
         <v>2015</v>
       </c>
       <c r="G135" t="s">
-        <v>504</v>
-[...3 lines deleted...]
-      </c>
+        <v>505</v>
+      </c>
+      <c r="H135"/>
       <c r="I135"/>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="B136" t="s">
-        <v>506</v>
+        <v>304</v>
       </c>
       <c r="C136" t="s">
         <v>507</v>
       </c>
       <c r="D136">
-        <v>9502</v>
-[...2 lines deleted...]
-        <v>950203</v>
+        <v>9</v>
+      </c>
+      <c r="E136" t="s">
+        <v>508</v>
       </c>
       <c r="F136">
         <v>2015</v>
       </c>
       <c r="G136" t="s">
-        <v>508</v>
-[...1 lines deleted...]
-      <c r="H136"/>
+        <v>509</v>
+      </c>
+      <c r="H136">
+        <v>2.14</v>
+      </c>
       <c r="I136">
-        <v>0.25</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B137" t="s">
-        <v>379</v>
+        <v>511</v>
       </c>
       <c r="C137" t="s">
-        <v>60</v>
+        <v>73</v>
       </c>
       <c r="D137">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E137">
-        <v>23821</v>
+        <v>155415</v>
       </c>
       <c r="F137">
         <v>2015</v>
       </c>
       <c r="G137" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="H137">
-        <v>2.77</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.72</v>
+      </c>
+      <c r="I137"/>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="B138" t="s">
-        <v>379</v>
+        <v>514</v>
       </c>
       <c r="C138" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="D138">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>513</v>
+        <v>9502</v>
+      </c>
+      <c r="E138">
+        <v>950203</v>
       </c>
       <c r="F138">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G138" t="s">
-        <v>514</v>
-[...3 lines deleted...]
-      </c>
+        <v>516</v>
+      </c>
+      <c r="H138"/>
       <c r="I138">
-        <v>0.47</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B139" t="s">
-        <v>516</v>
+        <v>387</v>
       </c>
       <c r="C139" t="s">
-        <v>517</v>
+        <v>69</v>
       </c>
       <c r="D139">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="E139">
-        <v>260</v>
+        <v>23821</v>
       </c>
       <c r="F139">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="G139" t="s">
         <v>518</v>
       </c>
       <c r="H139">
-        <v>2.48</v>
+        <v>2.77</v>
       </c>
       <c r="I139">
-        <v>0.81</v>
+        <v>2.2</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
         <v>519</v>
       </c>
       <c r="B140" t="s">
-        <v>379</v>
+        <v>387</v>
       </c>
       <c r="C140" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="D140">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>324</v>
+        <v>56</v>
+      </c>
+      <c r="E140" t="s">
+        <v>521</v>
       </c>
       <c r="F140">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G140" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="H140">
-        <v>2.48</v>
+        <v>0.82</v>
       </c>
       <c r="I140">
-        <v>0.81</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B141" t="s">
-        <v>379</v>
+        <v>524</v>
       </c>
       <c r="C141" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="D141">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E141">
-        <v>45302</v>
+        <v>260</v>
       </c>
       <c r="F141">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G141" t="s">
-        <v>523</v>
-[...2 lines deleted...]
-      <c r="I141"/>
+        <v>526</v>
+      </c>
+      <c r="H141">
+        <v>2.48</v>
+      </c>
+      <c r="I141">
+        <v>0.81</v>
+      </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="B142" t="s">
-        <v>379</v>
+        <v>387</v>
       </c>
       <c r="C142" t="s">
         <v>525</v>
       </c>
       <c r="D142">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>526</v>
+        <v>8</v>
+      </c>
+      <c r="E142">
+        <v>324</v>
       </c>
       <c r="F142">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G142" t="s">
-        <v>527</v>
-[...2 lines deleted...]
-      <c r="I142"/>
+        <v>528</v>
+      </c>
+      <c r="H142">
+        <v>2.48</v>
+      </c>
+      <c r="I142">
+        <v>0.81</v>
+      </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="B143" t="s">
-        <v>529</v>
+        <v>387</v>
       </c>
       <c r="C143" t="s">
         <v>530</v>
       </c>
       <c r="D143">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>531</v>
+        <v>46</v>
+      </c>
+      <c r="E143">
+        <v>45302</v>
       </c>
       <c r="F143">
         <v>2012</v>
       </c>
       <c r="G143" t="s">
-        <v>532</v>
-[...6 lines deleted...]
-      </c>
+        <v>531</v>
+      </c>
+      <c r="H143"/>
+      <c r="I143"/>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
+        <v>532</v>
+      </c>
+      <c r="B144" t="s">
+        <v>387</v>
+      </c>
+      <c r="C144" t="s">
         <v>533</v>
       </c>
-      <c r="B144" t="s">
+      <c r="D144">
+        <v>12</v>
+      </c>
+      <c r="E144" t="s">
         <v>534</v>
-      </c>
-[...7 lines deleted...]
-        <v>43101</v>
       </c>
       <c r="F144">
         <v>2012</v>
       </c>
       <c r="G144" t="s">
         <v>535</v>
       </c>
-      <c r="H144">
-[...4 lines deleted...]
-      </c>
+      <c r="H144"/>
+      <c r="I144"/>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" t="s">
         <v>536</v>
       </c>
       <c r="B145" t="s">
-        <v>379</v>
+        <v>537</v>
       </c>
       <c r="C145" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D145">
-        <v>249</v>
+        <v>6</v>
       </c>
       <c r="E145" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="F145">
         <v>2012</v>
       </c>
       <c r="G145" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="H145">
-        <v>1.32</v>
+        <v>0.21</v>
       </c>
       <c r="I145">
-        <v>0.93</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B146" t="s">
-        <v>379</v>
+        <v>542</v>
       </c>
       <c r="C146" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="D146">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E146">
-        <v>104307</v>
+        <v>43101</v>
       </c>
       <c r="F146">
         <v>2012</v>
       </c>
       <c r="G146" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="H146">
         <v>2.21</v>
       </c>
       <c r="I146">
         <v>1.31</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="B147" t="s">
-        <v>529</v>
+        <v>387</v>
       </c>
       <c r="C147" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="D147">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>1250069</v>
+        <v>249</v>
+      </c>
+      <c r="E147" t="s">
+        <v>546</v>
       </c>
       <c r="F147">
         <v>2012</v>
       </c>
       <c r="G147" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="H147">
-        <v>0.4</v>
+        <v>1.32</v>
       </c>
       <c r="I147">
-        <v>0.53</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="B148" t="s">
-        <v>379</v>
+        <v>387</v>
       </c>
       <c r="C148" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="D148">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="E148">
-        <v>94108</v>
+        <v>104307</v>
       </c>
       <c r="F148">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G148" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="H148">
-        <v>2.17</v>
+        <v>2.21</v>
       </c>
       <c r="I148">
-        <v>1.37</v>
+        <v>1.31</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="B149" t="s">
-        <v>379</v>
+        <v>537</v>
       </c>
       <c r="C149" t="s">
-        <v>46</v>
+        <v>551</v>
       </c>
       <c r="D149">
-        <v>109</v>
+        <v>21</v>
       </c>
       <c r="E149">
-        <v>11101</v>
+        <v>1250069</v>
       </c>
       <c r="F149">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G149" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="H149">
-        <v>2.17</v>
+        <v>0.4</v>
       </c>
       <c r="I149">
-        <v>1.37</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="B150" t="s">
-        <v>379</v>
+        <v>387</v>
       </c>
       <c r="C150" t="s">
-        <v>550</v>
+        <v>55</v>
       </c>
       <c r="D150">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>551</v>
+        <v>109</v>
+      </c>
+      <c r="E150">
+        <v>94108</v>
       </c>
       <c r="F150">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G150" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="H150">
-        <v>0.5</v>
+        <v>2.17</v>
       </c>
       <c r="I150">
-        <v>0.18</v>
+        <v>1.37</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="B151" t="s">
-        <v>379</v>
+        <v>387</v>
       </c>
       <c r="C151" t="s">
-        <v>554</v>
+        <v>55</v>
       </c>
       <c r="D151">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>555</v>
+        <v>109</v>
+      </c>
+      <c r="E151">
+        <v>11101</v>
       </c>
       <c r="F151">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G151" t="s">
         <v>556</v>
       </c>
       <c r="H151">
-        <v>4.52</v>
+        <v>2.17</v>
       </c>
       <c r="I151">
-        <v>2.46</v>
+        <v>1.37</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" t="s">
         <v>557</v>
       </c>
       <c r="B152" t="s">
-        <v>379</v>
+        <v>387</v>
       </c>
       <c r="C152" t="s">
         <v>558</v>
       </c>
       <c r="D152">
-        <v>55</v>
+        <v>36</v>
       </c>
       <c r="E152" t="s">
         <v>559</v>
       </c>
       <c r="F152">
         <v>2010</v>
       </c>
       <c r="G152" t="s">
         <v>560</v>
       </c>
       <c r="H152">
-        <v>0.54</v>
+        <v>0.5</v>
       </c>
       <c r="I152">
-        <v>0.16</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" t="s">
         <v>561</v>
       </c>
       <c r="B153" t="s">
-        <v>379</v>
+        <v>387</v>
       </c>
       <c r="C153" t="s">
         <v>562</v>
       </c>
       <c r="D153">
-        <v>10</v>
+        <v>114</v>
       </c>
       <c r="E153" t="s">
         <v>563</v>
       </c>
       <c r="F153">
         <v>2010</v>
       </c>
       <c r="G153" t="s">
         <v>564</v>
       </c>
       <c r="H153">
+        <v>4.52</v>
+      </c>
+      <c r="I153">
+        <v>2.46</v>
+      </c>
+    </row>
+    <row r="154" spans="1:9">
+      <c r="A154" t="s">
+        <v>565</v>
+      </c>
+      <c r="B154" t="s">
+        <v>387</v>
+      </c>
+      <c r="C154" t="s">
+        <v>566</v>
+      </c>
+      <c r="D154">
+        <v>10</v>
+      </c>
+      <c r="E154" t="s">
+        <v>567</v>
+      </c>
+      <c r="F154">
+        <v>2010</v>
+      </c>
+      <c r="G154" t="s">
+        <v>568</v>
+      </c>
+      <c r="H154">
         <v>0.72</v>
       </c>
-      <c r="I153"/>
+      <c r="I154"/>
+    </row>
+    <row r="155" spans="1:9">
+      <c r="A155" t="s">
+        <v>569</v>
+      </c>
+      <c r="B155" t="s">
+        <v>387</v>
+      </c>
+      <c r="C155" t="s">
+        <v>570</v>
+      </c>
+      <c r="D155">
+        <v>55</v>
+      </c>
+      <c r="E155" t="s">
+        <v>571</v>
+      </c>
+      <c r="F155">
+        <v>2010</v>
+      </c>
+      <c r="G155" t="s">
+        <v>572</v>
+      </c>
+      <c r="H155">
+        <v>0.54</v>
+      </c>
+      <c r="I155">
+        <v>0.16</v>
+      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>