--- v3 (2026-01-23)
+++ v4 (2026-03-19)
@@ -275,60 +275,60 @@
   <si>
     <t>Broadband antireflective coatings based on two-dimensional arrays of subwavelength nanopores</t>
   </si>
   <si>
     <t>Dmitry Baranov, Pavel Dmitriev, Ivan Mukhin, Anton Samusev, Pavel Belov, Alexander Shalin</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/1.4919589</t>
   </si>
   <si>
     <t>Effect of postgrowth techniques on the characteristics of triple-junction InGaP/Ga(In)As/Ge solar cells</t>
   </si>
   <si>
     <t>Pavel Dmitriev</t>
   </si>
   <si>
     <t>1217-1221</t>
   </si>
   <si>
     <t>10.1134/S1063782614090024</t>
   </si>
   <si>
+    <t>Current flow and efficiencies of concentrator InGaP/GaAs/Ge solar cells at temperatures below 300K</t>
+  </si>
+  <si>
+    <t>10.1063/1.4897017</t>
+  </si>
+  <si>
     <t>Photoelectric characteristics of InGaP/Ga(In)As/Ge solar cells fabricated with a single-stage wet chemical etching separation process</t>
   </si>
   <si>
     <t>10.1063/1.4897088</t>
-  </si>
-[...4 lines deleted...]
-    <t>10.1063/1.4897017</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1199,78 +1199,78 @@
       </c>
       <c r="G20" t="s">
         <v>86</v>
       </c>
       <c r="H20">
         <v>0.74</v>
       </c>
       <c r="I20">
         <v>0.48</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>87</v>
       </c>
       <c r="B21" t="s">
         <v>84</v>
       </c>
       <c r="C21" t="s">
         <v>41</v>
       </c>
       <c r="D21">
         <v>1616</v>
       </c>
       <c r="E21">
-        <v>326</v>
+        <v>8</v>
       </c>
       <c r="F21">
         <v>2014</v>
       </c>
       <c r="G21" t="s">
         <v>88</v>
       </c>
       <c r="H21"/>
       <c r="I21">
         <v>0.16</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>89</v>
       </c>
       <c r="B22" t="s">
         <v>84</v>
       </c>
       <c r="C22" t="s">
         <v>41</v>
       </c>
       <c r="D22">
         <v>1616</v>
       </c>
       <c r="E22">
-        <v>8</v>
+        <v>326</v>
       </c>
       <c r="F22">
         <v>2014</v>
       </c>
       <c r="G22" t="s">
         <v>90</v>
       </c>
       <c r="H22"/>
       <c r="I22">
         <v>0.16</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>