--- v0 (2025-10-06)
+++ v1 (2025-11-01)
@@ -149,89 +149,89 @@
   <si>
     <t>Maria Poleva, Kristina Frizyuk, Kseniia Baryshnikova, Andrei Evlyukhin, Mihail Petrov, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Physical Review B</t>
   </si>
   <si>
     <t>10.1103/physrevb.107.l041304</t>
   </si>
   <si>
     <t>Multipole Born series approach to light scattering by Mie-resonant nanoparticle structures</t>
   </si>
   <si>
     <t>Nikita Ustimenko, Kseniia Baryshnikova, Andrei Evlyukhin, Mihail Petrov</t>
   </si>
   <si>
     <t>Journal of Optics</t>
   </si>
   <si>
     <t>035603</t>
   </si>
   <si>
     <t>10.1088/2040-8986/ac4a21</t>
   </si>
   <si>
+    <t>Light focusing by silicon nanosphere structures under conditions of magnetic dipole and quadrupole resonances</t>
+  </si>
+  <si>
+    <t>Nikita Ustimenko, Kseniia Baryshnikova, R Melnikov, V Ulyantsev, A B Evlyukhin</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012160</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012160</t>
+  </si>
+  <si>
+    <t>Nontrivial optical response of silicon triangular prisms</t>
+  </si>
+  <si>
+    <t>Maria Poleva, Kseniia Baryshnikova, Kristina Frizyuk, A B Evlyukhin</t>
+  </si>
+  <si>
+    <t>012111</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012111</t>
+  </si>
+  <si>
     <t>Application of Born series for modeling of Mie-resonant nanostructures</t>
   </si>
   <si>
     <t>Nikita Ustimenko, Kseniia Baryshnikova, A B Evlyukhin, Mihail Petrov</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012161</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012161</t>
   </si>
   <si>
-    <t>Light focusing by silicon nanosphere structures under conditions of magnetic dipole and quadrupole resonances</t>
-[...22 lines deleted...]
-  <si>
     <t>Polarization Switching Between Electric and Magnetic Quasi‐Trapped Modes in Bianisotropic All‐Dielectric Metasurfaces</t>
   </si>
   <si>
     <t>Andrey B. Evlyukhin, Maria Poleva, Alexei V. Prokhorov, Kseniia Baryshnikova, Andrey E. Miroshnichenko, Boris N. Chichkov</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202100206</t>
   </si>
   <si>
     <t>Multipole optimization of light focusing by silicon nanosphere structures</t>
   </si>
   <si>
     <t>Nikita Ustimenko, Kseniia Baryshnikova, Roman Melnikov, Vladimir Ulyantsev, Boris N. Chichkov,  Andrey B. Evlyukhin</t>
   </si>
   <si>
     <t>Journal of the Optical Society of America B</t>
   </si>
   <si>
     <t>10.1364/josab.436139</t>
   </si>
   <si>
     <t>Metalenses for subwavelength imaging</t>
@@ -470,159 +470,159 @@
   <si>
     <t>Journal of Applied Physics</t>
   </si>
   <si>
     <t>doi: 10.1063/1.5026556</t>
   </si>
   <si>
     <t>Локальная кристаллизация резонансной наночастицы из аморфного кремния для реализации оптической нанотермометрии</t>
   </si>
   <si>
     <t>Георгий Зограф, Ксения Барышникова, Сергей Макаров</t>
   </si>
   <si>
     <t>Письма в ЖЭТФ</t>
   </si>
   <si>
     <t>107 (11)</t>
   </si>
   <si>
     <t>732-738</t>
   </si>
   <si>
     <t>10.7868/S0370274X18110085</t>
   </si>
   <si>
+    <t>Optical multipole resonances of non-spherical silicon nanoparticles and the influence of illumination direction</t>
+  </si>
+  <si>
+    <t>Optical Components and Materials XV</t>
+  </si>
+  <si>
+    <t>10.1117/12.2289894</t>
+  </si>
+  <si>
+    <t>Magnetic field concentration with coaxial silicon nanocylinders in the optical spectral range</t>
+  </si>
+  <si>
+    <t>Kseniia Baryshnikova, Andrey Novitsky, Andrei Evlyukhin, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>Journal of the Optical Society of America B: Optical Physics</t>
+  </si>
+  <si>
+    <t>D36-D41</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1364/JOSAB.34.000D36</t>
+  </si>
+  <si>
+    <t>Magnetic hot-spots in hollow silicon cylinders</t>
+  </si>
+  <si>
+    <t>Kseniia Baryshnikova, Andrei Evlyukhin, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/741/1/012156</t>
+  </si>
+  <si>
+    <t>Fabrication and characterization of coupled ensembles of epitaxial quantum dots and metal nanoparticles supporting localized surface plasmons</t>
+  </si>
+  <si>
+    <t>Plasmonics: Design, Materials, Fabrication, Characterization Applications XV</t>
+  </si>
+  <si>
+    <t>10.1117/12.2272994</t>
+  </si>
+  <si>
     <t>Near-field analysis of the anapole states in high-index particles</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1063/1.4998032</t>
   </si>
   <si>
-    <t>Optical multipole resonances of non-spherical silicon nanoparticles and the influence of illumination direction</t>
-[...40 lines deleted...]
-  <si>
     <t>Multipolar response of nonspherical silicon nanoparticles in the visible and near-infrared spectral ranges</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.96.035443</t>
   </si>
   <si>
     <t>Multipole optical response of silicon nanoparticles of a conical shape</t>
   </si>
   <si>
     <t>2017 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>310-315</t>
   </si>
   <si>
     <t>10.1109/DD.2017.8168045</t>
   </si>
   <si>
     <t>Toroidal dipole associated resonant forward scattering of light by silicon nanoparticles</t>
   </si>
   <si>
     <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
   </si>
   <si>
     <t>2325-2328</t>
   </si>
   <si>
     <t>10.1109/PIERS.2017.8262140</t>
   </si>
   <si>
     <t>Reflection compensation mediated by electric and magnetic resonances of all-dielectric metasurfaces</t>
   </si>
   <si>
     <t>Mihail Petrov, Kseniia Baryshnikova, Pavel Belov</t>
   </si>
   <si>
     <t>D18-D28</t>
   </si>
   <si>
     <t>10.1364/JOSAB.34.000D18</t>
   </si>
   <si>
+    <t>Destructive interference between electric and toroidal dipole moments in TiO2 cylinders and frustums with coaxial voids</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/929/1/012065</t>
+  </si>
+  <si>
     <t>Resonant forward scattering of light by high-refractive-index dielectric nanoparticles with toroidal dipole contribution</t>
   </si>
   <si>
     <t>Optics Letters</t>
   </si>
   <si>
     <t>835-838</t>
   </si>
   <si>
     <t>10.1364/OL.42.000835</t>
-  </si>
-[...4 lines deleted...]
-    <t>10.1088/1742-6596/929/1/012065</t>
   </si>
   <si>
     <t>Nonradiating anapole modes of dielectric particles in terahertz range</t>
   </si>
   <si>
     <t>Pavel Terekhov, Kseniia Baryshnikova, Alexander Shalin, Andrei Evlyukhin, Irina Khromova</t>
   </si>
   <si>
     <t>2016 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>406-409</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756883</t>
   </si>
   <si>
     <t>Substrate-mediated antireflective properties of silicon nanoparticle array</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Pavel Belov, Mihail Petrov</t>
   </si>
   <si>
     <t>46-51</t>
   </si>
@@ -2019,181 +2019,181 @@
         <v>147</v>
       </c>
       <c r="C36" t="s">
         <v>148</v>
       </c>
       <c r="D36" t="s">
         <v>149</v>
       </c>
       <c r="E36" t="s">
         <v>150</v>
       </c>
       <c r="F36">
         <v>2018</v>
       </c>
       <c r="G36" t="s">
         <v>151</v>
       </c>
       <c r="H36"/>
       <c r="I36"/>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>152</v>
       </c>
       <c r="B37" t="s">
+        <v>131</v>
+      </c>
+      <c r="C37" t="s">
         <v>153</v>
       </c>
-      <c r="C37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D37">
-        <v>1874</v>
+        <v>10528</v>
       </c>
       <c r="E37">
-        <v>30003</v>
+        <v>1052802</v>
       </c>
       <c r="F37">
         <v>2018</v>
       </c>
       <c r="G37" t="s">
         <v>154</v>
       </c>
-      <c r="H37"/>
+      <c r="H37">
+        <v>0.56</v>
+      </c>
       <c r="I37">
-        <v>0.17</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>155</v>
       </c>
       <c r="B38" t="s">
-        <v>131</v>
+        <v>156</v>
       </c>
       <c r="C38" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D38">
-        <v>10528</v>
-[...2 lines deleted...]
-        <v>1052802</v>
+        <v>34</v>
+      </c>
+      <c r="E38" t="s">
+        <v>158</v>
       </c>
       <c r="F38">
         <v>2018</v>
       </c>
       <c r="G38" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="H38">
-        <v>0.56</v>
+        <v>2.05</v>
       </c>
       <c r="I38">
-        <v>0.24</v>
+        <v>0.86</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B39" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C39" t="s">
-        <v>160</v>
+        <v>47</v>
       </c>
       <c r="D39">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>741</v>
+      </c>
+      <c r="E39">
+        <v>12156</v>
       </c>
       <c r="F39">
         <v>2018</v>
       </c>
       <c r="G39" t="s">
         <v>162</v>
       </c>
-      <c r="H39">
-[...1 lines deleted...]
-      </c>
+      <c r="H39"/>
       <c r="I39">
-        <v>0.86</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>163</v>
       </c>
       <c r="B40" t="s">
+        <v>134</v>
+      </c>
+      <c r="C40" t="s">
         <v>164</v>
       </c>
-      <c r="C40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D40">
-        <v>741</v>
+        <v>10346</v>
       </c>
       <c r="E40">
-        <v>12156</v>
+        <v>1034613</v>
       </c>
       <c r="F40">
         <v>2018</v>
       </c>
       <c r="G40" t="s">
         <v>165</v>
       </c>
       <c r="H40"/>
-      <c r="I40">
-[...1 lines deleted...]
-      </c>
+      <c r="I40"/>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>166</v>
       </c>
       <c r="B41" t="s">
-        <v>134</v>
+        <v>167</v>
       </c>
       <c r="C41" t="s">
-        <v>167</v>
+        <v>81</v>
       </c>
       <c r="D41">
-        <v>10346</v>
+        <v>1874</v>
       </c>
       <c r="E41">
-        <v>1034613</v>
+        <v>30003</v>
       </c>
       <c r="F41">
         <v>2018</v>
       </c>
       <c r="G41" t="s">
         <v>168</v>
       </c>
       <c r="H41"/>
-      <c r="I41"/>
+      <c r="I41">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>169</v>
       </c>
       <c r="B42" t="s">
         <v>131</v>
       </c>
       <c r="C42" t="s">
         <v>38</v>
       </c>
       <c r="D42">
         <v>96</v>
       </c>
       <c r="E42">
         <v>35443</v>
       </c>
       <c r="F42">
         <v>2017</v>
       </c>
       <c r="G42" t="s">
         <v>170</v>
       </c>
       <c r="H42">
         <v>3.81</v>
@@ -2234,125 +2234,125 @@
       </c>
       <c r="C44" t="s">
         <v>176</v>
       </c>
       <c r="D44"/>
       <c r="E44" t="s">
         <v>177</v>
       </c>
       <c r="F44">
         <v>2017</v>
       </c>
       <c r="G44" t="s">
         <v>178</v>
       </c>
       <c r="H44"/>
       <c r="I44"/>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>179</v>
       </c>
       <c r="B45" t="s">
         <v>180</v>
       </c>
       <c r="C45" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="D45">
         <v>34</v>
       </c>
       <c r="E45" t="s">
         <v>181</v>
       </c>
       <c r="F45">
         <v>2017</v>
       </c>
       <c r="G45" t="s">
         <v>182</v>
       </c>
       <c r="H45">
         <v>1.84</v>
       </c>
       <c r="I45">
         <v>0.85</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>183</v>
       </c>
       <c r="B46" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="C46" t="s">
-        <v>184</v>
+        <v>47</v>
       </c>
       <c r="D46">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>929</v>
+      </c>
+      <c r="E46">
+        <v>12065</v>
       </c>
       <c r="F46">
         <v>2017</v>
       </c>
       <c r="G46" t="s">
-        <v>186</v>
-[...3 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="H46"/>
       <c r="I46">
-        <v>1.79</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>185</v>
+      </c>
+      <c r="B47" t="s">
+        <v>131</v>
+      </c>
+      <c r="C47" t="s">
+        <v>186</v>
+      </c>
+      <c r="D47">
+        <v>42</v>
+      </c>
+      <c r="E47" t="s">
         <v>187</v>
-      </c>
-[...10 lines deleted...]
-        <v>12065</v>
       </c>
       <c r="F47">
         <v>2017</v>
       </c>
       <c r="G47" t="s">
         <v>188</v>
       </c>
-      <c r="H47"/>
+      <c r="H47">
+        <v>3.59</v>
+      </c>
       <c r="I47">
-        <v>0.24</v>
+        <v>1.79</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>189</v>
       </c>
       <c r="B48" t="s">
         <v>190</v>
       </c>
       <c r="C48" t="s">
         <v>191</v>
       </c>
       <c r="D48"/>
       <c r="E48" t="s">
         <v>192</v>
       </c>
       <c r="F48">
         <v>2016</v>
       </c>
       <c r="G48" t="s">
         <v>193</v>
       </c>
       <c r="H48"/>
       <c r="I48"/>
     </row>