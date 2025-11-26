--- v1 (2025-11-01)
+++ v2 (2025-11-26)
@@ -149,209 +149,209 @@
   <si>
     <t>Maria Poleva, Kristina Frizyuk, Kseniia Baryshnikova, Andrei Evlyukhin, Mihail Petrov, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Physical Review B</t>
   </si>
   <si>
     <t>10.1103/physrevb.107.l041304</t>
   </si>
   <si>
     <t>Multipole Born series approach to light scattering by Mie-resonant nanoparticle structures</t>
   </si>
   <si>
     <t>Nikita Ustimenko, Kseniia Baryshnikova, Andrei Evlyukhin, Mihail Petrov</t>
   </si>
   <si>
     <t>Journal of Optics</t>
   </si>
   <si>
     <t>035603</t>
   </si>
   <si>
     <t>10.1088/2040-8986/ac4a21</t>
   </si>
   <si>
+    <t>Nontrivial optical response of silicon triangular prisms</t>
+  </si>
+  <si>
+    <t>Maria Poleva, Kseniia Baryshnikova, Kristina Frizyuk, A B Evlyukhin</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012111</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012111</t>
+  </si>
+  <si>
+    <t>Application of Born series for modeling of Mie-resonant nanostructures</t>
+  </si>
+  <si>
+    <t>Nikita Ustimenko, Kseniia Baryshnikova, A B Evlyukhin, Mihail Petrov</t>
+  </si>
+  <si>
+    <t>012161</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012161</t>
+  </si>
+  <si>
     <t>Light focusing by silicon nanosphere structures under conditions of magnetic dipole and quadrupole resonances</t>
   </si>
   <si>
     <t>Nikita Ustimenko, Kseniia Baryshnikova, R Melnikov, V Ulyantsev, A B Evlyukhin</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012160</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012160</t>
   </si>
   <si>
-    <t>Nontrivial optical response of silicon triangular prisms</t>
-[...22 lines deleted...]
-  <si>
     <t>Polarization Switching Between Electric and Magnetic Quasi‐Trapped Modes in Bianisotropic All‐Dielectric Metasurfaces</t>
   </si>
   <si>
     <t>Andrey B. Evlyukhin, Maria Poleva, Alexei V. Prokhorov, Kseniia Baryshnikova, Andrey E. Miroshnichenko, Boris N. Chichkov</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202100206</t>
   </si>
   <si>
     <t>Multipole optimization of light focusing by silicon nanosphere structures</t>
   </si>
   <si>
     <t>Nikita Ustimenko, Kseniia Baryshnikova, Roman Melnikov, Vladimir Ulyantsev, Boris N. Chichkov,  Andrey B. Evlyukhin</t>
   </si>
   <si>
     <t>Journal of the Optical Society of America B</t>
   </si>
   <si>
     <t>10.1364/josab.436139</t>
   </si>
   <si>
     <t>Metalenses for subwavelength imaging</t>
   </si>
   <si>
+    <t>Kseniia Baryshnikova, S S Kharintsev, Pavel Belov, Nikita Ustimenko</t>
+  </si>
+  <si>
+    <t>Physics-Uspekhi</t>
+  </si>
+  <si>
+    <t>355-378</t>
+  </si>
+  <si>
+    <t>10.3367/ufne.2021.03.038952</t>
+  </si>
+  <si>
     <t>Kseniia Baryshnikova, Sergei S. Kharintsev, Pavel Belov, Nikita Ustimenko</t>
   </si>
   <si>
     <t>Uspekhi Fizicheskih Nauk</t>
   </si>
   <si>
     <t>386-412</t>
   </si>
   <si>
     <t>10.3367/ufnr.2021.03.038952</t>
   </si>
   <si>
-    <t>Kseniia Baryshnikova, S S Kharintsev, Pavel Belov, Nikita Ustimenko</t>
-[...10 lines deleted...]
-  <si>
     <t>Enhanced Raman Scattering for Probing Near‐Field Distribution in All‐Dielectric Nanostructures</t>
   </si>
   <si>
     <t>Georgiy Zograf, Kseniia Baryshnikova, Mihail Petrov, Sergey Makarov</t>
   </si>
   <si>
     <t>Advanced Photonics Research</t>
   </si>
   <si>
     <t>10.1002/adpr.202000139</t>
   </si>
   <si>
     <t>Born series using for designing of all-dielectric metalenses</t>
   </si>
   <si>
     <t>Nikita Ustimenko, Kseniia Baryshnikova, Mikhail Beliakov, Andrei Evlyukhin</t>
   </si>
   <si>
     <t>AIP Conference Proceedings</t>
   </si>
   <si>
     <t>020007</t>
   </si>
   <si>
     <t>10.1063/5.0031976</t>
   </si>
   <si>
     <t>Broadband Antireflection with Halide Perovskite Metasurfaces</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Dmitry Gets, Tatiana Liashenko, Anatoly Pushkarev, Ivan Mukhin, Yuri Kivshar, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1002/lpor.202000338</t>
   </si>
   <si>
     <t>Broadband transparency of perovskite metasurfaces driven by Kerker effect</t>
   </si>
   <si>
     <t>Metamaterials, Metadevices, and Metasystems 2020</t>
   </si>
   <si>
     <t>10.1117/12.2568566</t>
   </si>
   <si>
+    <t>Suppression of high-order multipole moments in a resonant periodic dipole chain</t>
+  </si>
+  <si>
+    <t>Kseniia Baryshnikova, Mihail Petrov</t>
+  </si>
+  <si>
+    <t>012070</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012070</t>
+  </si>
+  <si>
     <t>Simultaneous suppression of forward and backward light scattering by high-index nanoparticles based on Kerker-like effects</t>
   </si>
   <si>
     <t>Hadi Shamkhi Al Naeemah, Kseniia Baryshnikova, Andrey Sayanskiy, Polina Kapitanova, Pavel Terekhov, Pavel Belov, Andrei Evlyukhin, Yuri Kivshar, Alexander Shalin</t>
   </si>
   <si>
     <t>012158</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012158</t>
   </si>
   <si>
-    <t>Suppression of high-order multipole moments in a resonant periodic dipole chain</t>
-[...10 lines deleted...]
-  <si>
     <t>Electromagnetic realization of topological states in one-dimensional arrays of bianisotropic particles</t>
   </si>
   <si>
     <t>Daniil Bobylev, Kseniia Baryshnikova, Maxim Gorlach</t>
   </si>
   <si>
     <t>012040</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1482/1/012040</t>
   </si>
   <si>
     <t>Non-Huygens Invisible Metasurfaces</t>
   </si>
   <si>
     <t>Hadi Shamkhi Al Naeemah, Kseniia Baryshnikova, Andrey Sayanskiy, Pavel Terekhov, Egor Gurvitz, Adria Сanos Valero, Polina Kapitanova, Andrei Evlyukhin, Pavel Belov, Yuri Kivshar, Alexander Shalin</t>
   </si>
   <si>
     <t>2019 PhotonIcs &amp; Electromagnetics Research Symposium - Spring (PIERS-Spring)</t>
   </si>
   <si>
     <t>10.1109/piers-spring46901.2019.9017217</t>
   </si>
   <si>
     <t>Revealing Low-Radiative Modes of Nanoresonators with Internal Raman Scattering</t>
@@ -392,264 +392,264 @@
   <si>
     <t>Broadband forward scattering from dielectric cubic nanoantenna in lossless media</t>
   </si>
   <si>
     <t>Pavel Terekhov, Hadi Shamkhi Al Naeemah, Egor Gurvitz, Kseniia Baryshnikova, Andrei Evlyukhin, Alexander Shalin</t>
   </si>
   <si>
     <t>Optics Express</t>
   </si>
   <si>
     <t>10.1364/oe.27.010924</t>
   </si>
   <si>
     <t>Enhanced absorption in all-dielectric metasurfaces due to magnetic dipole excitation</t>
   </si>
   <si>
     <t>Pavel Terekhov, Kseniia Baryshnikova, Andrei Evlyukhin, Alexander Shalin</t>
   </si>
   <si>
     <t>Scientific Reports</t>
   </si>
   <si>
     <t>10.1038/s41598-019-40226-0</t>
   </si>
   <si>
+    <t>Asymmetrical optical effects in anapole metamaterials</t>
+  </si>
+  <si>
+    <t>Kseniia Baryshnikova</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012007</t>
+  </si>
+  <si>
     <t>Optical Anapoles: Concepts and Applications</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Yuri Kivshar</t>
   </si>
   <si>
     <t>Advanced Optical Materials</t>
   </si>
   <si>
     <t>10.1002/adom.201801350</t>
   </si>
   <si>
     <t>Multipole analysis of dielectric metasurfaces composed of nonspherical nanoparticles and lattice invisibility effect</t>
   </si>
   <si>
     <t>Pavel Terekhov, Kseniia Baryshnikova, Alexander Shalin, Andrei Evlyukhin</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.99.045424</t>
   </si>
   <si>
-    <t>Asymmetrical optical effects in anapole metamaterials</t>
-[...7 lines deleted...]
-  <si>
     <t>Transmission and reflection features of all-dielectrics metasurfaces with electric and magnetic resonances</t>
   </si>
   <si>
     <t>Proceedings of SPIE</t>
   </si>
   <si>
     <t>10.1117/12.2506973</t>
   </si>
   <si>
     <t>Giant magnetoelectric field separation via anapole-type states in high-index dielectric structures</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Dmitry Filonov, Andrei Evlyukhin, Alexey Kadochkin, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.165419</t>
   </si>
   <si>
     <t>Electromagnetic properties of the Great Pyramid: First multipole resonances and energy concentration</t>
   </si>
   <si>
     <t>Mikhail Balezin, Kseniia Baryshnikova, Polina Kapitanova, Andrei Evlyukhin</t>
   </si>
   <si>
     <t>Journal of Applied Physics</t>
   </si>
   <si>
     <t>doi: 10.1063/1.5026556</t>
   </si>
   <si>
     <t>Локальная кристаллизация резонансной наночастицы из аморфного кремния для реализации оптической нанотермометрии</t>
   </si>
   <si>
     <t>Георгий Зограф, Ксения Барышникова, Сергей Макаров</t>
   </si>
   <si>
     <t>Письма в ЖЭТФ</t>
   </si>
   <si>
     <t>107 (11)</t>
   </si>
   <si>
     <t>732-738</t>
   </si>
   <si>
     <t>10.7868/S0370274X18110085</t>
   </si>
   <si>
+    <t>Near-field analysis of the anapole states in high-index particles</t>
+  </si>
+  <si>
+    <t>Kseniia Baryshnikova, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998032</t>
+  </si>
+  <si>
     <t>Optical multipole resonances of non-spherical silicon nanoparticles and the influence of illumination direction</t>
   </si>
   <si>
     <t>Optical Components and Materials XV</t>
   </si>
   <si>
     <t>10.1117/12.2289894</t>
   </si>
   <si>
     <t>Magnetic field concentration with coaxial silicon nanocylinders in the optical spectral range</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Andrey Novitsky, Andrei Evlyukhin, Alexander Shalin</t>
   </si>
   <si>
     <t>Journal of the Optical Society of America B: Optical Physics</t>
   </si>
   <si>
     <t>D36-D41</t>
   </si>
   <si>
     <t>https://doi.org/10.1364/JOSAB.34.000D36</t>
   </si>
   <si>
     <t>Magnetic hot-spots in hollow silicon cylinders</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Andrei Evlyukhin, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1088/1742-6596/741/1/012156</t>
   </si>
   <si>
     <t>Fabrication and characterization of coupled ensembles of epitaxial quantum dots and metal nanoparticles supporting localized surface plasmons</t>
   </si>
   <si>
     <t>Plasmonics: Design, Materials, Fabrication, Characterization Applications XV</t>
   </si>
   <si>
     <t>10.1117/12.2272994</t>
   </si>
   <si>
-    <t>Near-field analysis of the anapole states in high-index particles</t>
-[...7 lines deleted...]
-  <si>
     <t>Multipolar response of nonspherical silicon nanoparticles in the visible and near-infrared spectral ranges</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.96.035443</t>
   </si>
   <si>
     <t>Multipole optical response of silicon nanoparticles of a conical shape</t>
   </si>
   <si>
     <t>2017 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>310-315</t>
   </si>
   <si>
     <t>10.1109/DD.2017.8168045</t>
   </si>
   <si>
     <t>Toroidal dipole associated resonant forward scattering of light by silicon nanoparticles</t>
   </si>
   <si>
     <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
   </si>
   <si>
     <t>2325-2328</t>
   </si>
   <si>
     <t>10.1109/PIERS.2017.8262140</t>
   </si>
   <si>
     <t>Reflection compensation mediated by electric and magnetic resonances of all-dielectric metasurfaces</t>
   </si>
   <si>
     <t>Mihail Petrov, Kseniia Baryshnikova, Pavel Belov</t>
   </si>
   <si>
     <t>D18-D28</t>
   </si>
   <si>
     <t>10.1364/JOSAB.34.000D18</t>
   </si>
   <si>
+    <t>Resonant forward scattering of light by high-refractive-index dielectric nanoparticles with toroidal dipole contribution</t>
+  </si>
+  <si>
+    <t>Optics Letters</t>
+  </si>
+  <si>
+    <t>835-838</t>
+  </si>
+  <si>
+    <t>10.1364/OL.42.000835</t>
+  </si>
+  <si>
     <t>Destructive interference between electric and toroidal dipole moments in TiO2 cylinders and frustums with coaxial voids</t>
   </si>
   <si>
     <t>10.1088/1742-6596/929/1/012065</t>
   </si>
   <si>
-    <t>Resonant forward scattering of light by high-refractive-index dielectric nanoparticles with toroidal dipole contribution</t>
-[...8 lines deleted...]
-    <t>10.1364/OL.42.000835</t>
+    <t>Substrate-mediated antireflective properties of silicon nanoparticle array</t>
+  </si>
+  <si>
+    <t>Kseniia Baryshnikova, Pavel Belov, Mihail Petrov</t>
+  </si>
+  <si>
+    <t>2016 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>46-51</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2016.7756811</t>
   </si>
   <si>
     <t>Nonradiating anapole modes of dielectric particles in terahertz range</t>
   </si>
   <si>
     <t>Pavel Terekhov, Kseniia Baryshnikova, Alexander Shalin, Andrei Evlyukhin, Irina Khromova</t>
   </si>
   <si>
-    <t>2016 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>406-409</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756883</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1109/DD.2016.7756811</t>
   </si>
   <si>
     <t>The role of Purcell effect for third harmonic generation</t>
   </si>
   <si>
     <t>Tatiana Voytova, Alexey Yulin, Kseniia Baryshnikova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/690/1/012034</t>
   </si>
   <si>
     <t>Plasmonic and silicon spherical nanoparticle antireflective coatings</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Mihail Petrov, Pavel Belov</t>
   </si>
   <si>
     <t>10.1038/srep22136</t>
   </si>
   <si>
     <t>Enhancement of artificial magnetism via resonant bianisotropy</t>
   </si>
   <si>
     <t>Dmitry Markovich, Kseniia Baryshnikova, Alexander Shalin, Anton Samusev, Pavel Belov</t>
   </si>
@@ -1431,92 +1431,92 @@
       </c>
       <c r="F14">
         <v>2021</v>
       </c>
       <c r="G14" t="s">
         <v>65</v>
       </c>
       <c r="H14">
         <v>2.11</v>
       </c>
       <c r="I14">
         <v>0.74</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>66</v>
       </c>
       <c r="B15" t="s">
         <v>67</v>
       </c>
       <c r="C15" t="s">
         <v>68</v>
       </c>
       <c r="D15">
-        <v>192</v>
+        <v>65</v>
       </c>
       <c r="E15" t="s">
         <v>69</v>
       </c>
       <c r="F15">
         <v>2021</v>
       </c>
       <c r="G15" t="s">
         <v>70</v>
       </c>
-      <c r="H15"/>
-      <c r="I15"/>
+      <c r="H15">
+        <v>2.94</v>
+      </c>
+      <c r="I15">
+        <v>0.66</v>
+      </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>66</v>
       </c>
       <c r="B16" t="s">
         <v>71</v>
       </c>
       <c r="C16" t="s">
         <v>72</v>
       </c>
       <c r="D16">
-        <v>65</v>
+        <v>192</v>
       </c>
       <c r="E16" t="s">
         <v>73</v>
       </c>
       <c r="F16">
         <v>2021</v>
       </c>
       <c r="G16" t="s">
         <v>74</v>
       </c>
-      <c r="H16">
-[...4 lines deleted...]
-      </c>
+      <c r="H16"/>
+      <c r="I16"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>75</v>
       </c>
       <c r="B17" t="s">
         <v>76</v>
       </c>
       <c r="C17" t="s">
         <v>77</v>
       </c>
       <c r="D17"/>
       <c r="E17">
         <v>2000139</v>
       </c>
       <c r="F17">
         <v>2021</v>
       </c>
       <c r="G17" t="s">
         <v>78</v>
       </c>
       <c r="H17"/>
       <c r="I17"/>
     </row>
     <row r="18" spans="1:9">
@@ -1708,51 +1708,51 @@
       </c>
       <c r="D25">
         <v>110</v>
       </c>
       <c r="E25" t="s">
         <v>108</v>
       </c>
       <c r="F25">
         <v>2019</v>
       </c>
       <c r="G25" t="s">
         <v>109</v>
       </c>
       <c r="H25">
         <v>1.4</v>
       </c>
       <c r="I25">
         <v>0.58</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>110</v>
       </c>
       <c r="B26" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="C26" t="s">
         <v>111</v>
       </c>
       <c r="D26">
         <v>122</v>
       </c>
       <c r="E26">
         <v>193905</v>
       </c>
       <c r="F26">
         <v>2019</v>
       </c>
       <c r="G26" t="s">
         <v>112</v>
       </c>
       <c r="H26">
         <v>8.39</v>
       </c>
       <c r="I26">
         <v>3.59</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
@@ -1827,133 +1827,133 @@
       </c>
       <c r="E29">
         <v>3438</v>
       </c>
       <c r="F29">
         <v>2019</v>
       </c>
       <c r="G29" t="s">
         <v>125</v>
       </c>
       <c r="H29">
         <v>4.0</v>
       </c>
       <c r="I29">
         <v>1.34</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>126</v>
       </c>
       <c r="B30" t="s">
         <v>127</v>
       </c>
       <c r="C30" t="s">
-        <v>128</v>
+        <v>47</v>
       </c>
       <c r="D30">
-        <v>7</v>
+        <v>1092</v>
       </c>
       <c r="E30">
-        <v>1801350</v>
+        <v>12007</v>
       </c>
       <c r="F30">
         <v>2019</v>
       </c>
       <c r="G30" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="H30"/>
       <c r="I30">
-        <v>2.75</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>129</v>
+      </c>
+      <c r="B31" t="s">
         <v>130</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>131</v>
       </c>
-      <c r="C31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D31">
-        <v>99</v>
+        <v>7</v>
       </c>
       <c r="E31">
-        <v>45424</v>
+        <v>1801350</v>
       </c>
       <c r="F31">
         <v>2019</v>
       </c>
       <c r="G31" t="s">
         <v>132</v>
       </c>
       <c r="H31">
-        <v>3.58</v>
+        <v>8.29</v>
       </c>
       <c r="I31">
-        <v>1.81</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>133</v>
       </c>
       <c r="B32" t="s">
         <v>134</v>
       </c>
       <c r="C32" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="D32">
-        <v>1092</v>
+        <v>99</v>
       </c>
       <c r="E32">
-        <v>12007</v>
+        <v>45424</v>
       </c>
       <c r="F32">
         <v>2019</v>
       </c>
       <c r="G32" t="s">
         <v>135</v>
       </c>
-      <c r="H32"/>
+      <c r="H32">
+        <v>3.58</v>
+      </c>
       <c r="I32">
-        <v>0.22</v>
+        <v>1.81</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>136</v>
       </c>
       <c r="B33" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C33" t="s">
         <v>137</v>
       </c>
       <c r="D33">
         <v>10927</v>
       </c>
       <c r="E33">
         <v>109270</v>
       </c>
       <c r="F33">
         <v>2019</v>
       </c>
       <c r="G33" t="s">
         <v>138</v>
       </c>
       <c r="H33"/>
       <c r="I33">
         <v>0.24</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>139</v>
       </c>
@@ -2019,340 +2019,340 @@
         <v>147</v>
       </c>
       <c r="C36" t="s">
         <v>148</v>
       </c>
       <c r="D36" t="s">
         <v>149</v>
       </c>
       <c r="E36" t="s">
         <v>150</v>
       </c>
       <c r="F36">
         <v>2018</v>
       </c>
       <c r="G36" t="s">
         <v>151</v>
       </c>
       <c r="H36"/>
       <c r="I36"/>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>152</v>
       </c>
       <c r="B37" t="s">
-        <v>131</v>
+        <v>153</v>
       </c>
       <c r="C37" t="s">
-        <v>153</v>
+        <v>81</v>
       </c>
       <c r="D37">
-        <v>10528</v>
+        <v>1874</v>
       </c>
       <c r="E37">
-        <v>1052802</v>
+        <v>30003</v>
       </c>
       <c r="F37">
         <v>2018</v>
       </c>
       <c r="G37" t="s">
         <v>154</v>
       </c>
-      <c r="H37">
-[...1 lines deleted...]
-      </c>
+      <c r="H37"/>
       <c r="I37">
-        <v>0.24</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>155</v>
       </c>
       <c r="B38" t="s">
+        <v>134</v>
+      </c>
+      <c r="C38" t="s">
         <v>156</v>
       </c>
-      <c r="C38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D38">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>158</v>
+        <v>10528</v>
+      </c>
+      <c r="E38">
+        <v>1052802</v>
       </c>
       <c r="F38">
         <v>2018</v>
       </c>
       <c r="G38" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="H38">
-        <v>2.05</v>
+        <v>0.56</v>
       </c>
       <c r="I38">
-        <v>0.86</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>158</v>
+      </c>
+      <c r="B39" t="s">
+        <v>159</v>
+      </c>
+      <c r="C39" t="s">
         <v>160</v>
       </c>
-      <c r="B39" t="s">
+      <c r="D39">
+        <v>34</v>
+      </c>
+      <c r="E39" t="s">
         <v>161</v>
-      </c>
-[...7 lines deleted...]
-        <v>12156</v>
       </c>
       <c r="F39">
         <v>2018</v>
       </c>
       <c r="G39" t="s">
         <v>162</v>
       </c>
-      <c r="H39"/>
+      <c r="H39">
+        <v>2.05</v>
+      </c>
       <c r="I39">
-        <v>0.24</v>
+        <v>0.86</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>163</v>
       </c>
       <c r="B40" t="s">
-        <v>134</v>
+        <v>164</v>
       </c>
       <c r="C40" t="s">
-        <v>164</v>
+        <v>47</v>
       </c>
       <c r="D40">
-        <v>10346</v>
+        <v>741</v>
       </c>
       <c r="E40">
-        <v>1034613</v>
+        <v>12156</v>
       </c>
       <c r="F40">
         <v>2018</v>
       </c>
       <c r="G40" t="s">
         <v>165</v>
       </c>
       <c r="H40"/>
-      <c r="I40"/>
+      <c r="I40">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>166</v>
       </c>
       <c r="B41" t="s">
+        <v>127</v>
+      </c>
+      <c r="C41" t="s">
         <v>167</v>
       </c>
-      <c r="C41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D41">
-        <v>1874</v>
+        <v>10346</v>
       </c>
       <c r="E41">
-        <v>30003</v>
+        <v>1034613</v>
       </c>
       <c r="F41">
         <v>2018</v>
       </c>
       <c r="G41" t="s">
         <v>168</v>
       </c>
       <c r="H41"/>
-      <c r="I41">
-[...1 lines deleted...]
-      </c>
+      <c r="I41"/>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>169</v>
       </c>
       <c r="B42" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C42" t="s">
         <v>38</v>
       </c>
       <c r="D42">
         <v>96</v>
       </c>
       <c r="E42">
         <v>35443</v>
       </c>
       <c r="F42">
         <v>2017</v>
       </c>
       <c r="G42" t="s">
         <v>170</v>
       </c>
       <c r="H42">
         <v>3.81</v>
       </c>
       <c r="I42">
         <v>2.34</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>171</v>
       </c>
       <c r="B43" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C43" t="s">
         <v>172</v>
       </c>
       <c r="D43"/>
       <c r="E43" t="s">
         <v>173</v>
       </c>
       <c r="F43">
         <v>2017</v>
       </c>
       <c r="G43" t="s">
         <v>174</v>
       </c>
       <c r="H43"/>
       <c r="I43"/>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>175</v>
       </c>
       <c r="B44" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C44" t="s">
         <v>176</v>
       </c>
       <c r="D44"/>
       <c r="E44" t="s">
         <v>177</v>
       </c>
       <c r="F44">
         <v>2017</v>
       </c>
       <c r="G44" t="s">
         <v>178</v>
       </c>
       <c r="H44"/>
       <c r="I44"/>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>179</v>
       </c>
       <c r="B45" t="s">
         <v>180</v>
       </c>
       <c r="C45" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="D45">
         <v>34</v>
       </c>
       <c r="E45" t="s">
         <v>181</v>
       </c>
       <c r="F45">
         <v>2017</v>
       </c>
       <c r="G45" t="s">
         <v>182</v>
       </c>
       <c r="H45">
         <v>1.84</v>
       </c>
       <c r="I45">
         <v>0.85</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>183</v>
       </c>
       <c r="B46" t="s">
-        <v>123</v>
+        <v>134</v>
       </c>
       <c r="C46" t="s">
-        <v>47</v>
+        <v>184</v>
       </c>
       <c r="D46">
-        <v>929</v>
-[...2 lines deleted...]
-        <v>12065</v>
+        <v>42</v>
+      </c>
+      <c r="E46" t="s">
+        <v>185</v>
       </c>
       <c r="F46">
         <v>2017</v>
       </c>
       <c r="G46" t="s">
-        <v>184</v>
-[...1 lines deleted...]
-      <c r="H46"/>
+        <v>186</v>
+      </c>
+      <c r="H46">
+        <v>3.59</v>
+      </c>
       <c r="I46">
-        <v>0.24</v>
+        <v>1.79</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B47" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="C47" t="s">
-        <v>186</v>
+        <v>47</v>
       </c>
       <c r="D47">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>187</v>
+        <v>929</v>
+      </c>
+      <c r="E47">
+        <v>12065</v>
       </c>
       <c r="F47">
         <v>2017</v>
       </c>
       <c r="G47" t="s">
         <v>188</v>
       </c>
-      <c r="H47">
-[...1 lines deleted...]
-      </c>
+      <c r="H47"/>
       <c r="I47">
-        <v>1.79</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>189</v>
       </c>
       <c r="B48" t="s">
         <v>190</v>
       </c>
       <c r="C48" t="s">
         <v>191</v>
       </c>
       <c r="D48"/>
       <c r="E48" t="s">
         <v>192</v>
       </c>
       <c r="F48">
         <v>2016</v>
       </c>
       <c r="G48" t="s">
         <v>193</v>
       </c>
       <c r="H48"/>
       <c r="I48"/>
     </row>
@@ -2447,51 +2447,51 @@
       </c>
       <c r="D52">
         <v>6</v>
       </c>
       <c r="E52">
         <v>22546</v>
       </c>
       <c r="F52">
         <v>2016</v>
       </c>
       <c r="G52" t="s">
         <v>206</v>
       </c>
       <c r="H52">
         <v>4.26</v>
       </c>
       <c r="I52">
         <v>1.69</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>207</v>
       </c>
       <c r="B53" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C53" t="s">
         <v>208</v>
       </c>
       <c r="D53">
         <v>9</v>
       </c>
       <c r="E53" t="s">
         <v>209</v>
       </c>
       <c r="F53">
         <v>2015</v>
       </c>
       <c r="G53" t="s">
         <v>210</v>
       </c>
       <c r="H53">
         <v>2.14</v>
       </c>
       <c r="I53">
         <v>1.16</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">