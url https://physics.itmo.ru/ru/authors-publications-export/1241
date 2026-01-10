--- v2 (2025-11-26)
+++ v3 (2026-01-10)
@@ -149,209 +149,209 @@
   <si>
     <t>Maria Poleva, Kristina Frizyuk, Kseniia Baryshnikova, Andrei Evlyukhin, Mihail Petrov, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Physical Review B</t>
   </si>
   <si>
     <t>10.1103/physrevb.107.l041304</t>
   </si>
   <si>
     <t>Multipole Born series approach to light scattering by Mie-resonant nanoparticle structures</t>
   </si>
   <si>
     <t>Nikita Ustimenko, Kseniia Baryshnikova, Andrei Evlyukhin, Mihail Petrov</t>
   </si>
   <si>
     <t>Journal of Optics</t>
   </si>
   <si>
     <t>035603</t>
   </si>
   <si>
     <t>10.1088/2040-8986/ac4a21</t>
   </si>
   <si>
+    <t>Light focusing by silicon nanosphere structures under conditions of magnetic dipole and quadrupole resonances</t>
+  </si>
+  <si>
+    <t>Nikita Ustimenko, Kseniia Baryshnikova, R Melnikov, V Ulyantsev, A B Evlyukhin</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012160</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012160</t>
+  </si>
+  <si>
     <t>Nontrivial optical response of silicon triangular prisms</t>
   </si>
   <si>
     <t>Maria Poleva, Kseniia Baryshnikova, Kristina Frizyuk, A B Evlyukhin</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012111</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012111</t>
   </si>
   <si>
     <t>Application of Born series for modeling of Mie-resonant nanostructures</t>
   </si>
   <si>
     <t>Nikita Ustimenko, Kseniia Baryshnikova, A B Evlyukhin, Mihail Petrov</t>
   </si>
   <si>
     <t>012161</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012161</t>
   </si>
   <si>
-    <t>Light focusing by silicon nanosphere structures under conditions of magnetic dipole and quadrupole resonances</t>
-[...10 lines deleted...]
-  <si>
     <t>Polarization Switching Between Electric and Magnetic Quasi‐Trapped Modes in Bianisotropic All‐Dielectric Metasurfaces</t>
   </si>
   <si>
     <t>Andrey B. Evlyukhin, Maria Poleva, Alexei V. Prokhorov, Kseniia Baryshnikova, Andrey E. Miroshnichenko, Boris N. Chichkov</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202100206</t>
   </si>
   <si>
     <t>Multipole optimization of light focusing by silicon nanosphere structures</t>
   </si>
   <si>
     <t>Nikita Ustimenko, Kseniia Baryshnikova, Roman Melnikov, Vladimir Ulyantsev, Boris N. Chichkov,  Andrey B. Evlyukhin</t>
   </si>
   <si>
     <t>Journal of the Optical Society of America B</t>
   </si>
   <si>
     <t>10.1364/josab.436139</t>
   </si>
   <si>
     <t>Metalenses for subwavelength imaging</t>
   </si>
   <si>
+    <t>Kseniia Baryshnikova, Sergei S. Kharintsev, Pavel Belov, Nikita Ustimenko</t>
+  </si>
+  <si>
+    <t>Uspekhi Fizicheskih Nauk</t>
+  </si>
+  <si>
+    <t>386-412</t>
+  </si>
+  <si>
+    <t>10.3367/ufnr.2021.03.038952</t>
+  </si>
+  <si>
     <t>Kseniia Baryshnikova, S S Kharintsev, Pavel Belov, Nikita Ustimenko</t>
   </si>
   <si>
     <t>Physics-Uspekhi</t>
   </si>
   <si>
     <t>355-378</t>
   </si>
   <si>
     <t>10.3367/ufne.2021.03.038952</t>
   </si>
   <si>
-    <t>Kseniia Baryshnikova, Sergei S. Kharintsev, Pavel Belov, Nikita Ustimenko</t>
-[...10 lines deleted...]
-  <si>
     <t>Enhanced Raman Scattering for Probing Near‐Field Distribution in All‐Dielectric Nanostructures</t>
   </si>
   <si>
     <t>Georgiy Zograf, Kseniia Baryshnikova, Mihail Petrov, Sergey Makarov</t>
   </si>
   <si>
     <t>Advanced Photonics Research</t>
   </si>
   <si>
     <t>10.1002/adpr.202000139</t>
   </si>
   <si>
     <t>Born series using for designing of all-dielectric metalenses</t>
   </si>
   <si>
     <t>Nikita Ustimenko, Kseniia Baryshnikova, Mikhail Beliakov, Andrei Evlyukhin</t>
   </si>
   <si>
     <t>AIP Conference Proceedings</t>
   </si>
   <si>
     <t>020007</t>
   </si>
   <si>
     <t>10.1063/5.0031976</t>
   </si>
   <si>
     <t>Broadband Antireflection with Halide Perovskite Metasurfaces</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Dmitry Gets, Tatiana Liashenko, Anatoly Pushkarev, Ivan Mukhin, Yuri Kivshar, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1002/lpor.202000338</t>
   </si>
   <si>
     <t>Broadband transparency of perovskite metasurfaces driven by Kerker effect</t>
   </si>
   <si>
     <t>Metamaterials, Metadevices, and Metasystems 2020</t>
   </si>
   <si>
     <t>10.1117/12.2568566</t>
   </si>
   <si>
+    <t>Simultaneous suppression of forward and backward light scattering by high-index nanoparticles based on Kerker-like effects</t>
+  </si>
+  <si>
+    <t>Hadi Shamkhi Al Naeemah, Kseniia Baryshnikova, Andrey Sayanskiy, Polina Kapitanova, Pavel Terekhov, Pavel Belov, Andrei Evlyukhin, Yuri Kivshar, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>012158</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012158</t>
+  </si>
+  <si>
     <t>Suppression of high-order multipole moments in a resonant periodic dipole chain</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Mihail Petrov</t>
   </si>
   <si>
     <t>012070</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012070</t>
   </si>
   <si>
-    <t>Simultaneous suppression of forward and backward light scattering by high-index nanoparticles based on Kerker-like effects</t>
-[...10 lines deleted...]
-  <si>
     <t>Electromagnetic realization of topological states in one-dimensional arrays of bianisotropic particles</t>
   </si>
   <si>
     <t>Daniil Bobylev, Kseniia Baryshnikova, Maxim Gorlach</t>
   </si>
   <si>
     <t>012040</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1482/1/012040</t>
   </si>
   <si>
     <t>Non-Huygens Invisible Metasurfaces</t>
   </si>
   <si>
     <t>Hadi Shamkhi Al Naeemah, Kseniia Baryshnikova, Andrey Sayanskiy, Pavel Terekhov, Egor Gurvitz, Adria Сanos Valero, Polina Kapitanova, Andrei Evlyukhin, Pavel Belov, Yuri Kivshar, Alexander Shalin</t>
   </si>
   <si>
     <t>2019 PhotonIcs &amp; Electromagnetics Research Symposium - Spring (PIERS-Spring)</t>
   </si>
   <si>
     <t>10.1109/piers-spring46901.2019.9017217</t>
   </si>
   <si>
     <t>Revealing Low-Radiative Modes of Nanoresonators with Internal Raman Scattering</t>
@@ -392,177 +392,177 @@
   <si>
     <t>Broadband forward scattering from dielectric cubic nanoantenna in lossless media</t>
   </si>
   <si>
     <t>Pavel Terekhov, Hadi Shamkhi Al Naeemah, Egor Gurvitz, Kseniia Baryshnikova, Andrei Evlyukhin, Alexander Shalin</t>
   </si>
   <si>
     <t>Optics Express</t>
   </si>
   <si>
     <t>10.1364/oe.27.010924</t>
   </si>
   <si>
     <t>Enhanced absorption in all-dielectric metasurfaces due to magnetic dipole excitation</t>
   </si>
   <si>
     <t>Pavel Terekhov, Kseniia Baryshnikova, Andrei Evlyukhin, Alexander Shalin</t>
   </si>
   <si>
     <t>Scientific Reports</t>
   </si>
   <si>
     <t>10.1038/s41598-019-40226-0</t>
   </si>
   <si>
+    <t>Multipole analysis of dielectric metasurfaces composed of nonspherical nanoparticles and lattice invisibility effect</t>
+  </si>
+  <si>
+    <t>Pavel Terekhov, Kseniia Baryshnikova, Alexander Shalin, Andrei Evlyukhin</t>
+  </si>
+  <si>
+    <t>10.1103/PhysRevB.99.045424</t>
+  </si>
+  <si>
     <t>Asymmetrical optical effects in anapole metamaterials</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012007</t>
   </si>
   <si>
     <t>Optical Anapoles: Concepts and Applications</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Yuri Kivshar</t>
   </si>
   <si>
     <t>Advanced Optical Materials</t>
   </si>
   <si>
     <t>10.1002/adom.201801350</t>
   </si>
   <si>
-    <t>Multipole analysis of dielectric metasurfaces composed of nonspherical nanoparticles and lattice invisibility effect</t>
-[...7 lines deleted...]
-  <si>
     <t>Transmission and reflection features of all-dielectrics metasurfaces with electric and magnetic resonances</t>
   </si>
   <si>
     <t>Proceedings of SPIE</t>
   </si>
   <si>
     <t>10.1117/12.2506973</t>
   </si>
   <si>
     <t>Giant magnetoelectric field separation via anapole-type states in high-index dielectric structures</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Dmitry Filonov, Andrei Evlyukhin, Alexey Kadochkin, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.165419</t>
   </si>
   <si>
     <t>Electromagnetic properties of the Great Pyramid: First multipole resonances and energy concentration</t>
   </si>
   <si>
     <t>Mikhail Balezin, Kseniia Baryshnikova, Polina Kapitanova, Andrei Evlyukhin</t>
   </si>
   <si>
     <t>Journal of Applied Physics</t>
   </si>
   <si>
     <t>doi: 10.1063/1.5026556</t>
   </si>
   <si>
     <t>Локальная кристаллизация резонансной наночастицы из аморфного кремния для реализации оптической нанотермометрии</t>
   </si>
   <si>
     <t>Георгий Зограф, Ксения Барышникова, Сергей Макаров</t>
   </si>
   <si>
     <t>Письма в ЖЭТФ</t>
   </si>
   <si>
     <t>107 (11)</t>
   </si>
   <si>
     <t>732-738</t>
   </si>
   <si>
     <t>10.7868/S0370274X18110085</t>
   </si>
   <si>
+    <t>Magnetic field concentration with coaxial silicon nanocylinders in the optical spectral range</t>
+  </si>
+  <si>
+    <t>Kseniia Baryshnikova, Andrey Novitsky, Andrei Evlyukhin, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>Journal of the Optical Society of America B: Optical Physics</t>
+  </si>
+  <si>
+    <t>D36-D41</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1364/JOSAB.34.000D36</t>
+  </si>
+  <si>
+    <t>Magnetic hot-spots in hollow silicon cylinders</t>
+  </si>
+  <si>
+    <t>Kseniia Baryshnikova, Andrei Evlyukhin, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/741/1/012156</t>
+  </si>
+  <si>
+    <t>Fabrication and characterization of coupled ensembles of epitaxial quantum dots and metal nanoparticles supporting localized surface plasmons</t>
+  </si>
+  <si>
+    <t>Plasmonics: Design, Materials, Fabrication, Characterization Applications XV</t>
+  </si>
+  <si>
+    <t>10.1117/12.2272994</t>
+  </si>
+  <si>
     <t>Near-field analysis of the anapole states in high-index particles</t>
   </si>
   <si>
     <t>Kseniia Baryshnikova, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1063/1.4998032</t>
   </si>
   <si>
     <t>Optical multipole resonances of non-spherical silicon nanoparticles and the influence of illumination direction</t>
   </si>
   <si>
     <t>Optical Components and Materials XV</t>
   </si>
   <si>
     <t>10.1117/12.2289894</t>
-  </si>
-[...31 lines deleted...]
-    <t>10.1117/12.2272994</t>
   </si>
   <si>
     <t>Multipolar response of nonspherical silicon nanoparticles in the visible and near-infrared spectral ranges</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.96.035443</t>
   </si>
   <si>
     <t>Multipole optical response of silicon nanoparticles of a conical shape</t>
   </si>
   <si>
     <t>2017 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>310-315</t>
   </si>
   <si>
     <t>10.1109/DD.2017.8168045</t>
   </si>
   <si>
     <t>Toroidal dipole associated resonant forward scattering of light by silicon nanoparticles</t>
   </si>
   <si>
     <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
   </si>
@@ -1431,92 +1431,92 @@
       </c>
       <c r="F14">
         <v>2021</v>
       </c>
       <c r="G14" t="s">
         <v>65</v>
       </c>
       <c r="H14">
         <v>2.11</v>
       </c>
       <c r="I14">
         <v>0.74</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>66</v>
       </c>
       <c r="B15" t="s">
         <v>67</v>
       </c>
       <c r="C15" t="s">
         <v>68</v>
       </c>
       <c r="D15">
-        <v>65</v>
+        <v>192</v>
       </c>
       <c r="E15" t="s">
         <v>69</v>
       </c>
       <c r="F15">
         <v>2021</v>
       </c>
       <c r="G15" t="s">
         <v>70</v>
       </c>
-      <c r="H15">
-[...4 lines deleted...]
-      </c>
+      <c r="H15"/>
+      <c r="I15"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>66</v>
       </c>
       <c r="B16" t="s">
         <v>71</v>
       </c>
       <c r="C16" t="s">
         <v>72</v>
       </c>
       <c r="D16">
-        <v>192</v>
+        <v>65</v>
       </c>
       <c r="E16" t="s">
         <v>73</v>
       </c>
       <c r="F16">
         <v>2021</v>
       </c>
       <c r="G16" t="s">
         <v>74</v>
       </c>
-      <c r="H16"/>
-      <c r="I16"/>
+      <c r="H16">
+        <v>2.94</v>
+      </c>
+      <c r="I16">
+        <v>0.66</v>
+      </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>75</v>
       </c>
       <c r="B17" t="s">
         <v>76</v>
       </c>
       <c r="C17" t="s">
         <v>77</v>
       </c>
       <c r="D17"/>
       <c r="E17">
         <v>2000139</v>
       </c>
       <c r="F17">
         <v>2021</v>
       </c>
       <c r="G17" t="s">
         <v>78</v>
       </c>
       <c r="H17"/>
       <c r="I17"/>
     </row>
     <row r="18" spans="1:9">
@@ -1708,51 +1708,51 @@
       </c>
       <c r="D25">
         <v>110</v>
       </c>
       <c r="E25" t="s">
         <v>108</v>
       </c>
       <c r="F25">
         <v>2019</v>
       </c>
       <c r="G25" t="s">
         <v>109</v>
       </c>
       <c r="H25">
         <v>1.4</v>
       </c>
       <c r="I25">
         <v>0.58</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>110</v>
       </c>
       <c r="B26" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C26" t="s">
         <v>111</v>
       </c>
       <c r="D26">
         <v>122</v>
       </c>
       <c r="E26">
         <v>193905</v>
       </c>
       <c r="F26">
         <v>2019</v>
       </c>
       <c r="G26" t="s">
         <v>112</v>
       </c>
       <c r="H26">
         <v>8.39</v>
       </c>
       <c r="I26">
         <v>3.59</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
@@ -1827,133 +1827,133 @@
       </c>
       <c r="E29">
         <v>3438</v>
       </c>
       <c r="F29">
         <v>2019</v>
       </c>
       <c r="G29" t="s">
         <v>125</v>
       </c>
       <c r="H29">
         <v>4.0</v>
       </c>
       <c r="I29">
         <v>1.34</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>126</v>
       </c>
       <c r="B30" t="s">
         <v>127</v>
       </c>
       <c r="C30" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="D30">
-        <v>1092</v>
+        <v>99</v>
       </c>
       <c r="E30">
-        <v>12007</v>
+        <v>45424</v>
       </c>
       <c r="F30">
         <v>2019</v>
       </c>
       <c r="G30" t="s">
         <v>128</v>
       </c>
-      <c r="H30"/>
+      <c r="H30">
+        <v>3.58</v>
+      </c>
       <c r="I30">
-        <v>0.22</v>
+        <v>1.81</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>129</v>
       </c>
       <c r="B31" t="s">
         <v>130</v>
       </c>
       <c r="C31" t="s">
-        <v>131</v>
+        <v>47</v>
       </c>
       <c r="D31">
-        <v>7</v>
+        <v>1092</v>
       </c>
       <c r="E31">
-        <v>1801350</v>
+        <v>12007</v>
       </c>
       <c r="F31">
         <v>2019</v>
       </c>
       <c r="G31" t="s">
-        <v>132</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="H31"/>
       <c r="I31">
-        <v>2.75</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>132</v>
+      </c>
+      <c r="B32" t="s">
         <v>133</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>134</v>
       </c>
-      <c r="C32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D32">
-        <v>99</v>
+        <v>7</v>
       </c>
       <c r="E32">
-        <v>45424</v>
+        <v>1801350</v>
       </c>
       <c r="F32">
         <v>2019</v>
       </c>
       <c r="G32" t="s">
         <v>135</v>
       </c>
       <c r="H32">
-        <v>3.58</v>
+        <v>8.29</v>
       </c>
       <c r="I32">
-        <v>1.81</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>136</v>
       </c>
       <c r="B33" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="C33" t="s">
         <v>137</v>
       </c>
       <c r="D33">
         <v>10927</v>
       </c>
       <c r="E33">
         <v>109270</v>
       </c>
       <c r="F33">
         <v>2019</v>
       </c>
       <c r="G33" t="s">
         <v>138</v>
       </c>
       <c r="H33"/>
       <c r="I33">
         <v>0.24</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>139</v>
       </c>
@@ -2022,289 +2022,289 @@
         <v>148</v>
       </c>
       <c r="D36" t="s">
         <v>149</v>
       </c>
       <c r="E36" t="s">
         <v>150</v>
       </c>
       <c r="F36">
         <v>2018</v>
       </c>
       <c r="G36" t="s">
         <v>151</v>
       </c>
       <c r="H36"/>
       <c r="I36"/>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>152</v>
       </c>
       <c r="B37" t="s">
         <v>153</v>
       </c>
       <c r="C37" t="s">
-        <v>81</v>
+        <v>154</v>
       </c>
       <c r="D37">
-        <v>1874</v>
-[...2 lines deleted...]
-        <v>30003</v>
+        <v>34</v>
+      </c>
+      <c r="E37" t="s">
+        <v>155</v>
       </c>
       <c r="F37">
         <v>2018</v>
       </c>
       <c r="G37" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="H37"/>
+        <v>156</v>
+      </c>
+      <c r="H37">
+        <v>2.05</v>
+      </c>
       <c r="I37">
-        <v>0.17</v>
+        <v>0.86</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B38" t="s">
-        <v>134</v>
+        <v>158</v>
       </c>
       <c r="C38" t="s">
-        <v>156</v>
+        <v>47</v>
       </c>
       <c r="D38">
-        <v>10528</v>
+        <v>741</v>
       </c>
       <c r="E38">
-        <v>1052802</v>
+        <v>12156</v>
       </c>
       <c r="F38">
         <v>2018</v>
       </c>
       <c r="G38" t="s">
-        <v>157</v>
-[...3 lines deleted...]
-      </c>
+        <v>159</v>
+      </c>
+      <c r="H38"/>
       <c r="I38">
         <v>0.24</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B39" t="s">
-        <v>159</v>
+        <v>130</v>
       </c>
       <c r="C39" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D39">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>10346</v>
+      </c>
+      <c r="E39">
+        <v>1034613</v>
       </c>
       <c r="F39">
         <v>2018</v>
       </c>
       <c r="G39" t="s">
         <v>162</v>
       </c>
-      <c r="H39">
-[...4 lines deleted...]
-      </c>
+      <c r="H39"/>
+      <c r="I39"/>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>163</v>
       </c>
       <c r="B40" t="s">
         <v>164</v>
       </c>
       <c r="C40" t="s">
-        <v>47</v>
+        <v>81</v>
       </c>
       <c r="D40">
-        <v>741</v>
+        <v>1874</v>
       </c>
       <c r="E40">
-        <v>12156</v>
+        <v>30003</v>
       </c>
       <c r="F40">
         <v>2018</v>
       </c>
       <c r="G40" t="s">
         <v>165</v>
       </c>
       <c r="H40"/>
       <c r="I40">
-        <v>0.24</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>166</v>
       </c>
       <c r="B41" t="s">
         <v>127</v>
       </c>
       <c r="C41" t="s">
         <v>167</v>
       </c>
       <c r="D41">
-        <v>10346</v>
+        <v>10528</v>
       </c>
       <c r="E41">
-        <v>1034613</v>
+        <v>1052802</v>
       </c>
       <c r="F41">
         <v>2018</v>
       </c>
       <c r="G41" t="s">
         <v>168</v>
       </c>
-      <c r="H41"/>
-      <c r="I41"/>
+      <c r="H41">
+        <v>0.56</v>
+      </c>
+      <c r="I41">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>169</v>
       </c>
       <c r="B42" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="C42" t="s">
         <v>38</v>
       </c>
       <c r="D42">
         <v>96</v>
       </c>
       <c r="E42">
         <v>35443</v>
       </c>
       <c r="F42">
         <v>2017</v>
       </c>
       <c r="G42" t="s">
         <v>170</v>
       </c>
       <c r="H42">
         <v>3.81</v>
       </c>
       <c r="I42">
         <v>2.34</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>171</v>
       </c>
       <c r="B43" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="C43" t="s">
         <v>172</v>
       </c>
       <c r="D43"/>
       <c r="E43" t="s">
         <v>173</v>
       </c>
       <c r="F43">
         <v>2017</v>
       </c>
       <c r="G43" t="s">
         <v>174</v>
       </c>
       <c r="H43"/>
       <c r="I43"/>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>175</v>
       </c>
       <c r="B44" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="C44" t="s">
         <v>176</v>
       </c>
       <c r="D44"/>
       <c r="E44" t="s">
         <v>177</v>
       </c>
       <c r="F44">
         <v>2017</v>
       </c>
       <c r="G44" t="s">
         <v>178</v>
       </c>
       <c r="H44"/>
       <c r="I44"/>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>179</v>
       </c>
       <c r="B45" t="s">
         <v>180</v>
       </c>
       <c r="C45" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="D45">
         <v>34</v>
       </c>
       <c r="E45" t="s">
         <v>181</v>
       </c>
       <c r="F45">
         <v>2017</v>
       </c>
       <c r="G45" t="s">
         <v>182</v>
       </c>
       <c r="H45">
         <v>1.84</v>
       </c>
       <c r="I45">
         <v>0.85</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>183</v>
       </c>
       <c r="B46" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="C46" t="s">
         <v>184</v>
       </c>
       <c r="D46">
         <v>42</v>
       </c>
       <c r="E46" t="s">
         <v>185</v>
       </c>
       <c r="F46">
         <v>2017</v>
       </c>
       <c r="G46" t="s">
         <v>186</v>
       </c>
       <c r="H46">
         <v>3.59</v>
       </c>
       <c r="I46">
         <v>1.79</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
@@ -2447,51 +2447,51 @@
       </c>
       <c r="D52">
         <v>6</v>
       </c>
       <c r="E52">
         <v>22546</v>
       </c>
       <c r="F52">
         <v>2016</v>
       </c>
       <c r="G52" t="s">
         <v>206</v>
       </c>
       <c r="H52">
         <v>4.26</v>
       </c>
       <c r="I52">
         <v>1.69</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>207</v>
       </c>
       <c r="B53" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="C53" t="s">
         <v>208</v>
       </c>
       <c r="D53">
         <v>9</v>
       </c>
       <c r="E53" t="s">
         <v>209</v>
       </c>
       <c r="F53">
         <v>2015</v>
       </c>
       <c r="G53" t="s">
         <v>210</v>
       </c>
       <c r="H53">
         <v>2.14</v>
       </c>
       <c r="I53">
         <v>1.16</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">